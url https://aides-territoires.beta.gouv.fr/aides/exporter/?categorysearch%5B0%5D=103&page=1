--- v0 (2025-11-19)
+++ v1 (2026-01-06)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA242"/>
+  <dimension ref="A1:AA228"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -512,254 +512,1429 @@
   &lt;li&gt;
    Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>belliotl@afd.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>52290</v>
+        <v>83479</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Financer vos budgets d'investissement</t>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Action cœur de ville
-Actions pour la Relance (complémentaires à France Relance)</t>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Normands
+Union régionale des CAUE des Hauts de France</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>71805</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’infrastructures d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), un développeur
+indépendant, un énergéticien, une entreprise ou un acteur financier et vous
+portez un projet de production, stockage ou distribution d’énergies
+renouvelables (EnR) ? La Banque des Territoires vous accompagne via des
+partenariats nationaux sous forme de holdings de projets, ou via des sociétés
+d’économie mixte (SEM) dédiées au développement des EnR pour démultiplier les
+projets développés, dans une démarche de concertation ou d’association des
+territoires.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous adressons les
+secteurs suivants : photovoltaïque, agrivoltaïsme, éolien terrestre,
+hydro-électricité, éolien en mer posé et flottant, accompagnement de
+l’émergence des projets innovants, comme l’hydrogène décarboné ou le stockage.
+Les modalités de financement diffèrent selon les projets : prise de
+participation minoritaire en fonds propres et quasi-fonds propres dans les
+structures de portage, co-investissement dans les SEM, etc. Contactez-nous pour
+que nous puissions étudier ensemble l’accompagnement le plus approprié pour
+vous.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=energies_renouvelables_psat</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-energies-renouvelables/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>74102</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger des stratégies globales de territoires</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Du fait de leur proximité avec les élus et de leur connaissance des territoires, les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la DDTM 29, sont en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
+ &lt;br /&gt;
+ Cette aide se matérialise par un appui en ingénierie technique, juridique, et financier. Un fonctionnement en mode projet et des apports méthodologiques contribuent à faire émerger des stratégies territoriales qui peuvent ensuite se traduire par une contractualisation ou la mise en place d&amp;#039;outils réglementaires. Et suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation pré-diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Action Cœur de Ville &amp;amp; Opérations de Revitalisation des Territoires (ORT) ;
+ &lt;br /&gt;
+ - OPAH ;
+ &lt;br /&gt;
+ - Contrats de Ruralité (programmes pluriannuel et annuel) ;
+ &lt;br /&gt;
+ - Contrat de Transition Écologique ;
+ &lt;br /&gt;
+ - ateliers de territoire ; plan de paysage ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - AMI centres-bourgs et AàP revitalisation des centralités......
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0519-obtenir-un-appui-pour-faire-emerger-des-strat/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>74103</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui technique de proximité à la mise en oeuvre des politiques publiques prioritaires et un accompagnement amont sur les procédures réglementaires associées</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la Direction Départementale des Territoires et de la Mer du Finistère, sont les interlocuteurs de proximité des élus qui souhaitent être accompagnés et soutenus
+dans la mise en oeuvre de projets relevant des
+ &lt;strong&gt;
+  politiques publiques prioritaires
+ &lt;/strong&gt;
+ suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aménagement de bourgs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  transition énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  qualité de l&amp;#039;eau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  publicité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sécurité routière
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiment durable et accessibilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  biodiversité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  risques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette aide se matérialise par un conseil global en aménagement, des interventions ponctuelles ou une mise en réseau.
+ &lt;/strong&gt;
+ Suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation prédiagnostic, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  s différents services apportent dans une logique de simplification administrative, un conseil stratégique amont tenant compte du contexte local et des particularités du projet, et permet d&amp;#039;aplanir la complexité des procédures inhérentes aux projets d&amp;#039;aménagement et de développement économique.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après un examen sur la base d&amp;#039;une question et pré-dossier du porteur de projet, l&amp;#039;Atelier délivre au bénéficiaire un avis préalable sur les procédures applicables et les délais induits ainsi qu&amp;#039;une synthèse des informations utiles
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  aménagements d&amp;#039;espaces publics ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de nouveaux quartiers, renouvellement urbain, écoquartiers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation thermique de bâtiments publics, production d&amp;#039;EnR ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  agendas d&amp;#039;accessibilité programmée ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics publicité ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics de sécurité routière ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aires d&amp;#039;accueil des gens du voyage ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plans communaux de sauvegarde.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pôle d&amp;#039;échanges multi-modal,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  implantation, extension de sites d&amp;#039;activités, projets liés aux énergies renouvelables...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remise en culture de friches agricoles, remise en activité ou renaturation de friches artisanales et industrielles...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba53-obtenir-un-appui-technique-de-proximite-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Sa raison d&amp;#039;être
+  Sa raison d&amp;#039;être :
  &lt;/strong&gt;
- :
-[...12 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission
+  Sa mission :
  &lt;/strong&gt;
- :
-[...6 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...26 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ses crédits
+  Ses crédits :
  &lt;/strong&gt;
- :
-[...17 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement
+  Son accompagnement :
  &lt;/strong&gt;
- :
-[...8 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
-[...38 lines deleted...]
-&lt;/ul&gt;
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -802,466 +1977,1553 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;ul&gt;
-[...30 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X3" s="1" t="inlineStr">
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Contact
+  Email
  &lt;/strong&gt;
- :
-[...5 lines deleted...]
- adhesion&amp;#64;agence-france-locale.fr
+ : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>73145</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un prêt vert</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance
+ADEME</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan d&amp;#039;accélération de la transition écologique des TPE et PME, Bpifrance et l&amp;#039;Ademe mettent en place le Prêt Vert. Ce prêt a pour objectif de financer les investissements des entreprises qui souhaitent mettre en œuvre un projet de transition écologique et énergétique visant à :
+&lt;/p&gt;
+&lt;p&gt;
+ optimiser les procédés, ou améliorer la performance (énergie, eau, matière,) afin de mieux maîtriser ou de diminuer les impacts sur l&amp;#039;environnement ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la mobilité &amp;#34;zéro carbone&amp;#34; pour les salariés, les marchandises et les produits ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  innover pour mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement, d&amp;#039;économie circulaire et/ou permettant une réduction de la consommation de ressources, renouvelables ou non, (énergie, matières premières, eau, ... ; en ce compris la dédieselisation, l&amp;#039;allongement de la durée de vie des produits, l&amp;#039;intégration de recyclé, la recyclabilité, la réutilisation ou le réemploi) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  produire des énergies nouvelles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce prêt, octroyé aux conditions de marché, permet notamment de financer des investissements répondant aux enjeux de décarbonation et de relocalisation de l&amp;#039;industrie, de mobilité verte, ou encore de gestion des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés les investissements immatériels ou matériels à faible valeur de gage ainsi que l&amp;#039;augmentation du Besoin en Fonds de Roulement (BFR) nécessaire au lancement du projet, sans prise de sûretés, pour compléter un financement extérieur (prêt bancaire, apport en fonds propres ou financement participatif).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant du prêt vert est compris entre 10 000 et 1 000 000 €.
+ Il doit être inférieur ou égal au montant cumulé des subventions accordées au projet et des fonds propres et quasi-fonds propres de l&amp;#039;emprunteur.  Une retenue de garantie, égale à 5% du montant total du prêt est prévue. Elle est restituée après complet remboursement du prêt, et augmentée des intérêts qu&amp;#039;elle a produits.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est obligatoirement associé à un financement extérieur (concours bancaires, apport en fonds propres, crowdfunding) d&amp;#039;un montant au moins égal, de même durée pour les prêts de 2 à 4 ans, ou d&amp;#039;une durée de 5 ans minimum pour les prêts de plus de 5 ans, et portant sur le même programme réalisé depuis moins de 6 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Il est conclu pour une durée de 3 à 10 ans, avec un différé d&amp;#039;amortissement en capital de 2 ans maximum. Il se rembourse par échéances trimestrielles avec amortissement linéaire du capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles couvrent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les 
+investissements et dépenses immatérielles : frais de formation, recrutement, frais d&amp;#039;étude, achats de services liés à l&amp;#039;optimisation des processus, dépenses liées à des bureaux d&amp;#039;étude ou d&amp;#039;ingénierie, mise en œuvre de labels et de certifications
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements corporels à faible valeur : achat d&amp;#039;équipements (exemples : stockage d&amp;#039;énergie, matériel de mesure, équipements de tri, systèmes de recyclage, etc), travaux de rénovation
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation du Besoin en Fonds de Roulement générée par le projet de développement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Revitalisation
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Prêt Vert s&amp;#039;adresse aux TPE et PME localisées en France Métropolitaine, dans les DROM ou dans les COM de plus de 3 ans ou en capacité de fournir un bilan couvrant une durée minimum de 24 mois ayant bénéficié d&amp;#039;un diagnostic
+ &lt;a href="https://les-aides.fr/aide/ap5lDHpGxfTeBGZeTUzZ4_Vm/bpifrance/diag-eco-flux.html"&gt;
+  Diag Eco-Flux
+ &lt;/a&gt;
+ (offre d&amp;#039;accompagnement Bpifrance) ou d&amp;#039;une aide de l&amp;#039;ADEME au cours des 3 dernières années.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-thematiques/Pret-Vert-ADEME</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus de renseignements, contactez
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  votre référent de la BPI local
+ &lt;/a&gt;
+ ou l&amp;#039;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  adresse générique
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2ea9-beneficier-dun-pret-vert/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>77082</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans les projets de transition écologique et environnementale</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à la mise en œuvre de projets relevant de la transition écologique (SGREEN+)</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec SGREEN&amp;#43;, la Banque des Territoires propose un accompagnement visant à accélérer la mise en œuvre des projets de transition écologique et environnementale, dont la finalité est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser la gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir la transition climatique et le bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les experts de la Banque des Territoires vous proposent un accompagnement complet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la définition de votre projet de transition écologique ou d&amp;#039;adaptation au changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de votre feuille de route ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des éventuelles interdépendances d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Calcul des gains potentiels apportés par chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des actions à entreprendre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de la solution d&amp;#039;accompagnement SGREEN&amp;#43;, nos experts vous aident également à identifier les démarches nécessaires à la mise en place de chaque action retenue :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études techniques à réaliser en amont ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formalités administratives :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  actualisation des documents de planification ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ordre dans lequel réaliser ces formalités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  délais légaux à respecter pour chacune ;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le budget prévisionnel nécessaire à la réalisation des démarches préalables à l&amp;#039;établissement d&amp;#039;une commande publique de travaux afin de réaliser les dits travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les indicateurs indispensables pour le suivi et l&amp;#039;analyse de l&amp;#039;effet de l&amp;#039;aménagement réalisé. Des indicateurs définis en fonction des objectifs pour lesquels l&amp;#039;aménagement en question a été retenu par les élus ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les moyens à mettre en œuvre pour pouvoir collecter ces indicateurs et le budget nécessaire à leur collecte et analyse.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sources de financement envisageables et les moyens pour mobiliser ces financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Espace public
+Voirie et réseaux
+Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-la-mise-en-oeuvre-de-projets-relevant-de?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transitio</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c06d-beneficier-dun-accompagnement-des-projets-act/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>77372</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans la production d'hydrogène vert</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous aide à développer la production d&amp;#039;hydrogène vert sur votre territoire, notamment si vous voulez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en œuvre des solutions simples ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir la consommation locale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la décarbonation de l&amp;#039;industrie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser les énergies industrielles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Nous pouvons vous accompagner si votre projet porte sur une solution de fabrication d&amp;#039;hydrogène par électrolyse de l&amp;#039;eau, dans l&amp;#039;optique de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en place un démonstrateur de production d&amp;#039;hydrogène vert en local, à condition qu&amp;#039;il :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Soit de taille petite et/ou modulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit multi-usages ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cible des processus industriels simples ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réponde à une consommation locale ;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser l&amp;#039;hydrogène fatal dans le cadre d&amp;#039;un projet industriel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter la consommation locale d&amp;#039;hydrogène vert afin de décarboner l&amp;#039;industrie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investir directement de manière minoritaire en fonds propres et quasi-fonds propres au sein de la société de projet qui porte une infrastructure de production d&amp;#039;hydrogène vert (électrolyseur et unité de stockage) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étudier les possibilités de montages mixtes (Sociétés d&amp;#039;Économie Mixte, Sociétés d&amp;#039;Économie Mixte à Opération Unique, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études préalables qui sont nécessaires au montage du dossier d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=prod_hydro_vert_psat</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0205-investir-dans-la-production-dhydrogene-vert/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>78203</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser, préserver les ressources locales et atténuer le changement climatique</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...7 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Véhicule neuf : Aide de 2000€ à 4000€/ véhicule selon la collectivité (Intercom, commune A, B1, B2 ou C) et la catégorie de véhicule (électrique, GNV ou hydrogène), dans la limite de 2 véhicules par collectivité /an.
-[...13 lines deleted...]
-          <t>Transition énergétique
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Le territoire présente un environnement peu dégradé, mais porte toutefois les traces d’activités anciennes qui laissent des friches et des sites potentiellement pollués. Les activités contemporaines exercent aussi des pressions sur l’environnement, tout comme le changement climatique.&lt;/p&gt;&lt;p&gt;L’agriculture, dominée par la polyculture et un élevage important, est une composante essentielle du territoire. La production biologique est en plein essor, la demande d’installation sur de petites surfaces est en hausse (en lien avec le projet d’espace-test maraîcher porté par le Pays Comminges Pyrénées) et la filière viande est en cours de structuration.&lt;/p&gt;&lt;p&gt;L’offre de transport demeure limitée, le Pays Comminges Pyrénées doit améliorer les mobilités sur l’ensemble de son territoire afin de le rendre accessible à tout type de population, en priorisant le développement des mobilités multimodales, durables et économes en énergie. Le fait que 78% des actifs résident et travaillent sur le territoire montre que le potentiel de développement des alternatives à la voiture individuelle est réel.&lt;/p&gt;&lt;p&gt;Les enjeux : Valoriser l’environnement, le patrimoine naturel et le cadre de vie ; encourager une agriculture et une consommation locales et durables ; développer le potentiel énergétique renouvelable du territoire et adapter le territoire au changement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.1 Soutenir une agriculture locale durable&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.1.1 Adapter et développer une agriculture locale, de montagne et accessible à tous&lt;/li&gt;&lt;li&gt;4.1.2 Diversifier les activités agricoles par la transformation ou la valorisation des produits et par les activités agritouristiques&lt;/li&gt;&lt;li&gt;4.1.3 Développer les actions inscrites dans le Projet Alimentaire Territorial Comminges Pyrénées et/ou en cohérence avec celui-ci.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;4.2 Accompagner le développement raisonné des ressources naturelles locales&lt;/strong&gt;&lt;br /&gt;&lt;ul&gt;&lt;li&gt;4.2.1 Préserver et valoriser la richesse environnementale du territoire ;&lt;/li&gt;&lt;li&gt;4.2.2 Développer et valoriser les filières locales&lt;/li&gt;&lt;li&gt;4.2.3 Gérer durablement les ressources naturelles du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;span&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3 Favoriser les transitions écologiques et énergétique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.3.1 Développer les initiatives en faveur de la transition écologique, de la maîtrise de l’énergie et des énergies renouvelables&lt;/li&gt;&lt;li&gt;4.3.2 Développer une mobilité innovante et durable&lt;/li&gt;&lt;li&gt;4.3.3 Mettre en œuvre et réviser les Plans Climat Air Energie Territoriaux.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;p&gt;&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’un tiers lieu nourricier, création d’une cuisine centrale pour la restauration collective, création d’un magasin de producteurs, réalisation d’un guide des producteurs locaux, développement des AFP, mise en place d’espaces-tests, etc. ;&lt;/p&gt;&lt;p&gt;- Installation d’unités de production de méthanisation, structuration de la filière laine, protection des captages d’eau, etc. ;&lt;/p&gt;&lt;p&gt;- Projet solaire citoyen, aménagement d’un pôle multimodal, réalisation d’un plan mobilité simplifiée à l’échelle du Pays Comminges Pyrénées, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;br /&gt;&lt;/strong&gt;&lt;br /&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.1.2 Pour les activités agritouristiques&lt;/em&gt; : Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.3. Favoriser les transitions écologique et énergétique &lt;/em&gt;: Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Exclusions spécifiques&lt;/strong&gt; : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6359-promouvoir-une-agriculture-locale-perenne-et-/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>89830</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'investissements pour les Territoires d'Industrie</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>La réindustrialisation, un outil de redynamisation des territoires</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-[...3 lines deleted...]
-      <c r="H5" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne pour développer votre territoire d&amp;#039;industrie.
+&lt;/p&gt;
+&lt;p&gt;
+ Une offre d&amp;#039;investissements dédiée a été conçue avec des participations en fonds propres et quasi-fonds propres dans les SEM d&amp;#039;aménagement ou patrimoniales, et dans les filiales des SEM.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de cette offre, le projet doit concerner l&amp;#039;un des axes de développement suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Reconversion de friches et dépollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déploiement du Très Haut Débit (THD) et de data centers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration des performances énergétiques des sites industriels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou rénovation d&amp;#039;infrastructures de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de formations pour aider les professionnels de l&amp;#039;industrie à adapter leurs compétences aux besoins actuels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offres/relocalisation-industrielle?mtm_campaign=Aides_Territoires&amp;mtm_kwd=OT&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=reloc_industrielle_oat</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vos contacts régionaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8a9-obtenir-un-soutien-pour-les-projets-territoir/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>74891</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aide à l&amp;#039;achat d&amp;#039;un cycle neuf. Aide de 300€/cycle, plafonnée à 1500€ par collectivité /an.
-[...3 lines deleted...]
- Cette aide est ciblée pour répondre aux besoins propres de la collectivité.
+ &lt;strong&gt;
+  Aide « Installations de méthanisation (injection, cogénération, chaleur) »
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ Toutes entreprises dont le secteur agricole, agroalimentaire et les associations...
+ &lt;br /&gt;
+ Sauf projet bénéficiant du crédit d&amp;#039;impôt ainsi que les collectivités qui disposent d&amp;#039;un dispositif spécifique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Financement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Vous avez réalisé une étude préalable, et vous cherchez à financer votre installation.
+ &lt;br /&gt;
+ L&amp;#039;aide apportée sous forme de forfait de subvention par unité de capacité de production annuelle (€/MWh).
+ &lt;br /&gt;
+ • 95 €/MWh PCI pour la cogénération, avec une aide plafonnée à 200 000 €,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • 40 €/MWh PCS pour l&amp;#039;injection, avec une aide plafonnée à 600 000 €.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  En complément des pièces à déposer et à compléter ci-dessous, assurez-vous de joindre également les pièces suivantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude de faisabilité ou pré-diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis du constructeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Situation géographique de l&amp;#039;exploitation et zone d&amp;#039;épandage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Récépissé de demande ICPE ou permis de construire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma de concept de l&amp;#039;unité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bilan gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  RIB
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets soutenus :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Unités de méthanisation avec cogénération (&amp;lt; 500 kWe) ou injection de biométhane :
+ &lt;/li&gt;
+ &lt;li&gt;
+  production de biogaz,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation énergétique du biogaz : production de chaleur seule, cogénération d&amp;#039;électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public ou utilisation en carburant bioGNV,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stations d&amp;#039;épuration urbaines (STEU) :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation énergétique du biogaz comprenant l&amp;#039;épuration en biométhane et l&amp;#039;injection dans le réseau public.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région(s) ou pays concerné(s)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Auvergne-Rhône-Alpes,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourgogne-Franche-Comté,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Corse,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guyane,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hauts-de-France,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Réunion,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouvelle-Aquitaine,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Occitanie,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-methanisation-injection-cogeneration-chaleur</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter l&amp;#039;ADEME via leur formulaire en ligne
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/24b3-methaniser-installations-de-methanisation-inj/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>73872</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le patrimoine pour réduire les consommations énergétiques du parc public et développer les énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>SCOT Grand Douaisis (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la mise en oeuvre du Plan Climat et de sa politique « Douaisis Territoire d&amp;#039;Excellence Environnementale et Energétique » (DT3E), le SCOT Grand Douaisis a décidé depuis 2011 de développer les conditions favorables à l&amp;#039;amélioration du patrimoine des collectivités à travers la stratégie patrimoine communal.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette stratégie se compose de différentes actions dont le conseil et l&amp;#039;accompagnement des communes dans l&amp;#039;amélioration de leur patrimoine afin de réduire fortement les consommations énergétiques du parc public et développer les énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service permet aux communes de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recevoir une expertise avertie sur les problématiques énergétiques et patrimoniales, sur les dispositifs en vigueur, les opportunités...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser et réduire leurs consommations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser des rénovations importantes et adaptées à leur patrimoine
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;utilisation et/ou la production d&amp;#039;autres sources d&amp;#039;énergie, notamment renouvelables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En effet, en plus du suivi des consommations, les communes sont confrontées à de nombreuses problématiques énergétiques : rénovation basse consommation, éclairage public, ouverture des marchés de l&amp;#039;énergie, développement des énergies renouvelables, groupements, formations des agents en interne...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce conseil et cet accompagnement est dispensé par le Service Energie Collectivité (SEC) porté par le SCOT Grand Douaisis qui
+ propose un service permettant de généraliser le passage à l&amp;#039;action de toutes les communes qui le souhaitent. Les missions du SEC sont réalisées par des agents du SCOT, conseillers en énergie partagés (CEP) qui possèdent chacun un portefeuille de plusieurs communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service bénéficie également de l&amp;#039;expertise du pôle urbanisme du SCOT.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  diminution du budget de fonctionnement (flux) des communes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renégociation des contrats d&amp;#039;énergie développement de réseaux de chaleur urbain
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation de mairie, d&amp;#039;écoles, de salles de sport....
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  constructions visant la neutralité carbone (médiathèque, écoles...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accès aux aides régionales et nationales (FRAMEE, Fonds Chaleur, Plan de Relance, TEPCV...) en accompagnant la constitution des dossiers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Mobilité partagée
-Modes actifs : vélo, marche et aménagements associés
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes du territoire sont éligibles au dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif se fait par période de 3 ans. Tous les 3 ans, le SCOT lance un appel à manifestation d&amp;#039;intérêt auprès des communes du Grand Douaisis pour qu&amp;#039;elles candidatent à ce conventionnement de 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la période 2021-2023, les candidatures sont à déposer jusqu&amp;#039;au 30 novembre 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ La cotisation annuelle est calculée en fonction du nombre d&amp;#039;habitant de la commune. Le taux est révisé tous les 3 ans, en fin de période de conventionnement.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...32 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU GRAND-DOUAISIS</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://grand-douaisis.com/plan-climat-territoire/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marielle DIVAY, Directrice : 03 27 98 21 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>bmeley@grand-douaisis.org</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dbd-service-energie-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>62848</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1307,409 +3569,533 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W6" s="1" t="inlineStr">
+      <c r="W16" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>56198</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Acheter un véhicule (4 roues) électrique, hydrogène ou GNV</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
-Collectivité d’outre-mer à statut particulier
-[...9 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- ________________________________________________________________________
-[...30 lines deleted...]
-      <c r="N7" s="1" t="inlineStr">
+ Véhicule neuf : Aide de 2000€ à 4000€/ véhicule selon la collectivité (Intercom, commune A, B1, B2 ou C) et la catégorie de véhicule (électrique, GNV ou hydrogène), dans la limite de 2 véhicules par collectivité /an.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Véhicule d&amp;#039;occasion électrique ou GNV : Aide de 500€ à 1000€/ véhicule selon la collectivité (Intercom, commune A, B1, B2 ou C), dans la limite de 2 véhicules par collectivité /an.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est ciblée pour répondre aux besoins propres de la collectivité. Toutefois, elle peut également bénéficier à un établissement public qui lui est rattaché (ex : EPHAD ou CCAS). Dans ce cas, l&amp;#039;accord préalable de la collectivité est requis et la demande est intégrée à son droit de tirage.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Economie d'énergie et rénovation énergétique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T7" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X7" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...19 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+ Mail : mobilite&amp;#64;sdec-energie.fr&lt;br /&gt;Tel : 02 31 06 61 55 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f209-poser-une-borne-de-recharge-pour-vehicules-el/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E8" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>56201</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Acheter un cycle électrique (2 ou 3 roues)</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;achat d&amp;#039;un cycle neuf. Aide de 300€/cycle, plafonnée à 1500€ par collectivité /an.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est ciblée pour répondre aux besoins propres de la collectivité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mail : mobilite&amp;#64;sdec-energie.fr&lt;/p&gt;&lt;p&gt;Tel : 02 31 06 61 55 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0ff3-acheter-un-vehicule-4-roues-electrique-hybrid/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Sa raison d&amp;#039;être :
+  Sa raison d&amp;#039;être
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission :
+  Sa mission
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...7 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ses crédits :
+  Ses crédits
  &lt;/strong&gt;
-&lt;/p&gt;
-[...11 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement :
+  Son accompagnement
  &lt;/strong&gt;
-&lt;/p&gt;
-[...5 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1752,2547 +4138,161 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X8" s="1" t="inlineStr">
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...3 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Email
+  Contact
  &lt;/strong&gt;
- : adhesion&amp;#64;agence-france-locale.fr
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
-[...2381 lines deleted...]
-      </c>
       <c r="Z19" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/f8a9-obtenir-un-soutien-pour-les-projets-territoir/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
       <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:27" customHeight="0">
       <c r="A20" s="1">
         <v>90777</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Améliorer l'efficacité énergétique des navires de pêche et atténuer le changement climatique</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
@@ -4477,148 +4477,1297 @@
 Direction de l&amp;#039;agriculture des IAA et de la pêche
 05 57 57 55 82
 Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
 Direction de l&amp;#039;agriculture des IAA et de la pêche
 05 56 56 38 10</t>
         </is>
       </c>
       <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1fb4-efficacite-energetique-navires-de-peche-et-at/</t>
         </is>
       </c>
       <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:27" customHeight="0">
       <c r="A21" s="1">
+        <v>97330</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition de véhicules à motorisation décarbonnée</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide du Département est destinée à compenser en tout ou partie le surcoût lié à l&amp;#039;achat d&amp;#039;un véhicule moins polluant.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est cumulable avec d&amp;#039;autres aides existantes (ex : bonus écologique de l&amp;#039;État) dans la limite du montant maximum d&amp;#039;aide publique applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif vise à encourager et appuyer l&amp;#039;effort des collectivités pour s&amp;#039;engager dans des modes de déplacement à faibles émissions de polluants et de gaz à effet de serre. Il vient soutenir, par effet d&amp;#039;entrainement, le développement de l&amp;#039;offre d&amp;#039;avitaillement (les stations bioGNV et hydrogène), en accompagnement du déploiement de stations d&amp;#039;avitaillement bioGNV et hydrogène porté notamment par le SyDEV.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide du département est variable selon le type de motorisation et la taille du véhicule :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Véhicules bioGNV :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1000 euros pour les véhicules légers (PTAC &amp;lt;3,5T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  5000 euros pour les véhicules utilitaires (PTAC entre 3,5T et 7T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  10 000 euros pour les poids lourds (PTAC &amp;gt; 7T)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Véhicules hydrogènes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  5 000 euros pour les véhicules utilaires (PTAC : &amp;lt; 3,5T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 000 euros pour les véhicules utilitaires ((PTAC : Entre 3,5T et 7T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 000 euros pour les poids lourds (PTAC &amp;gt; 7T)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En cas d&amp;#039;acquisition de plusieurs véhicules, la collectivité bénéficiaire pourra obtenir une majoration de la subvention à hauteur de 10% du montant de l&amp;#039;aide octroyée selon les conditions générales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition bennes à ordures alimentées en GNV par un EPCI</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mobilité partagée
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de cette aide les communes vendéennes et les EPCI qui réalisent l&amp;#039;acquisition d&amp;#039;un ou plusieurs véhicules fonctionnant au Bio GNV et les véhicules électriques à hydrogène (vert).
+&lt;/p&gt;
+&lt;p&gt;
+ Par véhicule fonctionnant au bioGNV, on entend tout véhicule utilisant le gaz naturel, que ce soit sous sa forme comprimée (GNC) ou bien sous sa forme liquéfiée (GNL).
+ La collectivité s&amp;#039;engage à s&amp;#039;approvisionner en bio GNV.
+&lt;/p&gt;
+&lt;p&gt;
+ Par véhicule hydrogène, on entend tout véhicule électrique à PAC (pile à combustible), propulsé par de l&amp;#039;électricité produite à partir d&amp;#039;hydrogène et d&amp;#039;oxygène, l&amp;#039;hydrogène étant le carburant de base. Il ne rejette que de l&amp;#039;eau au moyen de son pot d&amp;#039;échappement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les véhicules électriques à PAC, considérés comme complémentaires des véhicules électriques à batterie, constituent la prochaine génération de voitures « propres » dotés d&amp;#039;une autonomie de plusieurs centaines de kilomètres. Là-encore, les collectivités s&amp;#039;engagent à s&amp;#039;approvisionner en hydrogène produit à partir d&amp;#039;énergies renouvelables, au fur et à mesure que cette offre se développera sur notre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les types de véhicules pour lesquels une aide pourra être sollicitée sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les véhicules légers (véhicules GNV uniquement) et les véhicules utilitaires légers (PTAC  &amp;lt; 3,5 Tonnes) (GNV et hydrogène)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les utilitaires (3,5 T &amp;lt; PTAC &amp;lt; 7 T) (GNV et hydrogène)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les poids lourds (PTAC &amp;gt; 7 T) (GNV et hydrogène)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les véhicules doivent faire l&amp;#039;objet d&amp;#039;un achat.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est limitée à trois véhicules par bénéficiaire et par période de 4 ans à compter de la date de signature de la convention de subvention par l&amp;#039;ensemble des parties.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 60
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:amenagement-tourisme&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  amenagement-tourisme&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>hugo.bard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bfa3-soutenir-lacquisition-de-vehicules-a-motorisa/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>97331</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la filière de déconstruction de bateaux de plaisance et de sport</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 80</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par délibération n° IV-A 3 du 6 mars 2020, le Conseil Départemental a décidé de soutenir la filière de déconstruction de bateaux de plaisance et de sports hors d&amp;#039;usage  par la mise en place d&amp;#039;une aide au transport de ces bateaux vers les sites de déconstruction.
+&lt;/p&gt;
+&lt;p&gt;
+ Par délibération de la Commission Permanente n°4.19 du 10 juillet 2020, le 
+Département a mis en place une aide au transport de ces bateaux en vue de leur 
+déconstruction.
+&lt;/p&gt;
+&lt;p&gt;
+ Le transport étant normalement intégralement à la charge des propriétaires de bateaux, le but de cette aide est d&amp;#039;encourager les Vendéens à se séparer de leurs vieux bateaux de plaisance et de sport inutilisés via la filière mise en place. Cela permet de limiter le nombre de vieux bateaux potentiellement polluants navigant sur la côte vendéenne et notamment dans les ports.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, les ports vendéens étant très sollicités, cette opération pourra permettre de libérer des places en facilitant l&amp;#039;évacuation de bateaux ne prenant plus ou peu la mer.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide varie selon la taille du bateau à déconstruire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  80% du coût de transport pour les bateaux de moins de 6m avec un plafonnement de l&amp;#039;aide fixé à 350€
+ &lt;/li&gt;
+ &lt;li&gt;
+  60% du coût de transport pour les bateaux entre 6 et 12m avec un plafonnement de l&amp;#039;aide fixé à 680€
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires de l&amp;#039;aide sont les personnes physiques propriétaires de bateaux de plaisance et de sport à déconstruire sur le territoire vendéen.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bateaux appartenant à des professionnels sont exclus de dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les bateaux de moins de 12 mètres situés sur le territoire vendéen et pris en charge par une structure partenaire feront l&amp;#039;objet d&amp;#039;une aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures partenaires sont les structures de déconstruction agréées par l&amp;#039;APER et signataires d&amp;#039;une convention passée à cet effet avec le Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.recyclermonbateau.fr/l-aper-association-pour-la-plaisance-eco-responsable/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 51 04 61 62
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : secretariat.dmd&amp;#64;vendee.fr
+ &lt;a href="mailto:amenagement-tourisme&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>amelie.boucheron@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7bc8-soutenir-la-filiere-de-deconstruction-de-bate/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>94909</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la consommation et de la gestion des ressources (eau, énergie et matières premières)</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Efficacité matière avec focus plastique</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 200K€</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+ Soutien à l&amp;#039;optimisation de la consommation et de la gestion des ressources.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise à accompagner les acteurs du développement économique en privilégiant les démarches collectives ou sectorielles d&amp;#039;une part, ainsi que les opérations au caractère particulièrement exemplaire ou novateur d&amp;#039;autre part.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus les industriels de la filière de recyclage et du traitement des déchets, y compris les recycleries/ressourceries, par ailleurs soutenus dans un autre dispositif dédié à la valorisation centralisée des DAE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises ou groupements d&amp;#039;entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fédérations, organisations professionnelles et chambres consulaires représentant les entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités territoriales, et plus particulièrement EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ plafond de l&amp;#039;aide : 200 K€
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Eau : en termes d&amp;#039;exemples sont éligibles les actions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Optimisation des procédés et prévention (ex : modification d&amp;#039;un process conduisant à réduire la consommation en eau, réduction de la nocivité des déchets dangereux pour les milieux aquatiques...),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Recyclage, réemploi ou réutilisation d&amp;#039;eau autorisés par la réglementation (ex : mise en oeuvre de la réutilisation des eaux usées traitées, recyclage d&amp;#039;eau au sein d&amp;#039;un procédé ou récupération d&amp;#039;eaux pluviales pour limiter de façon significative les consommations d&amp;#039;eau potable ou d&amp;#039;eau de nappe...),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise en oeuvre de techniques visant à limiter les besoins en ressources naturelles dans le cadre de travaux d&amp;#039;assinissement ou en lien avec l&amp;#039;eau (ex : réemploi des matériaux, utilisation de matériaux recyclés, réalisation de travaux sans tranchées...).
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Energie :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets visant à acculturer et/ou à impulser des changements de pratiques en matière de consommation d&amp;#039;énergie auprès d&amp;#039;un collectif d&amp;#039;entreprises sont éligibles,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets relevant de la demande d&amp;#039;une entreprise à titre individuel sont exclus car déjà éligibles dans le cadre d&amp;#039;un dispositif spécifique dédié « soutien à l&amp;#039;efficacité énergétique des procédés ».
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Matières premières – déchets : sont éligibles les projets permettant d&amp;#039;économiser les ressources par la prévention ou la gestion :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La prévention consiste à réduire la quantité et la nocivité des déchets produits en intervenant à la fois sur leur mode de production et sur leur consommation,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La gestion des déchets désigne l&amp;#039;ensemble des opérations et moyens mis en oeuvre en interne pour réemployer, recycler, valoriser ou éliminer les déchets produits.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus les études portant uniquement sur la gestion des déchets, les installation de méthanisation qui font l&amp;#039;objet d&amp;#039;un appel à projets spécifique, les projets de recyclage et valorisation des déchets issus des chantiers BTP également visés par un dispositif spécifique de soutien, et les investissements pour l&amp;#039;utilisation de Combustibles Solides de Récupération (CSR).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types de dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prestations externes pour les études de faisabilité (hors projets RDI),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses d&amp;#039;investissement pour acquisition d&amp;#039;équipements,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Animation dans le cadre d&amp;#039;une opération collective : dépenses RH, prestations, communication, déplacements, divers...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2020</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-loptimisation-de-la-consommation-et-de-la-gestion-des-ressources/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet au préalable du dépôt d&amp;#039;une lettre d&amp;#039;intention. Celle-ci devra être impérativement transmise avant le démarrage du projet au contact de votre territoire ci-dessous.
+ &lt;br /&gt;
+ Après une première expertise et accord de l&amp;#039;interlocuteur Région ou AERM, le porteur pourra déposer un dossier de candidature par mail.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS  54, 55, 57 ET 88
+&lt;/h4&gt;
+&lt;p&gt;
+ Pascal DEPREZ
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ Place Gabriel Hocquard CS 81004
+&lt;/p&gt;
+&lt;p&gt;
+ 57036 Metz cedex 01
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 54 32 34
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:pascal.deprez&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  pascal.deprez&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS 08, 10, 51 ET 52
+&lt;/h4&gt;
+&lt;p&gt;
+ Richard LUBIN
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ 5 rue de Jéricho
+&lt;/p&gt;
+&lt;p&gt;
+ 51037 Châlons-en-Champagne cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 26 70 89 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:richard.lubin&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  richard.lubin&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS 67 ET 68
+&lt;/h4&gt;
+&lt;p&gt;
+ Jean-Philippe MICHEL
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ 1 place Adrien Zeller
+&lt;/p&gt;
+&lt;p&gt;
+ 67070 Strasbourg cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 15 68 86
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;a href="mailto:jean-philippe.michel&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+   jean-philippe.michel&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+ &lt;h4&gt;
+  POUR LE TERRITOIRE DE L&amp;#039;AERM DÉPARTEMENTS 54, 57, 67, 68 ET 08, 52, 55, 88 PARTIELLEMENT
+ &lt;/h4&gt;
+ &lt;p&gt;
+  Clémence RICOCHON
+ &lt;/p&gt;
+ &lt;p&gt;
+  Agence de l&amp;#039;Eau Rhin Meuse
+ &lt;/p&gt;
+ &lt;p&gt;
+  « Le Longeau » – Route de Lessy
+ &lt;/p&gt;
+ &lt;p&gt;
+  Rozérieulles BP 30019
+ &lt;/p&gt;
+ &lt;p&gt;
+  57161 Moulins-lès-Metz cedex
+ &lt;/p&gt;
+ &lt;p&gt;
+  03 87 34 46 71
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;a href="mailto:clemence.ricochon&amp;#64;eau-rhin-meuse.fr" rel="noopener" target="_blank"&gt;
+   clemence.ricochon&amp;#64;eau-rhin-meuse.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9a1-soutien-a-loptimisation-de-la-consommation-et/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>94929</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les démarches territoriales de prévention des déchets et de tarification incitative</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide &amp;#34;Soutien aux démarches territoriales de prévention des déchets et tarification incitative&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les acteurs locaux qui s&amp;#039;engagent dans la prévention des déchets et la tarification incitative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atteindre les objectifs fixés dans le cadre du PRPGD, du SRADDET et de la loi NOTRe à savoir :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Réduire de 10% la quantité de DMA collectée entre 2010 et 2020, réduire de 7% entre 2015 et 2025 et de 10% entre 2015 et 2031 ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Atteindre un taux de couverture de population par la tarification incitative de 22 % en 2020, 37% en 2025 et 40% en 2031.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les collectivités et leurs relais pour encourager une démarche d&amp;#039;économie circulaire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre à l&amp;#039;ensemble de la population d&amp;#039;avoir accès à une déchèterie acceptant l&amp;#039;amiante liée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Volet 1 : Accompagner les programmes locaux de prévention
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Collectivités locales engagées dans un PLPDMA réglementaire (déliberation et déposé en préfecture), et prévoyant d&amp;#039;étudier, ou de mettre en oeuvre ou ayant déjà mis en oeuvre la Tarification Incitative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Programme d&amp;#039;actions de communication et de sensibilisation pluriannuel qui contribuent à développer les changements de comportement nécessaires à la réduction des déchets dans la région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prise en charge de 30% des dépenses d&amp;#039;études, de sensibilisation, de communication, d&amp;#039;organisation d&amp;#039;évènement, d&amp;#039;action de communication (versement sur présentation de factures)
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;assiette de calcul du soutien est plafonnée à 120 000€ sur 3 ans (hors salaires et charges affectées au projet).
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Volet 2 : Aide à la modernisation des déchèteries
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Collectivités locales prévoyant
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les 2 prochaines années de mettre en œuvre la Tarification Incitative ou l&amp;#039;ayant mis en œuvre les 3 dernières années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de mutualiser la collecte de l&amp;#039;amiante liée sur une de ses déchetteries suite à une réflexion concertée avec les collectivités voisines et dans le cadre d&amp;#039;un programme global.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de modification de déchèteries :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  suite ou en prévision de la mise en oeuvre d&amp;#039;une tarification incitative (après étude),
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans l&amp;#039;objectif d&amp;#039;y accueillir des déchets amiantés des particuliers suite à une étude, une mutualisation avec les collectivités voisines et un programme global (communication aux usagers, formations des gardiens ...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prise en charge de 30 % des dépenses (versement sur présentation de factures), le montant du soutien est plafonné à 100 000 € par collectivité dans le cadre d&amp;#039;une TI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en charge de 70 %, le montant du soutien est plafonné à 80 000 € dans le cadre d&amp;#039;un projet « amiante liée » en considérant l&amp;#039;ensemble des dépenses (communication, formation, matériel ...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Volet 3 : soutien au réemploi
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structure de l&amp;#039;insertion par l&amp;#039;activité économique, entreprises adaptées, acteurs de l&amp;#039;ESS (tous statuts : entreprises, associations, SCIC, SCOP ...), et associations ayant pour objet principal le réemploi et/ou la réutilisation et/ou la réparation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien au démarrage de l&amp;#039;activité de recyclerie ou de réutilisation/réemploi
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les recycleries devront être avoir un projet complet comprenant la collecte, le démantèlement, la réparation, transformation, la vente et la sensibilisation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures devront avoir un partenariat (notamment pour la collecte) ou avoir engagé des démarches auprès de la collectivité à compétence collecte de son site d&amp;#039;implantation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Soutien au démarrage de l&amp;#039;activité de ressourceries ou d&amp;#039;actions de réemploi/réutilisation par une aide de 50% de la masse salariale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafonnée à 10 000 € dans le cadre du financement d&amp;#039;un poste
+  &lt;/li&gt;
+  &lt;li&gt;
+   La structure porteuse peut être bénéficiaire de ce soutien une seule fois pendant les 3 premières années d&amp;#039;activité.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont exclus les postes déjà soutenus au titre d&amp;#039;un dispositif régional ou d&amp;#039;Etat.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/prevention-des-dechets-et-tarification-incitative/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ Estelle PAILHES
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Energétique
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 87 33 67 16
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:Estelle.PAILHES&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  Estelle.PAILHES&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-aux-demarches-territoriales-prevention-dechets-tarification-incitative" rel="noopener" target="_blank"&gt;
+  Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4527-soutien-aux-demarches-territoriales-de-preven/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>94950</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les animations d'éducation à la nature, à l'environnement et au développement durable</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Soutien annuel aux associations d’éducation à l’environnement</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Objectifs
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Permettre la compréhension et la participation des jeunes à la protection de la nature, de l&amp;#039;environnement et au développement durable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre au plus grand nombre de jeunes du Grand Est de bénéficier d&amp;#039;animations pédagogiques portant sur la nature, l&amp;#039;environnement et/ou le développement durable et contribuant ainsi à l&amp;#039;éducation de futurs éco-citoyens.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir un programme régional d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable cohérent et global qui réponde à la définition de l&amp;#039;éducation à l&amp;#039;environnement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+Sont éligibles les associations répondant aux conditions suivantes :
+&lt;ul&gt;
+ &lt;li&gt;
+  Statut associatif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant leur siège en Région Grand Est,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant pour objet associatif l&amp;#039;éducation à l&amp;#039;environnement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont les activités sont en lien avec l&amp;#039;objet statutaire de l&amp;#039;association,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;animateurs professionnels, formés à la pédagogie, ou expérimentés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant des agréments nécessaires à l&amp;#039;exercice d&amp;#039;activités d&amp;#039;éducation à l&amp;#039;environnement en direction d&amp;#039;un public scolaire et plus généralement à l&amp;#039;accueil du public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les associations d&amp;#039;ores et déjà référencées par le Conseil Régional dans le cadre du programme régional d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable sont dispensées de la fourniture des pièces permettant de vérifier leur éligibilité aux conditions précitées.
+&lt;h2&gt;
+ Projets éligibles
+&lt;/h2&gt;
+Sont éligibles les projets en éducation à la nature, à l&amp;#039;environnement et/ou au développement durable portés par des associations, qui se déroulent en Grand Est et qui se traduisent par des interventions en face à face pédagogique devant un public jeune dans le cadre scolaire ou en club nature.
+&lt;h2&gt;
+ Dépenses éligibles
+&lt;/h2&gt;
+Les dépenses éligibles sont : les salaires chargés, les frais de structure, de déplacement et/ou de mission, l&amp;#039;achat ou la fabrication de petit matériel nécessaire aux animations. Le temps de préparation peut-être intégré dans le budget prévisionnel.
+Les dépenses sont prises en charge à partir du 1er janvier de l&amp;#039;année de réalisation du projet. Le délai de réalisation est fixé au 15 juillet de l&amp;#039;année suivant l&amp;#039;année de démarrage du projet et le délai de transmission des pièces au 31 octobre de l&amp;#039;année N&amp;#43;1.
+&lt;h2&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h2&gt;
+L&amp;#039;aide prend la forme d&amp;#039;une subvention de fonctionnement dont le taux maximum est de 80 %
+&lt;h2&gt;
+ La demande d&amp;#039;aide
+&lt;/h2&gt;
+Un appel à projet sera lancé.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif. Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne pourra être accordée.
+La demande d&amp;#039;aide déposée avant le 31 décembre 2018 puis le 15 novembre pour les années suivantes
+&lt;strong&gt;
+ (ATTENTION, exceptionnellement en 2021 la demande doit être déposée avant le 15 octobre 2021)
+&lt;/strong&gt;
+, contient au moins les informations suivantes :
+&lt;ul&gt;
+ &lt;li&gt;
+  Un courrier de demande avec le montant de l&amp;#039;aide sollicitée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note présentant le projet (titre explicite, présentation détaillée, calendrier, budget équilibré et plan de financement),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB comportant le nom du bénéficiaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération du Conseil d&amp;#039;Administration ou de l&amp;#039;Assemblée Générale concernant le projet et son plan de financement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les associations non référencées sont amenées à fournir les pièces permettant de vérifier leur éligibilité aux conditions précitées.
+&lt;strong&gt;
+ La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/strong&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Qualité de l'air
+Biodiversité
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>23/11/2018</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/animations-education-a-la-nature/</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0086/depot/simple</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter la
+ &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
+  Région Grand Est
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/51e7-soutien-aux-animations-deducation-a-la-nature/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>90902</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Soutenir les événements territoriaux à vocation économique</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Evénements territoriaux à vocation économique</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J21" s="1" t="inlineStr">
+      <c r="J26" s="1" t="inlineStr">
         <is>
           <t>Montant maximal de 4000€</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes un organisme (public ou privé) de soutien au développement des entreprises ? La Région peut vous aider à financer des événements territoriaux à vocation économique (marchés, salons, manifestations) dans le cadre de la politique de soutien aux filières régionales suivantes : Cuir-Luxe-Textile-Métiers d&amp;#039;Art, Aéronautique- Photonique-Chimie-Matériaux et Transports, Santé-Silver Economie, Filières Vertes et Bleues, Forêt-Bois-Papier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Soutenir l&amp;#039;organisation d&amp;#039;événements territoriaux (locaux ou régionaux), sectoriels ou multisectoriels, favorisant la rencontre des acteurs de l&amp;#039;écosystème.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Montage et organisation d&amp;#039;une manifestation contribuant à la structuration d&amp;#039;un réseau d&amp;#039;entreprises et/ou à la promotion de compétences locales.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Calendrier :
  &lt;/strong&gt;
  Etude des dossiers au fil de l&amp;#039;eau
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
  Aide forfaitaire pour l&amp;#039;organisation de manifestations, colloques, salons, conférences à vocation économique, plafonnée à 4 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Economie locale et circuits courts
 Artisanat
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     organismes de soutien (publics ou privés) au développement des entreprises
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     fédérations, organisations professionnelles, Groupements d&amp;#039;Intérêt Public (GIP) et associations,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     pôles de compétitivité, clusters, grappes d&amp;#039;entreprises
    &lt;/span&gt;
    &lt;br /&gt;
@@ -4675,561 +5824,1943 @@
  &lt;/p&gt;
  &lt;p&gt;
   Avant de déposer votre demande d&amp;#039;aide, il est nécessaire de créer un compte si vous n&amp;#039;en possédez pas déjà un.
  &lt;/p&gt;
  &lt;p&gt;
   La liste des pièces justificatives à fournir en fonction de votre statut est à télécharger en bas de la page.
  &lt;/p&gt;
  &lt;p&gt;
   Et après ?
  &lt;/p&gt;
  &lt;p&gt;
   Pour le suivi de votre dossier :
  &lt;/p&gt;
  &lt;p&gt;
   1 - Vous recevrez un mail attestant le dépôt de votre dossier. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
  &lt;/p&gt;
  &lt;p&gt;
   2 - Des informations complémentaires pourront vous être demandées au moment de l&amp;#039;instruction.
  &lt;/p&gt;
  &lt;p&gt;
   3 - Une notification de décision vous sera adressée à l&amp;#039;issue du passage en commission permanente.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/evenements-territoriaux-vocation-economique?recherche=manifestation</t>
         </is>
       </c>
-      <c r="W21" s="1" t="inlineStr">
+      <c r="W26" s="1" t="inlineStr">
         <is>
           <t>https://rnaconnect.nouvelle-aquitaine.pro/realms/external/protocol/cas/login?service=https%3A%2F%2Fmes-demarches.nouvelle-aquitaine.fr%2FcraPortailFO%2Flogin%2Fcas</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 &lt;/p&gt;
 &lt;p&gt;
  Direction pilotage stratégique et filières
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fda4-soutien-aux-manifestations-territoriales-a-ca/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>98915</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les associations d'éducation à la nature, à l'environnement et au développement durable</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Soutien pluriannuel à destination des associations d’éducation à la nature, à l’environnement et au développement durable</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Soutien pluriannuel à destination des associations d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Permettre la compréhension et la participation des jeunes à la protection de la nature, de l&amp;#039;environnement et au développement durable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre au plus grand nombre de jeunes du Grand Est de bénéficier d&amp;#039;animations pédagogiques portant sur la nature, l&amp;#039;environnement et/ou le développement durable et contribuant ainsi à l&amp;#039;éducation de futurs éco-citoyens.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir un programme régional pluriannuel d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable cohérent et global qui réponde à la définition de l&amp;#039;éducation à l&amp;#039;environnement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les politiques régionales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre aux principales associations soutenues par la Région de bénéficier d&amp;#039;un conventionnement triennal permettant d&amp;#039;accompagner au mieux et dans la durée les territoires, offrant une meilleure visibilité à moyen terme et favorisant la prospection de co-financements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : associations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est une subvention de fonctionnement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux max : 80 %
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;un appel à projet.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif.
+La demande d&amp;#039;aide pour la première année déposée avant le 31 décembre contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un courrier de demande avec le montant de l&amp;#039;aide sollicitée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet associatif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note présentant le projet sur 3 ans (titre explicite, présentation détaillée, calendrier envisagé , budget équilibré et plan de financement),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB comportant le nom du bénéficiaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération du Conseil d&amp;#039;Administration ou de l&amp;#039;Assemblée Générale concernant le projet et son plan de financement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les années 2 et 3 du projet, la demande d&amp;#039;aide devra être déposée pour le 15 novembre de l&amp;#039;année N-1 accompagnée d&amp;#039;un courrier de demande et d&amp;#039;un budget prévisionnel pour l&amp;#039;année ajusté.
+La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets pluriannuels en éducation à la nature, à l&amp;#039;environnement et/ou au développement durable portés par des associations, qui se déroulent en Grand Est et qui se traduisent par des interventions en face à face pédagogique devant un public jeune dans le cadre scolaire ou en club nature.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association peut présenter plusieurs projets pédagogiques, chacun sensibilisant au minimum 5 groupes différents.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque projet pédagogique est articulé autour d&amp;#039;une thématique forte en lien direct avec les problématiques du territoire. Il est réalisé en plusieurs séances (minimum de 3 séances réparties dans l&amp;#039;année scolaire pour le public scolaire et les jeunes en IME et IMP et minimum de 5 séances pour les clubs nature) et chaque séance dure au minimum une demi-journée à l&amp;#039;exception des faces à faces pédagogiques réalisés devant des lycéens. Dans ce cas, la notion de séance, et non pas de demi-journée, est retenue. Il est possible que dans le cadre d&amp;#039;un projet des actions soient à destination du grand public ou du public adulte. Celles-ci sont éligibles si le budget alloué à ces dernières reste inférieur à 20 % du montant total du budget du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les salaires chargés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de structure, de déplacement et/ou de mission
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou fabrication de petit matériel nécessaire aux animations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le temps de préparation peut être intégré dans le budget prévisionnel. Les dépenses sont prises en charge à partir du 1er janvier de l&amp;#039;année de réalisation du projet. Le délai de réalisation est fixé au 31 mars de l&amp;#039;année suivant l&amp;#039;année de démarrage du projet et le délai de transmission des pièces au 30 septembre de l&amp;#039;année N&amp;#43;1.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Economie d'énergie et rénovation énergétique
+Education et renforcement des compétences
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Animation et mise en réseau
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles les associations répondant aux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Statut associatif,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant leur siège en Région Grand Est,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un ancrage territorial avéré,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant pour objet associatif l&amp;#039;éducation à l&amp;#039;environnement,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont les activités sont en lien avec l&amp;#039;objet statutaire de l&amp;#039;association,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un projet associatif formalisé, pluriannuel et dont un axe est dédié à l&amp;#039;éducation à l&amp;#039;environnement,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;animateurs professionnels, formés à la pédagogie, ou expérimentés,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant des agréments nécessaires à l&amp;#039;exercice d&amp;#039;activités d&amp;#039;éducation à l&amp;#039;environnement en direction d&amp;#039;un public scolaire et plus généralement à l&amp;#039;accueil du public,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant de moyens professionnels en gestion budgétaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant de pratiques et outils de suivi de leur activité,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;engageant dans la démarche collective des trois réseaux d&amp;#039;éducation à l&amp;#039;environnement (Ariena, Graine Champagne-Ardenne, LorEEN),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficiant précédemment d&amp;#039;une convention pluriannuelle d&amp;#039;objectifs avec une des anciennes Régions ou d&amp;#039;un soutien financier annuel important (supérieur à 21 000 €). Toutefois, une nouvelle candidature pourrait être étudiée dans l&amp;#039;hypothèse où, après un premier examen, il s&amp;#039;avère que, dans un département, seule une association serait éligible.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Têtes de Réseau aideront les associations qui le souhaitent à construire leur projet pluriannuel de même que les Parcs Naturels Régionaux pourront aider les associations de leur territoire notamment pour la définition des enjeux environnementaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-pluriannuel-associations-education-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
+  Contacter la région
+ &lt;/a&gt;
+ pour toute question relative à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Direction : Environnement et Aménagement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f0b-copie-09h34-soutien-pluriannuel-a-destination/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>94574</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser et accompagner aux économies d'énergie dans les ZNI</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Programme SEIZE</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Eco CO2</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
+Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
+Association
 Entreprise privée
-Recherche</t>
-[...7 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme SEIZE est un dispositif d&amp;#039;accompagnement aux économies d&amp;#039;énergie dédié aux entreprises et Collectivités territoriales de Corse, Guadeloupe, Guyane, Martinique et La Réunion. Financé à 100% dans le cadre du dispositif des Certificats d&amp;#039;Économies d&amp;#039;Énergie (CEE) et porté par Eco CO2, le programme propose un accompagnement à la maîtrise de la demande en énergie à travers différentes actions :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ateliers de sensibilisation aux économies d&amp;#039;énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;un kit de mesure et suivi des consommations d&amp;#039;énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement vers les dispositifs d&amp;#039;aides disponibles sur chaque territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite énergie des locaux profesionnels
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une plateforme permet à chacun de s&amp;#039;informer, de suivre ses consommations et d&amp;#039;agir pour aller plus loin dans la démarche :
+ &lt;a href="https://seize-maitrise-energie.fr/" rel="noopener" target="_blank"&gt;
+  www.seize-maitrise-energie.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Les agences d&amp;#039;urbanisme participent à la construction des stratégies territoriales
+   Ateliers de sensibilisation aux économies d&amp;#039;énergie
+   &lt;br /&gt;
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les dynamiques territoriales et les transitions en cours questionnent le sens même de la planification stratégique. Nous sommes dans l&amp;#039;ère des interdépendances territoriales et des réciprocités - qu&amp;#039;elles soient choisies ou subies. Les nouvelles interfaces politiques et territoriales appellent à organiser des alliances entre tous les types de territoires (métropolitains, urbains, périurbains et ruraux), interpellent l&amp;#039;agilité des modes de gouvernance et sollicitent de nouveaux cadres d&amp;#039;actions territoriales. Dans ce contexte qui rebat les cartes du développement territorial, les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur.
- &lt;br /&gt;
+ Collectifs ou personnalisés, à destination des dirigeants et des collaborateurs, les ateliers permettent de s&amp;#039;informer sur les économies d&amp;#039;énergie et de connaître les écogestes en fonction du secteur d&amp;#039;activité des participants.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Les agences d&amp;#039;urbanisme
+   Kit de mesure et suivi des consommations d&amp;#039;énergie
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
-[...2 lines deleted...]
- Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+ Mise à disposition d&amp;#039;un équipement de mesure composé de capteurs pour suivre la consommation électrique, la température et l&amp;#039;hygrométrie de ses locaux professionnels. L&amp;#039;objectif : réduire sa consommation tout en optimisant son confort.
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Des outils au service de l&amp;#039;intérêt général
+   Accompagnement vers les aides &amp;amp; dispositifs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
-[...11 lines deleted...]
- - et des membres associés intéressés par les enjeux territoriaux.
+ Accompagnement vers les dispositifs d&amp;#039;aides disponibles sur chaque territoire et informations sur les actions à mettre en place afin d&amp;#039;améliorer sa performance énergétique.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+   Visite énergie
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
-[...12 lines deleted...]
- La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+ Visite des locaux professionnels par un conseiller SEIZE et remise d&amp;#039;un rapport personnalisé contenant des préconisations d&amp;#039;actions pour réaliser des économies d&amp;#039;énergie.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
-[...55 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2021</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Programme SEIZE s&amp;#039;adresse aux collectivités et entreprises des Zones Non Interconnectées (ZNI) suivantes : Corse, Guadeloupe, Guyane, Martinique et La Réunion.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des offres, il suffit de se rendre sur le site du Programme SEIZE :
+ &lt;a href="https://seize-maitrise-energie.fr/" rel="noopener" target="_blank"&gt;
+  www.seize-maitrise-energie.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X22" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://seize-maitrise-energie.fr/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez les contacts de chaque agence d&amp;#039;urbanisme sur le site de la Fnau :
-[...16 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+ Contact par territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Corse :
+  &lt;/strong&gt;
+  &lt;a href="https://seize-maitrise-energie.fr/corsica" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/corsica
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I
+  mail : corse&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Guadeloupe
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/gp" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/gp
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : guadeloupe&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Martinique
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/mq" target="_self"&gt;
+   seize-maitrise-energie.fr/mq
+  &lt;/a&gt;
+  I mail: martinique&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Guyane
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/gf" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/gf
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : guyane&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La Réunion
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/re" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/re
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : reunion&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>gil.doat@ecoco2.com</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01c8-programme-seize/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>94680</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Financer les diagnostics de territoire et études préalables aux investissement de réemploi, réparation et réutilisation</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Diagnostic de territoire ou d&amp;#039;étude préalable à un investissement de réemploi, réparation et réutilisation », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ v
+ ous souhaitez connaître le potentiel d&amp;#039;une filière de réemploi, réparation et réutilisation sur votre territoire ou étudier la faisabilité d&amp;#039;une installation de collecte, de remise en état ou de réparation d&amp;#039;objets ou matériaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Structure impliquée dans l&amp;#039;économie circulaire :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités et entreprises (y compris fédérations nationales ou régionales),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Structures de l&amp;#039;économie sociale et solidaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Associations,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chambres de commerce et de métiers...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les taux d&amp;#039;aide maximum peuvent varier de 50 % à 70 %,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette des dépenses éligibles : 50 000 à 100 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ 1/ Diagnostics de territoires,
+ &lt;br /&gt;
+ 2/ Études d&amp;#039;opportunité ou de faisabilité d&amp;#039;un projet d&amp;#039;équipement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Atelier de réparation au sein d&amp;#039;une recyclerie,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création de nouvelles recyclerie,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développement d&amp;#039;activités spécifiques de réemploi, notamment liées aux futures filières REP,
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3/ Étude d&amp;#039;accompagnement de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie sociale et solidaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réalisation des études par un prestataire indépendant et spécialisé dans l&amp;#039;économie circulaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Respect du cahier es charges « Étude de faisabilité pour l&amp;#039;implantation d&amp;#039;une recyclerie.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dun-diagnostic-territoire-detude-prealable-a-investissement-reemploi</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;510" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e5a-aider-au-diagnostic-de-territoire-ou-detude-p/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>94681</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets liés au réemploi, la réduction et la substitution des emballages et contenants, notamment en plastique à usage unique</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Réemploi, la réduction et la substitution des emballages et contenants, notamment en plastique à usage unique », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : l
+ a loi AGEC a inscrit plusieurs objectifs ambitieux en termes de substitution des emballages en plastique à usage unique et de réemploi des emballages. L&amp;#039;ADEME vous accompagne dans votre démarche.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : l&amp;#039;aide s&amp;#039;adresse aux entreprises. Les collectivités ayant la responsabilité d&amp;#039;une activité de restauration sont également éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ Étude, expérimentations préalables à un investissement pour la substitution des emballages et contenants en plastique notamment à usage unique et pour le réemploi des emballages et contenant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Innovation, créativité et recherche
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité : R
+ éalisation en amont d&amp;#039;études justifiant l&amp;#039;intérêt économique et écologique de l&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/aides-reemploi-reduction-substitution-emballages-contenants-notamment-plastique-a</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;510" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9ce-aider-au-reemploi-la-reduction-et-la-substitu/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>94687</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 69</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide - « Étude de préfiguration d&amp;#039;une démarche d&amp;#039;écologie industrielle et territoriale », mis en place par l&amp;#039;ADEME
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur privé, un groupement d&amp;#039;acteurs privés ou une entité publique qui souhaite s&amp;#039;engager dans une démarche d&amp;#039;écologie industrielle et territoriale ? L&amp;#039;ADEME peut cofinancer votre étude de préfiguration.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : l&amp;#039;Écologie industrielle et territoriale a pour objectif d&amp;#039;optimiser les ressources à l&amp;#039;échelle d&amp;#039;un territoire, que ce soit par des synergies de substitution ou de mutualisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME accompagne les collectivités et les groupements d&amp;#039;entreprises souhaitant se lancer dans une démarche d&amp;#039;EIT en cofinançant une étude de préfiguration pour déterminer les conditions de réalisation de la démarche. L&amp;#039;objectif de cette étude de préfiguration est de bien préciser les enjeux et les caractéristiques du territoire, en identifiant les différents acteurs en présence et en analysant les forces, faiblesses et opportunités.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ 1/ Vous êtes un acteur ou un groupement d&amp;#039;acteurs privés comme :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une instance inter-entreprises,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un club d&amp;#039;entreprises,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un Groupement d&amp;#039;intérêt économique (GIE),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un Groupement d&amp;#039;intérêt public (GIP),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un Établissement public à caractère industriel et commercial (EPIC),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un cluster,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une association,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   etc.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ 2/ Vous êtes une collectivité territoriale comme :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   une communauté de communes,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une communauté d&amp;#039;agglomération ou urbaine,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un syndicat ou territoire de projets de type pays,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un Pôle d&amp;#039;équilibre territorial et rural (PETR),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   etc.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux d&amp;#039;aide maximum : 50 à 70 % des dépenses éligibles,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette des dépenses éligibles : 100 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Études de préfiguration de projets collectifs d&amp;#039;EIT, portés par un acteur privé, un groupement d&amp;#039;acteurs privés ou une entité publique, réalisées en interne ou par un bureau d&amp;#039;études spécialisé dans les démarches d&amp;#039;EIT.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/subvention-etudes-prefiguration-dune-demarche-decologie-industrielle-territoriale</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;5206" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/478c-aider-aux-etude-de-prefiguration-dune-demarch/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>94688</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Financer les actions en faveur du changement de mentalité en faveur de la transition écologique (action ponctuelle ou recrutement)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée
-[...8 lines deleted...]
-      <c r="K23" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
-[...11 lines deleted...]
- L&amp;#039;agence s&amp;#039;appuie à la fois sur son expertise et sur sa compétence d&amp;#039;animation pour être moins dans la « confrontation territoriale » mais plus dans la co-construction.
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Actions en faveur de la transition écologique », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : soutien aux projets qui permettent de faire évoluer les mentalités, comportements et actes d&amp;#039;achats, dans tous les domaines d&amp;#039;intervention de l&amp;#039;ADEME.
+&lt;/p&gt;
+&lt;p&gt;
+ Recrutez un poste de chargé de mission o
+ u mettez en place une action ponctuelle d&amp;#039;animation, de communication et/ou de formation
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : personne morale publique ou privée (hors particulier ou service de l&amp;#039;État).
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...8 lines deleted...]
- Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+  Aide aux relais : forfaitaire pour les dépenses de personnel et entre 50 et 100 % pour les autres dépenses,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux actions ponctuelles : jusqu&amp;#039;à 70 % selon le type d&amp;#039;actions
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...13 lines deleted...]
- et des membres associés intéressés par les enjeux territoriaux.
+  Aide aux relais : financement de postes de chargé de mission,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux actions ponctuelles : actions d&amp;#039;animation, de communication et/ou de formation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Biodiversité
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...18 lines deleted...]
- La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+  Le champ ou périmètre du projet doit rentrer dans les domaines d&amp;#039;intervention de l&amp;#039;ADEME,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Perspectives de valorisation des actions.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/actions-faveur-transition-ecologique-aides-relais-actions-ponctuelles#:~:text=Pour%20faire%20%C3%A9voluer%20les%20mentalit%C3%A9s,communication%20et%2Fou%20de%20formation</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=4e12535d-105b-4e38-83f9-288949fd7454&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=dff542e</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;5206" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
-[...28 lines deleted...]
-Economie sociale et solidaire
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/758f-aider-les-actions-en-faveur-de-la-transition-/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>94696</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études de faisabilité de chauffage des serres par énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Étude de faisabilité de chauffage des serres par énergie renouvelable », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif :
+Cette étude vous permet d&amp;#039;identifier les pistes d&amp;#039;économie d&amp;#039;énergie, puis d&amp;#039;étudier la faisabilité de mise en œuvre d&amp;#039;une énergie renouvelable pour le chauffage des serres.
+&lt;/p&gt;
+&lt;p&gt;
+ A partir d&amp;#039;un diagnostic des serres et de leur environnement (autres besoins de chaleurs à proximité), l&amp;#039;étude vous proposera d&amp;#039;abord des pistes d&amp;#039;économies d&amp;#039;énergies. Dans un second temps, elle proposera d&amp;#039;étudier la faisabilité de mise en oeuvre d&amp;#039;énergie renouvelable (bois ou géothermie), tant d&amp;#039;un point de vue technique qu&amp;#039;économique. L&amp;#039;étude peut également être complétée sur des volets d&amp;#039;aide au montage financier et juridique et aborde bien évidemment le bilan environnemental de la partie chauffage.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : entreprises.
+ &lt;br /&gt;
+ Accompagnement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aide : jusqu&amp;#039;à 70 % selon la taille de l&amp;#039;entreprise.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafonds : 50 000 € étude de diagnostic, 100 000 € études d&amp;#039;accompagnement de projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réalisez votre étude préalable de faisabilité de chauffage des serres par énergie renouvelable
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   À partir d&amp;#039;un diagnostic des serres et de leur environnement (autres besoins de chaleurs à proximité), l&amp;#039;étude vous proposera d&amp;#039;abord des pistes d&amp;#039;économies d&amp;#039;énergies. Dans un second temps, elle proposera d&amp;#039;étudier la faisabilité de mise en œuvre d&amp;#039;énergie renouvelable (bois ou géothermie), tant d&amp;#039;un point de vue technique qu&amp;#039;économique. L&amp;#039;étude peut également être complétée sur des volets d&amp;#039;aide au montage financier et juridique et aborde bien évidemment le bilan environnemental de la partie chauffage.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etude-faisabilite-chauffage-serres-energie-renouvelable</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Besoin de plus d&amp;#039;information sur ce dispositif ?
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez l&amp;#039;ADEME  via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;293" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/07d6-aider-a-une-etude-de-faisabilite-de-chauffage/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>94700</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic du potentiel de déploiement de l’hydrogène sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide - « Réalisez un diagnostic du potentiel de déploiement de l&amp;#039;hydrogène sur votre territoire », mis en place par l&amp;#039;ADEME
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Une subvention peut être accordée pour la réalisation d&amp;#039;une étude préalable à un déploiement d&amp;#039;un « écosystème territorial hydrogène », associant production, distribution et usages de l&amp;#039;hydrogène pour l&amp;#039;industrie et la mobilité.
+ &lt;br /&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Groupement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;étude préalable que vous sous-traiterez à un prestataire sera subventionnée jusqu&amp;#039;à 70 % des dépenses éligibles.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;assiette des dépenses éligibles est plafonnée à 100 000 € pour une étude préalable complète incluant une phase de diagnostic et une phase d&amp;#039;étude de faisabilité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;assiette des dépenses éligibles de la phase de diagnostic seule ne peut excéder 50 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Vous êtes intéressé par le potentiel de l&amp;#039;hydrogène bas carbone/renouvelable comme solution de substitution aux énergies fossiles pour vos activités industrielles ou pour baisser l&amp;#039;empreinte carbone des flux de personnes ou de marchandises sur votre territoire.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Vous envisagez d&amp;#039;investir dans ce type de solutions :
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ 1/ vous en êtes au stade de la réflexion,
+ &lt;br /&gt;
+&lt;p&gt;
+ 2/ ou vous avez amorcé un diagnostic et disposez d&amp;#039;une première cartographie des consommateurs potentiels d&amp;#039;hydrogène.
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif de l&amp;#039;ADEME peut vous aider à initier ou approfondir votre étude préalable et à préparer un projet d&amp;#039;investissements éligible pour une candidature à l&amp;#039;appel à projets « Écosystèmes territoriaux hydrogène ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agira en priorité d&amp;#039;identifier puis de sécuriser les usages d&amp;#039;hydrogène pour l&amp;#039;industrie ou la mobilité et de dimensionner le projet d&amp;#039;écosystème. La justification de l&amp;#039;usage de l&amp;#039;hydrogène pour la mobilité devra être examinée. L&amp;#039;objectif étant de pouvoir confirmer un potentiel de consommation d&amp;#039;hydrogène vert ou bas carbone équivalent à la production d&amp;#039;un électrolyseur d&amp;#039;au moins 1 MW électrique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le prestataire réalisant l&amp;#039;étude doit être une structure externe, indépendante du bénéficiaire et des fournisseurs d&amp;#039;énergie et d&amp;#039;équipements relatifs au déploiement de solutions hydrogène.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/realisez-diagnostic-potentiel-deploiement-lhydrogene-territoire</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;appel_a_projet&amp;amp;source_entity_id&amp;#61;49185" rel="noopener" target="_blank"&gt;
+  formulaire de contact
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d111-realiser-un-diagnostic-du-potentiel-de-deploi/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>93274</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Aider les entreprises ultramarines à maîtriser leur impact sur l'environnement et à diminuer leur consommation d'énergie - Subvention BPI « Investissement Outremer »</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention BPI « Investissement Outremer »</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J35" s="1" t="inlineStr">
+        <is>
+          <t>subvention pouvant couvrir jusqu’à 70% des dépenses éligibles prévisionnelles</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montants et modalités d&amp;#039;octroi :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70% des dépenses éligibles prévisionnelles retenues dans la limite de 100.000€ maximum et dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre du règlement dit des aides « de minimis ».  Le cumul des aides « de minimis » ne doit pas excéder 200.000€ sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximum :
+ &lt;/strong&gt;
+ 100 000€
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum
+ &lt;/strong&gt;
+ : 20 000€
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières
+ &lt;/strong&gt;
+ :  Pas de frais d&amp;#039;instruction.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Consommation et production
 Innovation, créativité et recherche
-Risques naturels
-[...9 lines deleted...]
-Emploi
 Attractivité économique
-Transports collectifs et optimisation des trafics routiers
-[...7 lines deleted...]
-      <c r="O23" s="1" t="inlineStr">
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="X23" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
-[...1 lines deleted...]
-  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
+ &lt;strong&gt;
+  PME éligibles
+ &lt;/strong&gt;
+ : Entreprises, établies dans un Département ou Région d&amp;#039;Outre-mer (Guadeloupe, Martinique, Guyane, La Réunion, Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, et conformes à la doctrine d&amp;#039;intervention de Bpifrance.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ : sont éligibles, les projets permettant à l&amp;#039;entreprise de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mieux maîtriser ou de diminuer son impact sur l&amp;#039;environnement, et/ou,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Diminuer sa consommation d&amp;#039;énergie ou de matières premières non renouvelables, et/ou,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement et de réduction de la consommation d&amp;#039;énergie et/ou,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Répondant prioritairement aux objectifs de la Trajectoire Outre-mer 5.0 (Zéro Déchet, Zéro Carbone, Zéro Vulnérabilité, Zéro Polluant agricole et Zéro Exclusion).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prévenir les risques naturels et/ou,
+  &lt;/li&gt;
+  &lt;li&gt;
+   D&amp;#039;utiliser un « permis d&amp;#039;expérimenter », visant à faciliter la réalisation de projets de construction et à favoriser l&amp;#039;innovation (solution à effets équivalents à une règlementation nécessitant des études techniques par exemple) et/ou,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Obtenir une certification ATeX (Appréciation Technique d&amp;#039;Expérimentation) pour de nouveau matériaux passant par une phase d&amp;#039;étude et de tests.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les investissements matériels et équipements : par exemple, échangeurs thermiques, cogénération à haut-rendement, matériels de récupération, de stockage et de réduction d&amp;#039;énergie (solaire, électricité, mécanique), matériels réduisant les émissions polluantes, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les investissements immatériels : par exemple, coûts de mise aux normes, dépenses liées au respect de l&amp;#039;environnement, sécurité, formation des équipes de production, logiciels, diagnostics (performance énergétique de bâtiment industriel, impact environnemental du procédé), démarche éco-responsable (traitement et valorisation des déchets, éco-conception des produits, écologie industrielle), etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux : par exemple, travaux d&amp;#039;aménagement et de rénovation des bâtis prenant en compte les risques sismiques et cycloniques, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais externes divers : par exemple : préparation d&amp;#039;accords juridiques, faisabilité, sous-traitance, formations, déplacements, salons, etc.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Martinique</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Subvention-Investissement-Outre-mer</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/siom</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse postale : Immeuble Cascades III Place François Mitterrand CS 30 804 97245 Fort-de-France Cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 06 90 28 90 60
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/contactez-nous/direction-regionale-fort-de-france" rel="noopener" target="_blank"&gt;
+  Contact par mail
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon.bpifrance.fr/authentication/?TAM_OP&amp;#61;login&amp;amp;ERROR_CODE&amp;#61;0x00000000&amp;amp;URL&amp;#61;%2Fmon-espace%2F#/formulaire/siom" rel="noopener" target="_blank"&gt;
+  Demande en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>contribution-aides-terr@outre-mer.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a9b-aider-les-entreprises-ultramarines-a-maitrise/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>92349</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour observer les territoires</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en oeuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
 &lt;/p&gt;
 &lt;p&gt;
@@ -5256,201 +7787,201 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une équipe pluridisciplinaire et inclusive
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Observation thématique (loyers, mobilités, habitat, social, stratégies économiques, logement des étudiants...)
  &lt;/li&gt;
  &lt;li&gt;
   Animation des systèmes d&amp;#039;informations géographiques
  &lt;/li&gt;
  &lt;li&gt;
   Enquêtes de terrain
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Personnes âgées
 Jeunesse
 Santé
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Inclusion numérique
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont 51, réparties sur le territoire métropolitain et ultra-marin. Consulter notre annuaire pour identifier celle, la plus proche de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d0a-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>92350</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la mise en oeuvre des villes et territoires durables</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;strong&gt;
      Les agences d&amp;#039;urbanisme vous aident dans la mise en oeuvre des villes et territoires durables
     &lt;/strong&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 &lt;p&gt;
  Mettre en œuvre des villes et territoires durables, c&amp;#039;est penser leur développement de manière transversale et intégrée à différentes échelles, pour faire face aux transitions. C&amp;#039;est faire appel à des modes plus coopératifs et participatifs pour impliquer l&amp;#039;ensemble des acteurs du territoire. C&amp;#039;est aborder les projets dans toutes leurs dimensions : physiques, environnementales, économiques et sociales. Dans ce contexte, un outil d&amp;#039;ingénierie tel que l&amp;#039;agence d&amp;#039;urbanisme constitue un atout important. Par son approche transversale et multi-acteurs, l&amp;#039;agence d&amp;#039;urbanisme permet de rompre avec les approches sectorielles. Elle offre la possibilité de construire une vision stratégique articulant les différentes échelles des territoires et de mieux articuler les politiques publiques, comme celles de l&amp;#039;habitat, de la solidarité, des projets urbains, de l&amp;#039;environnement ou encore de la mobilité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Les agences d&amp;#039;urbanisme
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
  &lt;br /&gt;
 &lt;/p&gt;
@@ -5481,459 +8012,459 @@
   &lt;li&gt;
    &lt;strong&gt;
     Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Une équipe pluridisciplinaire et inclusive
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M37" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Participation à l&amp;#039;élaboration des politiques d&amp;#039;aménagement et de développement
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux politiques de requalification des centres et de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux démarches de développement économique et social
  &lt;/li&gt;
  &lt;li&gt;
   Contribution à l&amp;#039;adaptation des territoires au changement climatique (transition énergétique, îlots de fraîcheur, trames écologiques...)
  &lt;/li&gt;
  &lt;li&gt;
   Développement des politiques publiques du quotidien (mobilités durables, offre de soin, alimentation saine, qualité de l&amp;#039;habitat, des paysages...)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des stratégies de développement et d&amp;#039;inclusion numérique
  &lt;/li&gt;
  &lt;li&gt;
   Participation à l&amp;#039;animation territoriale et au débat public en tant que tiers de confiance
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/88ff-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>92578</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Aider à la Structuration de Projets de Territoires (ASPT)</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 20</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider au démarrage, au diagnostic territorial ou à la définition d&amp;#039;une stratégie de développement, prenant en compte les études et coûts d&amp;#039;ingénierie externes liés à l&amp;#039;élaboration de projets de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1. Aide à la Structuration de projets de Territoires (ASPT)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département finance un pourcentage du montant HT des études et prestations d&amp;#039;ingénierie externes, selon le taux suivant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communautés d&amp;#039;Agglomération et communes situées dans le périmètre d&amp;#039;une Communauté d&amp;#039;Agglomération : 10 %
  &lt;/li&gt;
  &lt;li&gt;
   Communautés de Communes, Communes situées dans le périmètre d&amp;#039;une Communauté de Communes, Parcs Naturels Régionaux, Groupes d&amp;#039;Action Locale Établissements et associations représentatives couvrant une zone d&amp;#039;action territoriale significative : 20 %
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;assiette subventionnable est plafonnée à 100 000 € par projet.
 &lt;/p&gt;
 &lt;p&gt;
  Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2. Volet spécifique « Petites Villes de Demain » (PVD)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département finance un pourcentage du montant HT des études globales ou thématiques nécessaires à l&amp;#039;élaboration ou à la concrétisation d&amp;#039;un projet de revitalisation et de développement retenus dans le cadre du programme « Petites Villes de Demain ».
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;intervention du Département de Vaucluse est fixé à 10 % du montant HT des études.
 L&amp;#039;aide est plafonnée à 5 000 € par étude.
 &lt;/p&gt;
 &lt;p&gt;
  Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Coûts d&amp;#039;études et d&amp;#039;ingénierie liés aux projets suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une charte
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une stratégie territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une étude liée à une approche innovante inscrite dans une démarche de transition écologique, climatique ou sociétale
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration de démarches globales de développement durable telles que les Agendas 21 locaux et les Plans Climat Air Energie Territoriaux (PCAET)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour les projets réalisés à l&amp;#039;échelle communale, seules les démarches possédant un volet territorial seront éligibles (Charte PNR, PCAET, CTE, PDU, PVD...). Ils devront par ailleurs être cohérents avec les compétences, projets et démarches de développement durable entrepris dans les territoires intercommunaux et / ou de projets, dans lesquels le demandeur s&amp;#039;inscrit ainsi qu&amp;#039;avec la stratégie et les politiques départementales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Emploi
 International
 Attractivité économique
 Artisanat
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Communautés de Communes
  &lt;/li&gt;
  &lt;li&gt;
   Communautés d&amp;#039;Agglomération
  &lt;/li&gt;
  &lt;li&gt;
   Parcs Naturels Régionaux
  &lt;/li&gt;
  &lt;li&gt;
   Associations représentatives couvrant une zone d&amp;#039;action territoriale significative
  &lt;/li&gt;
  &lt;li&gt;
   Etablissements (de statut public ou associatif) liés à des politiques départementales (Collèges, Etablissements pour personnes âgées ou personnes handicapées, Établissements pour l&amp;#039;accueil des enfants ...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/796d-aider-a-la-structuration-de-projets-de-territ/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>92586</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I39" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -5972,704 +8503,898 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>92589</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Aménager les quartiers d’activités économiques, les espaces économiques, les friches et créer de l’immobilier collectif</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I28" s="1" t="inlineStr">
+      <c r="I40" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 80</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser la création ou l&amp;#039;extension des quartiers d&amp;#039;activités économiques, la requalification d&amp;#039;espace économique, la réhabilitation de friches et la création d&amp;#039;immobilier collectif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ETUDES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études préalables à visée opérationnelle liée au projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  TRAVAUX :
 &lt;/strong&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;em&gt;
   - Création et extension d&amp;#039;espace d&amp;#039;activité d&amp;#039;intérêt :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Local (inférieur à 10 hectares)
  &lt;/li&gt;
  &lt;li&gt;
   Intercommunal (de 10 à 30 hectares)
  &lt;/li&gt;
  &lt;li&gt;
   Départemental (supérieur à 30 hectares)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   - Friches délaissées :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Requalification d&amp;#039;espace économique
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation de friches
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;immobilier collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Friche
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Revitalisation
 Bâtiments et construction
 Emploi
 Attractivité économique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Montant des aides :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études préalables jusqu&amp;#039;à 80 % du montant HT des études (50 000 € maximum)
  &lt;/li&gt;
  &lt;li&gt;
   Opérations (selon taille de l&amp;#039;opération) : jusqu&amp;#039;à 25 % du déficit HT de l&amp;#039;opération (800 000 € maximum)
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;aide (travaux) : variable selon les opérations de 15 à 25 %, dépendant de la présence d&amp;#039;une zone de revitalisation rurale et d&amp;#039;un quartier prioritaire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Postes de dépenses pris en compte (calcul du déficit d&amp;#039;opération) : travaux de construction et de réhabilitation (immobilier) ; mobilités alternatives, énergies renouvelables, Très Haut Débit, les entrées de sites, les clôtures et la signalétique, le mobilier urbain, le tri sélectif, les installations photovoltaïques, les travaux paysagers et tout équipement visant un des trois axes du développement durable
 &lt;/p&gt;
 &lt;p&gt;
  Conditions administratives : maîtrise foncière du terrain à aménager par le maître d&amp;#039;ouvrage et intégration du projet dans les documents d&amp;#039;urbanisme (SCOT et PLU) ; autorisations administratives préalables obtenues et travaux non débutés ; projet compatible avec le label régional Parc&amp;#43; au plus tard en phase APS ; avis favorable des évaluations avant et après projet ; accord formel du Conseil départemental par convention adoptée par l&amp;#039;assemblée départementale
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4085-amenager-les-quartiers-dactivites-economiques/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...44 lines deleted...]
-      <c r="K29" s="1" t="inlineStr">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>92240</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour bâtir des stratégies territoriales</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme participent à la construction des stratégies territoriales
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dynamiques territoriales et les transitions en cours questionnent le sens même de la planification stratégique. Nous sommes dans l&amp;#039;ère des interdépendances territoriales et des réciprocités - qu&amp;#039;elles soient choisies ou subies. Les nouvelles interfaces politiques et territoriales appellent à organiser des alliances entre tous les types de territoires (métropolitains, urbains, périurbains et ruraux), interpellent l&amp;#039;agilité des modes de gouvernance et sollicitent de nouveaux cadres d&amp;#039;actions territoriales. Dans ce contexte qui rebat les cartes du développement territorial, les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+&lt;/p&gt;
+&lt;p&gt;
+ - les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...)
+&lt;/p&gt;
+&lt;p&gt;
+ - et des membres associés intéressés par les enjeux territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conduire des démarches de prospective pour construire une vision pour le futur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de coopérations territoriales (contractualisations, coopérations
+  &lt;br /&gt;
+  métropolitaines, contrat de réciprocité...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux stratégies frontalières et transnationales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
-[...151 lines deleted...]
-  Demande en ligne
+ Retrouvez les contacts de chaque agence d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df5d-etre-aide-pour-batir-des-strategies-territori/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>92241</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé pour participer au débat territorial</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme aident à sensibiliser et animer le débat territorial
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;agence d&amp;#039;urbanisme, grâce à son positionnement partenarial et sa neutralité est un connecteur entre les acteurs. Forte de cela et de son ancrage, elle a un rôle d&amp;#039;animation territoriale pour lequel elle développe des activités et des méthodes participatives innovantes.
+ &lt;br /&gt;
+ L&amp;#039;agence s&amp;#039;appuie à la fois sur son expertise et sur sa compétence d&amp;#039;animation pour être moins dans la « confrontation territoriale » mais plus dans la co-construction.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+ &lt;br /&gt;
+ les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+ &lt;br /&gt;
+ l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+ &lt;br /&gt;
+ des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...) ;
+ &lt;br /&gt;
+ et des membres associés intéressés par les enjeux territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation et intermédiation des débats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets participatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation (résidence, atelier, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7b7-copie-13h16-etre-aide-pour-batir-des-strategi/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
         <v>93900</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Développer la chaleur renouvelable - Prime Chaleur d'Avenir</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>SIEL-Territoire d’énergie Loire
 Ademe — Direction régionale — Auvergne-Rhône-Alpes
 ALEC 42 - Agence Locale de l'Energie et du Climat</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I30" s="1" t="inlineStr">
+      <c r="I43" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J30" s="1" t="inlineStr">
+      <c r="J43" s="1" t="inlineStr">
         <is>
           <t>Taux d'aide forfaitaire, les taux indiqués sont purement indicatifs</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Chaleur Renouvelable, tout un programme...
 &lt;/p&gt;
 &lt;p&gt;
  Avec le soutien de l&amp;#039;Agence de l&amp;#039;environnement et de la maîtrise de l&amp;#039;Energie (ADEME) et en coopération étroite avec les EPCI, le SIEL- Territoire d&amp;#039;énergie Loire lance le programme « Prime Chaleur d&amp;#039;Avenir ».
 &lt;/p&gt;
 &lt;p&gt;
  « Prime Chaleur d&amp;#039;Avenir » permet de rendre éligibles les petits projets qui de par leur taille n&amp;#039;atteignaient pas seuls les seuils du Fonds Chaleur afin qu&amp;#039;ils puissent bénéficier de financements. Outre les subventions, « Prime Chaleur d&amp;#039;Avenir » permet d&amp;#039;apporter aux acteurs ligériens désireux de substituer leur mode de production de chaleur un accompagnement technique.
 &lt;/p&gt;
 &lt;p&gt;
  Porté par le SIEL-Territoire d&amp;#039;énergie Loire pour les acteurs publics et EDEL 42 pour les porteurs de projets privés (agriculteurs, entreprises, bailleurs sociaux, artisans...), il permet de disposer sur le périmètre concerné* d&amp;#039;une enveloppe d&amp;#039;aide de 7 millions d&amp;#039;euros allouée par l&amp;#039;ADEME sur trois ans et déléguée au SIEL-Territoire d&amp;#039;énergie Loire pour favoriser la conversion des systèmes de production de chaleur vers des énergies thermiques renouvelables (bois-énergie, solaire thermique et géothermie).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P30" s="1" t="inlineStr">
+      <c r="P43" s="1" t="inlineStr">
         <is>
           <t>01/05/2024</t>
         </is>
       </c>
-      <c r="Q30" s="1" t="inlineStr">
+      <c r="Q43" s="1" t="inlineStr">
         <is>
           <t>30/04/2028</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Critères du Fonds Chaleur de l&amp;#039;ADEME applicables
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.te42.fr/nos-activites/energies-renouvelables/primechaleurdavenir/</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour tout contact adresser un mail à
 &lt;/p&gt;
 &lt;p&gt;
  primechaleurdavenir&amp;#64;siel42.fr
 &lt;/p&gt;
 &lt;p&gt;
  ou à
  wilfrid.gerossier&amp;#64;saint-etienne-metropole.fr sur le territoire TEPOS SEM/Pilat
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>gayet@siel42.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5027-prime-chaleur-davenir/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
         <v>94230</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Préparer un projet de rénovation énergétique</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Diagnostic énergétique des bâtiments publics</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Intégralement pris en charge par la Banque des Territoires, le Diagnostic énergétique des bâtiments publics s&amp;#039;adresse aux communes souhaitant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénover des établissements scolaires ;
  &lt;/li&gt;
  &lt;li&gt;
   Chiffrer le coûts des travaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Évaluer les gains énergétiques de chaque action ;
  &lt;/li&gt;
  &lt;li&gt;
   Prioriser les travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le Diagnostic énergétique des bâtiments publics prend la forme d&amp;#039;une mission de conseil spécialisée permettant d&amp;#039;identifier et de chiffrer :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les coûts de chaque action envisagée pour un bâtiment ou un ensemble de bâtiments ;
  &lt;/li&gt;
@@ -6677,4899 +9402,558 @@
   Les gains énergétiques et les réductions carbone permis par chacune ;
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux à prioriser.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le Diagnostic énergétique des bâtiments publics a plusieurs rôles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Étudier la situation à partir de l&amp;#039;analyse des consommations énergétiques (factures des 3 dernières années), d&amp;#039;entretiens réalisés sur le terrain et de la documentation disponible ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer plusieurs bouquets de travaux présentant un impact positif sur les consommations énergétiques et le confort d&amp;#039;usage des bâtiments ;
  &lt;/li&gt;
  &lt;li&gt;
   Évaluer l&amp;#039;enveloppe nécessaire aux travaux et définir le programme technique précis à mettre en œuvre ;
  &lt;/li&gt;
  &lt;li&gt;
   Vous permettre de définir le périmètre des travaux en fonction de vos priorités et des travaux nécessaires (extension, transformation, etc.).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/diagnostic-performance-energetique-dpe?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_energie_bat_public_osat</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec74-obtenir-un-diagnostic-energetique-des-batimen/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>111978</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Acheter ou louer d'un véhicule peu polluant, en échange de la mise au rebut d'un véhicule polluant</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Prime à la conversion</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J45" s="1" t="inlineStr">
+        <is>
+          <t>Entre 100 et 5000 euros</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>La prime à la conversion constitue une aide à l&amp;#039;achat ou à la location d&amp;#039;un véhicule peu polluant, en échange de la mise au rebut d&amp;#039;un véhicule polluant.
+&lt;p&gt;
+ La prime à la conversion est une aide de l&amp;#039;État à l&amp;#039;achat ou à la location d&amp;#039;un véhicule peu polluant, en échange de la mise au rebut d&amp;#039;un véhicule diesel immatriculé pour la première fois avant 2011 ou essence immatriculé pour la première fois avant 2006.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la prime dépend du type de véhicule acheté ou loué et de la situation du demandeur.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>Qui peut en bénéficier ?
+&lt;p&gt;
+ Le dispositif s&amp;#039;adresse à tous les Français qui souhaitent acquérir ou louer un véhicule peu polluant.
+&lt;/p&gt;
+&lt;p&gt;
+ La prime à la conversion est cumulable avec le
+ &lt;strong&gt;
+  &lt;a&gt;
+   bonus écologique
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Comment en bénéficier ?
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de prime peut se faire soit via un
+ &lt;strong&gt;
+  concessionnaire
+ &lt;/strong&gt;
+ qui vous avance le montant de l&amp;#039;aide, soit directement sur le site dédié :
+ &lt;a href="http://www.primealaconversion.gouv.fr"&gt;
+  Prime à la conversion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/particuliers/prime-conversion</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="http://www.primealaconversion.gouv.fr"&gt;
+   Prime à la conversion
+  &lt;/a&gt;
+  : pour déposer votre demande et consulter toutes les informations relatives au dispositif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fdae-prime-a-la-conversion/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>111994</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner  la gestion de l’éclairage public</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>Sur les travaux permettant d'atteindre 50% déconomie de consommation. Plafonnée à 12 000 euros HT/an</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités dans la gestion de leur éclairage public : création, entretien, réparation des points lumineux et réponse aux obligations en tant que gestionnaire de réseaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   MODALITÉS D&amp;#039; ACCOMPAGNEMENT :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  État des lieux du patrimoine existant et diagnostic énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise d&amp;#039;œuvre des travaux et passation des marchés afférents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien préventif et curatif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Géoréférencement obligatoire du réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscription au guichet unique et réponses aux DT/DICT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tenue du registre de conformité liée à la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;un outil de déclaration des pannes en ligne et réparations dans des délais contractuels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils techniques sur tout projet d&amp;#039;éclairage porté par la collectivité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils pour réduire les consommations d&amp;#039;électricité, moderniser les équipements lumineux afin de réduire les impacts sur la biodiversité et la santé pour mener une stratégie de baisse d&amp;#039;intensité ou d&amp;#039;extinction nocturne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réunions et contacts réguliers pour le suivi des différents projets de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport annuel des activités sur le patrimoine éclairage public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outil cartographique en ligne pour le suivi du patrimoine et la gestion des pannes avec numérotation physique sur le terrain (sur devis).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis divers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise d&amp;#039;œuvre des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation du patrimoine à travers le remplacement par des luminaires LED, télégestion de l&amp;#039;éclairage public pour réduire la consommation énergétique...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Délibération de transfert de compétence en éclairage public.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/concessions-et-reseaux/304-le-reseau-eclairage-public.html</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Éclairage public
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 19 41
+&lt;/p&gt;
+&lt;p&gt;
+ service.ep&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0da2-accompagner-la-gestion-de-leclairage-public/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>111995</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Plateforme d'apprentissage Interreg Europe PLP</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...12 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le programme SEIZE est un dispositif d&amp;#039;accompagnement aux économies d&amp;#039;énergie dédié aux entreprises et Collectivités territoriales de Corse, Guadeloupe, Guyane, Martinique et La Réunion. Financé à 100% dans le cadre du dispositif des Certificats d&amp;#039;Économies d&amp;#039;Énergie (CEE) et porté par Eco CO2, le programme propose un accompagnement à la maîtrise de la demande en énergie à travers différentes actions :
- &lt;br /&gt;
+ Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Ateliers de sensibilisation aux économies d&amp;#039;énergie
-[...12 lines deleted...]
-  &lt;br /&gt;
+  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
+ &lt;/li&gt;
+ &lt;li&gt;
+  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Une plateforme permet à chacun de s&amp;#039;informer, de suivre ses consommations et d&amp;#039;agir pour aller plus loin dans la démarche :
-[...6 lines deleted...]
- .
+ Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
+&lt;/p&gt;
+&lt;p&gt;
+ A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M32" s="1" t="inlineStr">
-[...10 lines deleted...]
- Collectifs ou personnalisés, à destination des dirigeants et des collaborateurs, les ateliers permettent de s&amp;#039;informer sur les économies d&amp;#039;énergie et de connaître les écogestes en fonction du secteur d&amp;#039;activité des participants.
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...148 lines deleted...]
-  I mail : reunion&amp;#64;seize-maitrise-energie.fr
+  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
-[...2906 lines deleted...]
-      </c>
       <c r="N47" s="1" t="inlineStr">
-        <is>
-[...552 lines deleted...]
-      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
-[...1064 lines deleted...]
-          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
@@ -11579,236 +9963,872 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
-[...10 lines deleted...]
- &lt;/strong&gt;
+ Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
+ &lt;a rel="noopener" target="_blank"&gt;
+  interregeurope.eu
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X56" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction des politiques européennes
-[...3 lines deleted...]
- Contactez votre GAL référent.
+ &lt;strong&gt;
+  Point de contact national Nord de la France :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier  &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase    &amp;#43;33 (0) 491 575 606
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-      <c r="A57" s="1">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>112009</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Développer les mobilités alternatives</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Implanter des équipements de mobilité alternative et accompagner les acteurs du territoire pour la mutation de leurs flottes vers des véhicules propres.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ MODALITES D&amp;#039;ACCOMPAGNEMENT
+&lt;/p&gt;
+&lt;p&gt;
+ En lien avec les services de développement économiques et/ou les services logistiques de la collectivité, le SDEEG identifie le potentiel du territoire et développe le projet d&amp;#039;infrastructure de recharge pour véhicules électriques ou de stations au biogaz:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  investissement et réalisation de borne de recharge pour véhicules électriques à usage public ou privé (parking ateliers municipaux...) et/ou de station au biogaz
+ &lt;/li&gt;
+ &lt;li&gt;
+  exploitation des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  communication et information sur les avantages à convertir une flotte et les aides financières : baisse des émissions de particules fines, de Nox, de CO2, des nuisances sonores.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  infrastructure de recharge électrique ou station au biogaz accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  étude de faisabilité technico-économique de conversion de flotte
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Qualité de l'air
+Animation et mise en réseau
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  intervention en référence au parc existant d&amp;#039;IRVE et au schéma départemental et régional des station GNV (Gaz Naturel pour Véhicules)
+ &lt;/li&gt;
+ &lt;li&gt;
+  présence de potentiels utilisateurs à proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  trafic routier à proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  présence du réseau d&amp;#039;électricité et de gaz
+ &lt;/li&gt;
+ &lt;li&gt;
+  foncier disponible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/316-mobilite-durable.html</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental Energies et Environnement de Gironde
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie Lalanne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de projets mobilité alternative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f797-developper-les-mobilites-alternatives/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>112011</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2011, le Syndicat Départemental propose une plateforme de valorisation des Certificats d&amp;#039;Economies Energie (CEE) pour les Collectivités  de la Gironde .
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet de récupérer une aide financière pour les collectivités qui effectuent des opération d&amp;#039;amélioration de la performance énergétique de leur patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SDEEG assure une prise en charge complète des dossiers depuis la définition des travaux éligibles jusqu&amp;#039;au versement de la contribution obtenues par la vente des CEE ( 75% du produit de la vente sont reversés, les 25% restants servent à couvrir les frais de gestion).
+&lt;/p&gt;
+&lt;p&gt;
+ En participant à ce dispositif, chaque collectivité bénéficie :
+&lt;/p&gt;
+&lt;p&gt;
+ *  de conseils et d&amp;#039;accompagnement tout au long des travaux,
+&lt;/p&gt;
+&lt;p&gt;
+ *  d&amp;#039;une gestion des dossiers simplifiée,
+&lt;/p&gt;
+&lt;p&gt;
+ *  de la réduction des charges et des coûts administratifs grâce à la mutualisation de l&amp;#039;accompagnement pour l&amp;#039;ensemble des bénéficiaires,
+&lt;/p&gt;
+&lt;p&gt;
+ *  d&amp;#039;une valorisation financière optimale des opérations, en complément des économies d&amp;#039;énergies dues aux travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Signature d&amp;#039;un accord de regroupement.
+ Ce document fixe les engagements du SDEEG et du bénéficiaire, ainsi que les conditions financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/312-les-certificats-d-economies-d-energie-cee.html</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  William RAVAILLE – Ingénieur Efficacité Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa27-valoriser-les-certificats-deconomie-denergie/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
         <v>111736</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises ultramarines à maîtriser leur impact sur l'environnement et à diminuer leur consommation d'énergie - Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Bpifrance
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
+      <c r="I51" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J57" s="1" t="inlineStr">
+      <c r="J51" s="1" t="inlineStr">
         <is>
           <t>subvention pouvant couvrir jusqu’à 70% des dépenses éligibles prévisionnelles</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montants et modalités d&amp;#039;octroi :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70 % des dépenses éligibles prévisionnelles retenues dans la limite de 100 000 € maximum et dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre du règlement dit des aides « de minimis ». Le cumul des aides « de minimis » ne doit pas excéder 200 000 € sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximum :
  &lt;/strong&gt;
  100.000€
  &lt;br /&gt;
  &lt;strong&gt;
   Montant minimum :
  &lt;/strong&gt;
  20.000€
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
  Pas de frais d&amp;#039;instruction.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Commerces et services
 Technologies numériques et numérisation
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   PME éligibles :
  &lt;/strong&gt;
  Entreprises, établies dans un Département ou Région d&amp;#039;Outre-mer (Guadeloupe, Martinique, Guyane, La Réunion, Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, et conformes à la doctrine d&amp;#039;intervention de Bpifrance.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
  sont éligibles, les projets permettant à l&amp;#039;entreprise de :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Mieux maîtriser ou de diminuer son impact sur l&amp;#039;environnement, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Diminuer sa consommation d&amp;#039;énergie ou de matières premières non renouvelables, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement et de réduction de la consommation d&amp;#039;énergie et/ou,
   &lt;/li&gt;
   &lt;li&gt;
@@ -11825,205 +10845,205 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les investissements matériels et équipements : par exemple, échangeurs thermiques, cogénération à haut-rendement, matériels de récupération, de stockage et de réduction d&amp;#039;énergie (solaire, électricité, mécanique), matériels réduisant les émissions polluantes, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les investissements immatériels : par exemple, coûts de mise aux normes, dépenses liées au respect de l&amp;#039;environnement, sécurité, formation des équipes de production, logiciels, diagnostics (performance énergétique de bâtiment industriel, impact environnemental du procédé), démarche éco-responsable (traitement et valorisation des déchets, éco-conception des produits, écologie industrielle), etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux : par exemple, travaux d&amp;#039;aménagement et de rénovation des bâtis prenant en compte les risques sismiques et cycloniques, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les frais externes divers : par exemple : préparation d&amp;#039;accords juridiques, faisabilité, sous-traitance, formations, déplacements, salons, etc.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T57" s="1" t="inlineStr">
+      <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>Guyane</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Subvention-Investissement-Outre-mer</t>
         </is>
       </c>
-      <c r="W57" s="1" t="inlineStr">
+      <c r="W51" s="1" t="inlineStr">
         <is>
           <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/siom</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse postale :1660 Rocade Lycée 97300 Cayenne
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 06 90 28 90 60
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/contactez-nous/direction-regionale-cayenne" rel="noopener" target="_blank"&gt;
   Contact par mail
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   Demande en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f98e-aider-les-entreprises-ultramarines-a-maitrise/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
         <v>111737</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises ultramarines à maîtriser leur impact sur l'environnement et à diminuer leur consommation d'énergie - Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Bpifrance
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I58" s="1" t="inlineStr">
+      <c r="I52" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J58" s="1" t="inlineStr">
+      <c r="J52" s="1" t="inlineStr">
         <is>
           <t>subvention pouvant couvrir jusqu’à 70% des dépenses éligibles prévisionnelles</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montants et modalités d&amp;#039;octroi :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70% des dépenses éligibles prévisionnelles retenues dans la limite de 100.000€ maximum et dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre du règlement dit des aides « de minimis ». Le cumul des aides « de minimis » ne doit pas excéder 200.000€ sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximum :
  &lt;/strong&gt;
  100.000€
  &lt;br /&gt;
  &lt;strong&gt;
   Montant minimum :
  &lt;/strong&gt;
  20.000€
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
  Pas de frais d&amp;#039;instruction.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Commerces et services
 Attractivité économique
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   PME éligibles :
  &lt;/strong&gt;
  Entreprises, établies dans un Département ou Région d&amp;#039;Outre-mer (Guadeloupe, Martinique, Guyane, La Réunion, Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, et conformes à la doctrine d&amp;#039;intervention de Bpifrance.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
  sont éligibles, les projets permettant à l&amp;#039;entreprise de
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Mieux maîtriser ou de diminuer son impact sur l&amp;#039;environnement, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Diminuer sa consommation d&amp;#039;énergie ou de matières premières non renouvelables, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement et de réduction de la consommation d&amp;#039;énergie et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Répondant prioritairement aux objectifs de la Trajectoire Outre-mer 5.0 (Zéro Déchet, Zéro Carbone, Zéro Vulnérabilité, Zéro Polluant agricole et Zéro Exclusion).
@@ -12037,204 +11057,204 @@
   &lt;li&gt;
    Obtenir une certification ATeX (Appréciation Technique d&amp;#039;Expérimentation) pour de nouveau matériaux passant par une phase d&amp;#039;étude et de tests.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;ul&gt;
   &lt;li&gt;
    Les investissements matériels et équipements : par exemple, échangeurs thermiques, cogénération à haut-rendement, matériels de récupération, de stockage et de réduction d&amp;#039;énergie (solaire, électricité, mécanique), matériels réduisant les émissions polluantes, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les investissements immatériels : par exemple, coûts de mise aux normes, dépenses liées au respect de l&amp;#039;environnement, sécurité, formation des équipes de production, logiciels, diagnostics (performance énergétique de bâtiment industriel, impact environnemental du procédé), démarche éco-responsable (traitement et valorisation des déchets, éco-conception des produits, écologie industrielle), etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux : par exemple, travaux d&amp;#039;aménagement et de rénovation des bâtis prenant en compte les risques sismiques et cycloniques, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les frais externes divers : par exemple : préparation d&amp;#039;accords juridiques, faisabilité, sous-traitance, formations, déplacements, salons, etc.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T52" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Subvention-Investissement-Outre-mer</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
+      <c r="W52" s="1" t="inlineStr">
         <is>
           <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/siom</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse postale : 15 rue Marlatic 97400 Saint-Denis Cedex
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 62 20 93 47
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/contactez-nous/direction-regionale-saint-denis" rel="noopener" target="_blank"&gt;
   Contact par mail
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon.bpifrance.fr/authentication/?TAM_OP&amp;#61;login&amp;amp;ERROR_CODE&amp;#61;0x00000000&amp;amp;URL&amp;#61;%2Fmon-espace%2F#/formulaire/siom" rel="noopener" target="_blank"&gt;
   Demande en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cced-aider-les-entreprises-ultramarines-a-maitrise/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
         <v>111738</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises ultramarines à maîtriser leur impact sur l'environnement et à diminuer leur consommation d'énergie - Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="D59" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Bpifrance
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I59" s="1" t="inlineStr">
+      <c r="I53" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J59" s="1" t="inlineStr">
+      <c r="J53" s="1" t="inlineStr">
         <is>
           <t>subvention pouvant couvrir jusqu’à 70% des dépenses éligibles prévisionnelles</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montants et modalités d&amp;#039;octroi :
  &lt;/strong&gt;
  &lt;br /&gt;
  Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70% des dépenses éligibles prévisionnelles retenues dans la limite de 100.000€ maximum et dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre du règlement dit des aides « de minimis ». Le cumul des aides « de minimis » ne doit pas excéder 200.000€ sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximum :
  &lt;/strong&gt;
  100.000€
  &lt;br /&gt;
  &lt;strong&gt;
   Montant minimum :
  &lt;/strong&gt;
  20.000€
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
  Pas de frais d&amp;#039;instruction.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Innovation, créativité et recherche
 Attractivité économique
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   PME éligibles
  &lt;/strong&gt;
  : Entreprises, établies dans un Département ou Région d&amp;#039;Outre-mer (Guadeloupe, Martinique, Guyane, La Réunion, Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, et conformes à la doctrine d&amp;#039;intervention de Bpifrance.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
  : sont éligibles, les projets permettant à l&amp;#039;entreprise de
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Mieux maîtriser ou de diminuer son impact sur l&amp;#039;environnement, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Diminuer sa consommation d&amp;#039;énergie ou de matières premières non renouvelables, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement et de réduction de la consommation d&amp;#039;énergie et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Répondant prioritairement aux objectifs de la Trajectoire Outre-mer 5.0 (Zéro Déchet, Zéro Carbone, Zéro Vulnérabilité, Zéro Polluant agricole et Zéro Exclusion).
@@ -12249,206 +11269,206 @@
    Obtenir une certification ATeX (Appréciation Technique d&amp;#039;Expérimentation) pour de nouveau matériaux passant par une phase d&amp;#039;étude et de tests.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les investissements matériels et équipements : par exemple, échangeurs thermiques, cogénération à haut-rendement, matériels de récupération, de stockage et de réduction d&amp;#039;énergie (solaire, électricité, mécanique), matériels réduisant les émissions polluantes, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les investissements immatériels : par exemple, coûts de mise aux normes, dépenses liées au respect de l&amp;#039;environnement, sécurité, formation des équipes de production, logiciels, diagnostics (performance énergétique de bâtiment industriel, impact environnemental du procédé), démarche éco-responsable (traitement et valorisation des déchets, éco-conception des produits, écologie industrielle), etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux : par exemple, travaux d&amp;#039;aménagement et de rénovation des bâtis prenant en compte les risques sismiques et cycloniques, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les frais externes divers : par exemple : préparation d&amp;#039;accords juridiques, faisabilité, sous-traitance, formations, déplacements, salons, etc.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Guadeloupe</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Subvention-Investissement-Outre-mer</t>
         </is>
       </c>
-      <c r="W59" s="1" t="inlineStr">
+      <c r="W53" s="1" t="inlineStr">
         <is>
           <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/siom</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse postale : 25 boulevard Daniel Marsin, Parc d&amp;#039;activité « La providence », Dothémar 97139 Les Abymes
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 06 90 28 90 60
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/contactez-nous/direction-regionale-pointe-a-pitre" rel="noopener" target="_blank"&gt;
   Contact par mail
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon.bpifrance.fr/authentication/?TAM_OP&amp;#61;login&amp;amp;ERROR_CODE&amp;#61;0x00000000&amp;amp;URL&amp;#61;%2Fmon-espace%2F#/formulaire/siom" rel="noopener" target="_blank"&gt;
   Demande en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/097f-aider-les-entreprises-ultramarines-a-maitrise/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
         <v>111739</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises ultramarines à maîtriser leur impact sur l'environnement et à diminuer leur consommation d'énergie - Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Ministère des Outre-mer
 Bpifrance</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I60" s="1" t="inlineStr">
+      <c r="I54" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J60" s="1" t="inlineStr">
+      <c r="J54" s="1" t="inlineStr">
         <is>
           <t>subvention pouvant couvrir jusqu’à 70% des dépenses éligibles prévisionnelles</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montants et modalités d&amp;#039;octroi :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70% des dépenses éligibles prévisionnelles retenues dans la limite de 100.000€ maximum et dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre du règlement dit des aides « de minimis ». Le cumul des aides « de minimis » ne doit pas excéder 200.000€ sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximum :
  &lt;/strong&gt;
  100.000€
  &lt;br /&gt;
  &lt;strong&gt;
   Montant minimum :
  &lt;/strong&gt;
  20.000€
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
  Pas de frais d&amp;#039;instruction.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Consommation et production
 Innovation, créativité et recherche
 Attractivité économique
 Fiscalité des entreprises
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   PME éligibles
  &lt;/strong&gt;
  : Entreprises, établies dans un Département ou Région d&amp;#039;Outre-mer (Guadeloupe, Martinique, Guyane, La Réunion, Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, et conformes à la doctrine d&amp;#039;intervention de Bpifrance.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
  : sont éligibles, les projets permettant à l&amp;#039;entreprise de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mieux maîtriser ou de diminuer son impact sur l&amp;#039;environnement, et/ou,
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer sa consommation d&amp;#039;énergie ou de matières premières non renouvelables, et/ou,
  &lt;/li&gt;
  &lt;li&gt;
   Mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement et de réduction de la consommation d&amp;#039;énergie et/ou,
  &lt;/li&gt;
  &lt;li&gt;
@@ -12464,156 +11484,156 @@
   Obtenir une certification ATeX (Appréciation Technique d&amp;#039;Expérimentation) pour de nouveau matériaux passant par une phase d&amp;#039;étude et de tests.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les investissements matériels et équipements : par exemple, échangeurs thermiques, cogénération à haut-rendement, matériels de récupération, de stockage et de réduction d&amp;#039;énergie (solaire, électricité, mécanique), matériels réduisant les émissions polluantes, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Les investissements immatériels : par exemple, coûts de mise aux normes, dépenses liées au respect de l&amp;#039;environnement, sécurité, formation des équipes de production, logiciels, diagnostics (performance énergétique de bâtiment industriel, impact environnemental du procédé), démarche éco-responsable (traitement et valorisation des déchets, éco-conception des produits, écologie industrielle), etc.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux : par exemple, travaux d&amp;#039;aménagement et de rénovation des bâtis prenant en compte les risques sismiques et cycloniques, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Les frais externes divers : par exemple : préparation d&amp;#039;accords juridiques, faisabilité, sous-traitance, formations, déplacements, salons, etc.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Mayotte</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Subvention-Investissement-Outre-mer</t>
         </is>
       </c>
-      <c r="W60" s="1" t="inlineStr">
+      <c r="W54" s="1" t="inlineStr">
         <is>
           <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/siom</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse postale : Place du marché 97600 Mamoudzou
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 62 20 93 47
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/contactez-nous/direction-regionale-mamoudzou" rel="noopener" target="_blank"&gt;
   Contact mail
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon.bpifrance.fr/authentication/?TAM_OP&amp;#61;login&amp;amp;ERROR_CODE&amp;#61;0x00000000&amp;amp;URL&amp;#61;%2Fmon-espace%2F#/formulaire/siom" rel="noopener" target="_blank"&gt;
   Demande en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9d74-aider-les-entreprises-ultramarines-a-maitrise/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-      <c r="A61" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>111752</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l' achat d’énergies (Electricité – Gaz Naturel)</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Groupement Régional d'Achat d'Energies</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Groupement de Commande Régional d&amp;#039;Achat d&amp;#039;Energies compte aujourd&amp;#039;hui 2 800 membres pour un volume de 1,6 TWh d&amp;#039;énergies (1 TWh d&amp;#039;Electricité et 600 GWh de Gaz Naturel).
 &lt;/p&gt;
 &lt;p&gt;
  Il a pour mission :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   définition de la stratégie d&amp;#039;achat
  &lt;/li&gt;
  &lt;li&gt;
   passation des marchés de fourniture d&amp;#039;énergies (électricité et de gaz naturel)
  &lt;/li&gt;
  &lt;li&gt;
   accompagnement dans la gestion des marchés (rattachement/détachement des points de livraison, contrôle des factures, optimisation tarifaire, aide dans la relation fournisseurs...)
  &lt;/li&gt;
  &lt;li&gt;
   mise à disposition d&amp;#039;une Solution Informatique de Management Energétique permettant :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  o	Le suivi et l&amp;#039;analyse des consommations et des dépenses énergétiques
 &lt;/p&gt;
 &lt;p&gt;
@@ -12625,565 +11645,565 @@
 &lt;p&gt;
  o	Le contrôle automatique des factures
 &lt;/p&gt;
 &lt;p&gt;
  o	La gestion simplifiée des contrats d&amp;#039;énergies (rattachement, détachement, optimisation, évolution tarifaire)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  LIVRABLES :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   contrats de fourniture d&amp;#039;énergies (électricité et gaz naturel)
  &lt;/li&gt;
  &lt;li&gt;
   simulation budgétaire annuelle
  &lt;/li&gt;
  &lt;li&gt;
   solution Informatique de Management Energétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Appui méthodologique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   signature de la convention constitutive du groupement de commande
  &lt;/li&gt;
  &lt;li&gt;
   signature des fiches de candidature aux marchés d&amp;#039;énergies
  &lt;/li&gt;
  &lt;li&gt;
   signature de l&amp;#039;autorisation de communication des données énergétiques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/61-achat-energies.html</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental Energies et Environnement de Gironde (SDEEG33)
  &lt;/li&gt;
  &lt;li&gt;
   Mathieu ECHEVERRIA,
  Responsable Service Transition Energétique,
  &lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9338-accompagner-les-collectivites-dans-l-achat-de/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-      <c r="A62" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>111754</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Substituer les énergies fossiles par des énergies renouvelables thermiques</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H62" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I62" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 70</t>
         </is>
       </c>
-      <c r="J62" s="1" t="inlineStr">
+      <c r="J56" s="1" t="inlineStr">
         <is>
           <t>Subvention applicable sur les études et sur l'investissement</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Mettre en œuvre un système de production de chauffage, d&amp;#039;eau chaude sanitaire, ou de rafraichissement d&amp;#039;origine renouvelable.
  &lt;/li&gt;
  &lt;li&gt;
   Etudier les besoins de chauffage
  &lt;/li&gt;
  &lt;li&gt;
   Evaluer l&amp;#039;opportunité de passer d&amp;#039;un système carboné à un système renouvelable
  &lt;/li&gt;
  &lt;li&gt;
   Etudier la faisabilité technique et financière de l&amp;#039;opération
  &lt;/li&gt;
  &lt;li&gt;
   Déposer un dossier de subvention auprès du Contrat de Développement Territorial coordonné par le Département.
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner la Maîtrise d&amp;#039;œuvre et la réalisation des travaux
  &lt;/li&gt;
  &lt;li&gt;
   Mettre en place un Commissionnement le cas échéant
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Note d&amp;#039;opportunité réalisé par les animateurs du dispositif du Contrat de Développement des Energies renouvelables Thermiques
  &lt;/li&gt;
  &lt;li&gt;
   Dossier de subvention
  &lt;/li&gt;
  &lt;li&gt;
   Etude de faisabilité
  &lt;/li&gt;
  &lt;li&gt;
   Maîtrise d&amp;#039;œuvre
  &lt;/li&gt;
  &lt;li&gt;
   Suivi des travaux
  &lt;/li&gt;
  &lt;li&gt;
   Rapport de Commissionnement
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M62" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Renouvellement d&amp;#039;une chaufferie dans une école,
  &lt;/li&gt;
  &lt;li&gt;
   Passage d&amp;#039;un système gaz à un système géothermie ou Biomasse...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Consommation et production
 Appui méthodologique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Inscription de la Collectivité au Contrat de Développement des Energies renouvelables Thermiques sur le site internet du Département.
  &lt;/li&gt;
  &lt;li&gt;
   Dans le cas ou des études techniques et un accompagnement à la réalisation du projet est nécessaire, l&amp;#039;adhésion au SDEEG et la signature de la convention de prestation de service pour la transition Energétique.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T62" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.gironde.fr/collectivites/agriculture-environnement-developpement-durable/le-developpement-des-energies#cot</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
  &lt;/li&gt;
  &lt;li&gt;
   Energie renouvelable thermique (solaire thermique, géothermie, biomasse)
  &lt;/li&gt;
  &lt;li&gt;
   Cécile PERDRIX&lt;/li&gt;
  &lt;li&gt;
   Ingénieure Planification Territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df64-substituer-les-energies-fossiles-par-des-ener/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-      <c r="A63" s="1">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
         <v>111755</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Développer un projet de production d’énergies renouvelables</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un accompagnement à la carte :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   définition des besoins, du périmètre du projet
  &lt;/li&gt;
  &lt;li&gt;
   rédaction du cahier des charges des études de faisabilité, d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, de maîtrise d&amp;#039;œuvre, des contrats d&amp;#039;exploitation et de commissionnement au besoin.
  &lt;/li&gt;
  &lt;li&gt;
   étude de faisabilité
  &lt;/li&gt;
  &lt;li&gt;
   maîtrise d&amp;#039;ouvrage
  &lt;/li&gt;
  &lt;li&gt;
   maîtrise d&amp;#039;œuvre
  &lt;/li&gt;
  &lt;li&gt;
   aide à la recherche de financements (Contrat de Développement Territorial pour les énergies thermiques, ADEME, SEM ...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  LIVRABLES :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   étude de faisabilité
  &lt;/li&gt;
  &lt;li&gt;
   suivi de travaux
  &lt;/li&gt;
  &lt;li&gt;
   rapport de commissionnement
  &lt;/li&gt;
  &lt;li&gt;
   réception de travaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M63" s="1" t="inlineStr">
+      <c r="M57" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Une collectivité souhaite implanter des panneaux photovoltaïques en toiture ou au sol
  &lt;/li&gt;
  &lt;li&gt;
   Substitution d&amp;#039;une chaufferie à énergie fossile par une chaufferie Biomasse (bois) ou de la Géothermie.
  &lt;/li&gt;
  &lt;li&gt;
   Plusieurs bâtiments communaux nécessitent une rénovation ou une évolution du système de chauffage, dimensionnement d&amp;#039;un petit réseau de chaleur avec un accompagnement global et la possibilité de disposer de subvention si l&amp;#039;énergie choisie est thermique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Appui méthodologique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/219-les-energies-renouvelables-enr-etudes-et-travaux.html</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
  &lt;/li&gt;
  &lt;li&gt;
   Energie renouvelable thermique (solaire thermique, géothermie, biomasse) : Arthur LAURENT, Ingénieure Efficacité Energétique,
  &lt;/li&gt;
  &lt;li&gt;
   Energie renouvelable photovoltaïque : Alain GEMENT, Ingénieur Photovoltaïque,
  &lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b831-developper-un-projet-de-production-denergie-r/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>111757</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -13220,82 +12240,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M64" s="1" t="inlineStr">
+      <c r="M58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -13341,184 +12361,184 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T64" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W64" s="1" t="inlineStr">
+      <c r="W58" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-      <c r="A65" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
         <v>111758</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Accompagner à l'intégration des enjeux climatiques aux documents d’urbanisme (ScoT, PLUi, PLU)</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Intégrer les enjeux énergie climat aux documents d&amp;#039;Urbanisme réglementaires ScoT, PLU, PLUi. Promouvoir un Urbanisme respectueux de l&amp;#039;environnement et adapter aux évolutions Climatiques.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement à la carte intégrant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   formation et sensibilisation « Urbanisme et Climat »
  &lt;/li&gt;
  &lt;li&gt;
   état des lieux de l&amp;#039;intégration des enjeux climatiques au document d&amp;#039;urbanisme existant (outil Clim&amp;#039;URBA Cerema).
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la définition des enjeux Energie Climat prioritaires à la formulation d&amp;#039;une Stratégie et d&amp;#039;orientation partagée en lien avec le PCAET (EPCI) et le SRADDET (Région).
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la rédaction du PADD en collaboration avec le bureau d&amp;#039;études mandaté par la collectivité pour la rédaction du document.
  &lt;/li&gt;
  &lt;li&gt;
   participation aux comités de pilotage
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la rédaction du document d&amp;#039;urbanisme pour l&amp;#039;intégration des enjeux (végétalisation, perméabilité des sols, mobilités, énergie renouvelables, connaissance des réseaux d&amp;#039;énergie, choix constructif des bâtiments neufs, usages des surfaces, économie circulaire et circuits courts....
@@ -13527,224 +12547,224 @@
   formation des élus et des services instructeurs à la compréhension et l&amp;#039;instruction du nouveau document.
  &lt;/li&gt;
  &lt;li&gt;
   mise en œuvre du document d&amp;#039;urbanisme Energie Climat
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  LIVRABLES
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   stratégie énergie climat du document
  &lt;/li&gt;
  &lt;li&gt;
   propositions d&amp;#039;évolution du PADD aux regards de la stratégie énergie climat
  &lt;/li&gt;
  &lt;li&gt;
   propositions d&amp;#039;évolution des OAP aux regards de la stratégie énergie climat
  &lt;/li&gt;
  &lt;li&gt;
   co-rédaction de zonages du Règlement
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M65" s="1" t="inlineStr">
+      <c r="M59" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Lors de la révision des documents d&amp;#039;urbanisme PLU, PLUi, ScoT ...
  &lt;/li&gt;
  &lt;li&gt;
   Le SDEEG accompagne la Collectivités en partenariat avec le bureau d&amp;#039;études en charge de la rédaction du document .
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;objectif étant d&amp;#039;intégrer les enjeux climats en fonction des souhaits des élus et des documents cadre de planification existants : PCAET, PPA, SRADDET...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Forêts
 Sols
 Espaces verts
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Prévention des risques
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/323-urbanisme-efficacite-energetique-planification-audits.html</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
  &lt;/li&gt;
  &lt;li&gt;
   Cécile PERDRIX&lt;/li&gt;
  &lt;li&gt;
   Ingénieure Planification Territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/758d-accompagner-a-lintegration-des-enjeux-climati/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-      <c r="A66" s="1">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>111759</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G66" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I66" s="1" t="inlineStr">
+      <c r="I60" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -13779,72 +12799,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M66" s="1" t="inlineStr">
+      <c r="M60" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -13868,176 +12888,176 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V66" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X66" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
         <v>111760</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Maitriser et réduire la consommation d’énergie du patrimoine public</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Conseil en Energie Partagé</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="J67" s="1" t="inlineStr">
+      <c r="J61" s="1" t="inlineStr">
         <is>
           <t>Audits décret tertiaire subventionné à 50% (sous réserve de disponibilité des fonds)</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Répondre aux enjeux de la transition énergétique en bénéficiant d&amp;#039;un accompagnement technique et financier ajusté à ses besoins.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   être accompagné par un économe de flux spécialisé et disponible au quotidien
  &lt;/li&gt;
  &lt;li&gt;
   établir la carte énergétique de la collectivité (avec audits énergétiques des bâtiments sélectionnés)
  &lt;/li&gt;
  &lt;li&gt;
   établir et présenter des bilans énergétiques annuels
  &lt;/li&gt;
  &lt;li&gt;
   conseil en travaux d&amp;#039;efficacité énergétique et en énergies renouvelables
  &lt;/li&gt;
  &lt;li&gt;
   aide dans les obligations du Décret Tertiaire (Définition de l&amp;#039;année de référence, transmission des données dans OPERAT, Elaboration du dossier technique...) pour tous les bâtiments concernés.
  &lt;/li&gt;
  &lt;li&gt;
   aide à la définition des plans pluriannuels d&amp;#039;investissements
  &lt;/li&gt;
  &lt;li&gt;
   aide à la recherche de financement (DSIL, DERT, CEE...)
@@ -14065,1111 +13085,7176 @@
 &lt;ul&gt;
  &lt;li&gt;
   rapports d&amp;#039;audit énergétique pour les bâtiments diagnostiqués
  &lt;/li&gt;
  &lt;li&gt;
   bilan énergétique annuel
  &lt;/li&gt;
  &lt;li&gt;
   mise à disposition d&amp;#039;un logiciel de suivi énergétique et patrimoniale
  &lt;/li&gt;
  &lt;li&gt;
   cahier des charges techniques
  &lt;/li&gt;
  &lt;li&gt;
   rapport de commissionnement
  &lt;/li&gt;
  &lt;li&gt;
   dossier de dépôt des CEE
  &lt;/li&gt;
  &lt;li&gt;
   un document unique de programmation formalisée du SDI
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M67" s="1" t="inlineStr">
+      <c r="M61" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseillers en Energies Partagés
  &lt;/li&gt;
  &lt;li&gt;
   Aide au changement de contrat d&amp;#039;Energie
  &lt;/li&gt;
  &lt;li&gt;
   Optimisation du fonctionnement des dispositifs de chauffage
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation d&amp;#039;un bâtiment (AMO, MOE....)
  &lt;/li&gt;
  &lt;li&gt;
   Valorisation des travaux effectué via les CEE (certificats d&amp;#039;Economie d&amp;#039;Energie)
  &lt;/li&gt;
  &lt;li&gt;
   Implantation de système de production d&amp;#039;Energies renouvelables
  &lt;/li&gt;
  &lt;li&gt;
   Optimisation du confort d&amp;#039;été ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la transition énergétique.
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention ECOBAT dans le cas de la mise à disposition d&amp;#039;un économe de flux et des outils en lien avec cet accompagnement patrimonial.
  &lt;/li&gt;
  &lt;li&gt;
   Validation du devis d&amp;#039;intervention proposé.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T67" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/313-conseil-en-energie-partage-cep.html</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  William RAVAILLE&lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1965-maitriser-er-reduire-la-consommation-denergie/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>111761</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Mettre en place un éclairage public respectueux de l’environnement et économe en énergie</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour renforcer la connaissance de vos réseaux et réaliser des actions d&amp;#039;optimisation de votre éclairage public, nous vous proposons la réalisation d&amp;#039;un audit éclairage public approfondi permettant :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - un état des lieux des usages de l&amp;#039;éclairage public
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - l&amp;#039;élaboration de scenari :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de réduction des consommations d&amp;#039;électricité induite par l&amp;#039;éclairage public
  &lt;/li&gt;
  &lt;li&gt;
   de modernisation des équipements lumineux en travaillant sur les couleurs de lumière et l&amp;#039;orientation des halos pour réduire les impacts sur la biodiversité et la santé humaine.
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;optimisation des puissances souscrites de vos contrats de fourniture d&amp;#039;énergie.
  &lt;/li&gt;
  &lt;li&gt;
   de stratégie d&amp;#039;abaissement de puissance ou d&amp;#039;extinction nocturne.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  LIVRABLES :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   listing précis de tous vos points de comptage.
  &lt;/li&gt;
  &lt;li&gt;
   état des lieux et diagnostics des réseaux d&amp;#039;éclairage public des commandes jusqu&amp;#039;aux points lumineux (vétusté, conformités normatives, types de sources ...)
  &lt;/li&gt;
  &lt;li&gt;
   cartographie des points lumineux, des commandes et des réseaux
  &lt;/li&gt;
  &lt;li&gt;
   bilan énergétique et préconisations d&amp;#039;améliorations (investissements, économies, modernisations).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Appui méthodologique
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition énergétique.
  &lt;/li&gt;
  &lt;li&gt;
   Validation du devis d&amp;#039;intervention proposé.
  &lt;/li&gt;
  &lt;li&gt;
   Afin de bénéficier de l&amp;#039;expertise globale du SDEEG en matière d&amp;#039;éclairage public (travaux et maintenance), la collectivité peut lui transférer sa compétence.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/311-eclairage-public-durable.html</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental Energies et Environnement de Gironde (SDEEG33)
  &lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e55a-mettre-en-place-un-eclairage-public-respectue/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>111762</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Améliorer la qualité de l’air intérieur</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Répondre à la réglementation appliquée aux bâtiments publics en matière de qualité de l&amp;#039;air intérieur.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagner pour évaluer et améliorer la qualité de l&amp;#039;air intérieur de votre patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  Evaluer la qualité de l&amp;#039;air intérieur par un diagnostic réglementaire (moyens d&amp;#039;aération, système de ventilation ...)
 &lt;/p&gt;
 &lt;p&gt;
  Définition d&amp;#039;un plan d&amp;#039;actions d&amp;#039;amélioration de la qualité de l&amp;#039;air
 &lt;/p&gt;
 &lt;p&gt;
  Renouvellement du dispositif tous les 7 ans
 &lt;/p&gt;
 &lt;p&gt;
  LIVRABLES :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rapport d&amp;#039;évaluation des moyens d&amp;#039;aération
  &lt;/li&gt;
  &lt;li&gt;
   Campagne de mesure
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostic et plan d&amp;#039;actions d&amp;#039;amélioration de la qualité de l&amp;#039;air
  &lt;/li&gt;
  &lt;li&gt;
   Affichage dans les établissements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Santé
 Qualité de l'air
 Equipement public
 Réhabilitation
 Logement et habitat
 Appui méthodologique
 Prévention des risques
 Réduction de l'empreinte carbone
 Sécurité</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R69" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service
  &lt;/li&gt;
  &lt;li&gt;
   Validation du devis d&amp;#039;intervention proposé.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/314-qualite-de-l-air-interieur-qai.html</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
  &lt;/li&gt;
  &lt;li&gt;
   William RAVAILLE&lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0ffb-ameliorer-la-qualite-de-lair-interieur/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-      <c r="A70" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
         <v>111763</v>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Former et sensibiliser aux Enjeux Energie Climat</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G70" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Proposer aux élus, aux techniciens des Collectivités  des temps de formation et de sensibilisation aux Enjeux Energie Climat.
 &lt;/p&gt;
 &lt;p&gt;
  Informer sur les actualités réglementaires et les innovations techniques d&amp;#039;actualité (petits déjeuner techniques)
 &lt;/p&gt;
 &lt;p&gt;
  Capitaliser les connaissances et les compétences en généralisant les retours d&amp;#039;expériences,
 &lt;/p&gt;
 &lt;p&gt;
  Créer des synergies
 &lt;/p&gt;
 &lt;p&gt;
  Organisation de Commissions techniques, réglementaires et de retours d&amp;#039;expérience avec l&amp;#039;ensemble des EPCI de Gironde (Commission Consultative Paritaire). Temps d&amp;#039;échanges et de coordination de l&amp;#039;action Départementale dans le cadre des PCAET.
 &lt;/p&gt;
 &lt;p&gt;
  Organisation de groupes d&amp;#039;information technique à destination des élus et des techniciens des Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Identification de sujets d&amp;#039;actualité en lien avec les problématiques des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Groupes d&amp;#039;échanges régulier « Conversations Carbone », identification des problématiques des chargés de missions pour la mise en place d&amp;#039;actions de Transition Energétique et Environnementale au sein de leur Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  -	Pour participer aux Commissions Consultatives Paritaire de l&amp;#039;Energie à destination des EPCI de Gironde, désignation par délibération d&amp;#039;un délégué pour chacune des EPCI
 &lt;/p&gt;
 &lt;p&gt;
  -	Aucunes conditions particulières pour participer aux autres accompagnements
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/mediatheque-numerique/les-manifestations-forum-salons-journees-a-theme/377-petits-dejeuners-energetiques.html</t>
         </is>
       </c>
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Énergie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>101584</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Œuvrer pour la transition énergétique, le climat et la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous soutenons dans le développement de projets d&amp;#039;énergies renouvelables locales et l&amp;#039;amélioration de la résilience du territoire face aux enjeux climatiques. Nous apportons des solutions adaptées pour favoriser la transition écologique de votre territoire&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d970-uvrer-pour-la-transition-energetique-le-clima/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>104573</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Manger local dans les restaurants scolaires des lycées</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Manger local dans les restaurants scolaires des lycées</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les services de restauration des lycées publics dans leurs pratiques responsables d&amp;#039;achat de proximité et de qualité et de sensibilisation des jeunes au lien alimentation-santé.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région mène sa politique en faveur du « Manger local » dans les lycées publics en les accompagnant dans des pratiques relocalisées et responsables en offrant des menus à base de produits de qualité et de proximité et en sensibilisant les jeunes au lien entre alimentation et santé.
+ &lt;br /&gt;
+ La Région s&amp;#039;était fixée l&amp;#039;objectif de tendre vers 100% de produits français, 50% régionaux et 20% bio et autres signes de qualité. Les résultats sont encourageants puisque 80% des produits viennent de France, 41 % du territoire régional et 15 % sont bio en 2019.
+ &lt;br /&gt;
+ Depuis la loi EGALIM, la Région a adapté ses critères en maintenant la localisation (100% France et 50% Région) et la qualité (50% dont 20% de bio).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Alimentation
+Economie locale et circuits courts
+Revitalisation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région accompagne les services de restauration des lycées dans la mise en œuvre du « Manger local » au travers de divers moyens :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;appui de 6 conseillers restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  le financement d&amp;#039;équipements adaptés à la préparation des produits frais
+ &lt;/li&gt;
+ &lt;li&gt;
+  la promotion de l&amp;#039;offre de menus « Loire-Océan » composés de produits de l&amp;#039;agriculture et de la pêche ligériennes
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en relation avec les opérateurs des filières des productions régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien à des actions éducatives sensibilisant les jeunes sur les enjeux de l&amp;#039;alimentation sur la santé et l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  la fourniture d&amp;#039;outils de communication auprès des jeunes sur le « Manger local »
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;encouragement à la lutte contre le gaspillage et la gestion des déchets.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/manger-local-dans-les-restaurants-scolaires-des-lycees</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des lycées
+ &lt;br /&gt;
+ Service Fonctionnement des lycées publics
+ &lt;br /&gt;
+ Pôle Restauration
+&lt;/p&gt;
+&lt;p&gt;
+ Régis Albert
+ &lt;br /&gt;
+ 0228206018
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3903-manger-local-dans-les-restaurants-scolaires-d/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>103501</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'achat de véhicules plus propres pour les particuliers</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicules propres par les particuliers</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région subventionne l&amp;#039;achat d&amp;#039;une voiture électrique.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de renforcer l&amp;#039;action écologique de la Région, tous les modèles de voitures ne sont pas éligibles. Les voitures éligibles sont disponibles
+ &lt;a href="https://www.iledefrance.fr/toutes-les-actualites/vehicules-propres-les-aides-regionales-pour-les-particuliers-et-les-entreprises-evoluent-au-1er-janvier-2024" target="_self"&gt;
+  sur cette page
+ &lt;/a&gt;
+ , si leur prix ne dépasse pas 47 000€ avant aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ La location, ainsi que les véhicules d&amp;#039;occasion achetés auprès de particuliers, ne sont pas éligibles à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, ce dispositif est limité à une aide par foyer fiscal.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2021</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui est éligible ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les particuliers ayant leur résidence principale en grande couronne francilienne (hors communes de la Métropole du Grand Paris).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont ainsi éligibles les particuliers habitant dans les départements de la Seine-et-Marne (77), des Yvelines (78), de l&amp;#039;Essonne (91) ou du Val-d&amp;#039;Oise (95), mais qui n&amp;#039;habitent pas dans les 7 communes suivantes : Argenteuil, Athis-Mons, Juvisy-sur-Orge, Morangis, Paray-Vieille-Poste, Savigny-sur-Orge, Viry-Châtillon.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quel est le montant de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide régionale dépend du revenu fiscal de référence divisé par le nombre de parts du foyer (RFR/part), soit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  2.250€ pour un RFR/part supérieur à 30 508 € ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  4.500€ pour un RFR/part compris entre 14 090 et 30 508 € ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  7.500€ pour un RFR/part compris entre 6 359 et 14 089 € ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  9.000€ pour un RFR/part inférieur ou égal à 6 358 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec toute aide publique donnée sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des aides publiques reçues pour cet achat ne doit pas dépasser 50 % du prix total du véhicule. Ce plafond est porté à 80 % pour les deux niveaux d&amp;#039;aides les plus élevés.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est au bénéficiaire de s&amp;#039;assurer qu&amp;#039;il respecte ce taux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/acquisition-de-vehicules-propres-par-les-particuliers</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de contact sont disponibles via le
+ &lt;a href="https://www.iledefrance.fr/remplacement-des-voitures-des-particuliers-par-des-vehicules-propres" rel="noopener" target="_blank"&gt;
+  lien vers le descriptif complet
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d08-remplacement-des-voitures-des-particuliers-pa/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>103502</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Aider à financer la transformation d'un véhicule thermique en véhicule plus propre, par la technique dite du « rétrofit »</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Transformation de véhicules thermiques en véhicules propres</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moins onéreux que l&amp;#039;achat d&amp;#039;une voiture neuve à faibles émissions, le « rétrofit » consiste à extraire la mécanique d&amp;#039;origine, le moteur, le réservoir et le pot d&amp;#039;échappement d&amp;#039;un véhicule thermique pour les remplacer par un moteur électrique, une batterie et un boîtier électronique destiné à piloter cette nouvelle motorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le « rétrofit » doit être réalisé par un professionnel agréé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Qualité de l'air
+Mobilité pour tous
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2021</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les particuliers ayant leur résidence principale en Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises ayant leur siège en Île-de-France, comptant au plus 50 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes franciliennes de moins de 10.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le bénéficiaire doit être propriétaire du véhicule qui fera l&amp;#039;objet du « rétrofit ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  500 € pour les deux-roues et trois-roues à moteur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  3 000 € pour les véhicules à quatre roues à moteur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le cumul d&amp;#039;aides publiques pour cette transformation est plafonné à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  80 % du prix total de sa réalisation, pour la subvention de 500€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % du prix total de sa réalisation, pour les subventions de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ C&amp;#039;est au bénéficiaire de s&amp;#039;assurer qu&amp;#039;il respecte ce taux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/transformation-de-vehicules-thermiques-en-vehicules-propres</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de contact sont disponibles via le
+ &lt;a href="https://www.iledefrance.fr/aides-et-appels-a-projets/transformation-de-vehicules-thermiques-en-vehicules-propres" target="_self"&gt;
+  lien vers le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1aec-transformation-de-vehicule-thermique-en-vehic/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>102937</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>103307</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la rénovation thermique</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation thermique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient la rénovation thermique des passoires énergétiques
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif d&amp;#039;aide est pris en application de la décision 2012/21/UE du 20 décembre 2011 relative à l&amp;#039;application de l&amp;#039;article 106, paragraphe 2, du traité sur le fonctionnement de l&amp;#039;Union européenne aux aides d&amp;#039;État sous forme de compensations de service public octroyées à certaines entreprises chargées de la gestion de services d&amp;#039;intérêt économique général
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature de l&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ La subvention mobilisable est attribuée par décision de la Commission permanente et s&amp;#039;élève forfaitairement à 2.000€ pour chaque logement rénové thermiquement répondant aux critères d&amp;#039;éligibilité définis par le règlement d&amp;#039;intervention.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle s&amp;#039;inscrit dans le cadre d&amp;#039;une convention globale et pluriannuelle portant sur plusieurs opérations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sociétés d&amp;#039;économie mixte de construction,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes d&amp;#039;habitations à loyer modéré énumérés à l&amp;#039;article L.411-2 du Code de la construction et de l&amp;#039;habitation ainsi que leurs groupements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour être éligibles,
+ &lt;/strong&gt;
+ les logements doivent répondre aux conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être conventionnés depuis plus de 5 ans,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relever d&amp;#039;un niveau de consommation énergétique supérieur ou égal à 331 kWhEP/m2.an (étiquette DPE F ou G),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faire l&amp;#039;objet de travaux de rénovation thermique dont l&amp;#039;achèvement intervient dans un délai de 3 ans à compter de l&amp;#039;attribution de la subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclues
+ &lt;/strong&gt;
+ du bénéfice des aides régionales :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les structures d&amp;#039;hébergement d&amp;#039;urgence,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures dédiées à une population spécifique (établissements pour personnes âgées, établissements pour personnes handicapées, résidences accueil, foyers de travailleurs migrants ...) à l&amp;#039;exception des résidences pour étudiants et des foyers de jeunes travailleurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers de demande de subvention doivent être déposés sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des pièces nécessaires pour constituer le dossier est téléchargeable à partir du téléservice ainsi que les documents types.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-renovation-thermique-des-logements-sociaux</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ melissa.lhostis&amp;#64;iledefrance.fr (01.53.85.55.46)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:jerome.de-vivies&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  jerome.de-vivies&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (01.53.85.57.53)
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y70" s="1" t="inlineStr">
         <is>
-          <t>lea.pambrun@sdeeg33.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z70" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e345-aide-a-la-renovation-thermique/</t>
         </is>
       </c>
       <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:27" customHeight="0">
       <c r="A71" s="1">
-        <v>111978</v>
+        <v>101961</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Acheter ou louer d'un véhicule peu polluant, en échange de la mise au rebut d'un véhicule polluant</t>
-[...9 lines deleted...]
-          <t>Prime à la conversion</t>
+          <t>Sensibiliser les citoyens aux émissions CO2 des déplacements</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t>Entre 100 et 5000 euros</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
-          <t>La prime à la conversion constitue une aide à l&amp;#039;achat ou à la location d&amp;#039;un véhicule peu polluant, en échange de la mise au rebut d&amp;#039;un véhicule polluant.
-[...29 lines deleted...]
- La prime à la conversion est cumulable avec le
+          <t>&lt;p&gt;
+ Premier secteur émetteur de gaz à effet de serre avec 30% des émissions, le secteur des transports est un secteur clé de la transition écologique. Mais comment
  &lt;strong&gt;
-  &lt;a&gt;
-   bonus écologique
+  transmettre les bons ordres de grandeur et sensibiliser les citoyens
+ &lt;/strong&gt;
+ ?
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
+ &lt;strong&gt;
+  librement diffusable
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  intégrable sur tout type de site
+ &lt;/strong&gt;
+ pour permettre à chacun de comparer facilement l&amp;#039;impact de ses déplacements, mais aussi de montrer l&amp;#039;impact concret du
+ &lt;strong&gt;
+  covoiturage
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;a href="https://impactco2.fr/transport" target="_self"&gt;
+   impactco2.fr/transport
   &lt;/a&gt;
  &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt src="https://raw.githubusercontent.com/datagir/datagir-site/master/content/applications/mon-impact-transport/mon-impact-transport.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déjà utilisé dans différents défis et challenges de la mobilité aux 4 coins de la France (
+ &lt;a href="https://www.defimobilite-paysdelaloire.fr/page/73/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Pays de la Loire
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="http://challenge-mobilite-hdf.fr/blog/votre-%C3%A9co-calculateur-mobilit%C3%A9" rel="noopener" target="_blank"&gt;
+  Haut-de-France
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.challengemobilite-bfc.fr/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Bourgogne-Franche-Comté
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.challengedelamobilite.com/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Nouvelle-Aquitaine
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...), ce simulateur est aussi intégré sur les sites de
+ &lt;a href="https://www.grenoble.fr/2295-mon-impact-transport.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.larochelle-zerocarbone.fr/s-engager/la-boite-a-outils-du-zero-carbone/mon-impact-transport" rel="noopener" target="_blank"&gt;
+  La Rochelle
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/mobilites/action-5-je-privilegie-des-modes-de-transport-doux" rel="noopener" target="_blank"&gt;
+  Issy
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.normandie-tourisme.fr/preparer-son-sejour/informations-pratiques/venir-en-normandie/" rel="noopener" target="_blank"&gt;
+  Normandie Tourisme
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://sudrhone.fr/2020/06/29/vacances-partir-sans-oublier-la-planete/#" rel="noopener" target="_blank"&gt;
+  Sud Rhône Environnement
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Animation et mise en réseau
+Valorisation d'actions
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/transport/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/21a8-sensibiliser-les-citoyens-aux-emissions-co2-d/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>102050</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les citoyens sur leur empreinte climat</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Face aux nombreux défis environnementaux, comment (s&amp;#039;)informer, (se) sensibiliser, (s&amp;#039;)engager ?
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME, en partenariat avec l&amp;#039;Association Bilan Carbone, a développé
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;a href="https://nosgestesclimat.fr/" rel="noopener" target="_blank"&gt;
+    Nos Gestes Climat
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ pour permettre à chacun de
+ &lt;strong&gt;
+  calculer son empreinte carbone individuelle
+ &lt;/strong&gt;
+ à travers une série de questions sur son quotidien. Mais l&amp;#039;outil ne s&amp;#039;arrête pas là : il donne également des
+ &lt;strong&gt;
+  actions chiffrées pour réduire concrètement son impact
+ &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
- Comment en bénéficier ?
-[...2 lines deleted...]
- La demande de prime peut se faire soit via un
+ Une
  &lt;strong&gt;
-  concessionnaire
+  &lt;a href="https://nosgestesclimat.fr/groupe?mode&amp;#61;sondage" rel="noopener" target="_blank"&gt;
+   version sondage
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  vous permet de créer un lien dédié pour collecter de manière anonyme les résultats d&amp;#039;un groupe
  &lt;/strong&gt;
- qui vous avance le montant de l&amp;#039;aide, soit directement sur le site dédié :
-[...1 lines deleted...]
-  Prime à la conversion
+ de citoyens, agents, élus ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec plus d&amp;#039;1,5 millions de tests réalisés, ce simulateur est déjà promu par différentes collectivités de toutes tailles comme
+ &lt;a href="https://www.grenoble.fr/2294-nos-gestes-climat.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+l&amp;#039;
+ &lt;a href="https://www.agglo-saintquentinois.fr/pratique/developpement-durable/le-plan-climat-air-energie-territorial-981.html" rel="noopener" target="_blank"&gt;
+  Agglo du Saint Quentinois
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Transports collectifs et optimisation des trafics routiers
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable, mais aussi intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://nosgestesclimat.fr</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe :
+ &lt;a href="https://nosgestesclimat.fr/contact" target="_self"&gt;
+  nosgestesclimat.fr/contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1e4-copie-13h56-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>102051</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Impact CO2 - L’impact sur le climat des objets et gestes de quotidien</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ On parle de plus en plus de kilos ou de tonnes de CO2, et tant mieux. Mais concrètement, quelles sont les émissions nécessaires pour fabriquer et consommer les objets qui nous entourent ? et comment les communiquer auprès des citoyens ? &lt;span&gt;🤔&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   &lt;a href="https://impactco2.fr/" rel="noopener" target="_blank"&gt;
+    Impact CO2
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ vous propose de
+ &lt;strong&gt;
+  découvrir l&amp;#039;impact sur le climat
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  des objets et gestes du quotidien pour les comparer avoir les bons ordres de grandeur : usages numérique, transport, alimentation, chauffage ...
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des infographies peuvent être directement reprises pour illustrer vos contenus et communications.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet outil simple et ludique est intégrable sur tout type de site.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Diffusé par différentes entreprises ou à l&amp;#039;issue de certaines
+ &lt;a href="https://fresqueduclimat.org/" rel="noopener" target="_blank"&gt;
+  &lt;em&gt;
+   Fresques du climat
+  &lt;/em&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , ce simulateur est aussi intégré sur les sites de
+ &lt;a href="https://www.grenoble.fr/2297-mon-convertisseur-co2.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.larochelle-zerocarbone.fr/s-engager/la-boite-a-outils-du-zero-carbone/mon-convertisseur-co2" rel="noopener" target="_blank"&gt;
+  La Rochelle
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/lutter-contre-le-changement-climatique/action-1-je-calcule-mon" rel="noopener" target="_blank"&gt;
+  Issy
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.defimobilite-lemans.fr/" rel="noopener" target="_blank"&gt;
+  Le Mans
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Technologies numériques et numérisation
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/516c-copie-14h12-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>102204</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Aider citoyens et collaborateurs à chiffrer les avantages du télétravail en termes d'émissions CO2 évitées</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le télétravail a récemment pris une place importante dans bon nombre de structures. Changement fort tant côté employé que pour l&amp;#039;organisation dans son ensemble, le télétravail a également des avantages indéniables en termes d&amp;#039;émissions carbone et de temps de transport... Encore faut-il pouvoir les estimer.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
+ &lt;strong&gt;
+  librement diffusable
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  intégrable sur tout type de site
+ &lt;/strong&gt;
+ pour permettre à chacun de calculer l&amp;#039;impact du télétravail en termes d&amp;#039;
+ &lt;strong&gt;
+  émissions CO2 évitées sur les déplacements et en temps gagné
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;a href="https://impactco2.fr/transport/teletravail" target="_self"&gt;
+   impactco2.fr/transport/teletravail
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est par exemple repris sur le site de
+ &lt;a href="https://www.seineouest.fr/mon-impact-transport" rel="noopener" target="_blank"&gt;
+  Grand Paris Seine Ouest (GPSO)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Appui méthodologique
+Valorisation d'actions
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/transport/teletravail</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04f9-copie-12h21-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>152945</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser sur une carte la puissance disponible du réseau</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Cartographie des capacités du réseau</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Vous êtes une collectivité et vous souhaitez connaître la puissance disponible du réseau sur votre territoire ?&lt;br /&gt;
+&lt;em&gt;
+  L&amp;#039;outil cartographie des capacités du réseau vous le permet
+ &lt;/em&gt;
+ &lt;em&gt;
+  !
+ &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ « Cartographie des capacités réseau » est un outil simple et unique, qui permet de mieux préparer le raccordement de vos installations d&amp;#039;énergies renouvelables, de bornes de recharge électrique et de vos nouveaux sites.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un outil qui vous permet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;identifier les zones potentielles de raccordement sans renforcement de réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;importer et simuler des projets de raccordement en production et en consommation
+ &lt;/li&gt;
+ &lt;li&gt;
+  de consulter les capacités disponibles sur le réseau Basse Tension et Haute Tension d&amp;#039;Enedis&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &amp;#43; Vous obtenez une réponse immédiate et pouvez choisir ainsi le meilleur emplacement pour vos projets
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cartographie des capacités du réseau offre un choix multiple d&amp;#039;options :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;affichage des capacités disponibles par bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;affichage des capacités disponibles par zone de desserte du réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  un choix multiple de simulation, production et consommation
+ &lt;/li&gt;
+ &lt;li&gt;
+  la consultation des capacités en Basse Tension et Haute Tension
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;affichage du réseau de distribution d&amp;#039;Enedis.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Tout cela avec un résultat de simulation instantané !&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/entreprise-je-souhaite-detecter-le-meilleur-emplacement-pour-mes-projets-de-raccordement-au-reseau</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://mon-compte.enedis.fr/auth/XUI/#login/&amp;realm=/enedis&amp;forward=true&amp;spEntityID=SP-ODW-PROD&amp;goto=/SSOPOST/metaAlias/enedis/providerIDP?ReqID%3Da13550jjedd9ddb23jf9g7cfagab6a4%26index%3Dnull%26acsURL%3Dhttps://apps.lincs.enedis.fr/saml/SSO%26spEntityID</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre Interlocuteur Privilégié
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/41aa-preparer-le-raccordement-de-vos-installations/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>152948</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Accéder aux données de consommation et de production d'électricité</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Espace Mesures et Services (EMS)</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;strong&gt;
+  L&amp;#039;espace &amp;#34;Mesures et Services&amp;#34; permet aux collectivités de devenir des acteurs clés de la transition énergétique dans les territoires
+ &lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Espace &amp;#34;Mesures et Services&amp;#34; (EMS) du Portail Collectivités permet à la
+ &lt;span&gt;
+  collectivité de consulter et d&amp;#039;analyser les données énergétiques de son patrimoine&lt;/span&gt;&lt;span&gt; ou encore de programmer des alertes de consommation selon
+ &lt;/span&gt;
+ &lt;span&gt;
+  ses besoins.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ L&amp;#039;espace &amp;#34;Mesures et Services&amp;#34; un outil de pilotage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Concrètement, la collectivité peut accéder à la vision globale et au pilotage énergétique de ses compteurs, afin de comprendre ses consommations et de les adapter si nécessaire. &lt;/p&gt;&lt;p&gt;Afin de faciliter le pilotage de sa consommation et de sa production, l&amp;#039;EMS permet également d&amp;#039;automatiser la réception de ses données et les recevoir par mail à la fréquence souhaitée !&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;espace &amp;#34;Mesures et Services&amp;#34; vous permet d&amp;#039;accéder à tout moment à vos données énergétiques sur votre patrimoine.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;Espace peut être consulté à tout moment. Les données de mesures sont actualisées chaque jour. Vos données de mesures de la veille (consommation et/ou production) sont disponibles sur un historique maximal de 36 mois) depuis votre nouveau Portail Clients et Collectivités.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;em&gt;* Les pays ne sont pas bénéficiaires de l&amp;#039;aide.&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Espace &amp;#34;Mesures et Services&amp;#34; est une des fonctionnalités du Portail Collectivités. Le client doit avoir/créer un compte pour y accéder
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/jaccede-mes-donnees-de-mesure</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://mon-compte.enedis.fr/auth/XUI/#login/&amp;realm=/enedis&amp;forward=true&amp;spEntityID=SP-ODW-PROD&amp;goto=/SSOPOST/metaAlias/enedis/providerIDP?ReqID%3Da4b59f6dcc9db6474h8gfc8b8gebj7d%26index%3Dnull%26acsURL%3Dhttps://apps.lincs.enedis.fr/saml/SSO%26spEntityID</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre interlocuteur priviliégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f63e-acceder-aux-donnees-de-consommation-et-de-pro/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G72" s="1" t="inlineStr">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>159417</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser la consommation et la production électrique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Vision Electrique Territoire</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...19 lines deleted...]
-      <c r="K72" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Enedis aide les collectivités à comprendre la dynamique de la transition énergétique leurs territoires
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Parce que la transition énergétique accélère et pour mieux comprendre les transformations qui s&amp;#039;opèrent sur votre territoire, Enedis permet d&amp;#039;avoir une vision mensuelle de la consommation et de la production électriques de votre territoire avec 3 ans d&amp;#039;historique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les données sont mises à jours tous les mois, avec un décalage de 3 mois.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est disponible sur le Portail Collectivités Locales, au sein de l&amp;#039;espaces &amp;#34;Mesures et Services&amp;#34;. Il permet de comparer la production ou la consommation, mois par mois, année par année.&lt;/p&gt;&lt;p&gt;&lt;em&gt;* Les pays ne sont pas bénéficiaires de l&amp;#039;aide.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Accompagner les collectivités dans la gestion de leur éclairage public : création, entretien, réparation des points lumineux et réponse aux obligations en tant que gestionnaire de réseaux.
-[...62 lines deleted...]
-      <c r="M72" s="1" t="inlineStr">
+ Avoir un compte sur le Portail Collectivités Locales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/F1Ak5loZtWI?si=4WGJGYAu-7r76623</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Rénovation du patrimoine à travers le remplacement par des luminaires LED, télégestion de l&amp;#039;éclairage public pour réduire la consommation énergétique...
-[...5 lines deleted...]
-          <t>Espace public
+ Contactez votre Interlocuteur Privilégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7be5-visualiser-la-consommation-et-la-production-e/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>163832</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J78" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Qualité de l'air
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>163767</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>guichet unique de l’ingénierie territoriale ligérienne</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Agence Nationale de l'Habitat (ANAH)
+Agences de l'eau
+Agence nationale de la cohésion des territoires (ANCT)
+ALEC 42 - Agence Locale de l'Energie et du Climat
+Agence Nationale pour la Rénovation Urbaine (ANRU)
+SIEL-Territoire d’énergie Loire
+Banque des Territoires
+Cerema
+Conseil départemental de la Loire
+Commissariat du Massif Central
+Office Français de la Biodiversité (OFB)
+DDT de la Loire</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
+de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+délégués territoriaux adjoints : le secrétaire général de
+la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
+Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+le directeur départemental des territoires et la directrice
+départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
+sont les premiers interlocuteurs des maires et présidents
+d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
+collectivités territoriales ont régulièrement besoin du soutien de
+l’État pour développer leurs projets : une aide financière
+mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
+des prestations intellectuelles pour répondre aux questionnements
+autour de ces projets. Elle couvre les aspects technique,
+réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
+de prestations proposées par l’État local, le &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Conseil
+départemental, l’AMF42&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+les établissements publics membres du comité national de
+coordination (ANRU, ANAH, ADEME, CEREMA, Caisse des dépôts et des
+consignations) et les institutions, structures ou opérateurs publics
+dans la Loire est recensée dans le&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+r&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;éférentiel
+de l’ingénierie territoriale ligérienne. Ce recueil numérique de
+fiches &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+régulièrement mis à jour et accessible sur le site internet des
+services de l’État.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Un
+guichet unique regroupe des agents de l’État, du Conseil
+départemental et des principaux intervenants de l’ingénierie
+locale. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+est chargé d’apporter rapidement &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;et
+sans formalisation excessive &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+réponses &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;aux
+questionnements &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+collectivités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’adresse
+&lt;a href="mailto:ingenierie&amp;#64;loire.gouv.fr"&gt;ingenierie&amp;#64;loire.gouv.fr&lt;/a&gt; est le point d’entrée vers le guichet unique. La forme de ces
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;questionnements&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+est libre : les référents territoriaux de l’État
+compléteront une fiche normalisée, au besoin en interrogeant la
+collectivité en retour pour davantage de précision. Une fois
+complétée, cette fiche normalisée devra permettre de constater
+l’insuffisance de ressource locale en ingénierie et la fragilité
+économique, sociale, démographique ou financière de la
+collectivité (principe de subsidiarité).&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Régulièrement,
+le guichet unique se réunira pour déterminer la meilleure manière
+de répondre à cette sollicitation. Il désignera un chef de file
+qui préparera une proposition soumise à la collectivité puis aux
+autorités compétentes (bureau, conseil, commission, etc). Après
+l’accord de tous, la décision d’octroi interviendra au plus
+vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+chef de file mettra en œuvre la solution retenue ou en assurera le
+pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
+ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
+marchés à bons de commande de l’ANCT ; les appuis sur mesure
+de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
+ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
+des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
+bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
+Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
+solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
+de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+d’un tiers prise en charge par un des membres du guichet unique,
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
+participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
+dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
+Paysage
+Accessibilité
 Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
+les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
+éligibles : les communes, les intercommunalités, leurs
+groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
+de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
+relever de la compétence, éventuellement partagée, de la
+collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
+la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
+au cas par cas en fonction du dispositif d’appui retenu pour
+répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
+appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>michel.poiret@loire.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>163284</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Adapter son territoire au changement climatique</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Adapter son territoire au changement climatique - TACCT - 2024</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à manifestation d’intérêt a pour objectif d&amp;#039;apporter un soutien aux démarches territoriales d’élaboration de diagnostic et/ou trajectoires d’adaptation au changement climatique, suivant la méthodologie TACCT (Trajectoires d&amp;#039;Adaptation au Changement Climatique des Territoires).&lt;/p&gt;&lt;p&gt;Cet AMI a vocation à financer :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’accompagnement par un bureau d’études spécialisé &lt;/strong&gt;pour la prise en main de la méthodologie TACCT.&lt;/li&gt;&lt;li&gt;L&lt;strong&gt;es actions d’acculturation &lt;/strong&gt;aux enjeux climatiques à destination des élus, acteurs socio-économiques et autres partenaires mobilisés.&lt;/li&gt;&lt;li&gt;L&amp;#039;&lt;strong&gt;animation des temps de concertation&lt;/strong&gt; prévus dans la démarche. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide de l’ADEME pourra atteindre jusqu’à &lt;strong&gt;70 % maximum &lt;/strong&gt;du montant de l’assiette éligible retenue.&lt;/p&gt;&lt;p&gt;Les projets des territoires candidats seront notamment évalués sur la &lt;strong&gt;pertinence de l’échelle territoriale&lt;/strong&gt;, la &lt;strong&gt;motivation affichée par le représentant légal à porter cet enjeu d’adaptation&lt;/strong&gt;, la &lt;strong&gt;pertinence de l’organisation et de la gouvernance proposées et la qualité du programme&lt;/strong&gt; présenté.&lt;/p&gt;&lt;p&gt;Les dossiers déposés seront analysés par un jury régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au préalable de son dépôt de demande d&amp;#039;aide&lt;/strong&gt;, la collectivité devra déposer son intention de projet sur :&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-grand-est"&gt;innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-grand-est&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="S72" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-son-territoire-au-changement-climatique-tacct-2024/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>163079</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Organiser une planification énergie-climat territoriale</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Organiser une planification énergie-climat territoriale</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise à l’échelle des intercommunalités / communes / quartiers dans l’élaboration et la mise en œuvre des politiques publiques de planification territoriale : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Caractérisation de la demande et de l’offre en énergie &lt;/li&gt;&lt;li&gt;Réflexion thématique sur l’adéquation entre offre et demande en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Caractérisation de la demande en énergie selon les usages (chaleur, électricité…) et les périmètres d’étude (quartier, typologies de bâtiments…). &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Caractérisation de l’offre en énergie : &lt;/strong&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etat des lieux des filières EnR (projets en fonctionnement, en étude et en développement) &lt;/li&gt;&lt;li&gt;Recensement des installations et caractérisation des fournisseurs et plateformes de production &lt;/li&gt;&lt;li&gt;Perspectives de développement des EnR&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt;2. Réflexions thématiques sur l’adéquation entre offre et demande en énergie : &lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identification des gros consommateurs d’énergie et étude de la mise en place d’un réseau de chaleur urbain ou communal &lt;/li&gt;&lt;li&gt;Identification de sites favorables au développement d’une énergie spécifique &lt;/li&gt;&lt;li&gt;Identification des besoins de froid (actuels et à venir), ainsi que des solutions adaptées pour les réduire et/ou y répondre &lt;/li&gt;&lt;li&gt;Détermination des quartiers ou des typologies de bâtiments prioritaires en termes de rénovation énergétique&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identification des zones favorables aux réseaux de chaleur, étude des problématiques de réseaux liées à l’approvisionnement en électricité, quantification des besoins de froid actuels et à venir, détermination des profils de logements prioritaires en matière de rénovation thermique.&lt;/li&gt;&lt;li&gt;Caractérisation de la demande en énergie et de ses gros consommateurs d’énergie sur un territoire pour déterminer les zones favorables à la mise en œuvre de réseaux de chaleur.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/organiser-une-planification-energie-climat-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>163078</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Identification et quantification des potentiels de réduction des consommations d’énergie et de développement des énergies renouvelables, en lien avec les démarches énergie-climat et enjeux locaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Modalités :&lt;/p&gt;&lt;p&gt;Sur la base de l’état des lieux énergétique, et au regard des objectifs énergie-climat à atteindre (SRADDET, neutralité carbone, PCAET…), élaboration d’études de potentiels et/ou de scénarisations prospectives : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Estimation du potentiel de réduction des consommations d’énergie par secteur et/ou par usage : rénovation thermique des bâtiments, éclairage public… &lt;/li&gt;&lt;li&gt;Evaluation des potentialités de mutation énergétique (conversion des énergies fossiles vers les énergies renouvelables) &lt;/li&gt;&lt;li&gt;Estimation du potentiel de développement des différentes filières énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude des potentiels de développement des EnR à l’échelle des différents EPCI dans une logique de coopérations territoriales avec Bordeaux Métropole &lt;/li&gt;&lt;li&gt;Etude du potentiel d’implantation de méthaniseurs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/identifier-le-potentiel-en-economies-denergie-et-en-energies-renouvelables-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>163077</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et comprendre la situation énergie-climat de mon territoire</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et comprendre la situation énergie-climat de mon territoire</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La collectivité bénéficie des informations nécessaires et d’une connaissance fine de l’existant pour mettre en oeuvre une politique climat-air-énergie efficace. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Etat des lieux et analyse des consommations énergétiques finales par type d’énergie, par secteur et par usage &lt;/p&gt;&lt;p&gt;• Etat des lieux et analyse des productions énergétiques : filières EnR locales, installations de production et de transformation d’énergie &lt;/p&gt;&lt;p&gt;• Analyse des flux énergétiques sur le territoire en mettant en lien production, transformation, transport, distribution, pertes et consommation d’énergie sur le territoire, afin d’apprécier l’autonomie du territoire et ses échanges avec l’extérieur &lt;/p&gt;&lt;p&gt;• Evaluation des émissions territoriales de gaz à effet de serre, directes et indirectes (scopes 1 et 2), et de la séquestration de CO2 du territoire &lt;/p&gt;&lt;p&gt;• Evaluation de la vulnérabilité au changement climatique : analyse des forces et faiblesses du territoire &lt;/p&gt;&lt;p&gt;• Estimation de la dépense énergétique par type d’énergie et par secteur &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diagnostics énergie-climat territoriaux à différentes échelles dans le cadre de plusieurs démarches (PCAET, TEPOS, PNR, Agenda 21, Convention des Maires...) en Gironde.&lt;/li&gt;&lt;li&gt;Fourniture ponctuelle de données dans le cadre de projets territoriaux (PLU, SCOT, études spécifiques…)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion &lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/connaitre-et-comprendre-la-situation-energie-climat-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>163076</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des démarches énergie-climat territoriales structurantes</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des démarches énergie-climat territoriales structurantes</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise énergie-climat pour mettre en place une stratégie territoriale de réduction des consommations d’énergie et des émissions de gaz à effet de serre et de développement des énergies renouvelables et de récupération (EnRR).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;• &lt;/span&gt;Etat des lieux énergie-climat du territoire &lt;/p&gt;&lt;p&gt;• Elaboration d’une scénarisation prospective de la demande en énergie, du mix énergétique et du développement des EnRR à court, moyen et long termes, en lien avec les contextes et objectifs nationaux, régionaux et locaux &lt;/p&gt;&lt;p&gt;• Participation à la définition des objectifs et de la stratégie énergie-climat du territoire &lt;/p&gt;&lt;p&gt;• Participation aux groupes de travail et ateliers thématiques portés par les collectivités en vue de définir un plan d’actions &lt;/p&gt;&lt;p&gt;• Accompagnement tout au long de la mise en place de la démarche : participation aux comités de pilotage, recherche de benchmarks locaux et européens… &lt;/p&gt;&lt;p&gt;• Aide à la mise en place d’indicateurs de suivi &lt;/p&gt;&lt;p&gt;• Suivi des trajectoires d’évolution des consommations et des productions en lien avec les objectifs fixés &lt;/p&gt;&lt;p&gt;• Suivi de la mise en œuvre du plan d’actions et de ses impacts sur la stratégie territoriale&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement des territoires engagés dans des démarches type Plan Climat-Air-Energie Territorial, TEPOS, Agenda 21...&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;EPCI, collectivités, communautés de communes... en Gironde&lt;/li&gt;&lt;li&gt;Adhésion à l&amp;#039;Alec&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention éventuelle&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-demarches-energie-climat-territoriales-structurantes/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>163043</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F85" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie sociale et solidaire
+Accessibilité
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>163042</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Garantir la qualité et l'accessibilité des services de proximité sur l'ensemble du territoire du Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le vieillissement de la population, l’exode des jeunes et l’installation massive de nouveaux ménages (couples avec ou sans enfants) dans le Pays d’Auge font émerger de nouveaux besoins qui nécessitent d’adapter les services et les équipements. Pour accompagner les mutations sociodémographiques, faire de l’offre de services un vecteur d’équilibre des territoires et d’égalité pour les habitants au sens des objectifs poursuivis dans le SRADDET, cette fiche-action n°3 de la stratégie locale du Pays d&amp;#039;Auge met l’accent sur la qualité de vie des habitants, le maintien des liens de proximité et le développement de la mixité sociale et générationnelle. Il convient alors de développer, sur l’ensemble du territoire, une offre de services de qualité et accessible à tous. Les effets du changement climatique sur la santé et les inégalités d’accès aux soins décrits dans les synthèses du GIEC normand rendent indispensables des actions dans le domaine de la santé. C’est également dans les domaines de la petite enfance et de l’inclusion des personnes âgées et/ou en situation de handicap que les besoins sont les plus prégnants et nécessitent un accompagnement fort. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Initiatives visant à faciliter l’&lt;strong&gt;installation en zone rurale des professionnels de santé&lt;/strong&gt; et développement des nouveaux modes d’exercice&lt;/li&gt;&lt;li&gt;Création, développement et &lt;strong&gt;animation d’évènements et de lieux dédiés à la culture et aux loisirs&lt;/strong&gt; favorisant la mixité et élargissant l’offre en zone rurale &lt;/li&gt;&lt;li&gt;Services nouveaux sur le territoire et/ou innovants facilitant l’&lt;strong&gt;accueil des jeunes enfants &lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Projets innovants permettant le &lt;strong&gt;développement de liens intergénérationnels ou renforçant l’inclusion et l’autonomie&lt;/strong&gt; des personne âgées et publics éloignés&lt;/li&gt;&lt;li&gt;Soutien à la création, à l’expérimentation et au développement de &lt;strong&gt;solutions mobiles et de dispositifs d’aller-vers pour les services publics et de proximité&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Projets visant à favoriser l’a&lt;strong&gt;ccessibilité numérique, l’inclusion numérique et la sobriété numérique&lt;/strong&gt; dont les projets visant à développer le télétravail&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination et la coopération entre les acteurs locaux &lt;/strong&gt;contribuant aux services de proximité &lt;/li&gt;&lt;li&gt;Soutien à l’élaboration de &lt;strong&gt;plans d’actions locaux inter-collectivités &lt;/strong&gt;pour développer de nouveaux services &lt;/li&gt;&lt;li&gt;Actions de promotion et de &lt;strong&gt;valorisation de l’offre de services&lt;/strong&gt; disponible sur le territoire &lt;/li&gt;&lt;li&gt;Projets renforçant l&lt;strong&gt;’inclusion, la mixité et l’accessibilité des lieux publics&lt;/strong&gt; (hors PMR)&lt;/li&gt;&lt;li&gt;Initiatives favorisant le lien social et valorisant l’&lt;strong&gt;engagement bénévole et l’implication citoyenne&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Opérations de &lt;strong&gt;prévention&lt;/strong&gt; auprès du grand public et des entreprises en matière de &lt;strong&gt;transition écologique, de santé publique et de lutte contre les discriminations&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions visant au &lt;strong&gt;réemploi et au tri des déchets&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Commerces et services
+Economie sociale et solidaire
+Equipement public
+Accessibilité
+Lutte contre la précarité
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet d&amp;#039;améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/garantir-la-qualite-et-laccessibilite-des-services-de-proximite-sur-lensemble-du-territoire-du-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>163039</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Réinvestir, protéger, valoriser le patrimoine bâti du Pays d'Auge dans ses dimensions culturelles et énergétiques</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le patrimoine
+bâti du Pays d’Auge&lt;/strong&gt; est un marqueur fort de son identité, image d’Épinal de la
+Normandie. Ce patrimoine fait aujourd’hui face à un enjeu de conservation et de
+préservation tout en assurant une plus grande sobriété énergétique. Participant
+à 12 des 59 objectifs du SRADDET normand, la fiche-action n°1 de la stratégie Locale de développement LEADER rend nécessaire une
+meilleure connaissance et appropriation de ce patrimoine afin qu’il puisse être
+restauré en respectant les exigences en matière d’adaptation au changement climatique,
+de gestion du foncier et de valorisation des spécificités du monde rural
+notamment. Ce n’est qu’à cette condition qu’il pourra demeurer vecteur de
+développement économique, culturel et touristique pour le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Améliorer l’efficacité et la sobriété énergétique des bâtiments à valeur patrimoniale&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les changements de comportement face aux enjeux de transition énergétique&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer l’adaptation et la résilience du patrimoine bâti à valeur patrimoniale face aux effets du changement climatique &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir et valoriser les richesses patrimoniales et les savoir-faire identitaires du Pays d’Auge&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etudes pour la rénovation thermique des bâtiments à valeur patrimoniale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien à l’autoproduction d’énergie (hors photovoltaïque)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’expérimentations et d’innovations en matière d&amp;#039;écoconstruction, d’éco rénovation et d’écohabitat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sensibilisation à la sobriété énergétique dans les lieux d’habitation et de travail&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux d’inventaire, de restauration, de conservation et de valorisation du patrimoine bâti culturel et/ou touristique (hors patrimoine à usage cultuel)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions visant à repenser les usages de bâtiments patrimoniaux (dont études) tout en conservant l’identité des lieux afin de leur conférer une vocation collective &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réhabilitation des corps de ferme à valeur patrimoniale dans un objectif d’ouverture au grand public (l’aide sera soumise à l’atteinte d’un gain d’efficacité énergétique d’au moins 30%)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement de lieux d’accueil, de valorisation et actions d’animation des métiers d’art et de rénovation du patrimoine&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projet de réhabilitation d&amp;#039;une ferme augeronne en vue d&amp;#039;en faire un lieu culturel ouvert au public ; Projet de réhabilitation d&amp;#039;un bâtiment augeron pour y développer un lieu collectif ; Réhabilitation d&amp;#039;une ancienne fromagerie y installer un musée sur le savoir-faire...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Economie d'énergie et rénovation énergétique
+Tiers-lieux
+Bâtiments et construction
+Réhabilitation
+Architecture
+Artisanat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;br /&gt;&lt;/strong&gt;1/ Egalité femmes/hommes&lt;br /&gt;2/ Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;br /&gt;3/ Approche partenariale&lt;br /&gt;4/ Adaptation et/ou atténuation du changement climatique&lt;br /&gt;5/ Ruralité&lt;br /&gt;6/ Innovation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;1/ Le projet permet d&amp;#039;améliorer l’efficacité et la sobriété énergétique d&amp;#039;un bâtiment&lt;br /&gt;2/ Le projet permet d&amp;#039;accompagner les changements de comportement face aux enjeux de transition énergétique&lt;br /&gt;3/ Le projet permet de renforcer l&amp;#039;adaptation et la résilience du patrimoine bâti face aux effets du changement climatique&lt;br /&gt;4/ Le projet permet de soutenir et valoriser les richesses patrimoniales et les savoir-faire identitaires du Pays d&amp;#039;Auge&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Aménagements intérieurs et extérieurs en dehors des travaux d’aménagement paysager ; Travaux de construction/extension de bâtiment ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>163171</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser le territoire face aux enjeux écologiques</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Face aux enjeux écologique : un territoire mobilisé, sobre et plus autonome</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les acteurs du territoire se mobilisent autour des plans climat-air-énergie territoriaux et
+des initiatives se développent sur la gestion des impacts du changement climatique
+(ressource en eau, submersion marine).
+Cependant la transition écologique est un défi pour le territoire du Pays du Bessin au
+Virois.
+Répondant à 11 objectifs prioritaires du SRADDET et prenant en considération les
+constats et préconisations scientifiques du GIEC normand, cette fiche vise accompagner
+la transition écologique du territoire, afin qu&amp;#039;il puisse réduire ses impacts
+environnementaux, l’adaptation des populations au changement climatique ainsi que des
+actions pour l’atténuer et renforcer son autonomie énergétique et alimentaire.
+Le retrait du trait de côte, la préservation de l’environnement, la protection d’espaces
+naturels et de la biodiversité, la préservation des ressources et le réemploi, sont autant
+de thématiques qui pourront être développée via les projets accompagnés cette fiche-action.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver les ressources du territoire (eau, énergie, matières premières) et réduire les
+externalités (déchets, pollutions, gaz à effet de serre).&lt;/li&gt;&lt;li&gt;Développer l&amp;#039;autonomie et les circuits courts alimentaires.&lt;/li&gt;&lt;li&gt;Sensibiliser les citoyens, collectivités et entreprises aux enjeux du développement
+durable.&lt;/li&gt;&lt;li&gt;Modifier les comportements des acteurs du territoire. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création de communications adaptées et ciblées sur le développement durable, selon le principe de
+&amp;#34;l&amp;#039;accompagnement au changement&amp;#34; ;&lt;/li&gt;&lt;li&gt;Organisation d’animations et d&amp;#039;ateliers de sensibilisation participatifs, notamment auprès du jeune public ;
+&lt;/li&gt;&lt;li&gt;Animation et accompagnement de projets de transition, notamment pour soutenir les initiatives citoyennes ; et les
+projets visant à atténuer l’incidence des changements climatiques
+&lt;/li&gt;&lt;li&gt;Réalisation d’observatoires territoriaux participatifs, permettant d&amp;#039;identifier les acteurs locaux de l&amp;#039;éducation à
+l&amp;#039;environnement et de la gestion des ressources ;
+&lt;/li&gt;&lt;li&gt;Développement et accompagnement de projets permettant de favoriser la réparation et le réemploi ;
+&lt;/li&gt;&lt;li&gt;Création d&amp;#039;espaces de partage et de valorisation d&amp;#039;expériences ;
+&lt;/li&gt;&lt;li&gt;Etudes visant à la création de filières courtes de production / distribution alimentaire et action favorisant
+l’approvisionnement local des cantines scolaires ;
+- Développement de projets de jardins partagés, encadrés et écologiques ;
+&lt;/li&gt;&lt;li&gt;Soutien à la rénovation thermique des bâtiments publics (études) et à leurs projets d’autoconsommation ;
+&lt;/li&gt;&lt;li&gt;Accompagnement et développement de solutions innovantes de production d&amp;#039;énergie dites &amp;#34;low-tech&amp;#34; ;&lt;/li&gt;&lt;li&gt;Développement de dispositifs de récupération et de gestion des eaux par les collectivités, les associations et les
+entreprises ;
+&lt;/li&gt;&lt;li&gt;Actions de préservation de la biodiversité ;
+&lt;/li&gt;&lt;li&gt;Actions visant à développer le tri et le réemploi des déchets ;&lt;/li&gt;&lt;li&gt;Actions d’atténuation de l’impact environnemental de l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie locale et circuits courts
+Biodiversité
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet permet de préserver les ressources du territoire et/ou de réduire les externalités&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet de développer l&amp;#039;autonomie et les circuits courts&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet permet de sensibiliser les citoyens, les collectivités et entreprises aux enjeux du développement durable&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet d&amp;#039;encourager les changements de comportements des acteurs du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail, &lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-le-territoire-face-aux-enjeux-ecologiques/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>163169</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Développer les mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Des mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité.</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J90" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La mobilité dans le Pays du Bessin au Virois est très dépendante de l&amp;#039;automobile.
+Cette situation renforce la vulnérabilité des publics fragiles ou isolés et n&amp;#039;est pas soutenable à
+terme compte tenu des enjeux climatiques et énergétiques.
+Par ailleurs, le développement des alternatives doit s&amp;#039;articuler avec la préservation des
+espaces naturels et agricoles (consommation de foncier).
+Cette fiche vise à soutenir l&amp;#039;émergence de solutions de mobilité décarbonées, accessibles à
+tou.te.s, mais également de dispositifs permettant de réduire les déplacements subis ou
+contraints dans une logique de sobriété. Les objectifs poursuivis font échos à 10 axes du
+SRADDET, en particulier l’objectif 44 qui traite des nouvelles pratiques de mobilité.
+Naturellement, cette fiche action prend en compte les constats du GIEC normand et se veut
+répondre aux problématiques de la pollution de l’air et les inégalités d’accès aux services de
+soins.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives aux modes de déplacements individuels et carbonés
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organiser les déplacements contraints
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Garantir l&amp;#039;accès à la mobilité pour tou.te.s.
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planifier l&amp;#039;offre de mobilité à une plus grande échelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation et animation de schémas globaux de déplacements dans les EPCI et entre les EPCI ;
+&lt;/li&gt;&lt;li&gt;Création/renforcement de &amp;#34;pôles de mobilité&amp;#34; de proximité, regroupant les offres alternatives ;
+&lt;/li&gt;&lt;li&gt;Création ou développement de plateformes de réservation en ligne et de partage de solutions de mobilité ;
+&lt;/li&gt;&lt;li&gt;Développement de lignes de transports collectifs intra et inter communautaires (EPCI) permettant de renforcer
+l&amp;#039;accès aux services et commerces ;
+&lt;/li&gt;&lt;li&gt;Création de dispositifs d&amp;#039;autopartage basés sur des véhicules à faible impact (électrique ou GNV), portés par les
+entreprises et/ou les collectivités à destination des habitants et/ou des salariés ;
+&lt;/li&gt;&lt;li&gt;Promotion de dispositifs favorisant le covoiturage (études, communication) ;
+&lt;/li&gt;&lt;li&gt;Création de services de mobilités actives (études, communication, signalétique, achat de matériels) ;
+&lt;/li&gt;&lt;li&gt;Création ou renforcement d&amp;#039;offres de transport innovantes, individualisées et personnalisées à visée sociale (transport
+à la demande). &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Voirie et réseaux
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet propose des alternatives aux modes de déplacements individuels et carbonés&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet d&amp;#039;organiser les déplacements contraints&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet a pour objectif de garantir l&amp;#039;accès à la mobilité pour tous &lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de planifier et diversifier l&amp;#039;offre de mobilité sur le territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-mobilites-responsables-accessibles-a-tou-te-s-et-structurees-autour-de-poles-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>163142</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
+mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
+territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
+au profit des collectivités seine-et-marnaises pour un accompagnement dans la
+mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
+orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
+un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
+Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
+potentialités offertes pour poursuivre son développement, tout en conservant
+ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
+réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
+l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
+initiatrice de la demande, puis auprès des communes volontaires si elles en
+estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
+pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
+leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
+collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>163141</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et coordonner les différents acteurs pour la désimperméabilisation d'espaces publics</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Désimperméabilisation d'espaces publics</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La démarche de désimperméabilisation et de végétalisation
+des espaces publics (place, parking, cour d’école, aire de jeux,…) est devenue
+un enjeu dans un contexte de changement climatique. Elle cible une gestion
+intégrée des eaux pluviales en surface (infiltration) à toutes les échelles pour
+limiter les phénomènes de ruissellement.&lt;/p&gt;&lt;p&gt;Une gestion intégrée des eaux pluviales en surface
+(infiltration) a pour objectifs de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter les phénomènes de ruissellement,&lt;/li&gt;&lt;li&gt;limiter la saturation des systèmes d’assainissement,&lt;/li&gt;&lt;li&gt;limiter les inondations,&lt;/li&gt;&lt;li&gt;préserver les ressources naturelles en favorisant la
+recharge des nappes,&lt;/li&gt;&lt;li&gt;préserver la qualité de l’eau,&lt;/li&gt;&lt;li&gt;réintroduire la nature,&lt;/li&gt;&lt;li&gt;favoriser la biodiversité,&lt;/li&gt;&lt;li&gt;et contribuer à réduire le phénomène d&amp;#039;îlots de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Suite à une phase de diagnostic préalablement conduite sur
+place par les services départementaux et leurs partenaires, un accompagnement
+adapté est proposé pour faire aboutir le projet de désimperméabilisation.&lt;/p&gt;&lt;p&gt;Cet accompagnement comprend :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réalisation d’un état des lieux du site&lt;/li&gt;&lt;li&gt;L’accompagnement et le conseil sur l’aménagement
+du site (conseils techniques pour la maîtrise d’ouvrage et rédaction du cadre
+général du cahier des charges)&lt;/li&gt;&lt;li&gt;Coordination entre les différents acteurs dans
+la phase d’étude&lt;/li&gt;&lt;li&gt;Accompagnement au montage de dossiers de demande
+de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Direction de l&amp;#039;Eau, de l&amp;#039;Environnement et de
+l&amp;#039;Agriculture (DEEA) pilotera, animera et coordonnera cette prestation, en lien
+avec Aqui&amp;#039;Brie sur son périmètre d&amp;#039;intervention. Elle apportera des conseils
+sur la gestion des eaux pluviales et la création d’ilots de fraicheur. En tant
+que référent elle sera en charge de la coordination des acteurs et la
+répartition des missions d’expertise entre les différents partenaires.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ainsi, selon la complexité du dossier et les thématiques
+abordées, Seine-et-Marne Environnement (SEME), la Direction des Routes (DR) et
+le CAUE77 seront amenés à intervenir techniquement sur leur domaine de
+compétence : Le CAUE77 en particulier sur l’analyse paysagère des sites, la
+création de schéma d’intention et la prise en compte de l’accessibilité, SEME
+sur La sensibilisation aux enjeux environnementaux des différents acteurs et
+l’intégration d’une biodiversité dans les projets et la Direction des Routes
+sur les dépendances de la route.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Désimperméabilisation et végétalisation des espaces publics  type place, parking, cour d’école, aire de jeux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Sols
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités de Seine-et-Marne &lt;/li&gt;&lt;li&gt;Accompagnement gratuit par les services départementaux.&lt;/li&gt;&lt;li&gt;Certaines prestations délivrées par les organismes associés
+du Département peuvent être payantes, et/ou conditionnées à l’adhésion de la
+commune à l’organisme ou à un conventionnement entre le  demandeur et l’organisme (Seine-et-Marne Environnement).&lt;/li&gt;&lt;li&gt;Si payant ou sous conditions, détail du coût.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
+        </is>
+      </c>
+      <c r="W92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>163082</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Rénover et construire durablement un bâtiment public</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Rénover et construire durablement un bâtiment public</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribution à la réflexion en amont du projet et aide à la programmation et aux études préalables pour : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter le coût d’investissement en optimisant les choix &lt;/li&gt;&lt;li&gt;avoir des consommations d’énergie conformes au niveau attendu &lt;/li&gt;&lt;li&gt;assurer le confort en toute saison&lt;/li&gt;&lt;li&gt; faciliter l’exploitation future d’un bâtiment &lt;/li&gt;&lt;li&gt;intégrer éventuellement une solution d’énergie renouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;MODALITES :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définition d’un objectif de performance énergétique&lt;/li&gt;&lt;li&gt;visite du bâtiment et analyse des consommations &lt;/li&gt;&lt;li&gt;Proposition de solutions d’amélioration&lt;/li&gt;&lt;li&gt;Aide à la rédaction du cahier des charges technique (choix assistance à maîtrise d’ouvrage, maîtrise d’œuvre) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation au concours d’architecte lancé par la collectivité &lt;/li&gt;&lt;li&gt;Analyse des dossiers techniques dans les différentes phases du projet (avant-projet sommaire, avant-projet définitif, dossier de consultation des entreprises, exécution, exploitation…) &lt;/li&gt;&lt;li&gt;Participation aux différentes réunions du projet &lt;/li&gt;&lt;li&gt;Suivi des travaux et échanges avec les entreprises et la maîtrise d’ouvrage &lt;/li&gt;&lt;li&gt;Validation du niveau de performance attendu &lt;/li&gt;&lt;li&gt;Accompagnement de la société d’exploitation durant la phase de réglages des installations techniques &lt;/li&gt;&lt;li&gt;Suivi du fonctionnement général de tous les systèmes thermiques du bâtiment pendant la phase de parfaite achèvement des travaux &lt;/li&gt;&lt;li&gt;Bilan des consommations sur les premières années d’utilisation du bâtiment&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rénovation globale de bâtiments (isolation des murs, des toitures, remplacement des menuiseries, réflexion sur le système de chauffage en place) &lt;/li&gt;&lt;li&gt;Participation au jury des concours d’architecture et analyse des documents dans les différentes phases du projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/collectivites/etre-accompagne-projets/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-et-construire-durablement-un-batiment-public/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G73" s="1" t="inlineStr">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>163081</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La collectivité est accompagnée dans le suivi énergétique de ses bâtiments publics et bénéficie d’un soutien technique dans la réalisation des travaux préconisés par l’ALEC.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rencontre avec la collectivité et les partenaires concernés &lt;/li&gt;&lt;li&gt;Visite technique des bâtiments publics (système constructif, état et épaisseur des isolants existants, menuiseries, système de chauffage et climatisation, régulation…) • Analyse des consommations des trois dernières années &lt;/li&gt;&lt;li&gt;Suivi des consommations d’énergie et d’eau des bâtiments et éclairage public &lt;/li&gt;&lt;li&gt;Préconisation d’actions d’économie d’énergie sur les bâtiments étudiés &lt;/li&gt;&lt;li&gt;Réalisation d’un plan pluriannuel d’investissement en concertation avec l’équipe municipale &lt;/li&gt;&lt;li&gt;Identification de potentiel en énergies renouvelables &lt;/li&gt;&lt;li&gt;Sensibilisation des usagers des bâtiments publics aux économies d’énergie &lt;/li&gt;&lt;li&gt;Proposition de programmes pluriannuels d’investissement sur chaque bâtiment public (régulation et programmation du chauffage, isolation, chauffage performant renouvelable…) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ALEC s’adapte aux besoins de la collectivité et peut réaliser l’intégralité de l’accompagnement cité ci-dessus ou uniquement une partie.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/collectivites/agir-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-sur-la-maitrise-de-lenergie-de-mon-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>163080</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un porter à connaissance énergie-climat</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un porter à connaissance énergie-climat</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise énergie-climat dans la conception ou l’aménagement d’un projet urbain ou site à enjeux (éco-quartier, zone d’activités…), dans le but d’apprécier de façon transversale les opportunités de desserte et/ou réhabilitation énergétiques.&lt;/p&gt;&lt;p&gt;Réalisation d’un &lt;strong&gt;« Porter à connaissance Energie / Urbanisme » &lt;/strong&gt;auprès du ou des maîtres d’ouvrage du projet  comprenant : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définition d’un périmètre d’analyse pertinent, intégrant le ou les projets et les bâtiments et tissus existants situés à proximité, &lt;/li&gt;&lt;li&gt;Identification des consommateurs en jeu et quantification des besoins énergétiques &lt;/li&gt;&lt;li&gt;Caractérisation des tissus bordant le projet : typologie, nombre de logements, surfaces des bâtiments, datation, domanialité, mode et énergie de chauffage… &lt;/li&gt;&lt;li&gt;Identification qualitative et quantitative des ressources renouvelables mobilisables au droit du projet et au regard de « l’économie générale » des ressources renouvelables locales &lt;/li&gt;&lt;li&gt;Propositions d’options de rénovation thermique et/ou de desserte en énergies renouvelables satisfaisant tout ou partie des besoins énergétiques en jeu.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude de préfaisabilité d’un réseau de chaleur sur un quartier des hôpitaux &lt;/li&gt;&lt;li&gt;Etude de l’intégration des tissus urbains existants dans la réflexion de desserte énergétique d&amp;#039;un quartier &lt;/li&gt;&lt;li&gt;Etude de l’adéquation entre besoins et distribution en électricité à moyen-long terme&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Bâtiments et construction
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-dun-porter-a-connaissance-energie-climat/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>163012</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
+territoire de campagne vivante et productive, au cadre de vie agréable et qui
+accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
+vie, de s’adapter au changement climatique et de réduire son impact environnemental,
+le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
+consommation, de sa production d’énergie et de son environnement (qualité des
+paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
+son écosystème d’acteurs permet de mettre l’accent sur les actions de
+prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
+à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
+     la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
+     les initiatives, les expérimentations et les actions favorisant la
+     connaissance et la préservation de l’environnement et des ressources
+     naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
+     bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
+&lt;span&gt;Privilégier de nouvelles filières économiques,
+notamment l’économie circulaire et les filières de matériaux biosourcés ou
+géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;Etudes
+     visant à consolider le projet du porteur de projet dans le domaine de la
+     ressource énergétique, de la préservation de l’environnement et de la
+     biodiversité : études stratégiques, diagnostics préalables, audits, études
+     de faisabilité, études de potentiels énergétiques (par exemple schéma
+     directeur d’aménagement lumière, atlas de la biodiversité, schéma des
+     énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Campagnes
+     de sensibilisation, animations notamment pédagogiques, actions
+     d’information, de communication de conseil et organisation d’évènements
+     sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
+      transition énergétique en faveur de la sobriété des consommations
+      énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
+      développement des activités relevant du domaine de l’économie circulaire
+      et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
+      démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
+travaux de structuration de sites pour accueillir du public (faciliter les
+visites de sites) et restauration environnementale (jardins pédagogiques,
+milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Santé
+Qualité de l'air
+Biodiversité
+Paysage
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P96" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q96" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P98" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>162976</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les ressources durables des villages du territoire</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 1 - FEDER</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat</t>
-[...7 lines deleted...]
-      <c r="K73" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, à l’image de la Gironde, consomme et produit peu
+d’énergies renouvelables dans son mix énergétique. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Par ailleurs le ralentissement de la croissance, le changement climatique
+et les prix de l’énergie impactent les équilibres du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La mise en place des Plans Climat Air Energie Territoire (PCAET) à
+l’échelle des SCOT et déclinés par CDC est une première étape pour donner un
+cadre et passer à l’opérationnel.&lt;/p&gt;&lt;p&gt;Ce qui est en jeu est donc de :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations énergétiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place la transition énergétique pour rendre majoritaire la
+part d’énergies renouvelables produites et consommées&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes, animation ou
+outils visant à remplacer la consommation des énergies fossiles par des
+énergies renouvelable&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes, animation ou
+outils pour impulser et engager la rénovation énergétique à l’échelle locale&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Soutien aux
+opérations de rénovation/extension de bâtiments permettant de développer ou
+améliorer les logements sociaux dans les centres-bourgs (-20 logements par
+opération)&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
+ingénierie pour améliorer la performance énergétique et thermique de l’habitat
+privé.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Montage et
+sensibilisation de filières locales énergétiques et de matériaux bio et
+géo-sourcés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation de
+communautés locales investissant dans les énergies renouvelables&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Modernisation des
+équipements d’éclairage public locaux vers des solutions économes, durables et intégrée
+dans une stratégie de dynamisation des centres-bourgs, villes ou quartiers
+politiques de la ville.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>162966</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les pollutions à l’ozone et sectorielles</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>162938</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transition écologique</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>162829</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les transitions écologiques et énergétiques</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J102" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Promouvoir l&amp;#039;agriculture et les productions locales dans les pratiques alimentaires du territoire ;&lt;br /&gt;- Encourager les entreprises aux pratiques de gestion durable des ressources ;&lt;br /&gt;- Soutenir les projets innovants qui participent à la résilience du territoire ;&lt;br /&gt;- Accompagner les changements de pratiques pour préserver les ressources.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Accompagner les territoires vers de nouvelles pratiques alimentaires ;&lt;br /&gt;- Favoriser les alternatives écologiques des entreprises publiques et privées ;&lt;br /&gt;- Initier les innovations énergétiques ;&lt;br /&gt;- S&amp;#039;adapter pour gérer durablement la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;accompagnement des territoires vers l&amp;#039;alimentation durable ;&lt;br /&gt;- Opérations favorisant les alternatives écologiques des structures publiques et entreprises privées ;&lt;br /&gt;- Opérations favorisant les innovations énergétiques et durables ;&lt;br /&gt;- Opérations visant à adapter le territoire à une gestion durable de la ressource en eau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Alimentation durable : &lt;/strong&gt;Ensemble de pratiques alimentaires visant à nourrir les êtres humains en qualité et en quantité suffisante, aujourd&amp;#039;hui et demain, dans le respect de l&amp;#039;environnement, en étant accessible économiquement et rémunératrice sur l&amp;#039;ensemble de la chaîne alimentaire (ADEME).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt;/ 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-transitions-ecologiques-et-energetiques/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>162707</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Permettre un développement économique durable fondé sur la valorisaiton qualitative et cohérente des ressources locales</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°2</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond de 64 000€</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le programme européen de
+subvention LEADER 2023-2027, le GAL souhaite accompagner le développement
+économique local, une économie durable en lien avec la valorisation des
+ressources locales. &lt;/span&gt;&lt;span&gt;Est entendu comme « ressources
+locales » toutes matières/énergies biosourcées ou &lt;/span&gt;&lt;span&gt;géosourcées&lt;/span&gt;&lt;span&gt;
+issues du territoire telles que des matières issues des filières agricoles ou
+forestières, la terre, les pierres,... L’ensemble du cycle économique est
+envisagé, il peut s’agir de &lt;/span&gt;&lt;span&gt;soutien
+aux &lt;/span&gt;&lt;span&gt;filières de productions ou
+transformations, d’entreprises artisanales, de services et de commerces ou
+finalement, de services de valorisation de déchets. &lt;/span&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;a
+&lt;/span&gt;&lt;span&gt;prise en compte par les porteurs de
+projets de la transition écologique sera particulièrement vérifiée que cela
+concerne l’objectif de l’activité, la gestion courante ou les investissements. &lt;/span&gt;&lt;u&gt;&lt;span&gt;Des lignes de partage définissent
+les projets pouvant être aidés par le FEADER, le FEDER et le LEADER.&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Exemples de projets :
+Installation pour pastoralisme ; Production maraichère en régie municipale ;
+Atelier de transformation de fruits ; Equipement d’un boulanger transformant
+des céréales locales ; Création d’un atelier artisanal travaillant du cuir français
+ou du bois local ; Recyclerie,…&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique
+Artisanat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
-[...20 lines deleted...]
-      <c r="M73" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Être une
+TPE/PME , une association ou un porteur public&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;&lt;span&gt;-&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;&lt;span&gt;-&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- &lt;span&gt;Être en
+capacité de &lt;/span&gt;&lt;span&gt;régler par avance les dépenses&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Bât. ATOME - 2 rue Michelet 30100 Alès&lt;/p&gt;&lt;p&gt;04 66 25 32 88 / 06 86 94 62 87&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-un-developpement-economique-durable-fonde-sur-la-valorisaiton-qualitative-et-coherente-des-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>162693</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités territoriales souhaitant mettre en place une stratégie d’adaptation au changement climatique sur leur territoire</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d'intérêt TACCT Île-de-France #Édition 2024</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à manifestation d’intérêt s’adresse aux collectivités d’Ile-de-France souhaitant enclencher des changements profonds dans la manière d’élaborer et de mettre en œuvre les politiques d’adaptation au changement climatique et leurs actions sur leur territoire avec &lt;a href="https://tacct.ademe.fr/" target="_blank"&gt;TACCT&lt;/a&gt; (Trajectoires d&amp;#039;Adaptation au Changement Climatique des Territoires).&lt;/p&gt;&lt;p&gt;Adaptés et résilients : développant des capacités naturelles,      humaines, organisationnelles et techniques permettant de s’adapter aux      changements et de surmonter les chocs à venir, qu’ils soient climatiques,      écologiques, énergétiques, sanitaires, démographiques, ou encore économiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les collectivités lauréates bénéficieront :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;de sessions de formations ADEME sur l’Adaptation au changement      climatique&lt;/li&gt;&lt;li&gt;d’un accompagnement (sous forme de coaching) sur 6 étapes de la prise en main de la démarche à      l’évaluation des premières actions mises en œuvre&lt;/li&gt;&lt;li&gt;d’une animation et d’une mise en réseau entre les territoires      lauréats&lt;/li&gt;&lt;li&gt;d’accompagnements individuel et collectif par les partenaires de cet AMI adaptés à leur spécificités de territoire…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La candidature à cet AMI ne propose pas à cette étape de financement.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Si sa candidature est retenue, le territoire s’engage à déposer une demande de financement avant le 1ᵉʳ octobre 2025 sur le portail ADEME   &lt;a href="https://agirpourlatransition.ademe.fr/" target="_blank"&gt;https://agirpourlatransition.ademe.fr&lt;/a&gt; et/ou de la Région.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;6 étapes d’accompagnements :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les 6 étapes de l’accompagnement devront être mises en œuvre sur la durée de l&amp;#039;AMI TACCT IDF (24 mois). Avec le lancement d’une première action concrète devant faire l’objet d’une demande d’aide demande d’aide avant le 1ᵉʳ octobre 2025.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Étape #1.&lt;/strong&gt; Prise en main de la démarche TACCT &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #2. &lt;/strong&gt;Accompagnement TACCT  &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #3.&lt;/strong&gt; Priorisation des actions &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #4. &lt;/strong&gt;Formalisation des demandes d&amp;#039;aide financières&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #5. &lt;/strong&gt;Mise en œuvre des premières actions accompagnées par l&amp;#039;AMI TACCT&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #6.&lt;/strong&gt; Évaluation des premières actions mises en œuvre &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets devront être en lien avec une ou plusieurs des thématiques d’intervention de l’ADEME : agriculture urbaine, alimentation, mobilité, production d’énergies renouvelables, optimisation de la consommation des ressources et des espaces.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Retrouvez l’ensemble des informations dédiées à cet AMI dont le cahier des charges sur la plateforme Innover pour la Transition : &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/admin/challenges/ami-tacct-idf-edition-2024/challenges/general_editions/edit?lang&amp;#61;fr" target="_blank"&gt;https://www.innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-idf-edition-2024?lang&amp;#61;fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Je vérifie mon éligibilité&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour un échange préalable au dépôt d&amp;#039;une candidature, les collectivités pourront participer aux webinaires organisés :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;le 9 juillet 2024 entre 15h et 16h&lt;/li&gt;&lt;li&gt;le 13 septembre 2024 de 11h à 12h&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;S&amp;#039;inscrire aux webinaires&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://events.teams.microsoft.com/event/0795b459-dad4-46a6-a9a5-cc48d855f12b&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849"&gt;Inscription en ligne pour le webinaire du 9 juillet sur le site&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://events.teams.microsoft.com/event/ccdd4708-a333-4316-9302-71d4d46a91a7&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849"&gt;Inscription en ligne pour le webinaire du 13 septembre sur le site&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-tacct-ile-de-france-edition-2024/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>162652</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Programme ACTEE - SDE35</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J105" s="1" t="inlineStr">
+        <is>
+          <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>162651</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement vos bâtiments publics via le programme SERENE</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Programme SERENE - Service de Rénovation énergétique du SDE35</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possible ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les travaux accompagnés ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations de rénovation globale&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;efficacité énergétique avec priorité donnée aux travaux éligibles à l&amp;#039;intracting (remplacement des équipements de chauffage, relamping, GTB)&lt;/li&gt;&lt;li&gt;Possibilité de confier les travaux lourds de rénovation : en coordination avec les offres existantes des SEM : Territoires, SEM Breizh, Orchestr&amp;#039;Am, Terres et toits.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement technique&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation des travaux « d’efficacité énergétique » par le SDE35 sous mandat de maitrise d’ouvrage déléguée, afin de mutualiser le suivi et les achats ou achats&lt;/li&gt;&lt;li&gt;Ou réalisation des travaux en Assistance à Maitrise d’Ouvrage (AMO) pour vous garantir que les moyens sont en adéquation avec vos objectifs de performances énergétiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement financier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mutualisation du financement des travaux de rénovation à l’échelle du SDE35, comprenant la recherche de financements extérieurs (subventions) et le portage des emprunts via un partenariat engagé avec la Banque des Territoires (pour les temps de retour sur investissement inférieur à 13 ans) ou des banques privées (pour les TRI &amp;gt; 13 ans).&lt;/li&gt;&lt;li&gt;Remboursement différé des annuités après la mise en service de la rénovation, afin de permettre à la collectivité propriétaire de dégager des capacités de remboursement par les économies de fluides réalisées&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Coût pour les collectivités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cession des CEE des travaux au SDE35&lt;/li&gt;&lt;li&gt;Frais de commissionnement allant de 1 à 5 % suivant l&amp;#039;ingénierie demandée&lt;/li&gt;&lt;li&gt;Conventionnement adapté sur la durée avec les communes en fonction de chaque projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets en délégation de maitrise d&amp;#039;ouvrage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/20240111-140256-66742bd853de6.jpg" alt /&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Remplacement du système de chauffage par création d&amp;#039;une chaufferie et d&amp;#039;un réseau technique - Budget prévisionnel de l&amp;#039;opération HT : 345 000 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectif : 35 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une chaudière à granulés avec son silo&lt;/p&gt;&lt;p&gt;Création d&amp;#039;un réseau technique reliant 2 bâtiments&lt;/p&gt;&lt;p&gt;Rénovation du site existant&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/bain-ext-66742c8b48e7e.jpg" alt /&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Rénovation d&amp;#039;une salle polyvalente - Budget prévisionnel de l&amp;#039;opération HT : 254 730 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectifs : 56 % de réduction des consommations énergétiques et 54 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Mise en place d&amp;#039;une Gestion Technique Centralisée de bâtiment&lt;/p&gt;&lt;p&gt;Changement des menuiseries et installation de filtres solaires&lt;/p&gt;&lt;p&gt;Abaissement et isolation de plafond&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une Centrale de Traitement d&amp;#039;Air double-flux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité au dispositif SERENE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La collectivité reverse la totalité ou une partie de la TCFE au SDE35&lt;/li&gt;&lt;li&gt;La collectivité conventionne avec le service CEP sur son territoire. Les territoires non couverts par un CEP sont invités à s&amp;#039;adresser directement au SDE35.&lt;/li&gt;&lt;li&gt;La collectivité a réalisé un audit énergétique ou un pré-diagnostic du CEP avant l&amp;#039;intervention de SERENE.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thomas BERTHIAU - responsable du pôle SERENE - &lt;a target="_self"&gt;t.berthiau&amp;#64;sde35.fr&lt;/a&gt; - 07 56 05 45 65&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)
+Fédération nationale des collectivités concédantes et régies (FNCCR)
+Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
+Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
+de mettre à disposition et financer des outils d’aide à la décision pour les
+groupements de collectivités qui souhaitent développer des projets de
+rénovation énergétique des bâtiments publics. A l’échelle du Var ce
+programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
+COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
+permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
+conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;o&lt;span&gt;  
+&lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
+différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
+ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
+de flux ACTEE83 avec le
+recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
+collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
+collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
+des collectivités sur l’amélioration énergétique des bâtiments publics en
+communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
+du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
+de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
+AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2023</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2026</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
-[...14 lines deleted...]
-      <c r="N73" s="1" t="inlineStr">
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -15183,10876 +20268,5606 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-Spectacle vivant
 Médias et communication
 Industrie
-Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
-Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
-Protection animale</t>
-[...2 lines deleted...]
-      <c r="O73" s="1" t="inlineStr">
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
-[...12 lines deleted...]
-      <c r="S73" s="1" t="inlineStr">
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X73" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Point de contact national Nord de la France :
+  Email
  &lt;/strong&gt;
-&lt;/p&gt;
-[...11 lines deleted...]
-  Point de contact national Sud de la France et RUP :
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
-&lt;/p&gt;
-[...19 lines deleted...]
-      <c r="AA73" s="1" t="inlineStr">
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G74" s="1" t="inlineStr">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>161700</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...2 lines deleted...]
-      <c r="H74" s="1" t="inlineStr">
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>161727</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné pendant 4 ans dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>161731</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Former et accompagner les industriels dans leur démarche de décarbonation. Il s’agit de faciliter le passage à l’action vers des investissements</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>PACTE Industrie - Parcours Accompagnement et Compétences pour la Transition Énergétique de l’Industrie</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le programme PACTE Industrie propose des études et coachings sur plusieurs thématiques :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Management de l&amp;#039;énergie&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des études d’opportunités d’évolution du mix énergétique, pour étudier les différents leviers à actionner (efficacité énergétique, récupération de chaleur fatale, énergies renouvelables, ou encore électrification et hydrogène), à l’échelle du site industriel.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: audit énergétique de moins de 4 ans ou revue énergétique de moins de 3 ans.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20Etude%20d%27opportunit%C3%A9%20mix%20%C3%A9nerg%C3%A9tique%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges études d&amp;#039;opportunité mix énergétique&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Des &lt;a target="_blank" href="https://pro-smen.org"&gt;primes PRO-SMEn&lt;/a&gt; pour mettre en place la norme ISO 50 001 (Système de management de l’énergie).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Stratégie de décarbonation&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des accompagnements pour élaborer une stratégie de décarbonation ambitieuse et le plan de transition associé (ACT pas à pas), à l’échelle du groupe. &lt;br /&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: Bilan GES de moins de 2 ans qui couvre toutes les sources importantes d’émissions de GES.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20ACT%20Pas%20%C3%A0%20Pas%20-%20M%C3%A9thodologie.pdf"&gt;Méthodologie ACT pas à pas&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des accompagnements pour élaborer une Trajectoire d’Investissements Bas Carbone (TIBC) à l’échelle du groupe qui permettent de fournir un chiffrage des enjeux financiers et l’estimation des gains d’émissions de gaz à effet de serre associés.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis&lt;/strong&gt; : audit énergétique et bilan GES au moins scope 1 et 2.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Point important&lt;/strong&gt; : des études d’opportunités d’évolution du mix énergétique seront à mener en parallèle de ces travaux.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20STIBC%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges trajectoires d&amp;#039;investissements bas carbone&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des accompagnements combinant les deux approches précédentes, intitulés « Stratégie et Trajectoire d&amp;#039;investissements bas carbone (STIBC) » et permettant de construire des stratégies et trajectoires d’investissements bas carbone à l’échelle du groupe industriel. Ils structurent la vision, la stratégie de décarbonation, le plan de transition associé et apporte une aide dans la priorisation des investissements.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: prérequis et points importants des démarches ACT pas à pas et Trajectoire d&amp;#039;Investissements Bas Carbone.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20STIBC%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges trajectoires d&amp;#039;investissements bas carbone&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des études pour évaluer l’ambition d’une stratégie de décarbonation et son alignement au regard des objectifs de l’Accord de Paris (ACT évaluation).&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://actinitiative.org/act-methodologies/"&gt;Méthodologies ACT évaluation&lt;/a&gt; (en anglais).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Financement de la transition&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des accompagnements / coachings pour les projets d’investissement bas carbone qui permettent de construire le plan de financement des investissements. Pour un projet, le coach accompagnera le directeur financier dans la définition des modes de financement, dans l&amp;#039;identification des arguments clés pour convaincre les financeurs, ou encore dans l&amp;#039;analyse des risques technico-économiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les accompagnements relatifs aux projets d’investissement et les cahiers des charges associés seront disponibles au premier semestre 2024.&lt;/p&gt;&lt;p&gt;Cette page concerne &lt;strong&gt;uniquement les demande d&amp;#039;aides pour les études et coachings prévus dans PACTE Industrie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour les formations et pour en savoir plus sur ce programme, vous pouvez &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie"&gt;consulter la page suivante&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le parcours décarbonation d&amp;#039;un industriel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME vous propose un parcours de décarbonation de l’industrie en 4 étapes pour réduire vos émissions de gaz à effet de serre. En fonction de votre maturité, trouvez les aides qui vous correspondent :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;Faire un état des lieux pour connaitre votre situation et identifier les pistes d’actions : &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/audit-energetique-industrie"&gt;les audits énergétiques en industrie&lt;/a&gt; ; et les bilans GES avec les Diag Décarbon&amp;#039;action de BPI France.&lt;/li&gt;&lt;li&gt;Structurer votre démarche à court-moyen-long terme sur les volets énergie, stratégie et financement à travers &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/pacte-industrie-parcours-accompagnement-competences-transition-energetique-0"&gt;PACTE Industrie&lt;/a&gt;.&lt;/li&gt;&lt;li&gt;Investiguer et consolider vos projets par des &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/etudes-faisabilite-performance-energetique-decarbonation-dentreprises"&gt;études de faisabilité de performance énergétique ou de décarbonation&lt;/a&gt; ; et les &lt;a target="_blank" href="https://expertises.ademe.fr/energies/energies-renouvelables-enr-production-reseaux-stockage/passer-a-laction/produire-chaleur/fonds-chaleur-bref"&gt;différentes études Fonds Chaleur&lt;/a&gt;.&lt;/li&gt;&lt;li&gt;Investir dans des solutions via les aides de l’ADEME : Fonds Chaleur et Fonds Décarbonation de l’Industrie notamment.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/pacte-industrie-parcours-accompagnement-competences-transition-energetique</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pacte-industrie-parcours-accompagnement-et-competences-pour-la-transition-energetique-de-lindustrie/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>161736</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un soutien financier à la réalisation de groupes de projets ayant recours à de la chaleur d'origine renouvelable et de récupération</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un &lt;strong&gt;financement pour développer les énergies   renouvelables thermiques et de récupérations&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d&amp;#039;un contrat unique qui permet de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable patrimonial, d’une durée maximale de 6 ans, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable territorial, d&amp;#039;une durée de 4 ans, vous permet de développer des projets d&amp;#039;EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l&amp;#039;investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l&amp;#039;ensemble des conditions d’éligibilités et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Production d‘eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>161739</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Tremplin pour la transition écologique des PME</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>161740</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux actions ponctuelles</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-actions-ponctuelles</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>161751</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux relais</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>161752</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d’un diagnostic des consommations d’énergie et des émissions de gaz à effet de serre des secteurs agricole et forestier</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Démarches ClimAgri® : diagnostic et animation</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La prestation de diagnostic doit être réalisée par un expert ClimAgri®. Les projets portant uniquement sur un seul des deux volets de la démarche, le diagnostic ClimAgri® ou l’animation, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Les démarches ClimAgri déjà démarrées ne peuvent pas être accompagnées dans le cadre ci-présent.&lt;/p&gt;&lt;p&gt;Les projets éligibles doivent intégrer les critères suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Démarche réalisée à une &lt;strong&gt;échelle territoriale&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Diagnostic réalisé par un expert ClimAgri®&lt;/strong&gt; reconnu par l’ADEME (il dispose d’une licence d’expert ClimAgri® signée par l’ADEME).&lt;/li&gt;&lt;li&gt;Démarche incluant à la fois le &lt;strong&gt;diagnostic ClimAgri®&lt;/strong&gt; et la &lt;strong&gt;démarche d’animation&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette aide s’adresse aux &lt;strong&gt;acteurs avec une dimension territoriale&lt;/strong&gt;, en particulier les collectivités : région, département, communauté d’agglomération, communauté de communes, parc naturel régional, ou encore coopérative, schéma de cohérence territoriale (SCoT), pôle d’équilibre territorial et rural (PETR)…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_24_32_44_93</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/demarches-climagrir-diagnostic-animation</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/demarches-climagri-r-diagnostic-et-animation/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>161755</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au test de réponse thermique, nécessaire pour caractériser les propriétés thermiques moyennes des terrains traversés</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Test de réponse thermique de terrain (géothermie)</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME vous accompagne dans le &lt;strong&gt;financement de test de réponse thermique&lt;/strong&gt;, une procédure qui permet de caractériser :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les propriétés thermiques moyennes des terrains traversés,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;et de la sonde géothermique verticale testée.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’objectif du test de réponse thermique (TRT) permet de &lt;strong&gt;fournir des informations sur les propriétés thermiques moyennes du terrain&lt;/strong&gt; et donc sur l’intérêt de pouvoir faire de la &lt;strong&gt;géothermie sur champs de sondes&lt;/strong&gt; pour le chauffage et le rafraîchissement des bâtiments concernés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/test-reponse-thermique-terrain-geothermie</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/test-de-reponse-thermique-de-terrain-geothermie/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>162533</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de coopération interterritoriale et transnationale</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I74" s="1" t="inlineStr">
-[...73 lines deleted...]
-      <c r="N74" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J119" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette mesure vise à soutenir les projets de
+coopération sur le territoire du Pays de Coutances.&lt;/p&gt;&lt;p&gt;Deux types de coopération peuvent être soutenus :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;La coopération «
+interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;La coopération «
+transnationale » entre des territoires relevant de plusieurs Etats membres
+ainsi qu’avec des territoires de pays tiers.&lt;/p&gt;&lt;p&gt;Aux vues des besoins et des pistes d’actions
+envisagées, seront particulièrement favorisés :&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les projets en lien avec
+l’évolution des pratiques d’implication des acteurs locaux dans les prises de
+décisions ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les projets d’évolution des
+pratiques agricole et conchylicoles (qualité des eaux, valorisation économique
+et circuits courts) ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Le développement des énergies
+renouvelables ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;La mise en place d’actions
+interterritoriales d’économie circulaire ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les voyages d’études dont la
+thématique répond aux enjeux de la SLD.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Tout autre projet contribuant à l’atteinte des
+objectifs de la stratégie locale de développement pourra également être
+soutenu.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Assainissement des eaux
-[...2 lines deleted...]
-Patrimoine et monuments historiques
+Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P119" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q119" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les enjeux du GAL du Pays de Coutances se retrouvent sur d’autres
+territoires européens ou nationaux : impacts du réchauffement climatique sur
+les activités humaines et sur l’environnement, adaptation au changement
+climatique, mobilité durable dans les zones rurales, égalité femmes-hommes,
+etc. Cette fiche-action a pour objectif de soutenir les projets de coopération répondant à ces enjeux, avec des territoires français ou européens. La coopération a pour objectifs de mutualiser des
+connaissances, de partager des bonnes pratiques, ou d&amp;#039;agir ensemble. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Coopérer avec d’autres territoires favorise &lt;span&gt;l’innovation et permet de &lt;/span&gt;&lt;span&gt;diffuser les valeurs européennes auprès des habitants du territoire.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-sociale-et-solidaire-et-leconomie-circulaire-fiche-action-6/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>162520</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Massifier le nombre d'industriels qui s'engagent dans la décarbonation via un ou plusieurs dispositifs du Programme à travers des opérations collectives</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d'intérêt - Opérations Collectives PACTE Industrie - 2024</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;L&amp;#039;opération collective&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet collectif doit rassembler au minimum 10 entreprises avec un objectif compris entre 20 à 50 entreprises industrielles. Ces entreprises peuvent être de toute taille. Chacune doit réaliser a minima une formation ou un accompagnement individuel du programme PACTE Industrie. Le collectif d’entreprises peut se positionner sur des formations et accompagnements individuels différents ou identiques. Le porteur doit proposer une animation du collectif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Programme PACTE Industrie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le programme PACTE Industrie vise à &lt;strong&gt;former et accompagner les industriels dans leur démarche de décarbonation&lt;/strong&gt;. Il s’agit de faciliter le passage à l’action vers des investissements afin d’&lt;strong&gt;accélérer la transition énergétique et bas carbone&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les dispositifs présents au sein de PACTE Industrie et éligibles dans cet AMI sont les suivants, ils sont détaillés dans le cahier des charges :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Formations&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;PROREFEI : former les      référents énergie&lt;/strong&gt; à porter des actions de transition énergétique&lt;br /&gt;Maîtriser les connaissances théoriques fondamentales sur l’efficacité énergétique en industrie.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Développer sa stratégie&lt;/strong&gt; de      décarbonation Act pas à pas&lt;br /&gt;Apprendre à concevoir votre stratégie et structurer votre plan de transition bas carbone.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Évaluer sa stratégie&lt;/strong&gt; de      décarbonation ACT Évaluation&lt;br /&gt;Comprendre et suivre une évaluation ACT de votre stratégie de décarbonation.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Accélérer le financement&lt;/strong&gt;      de ses projets&lt;br /&gt;Comprendre les outils de financement et l’écosystème associé pour accélérer le financement de vos projets de décarbonation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accompagnements&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;Étudier les opportunités      d’évolution du mix énergétique de son site industriel&lt;/strong&gt;&lt;br /&gt;Cette étude fournit une vision exhaustive des solutions disponibles sur votre site, à travers une analyse multicritère (technique, énergétique, environnementale et économique) et l&amp;#039;établissement d&amp;#039;une feuille de route de décarbonation de votre site industriel.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Élaborer sa stratégie de      décarbonation ACT pas à pas&lt;br /&gt;&lt;/strong&gt;Cet accompagnement vous guide dans la construction concrète et ambitieuse de votre stratégie de décarbonation et du plan de transition associé, en vous appuyant sur la méthodologie internationale ACT Pas à Pas.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Construire sa trajectoire      d’investissements bas carbone&lt;/strong&gt;&lt;br /&gt;Cet accompagnement vise à définir votre feuille de route de décarbonation à l&amp;#039;échelle de votre groupe industriel et apporte une aide dans la priorisation des investissements sur chacun de vos sites industriels. Il permet de transformer votre stratégie en planning d&amp;#039;investissements et piloter la trajectoire de réduction de vos émissions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Élaborer sa stratégie et trajectoire d’investissements bas carbone&lt;/strong&gt;&lt;br /&gt;S&amp;#039;appuyant sur la méthodologie internationale ACT Pas à Pas, cet accompagnement global structure la stratégie de décarbonation et le plan de transition de votre entreprise. Il vous apporte également une aide dans l&amp;#039;identification, la priorisation et le pilotage des investissements sur vos sites industriels. &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Financer son projet      d’investissement&lt;/strong&gt;&lt;br /&gt;Cet accompagnement permet d’identifier les modes de financement adaptés, d’analyser les risques et de trouver les arguments clés pour convaincre les financeurs. Il sera disponible au S2 2024.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Certification et évaluation&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;Prime pour l’obtention de      la certification ISO 50001&lt;/strong&gt;&lt;br /&gt;Vous mettez en place un Système de Management de l&amp;#039;Énergie ISO 50001 pour la première fois ? Le dispositif PRO-SMEn récompense votre entreprise par la bais d&amp;#039;une aide financière.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Évaluer l’ambition de sa      stratégie de décarbonation ACT évaluation&lt;/strong&gt;&lt;br /&gt;Cet accompagnement vise à évaluer l’alignement de votre stratégie bas carbone avec les objectifs de l’Accord de Paris, grâce à la méthodologie internationale ACT Évaluation.&lt;br /&gt;Il vous permettra : &lt;ul&gt;&lt;li&gt;(i) d&amp;#039;identifier les forces et faiblesses de votre stratégie pour vous améliorer.&lt;/li&gt;&lt;li&gt;(ii) de démontrer auprès de vos parties prenantes (investisseurs, autorités publiques) la crédibilité et la robustesse de votre plan, notamment au regard des obligations issues de la CSRD (Directive sur les rapports de développement durable des entreprises).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Financement&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les coûts de prestation      pour les accompagnements individuels PACTE Industrie sont aidés entre 60 %      et 80 % jusqu’à l’assiette éligible maximum précisée pour chaque      accompagnement dans le cahier des charges.&lt;/li&gt;&lt;li&gt;Les coûts des formations      PACTE Industrie sont aidés entre 40 % et 80 %.&lt;/li&gt;&lt;li&gt;Les coûts d&amp;#039;animation      (coordination, sensibilisation, communication) du porteur du projet      peuvent bénéficier d&amp;#039;une aide financière sur une assiette éligible      représentant 15 % maximum du coût total du projet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet AMI prévoit 2 relèves :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1ʳᵉ relève :&lt;br /&gt;Clôture de pré-dépôt :      14/06/2024 à 12h (GMT&amp;#43;1)&lt;br /&gt;Le dossier de demande      d’aide devra être déposé au plus tard le 30/09/2024&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;2ᵉ relève :&lt;br /&gt;Clôture de pré-dépôt      : 15/09/2024 à 12h (GMT&amp;#43;1)&lt;br /&gt;Le dossier de demande      d’aide devra être déposé au plus tard le 15/12/2024&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-operations-collectives-pacte-industrie-2024/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>161762</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre diagnostic énergétique afin de mettre en évidence les solutions de réduction des consommations d’énergie de vos serres</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique et identification d'actions énergétiques prioritaires pour les serres</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face au défi climatique et à la volatilité du prix des énergie fossiles, &lt;strong&gt;maîtriser son énergie et envisager la substitution&lt;/strong&gt; de ses consommations résiduelles d&amp;#039;&lt;strong&gt;énergie fossile par une énergie renouvelable sont devenu stratégique&lt;/strong&gt;s, notamment à l&amp;#039;aide de diagnostics énergétiques et d&amp;#039;études de faisabilité. Leurs analyses sont précieuses pour les structures agricoles.&lt;/p&gt;&lt;p&gt;Le diagnostic énergétique fournit ainsi des éléments concrets pour agir à court et moyen termes :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Faire le bilan de ses consommations énergétiques.&lt;/li&gt;&lt;li&gt;Préconisation des actions les plus efficaces et rentables à mener pour réduire ses consommations d&amp;#039;énergie.&lt;/li&gt;&lt;li&gt;Hiérarchisation des actions en fonction du temps de retour sur investissement et de la facilité de leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette démarche peut permettre de réaliser jusqu&amp;#039;à&lt;strong&gt; 50 &lt;/strong&gt;&lt;strong&gt;% d&amp;#039;&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;conomies sur un site.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;étude complémentaire des solutions énergétiques permet d&amp;#039;&lt;strong&gt;identifier la source d&amp;#039;énergie renouvelable la plus adaptée aux besoins de votre site&lt;/strong&gt; et de valider la pertinence d&amp;#039;un investissement dans une de ces solutions pour substituer vos consommations résiduelles d&amp;#039;énergie fossile.&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME prend en charge les coûts de votre diagnostic énergétique jusqu’à une hauteur de 80 % pour une petite entreprise. L&amp;#039;aide est accordée dans la limite d&amp;#039;un plafond de dépenses éligibles fixé à 100 000 €.&lt;/p&gt;&lt;p&gt;Quelles sont les étapes d&amp;#039;un audit énergétique ?&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Choisissez l&amp;#039;auditeur énergétique&lt;/strong&gt; qui va vous accompagner. Vérifier ses références et ses compétences en matière de diagnostic énergétique et d&amp;#039;énergies renouvelables. Un groupement peut également permettre d&amp;#039;apporter toutes les compétences souhaitées.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Aux côtés de l&amp;#039;auditeur, vous &lt;strong&gt;définissez les objectifs de l&amp;#039;audit&lt;/strong&gt; ainsi que son &lt;strong&gt;périmètre.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;De &lt;strong&gt;nombreux paramètres sont examinés au sein de votre exploitation&lt;/strong&gt; (performance des serres, équipements présents, conditions d&amp;#039;exploitation, itinéraires techniques de culture, températures de consigné, taux d&amp;#039;humidité, etc.). Un &lt;strong&gt;état des lieux complet de vos consommations&lt;/strong&gt; est ainsi réalisé afin que vous ayez une vision précise de votre situation énergétique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les pistes d&amp;#039;amélioration sont identifiées&lt;/strong&gt;, ainsi que les gains économiques associés et le temps de retour sur investissement. Vous pouvez alors définir un plan d&amp;#039;actions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Hiérarchisez&lt;/strong&gt; et &lt;strong&gt;planifiez les actions&lt;/strong&gt; en fonction de leur faisabilité et de leur temps de retour sur investissement.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étudiez les sources d&amp;#039;énergie renouvelables&lt;/strong&gt; à proximité et adaptées aux besoins de votre site. Vous pouvez alors choisir la solution la plus pertinente techniquement et économiquement.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/diagnostic-energetique-identification-dactions-energetiques-prioritaires</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diagnostic-energetique-et-identification-dactions-energetiques-prioritaires-pour-les-serres/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>161767</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaud et de froid à partir d’une boucle d’eau tempérée « géothermique »</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid à partir de boucle d’eau tempérée géothermique</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une boucle d’eau tempérée repose sur un &lt;strong&gt;réseau de distribution d’eau basse température (10 à 25 °C)&lt;/strong&gt; reliant plusieurs bâtiments que l’on souhaite chauffer voire rafraîchir ensemble. Chacun de ces bâtiments est raccordé à la boucle au travers d’une sous-station, dans laquelle est installée une pompe à chaleur qui assure les besoins de chauffage, d’eau chaude sanitaire et/ou de froid nécessaires aux bâtiments. On parle alors de production « décentralisée ». La boucle d’eau tempérée peut être alimentée par de multiples sources d’énergies renouvelables et de récupération (géothermie, eaux usées, eau de mer, chaleur fatale…).&lt;/p&gt;&lt;p&gt;Il existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable grâce à la boucle d’eau tempérée géothermique (BETG)&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Maîtriser      sa facture énergétique en ayant de la visibilité sur les coûts de la      chaleur et du froid.&lt;/li&gt;&lt;li&gt;Bénéficier      d’une technologie performante sur le plan énergétique et      environnemental.&lt;/li&gt;&lt;li&gt;promouvoir      des ressources énergétiques locales, disponibles 24 heures sur 24 et      indépendantes des conditions climatiques.&lt;/li&gt;&lt;li&gt;Profiter      d’une technologie adaptable aux différentes demandes selon les usages des      bâtiments (chaud et/ou froid).&lt;/li&gt;&lt;li&gt;Exploiter      une technologie qui s’intègre harmonieusement à son environnement et      évolutive par rapport à un programme d’aménagement.&lt;/li&gt;&lt;li&gt;Agir      avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide ADEME aux projets de boucle d’eau tempérée géothermique est calculée sur la base d’une analyse économique&lt;strong&gt;. &lt;/strong&gt;L’ADEME peut accompagner les opérations de boucles d’eau tempérée géothermiques ayant une &lt;strong&gt;production de chaleur renouvelable minimum de 25 MWh/an sur :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;champ de sondes&lt;/li&gt;&lt;li&gt;nappe d’eau souterraine&lt;/li&gt;&lt;li&gt;eaux usées (ou effluents en sortie de      STEP)&lt;/li&gt;&lt;li&gt;eau de mer ou eaux de surface&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’investissement dans une boucle d’eau tempérée géothermique dépend de nombreux paramètres. Une &lt;strong&gt;étude de faisabilité est obligatoire&lt;/strong&gt;, d’autant que le versement de l’aide peut être conditionné à l’atteinte de critères minimum de performance des installations (COP des PAC (Coefficient de performances des pompes à chaleur), production en MWh, taux d’EnR&amp;amp;R de la boucle, etc.). D’autres critères peuvent également s’imposer au projet : réglementaires, performance énergétique des bâtiments raccordés, critères sociaux et de gouvernance de la boucle...&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur et sur le taux d&amp;#039;EnR&amp;amp;R de l&amp;#039;opération) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-a-partir-boucle-deau-temperee</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-a-partir-de-boucle-deau-temperee-geothermique/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>161772</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie géothermique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel biomasse et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la géothermie).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons pour passer le cap du fossile au renouvelable grâce à la géothermie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;maîtriser sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur ;&lt;/li&gt;&lt;li&gt;accéder à l’exemplarité environnementale ;&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique ;&lt;/li&gt;&lt;li&gt;promouvoir des ressources locales, disponibles 24h/24 indépendamment des conditions climatiques ;&lt;/li&gt;&lt;li&gt;exploiter une énergie qui s’intègre harmonieusement à son environnement ;&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner financièrement la réalisation d’opérations de géothermie sur aquifère profond (ou géothermie basse énergie) avec ou sans recours à une (ou des) pompe(s) à chaleur et associées ou non à la création (ou l’extension) d’un réseau de chaleur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production de chaleur à partir de géothermie profonde dépend de conditions techniques, en particulier :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’étude du projet (sur les volets sous-sol et surface) ;&lt;/li&gt;&lt;li&gt;la quantité de chaleur produite ;&lt;/li&gt;&lt;li&gt;les performances énergétiques et environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-a-partir-de-geothermie-profonde/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>161773</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière pour la réalisation de votre installation de production de chaleur et de froid à partir de géothermie de surface ou d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid renouvelable à partir de géothermie de surface et d'aérothermie</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et d&amp;#039;efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur, afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de &lt;strong&gt;l’utiliser de façon optimisée&lt;/strong&gt; et &lt;strong&gt;là où elle est l’énergie la plus pertinente&lt;/strong&gt; pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera &lt;strong&gt;particulièrement pertinente pour des besoins hautes température&lt;/strong&gt; (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il   existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable   grâce à la géothermie ou à l’aérothermie&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maîtriser   sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur et   éventuellement sur les coûts du froid.&lt;/li&gt;&lt;li&gt;Accéder   à l’exemplarité environnementale.&lt;/li&gt;&lt;li&gt;Bénéficier de technologies éprouvées à haut   rendement énergétique.&lt;/li&gt;&lt;li&gt;Permettre de produire du chaud, mais aussi du rafraîchissement avec les mêmes équipements.&lt;/li&gt;&lt;li&gt;Promouvoir   des ressources locales, disponibles 24 heures sur 24 indépendamment des conditions   climatiques.&lt;/li&gt;&lt;li&gt;Exploiter   une énergie qui s’intègre harmonieusement à son environnement.&lt;/li&gt;&lt;li&gt;Agir avec le soutien du Fonds Chaleur et de   l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner les opérations suivantes ayant une production de chaleur renouvelable minimum de 25 MWh/an :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Géothermie   de surface avec pompes à chaleur sur aquifère superficiel, sur champ de   sondes géothermiques, sur géostructures énergétiques, sur échangeurs   compacts géothermiques ou sur chaussées thermoactives.&lt;/li&gt;&lt;li&gt;Installations   utilisant les mêmes principes que la géothermie mais valorisant par pompe à   chaleur l’énergie des eaux usées, de l’eau de mer, des eaux de surface ou des   eaux thermales.&lt;/li&gt;&lt;li&gt;Aérothermie &lt;strong&gt;uniquement les pompes à chaleur air/eau&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de géothermie de   surface ou d&amp;#039;aérothermie aidées par l’ADEME peuvent être dédiées à un bâtiment (ou process) ou   peuvent être associées à un réseau de chaleur et/ou de froid. &lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;installations de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable&lt;/strong&gt; (production de chaleur renouvelable &amp;lt;25 MWh/an).&lt;/p&gt;&lt;p&gt;L’aide Fonds Chaleur aux   installations de géothermie de surface ou d’aérothermie dépend de conditions techniques, en   particulier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;étude du projet (incluant le volet captage de   la ressource « EnR »).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;La quantité de chaleur et éventuellement de froid produite.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les performances énergétiques et   environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à   l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre   projet&lt;/strong&gt; : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage,   conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-renouvelable-a-partir-de-geothermie-de-surface-et-daerothermie/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>161774</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le financement d’une étude de faisabilité avant d'investir dans une installation de géothermie de surface ou dans une installation d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité en géothermie de surface et aérothermie</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité, en apportant une aide financière et en mettant à votre disposition des trames de cahier des charges selon les technologies utilisées.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide comprend les &lt;strong&gt;études de projets&lt;/strong&gt; liés à la mise en œuvre de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pompes à chaleur sur aquifère superficiel, champs de sondes géothermiques, géostructures énergétiques, eaux usées, eau de mer ou eaux thermales&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pompes à chaleur aérothermiques (PAC air/eau)&lt;/li&gt;&lt;li&gt;de boucle d’eau tempérée « géothermique »&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité vous permettra de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;vérifier la faisabilité technique et économique&lt;/strong&gt; du projet d’implantation d’une installation de géothermie de surface&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte ainsi qu’aux opportunités et aux contraintes qu’offre le site&lt;/li&gt;&lt;li&gt;&lt;strong&gt;comparer la solution « géothermique » aux autres possibilités&lt;/strong&gt; en termes d’investissement et d’exploitation&lt;/li&gt;&lt;li&gt;&lt;strong&gt;rechercher des solutions&lt;/strong&gt; visant à assurer l’exploitation pérenne de la ressource « géothermique »&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions pour le financement de l’opération&lt;/strong&gt; et son montage administratif et juridique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets de pompes à chaleur géothermiques sur aquifère superficiel ou sur champ de sondes ou de pompes à chaleur aérothermiques, l’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page)&lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis. Vous pouvez contacter votre direction régionale ADEME, en amont de l’étude de faisabilité.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le financement d’&lt;strong&gt;installations géothermiques&lt;/strong&gt; de production de chaleur et de froid&lt;/li&gt;&lt;li&gt;le financement d&amp;#039;&lt;strong&gt;installations aérothermiques&lt;/strong&gt; de production de chaleur&lt;/li&gt;&lt;li&gt;le financement d’&lt;strong&gt;installations de boucles d’eau tempérée géothermiques&lt;/strong&gt; de production de chaleur et de froid&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-geothermie-surface-aerothermie</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-en-geothermie-de-surface-et-aerothermie/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>161783</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Créer et financer le fonctionnement des observatoires territoriaux Climat Air Energie</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aide-a-creation-fonctionnement-observatoires-territoriaux</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>161508</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Localiser et s'informer sur les logements inoccupés</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Information sur les logements inoccupés</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vous souhaitez mettre en œuvre une opération de dynamisation du territoire, un projet de lutte contre la précarité énergétique ou de rénovation ?&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;&lt;em&gt;Ce service vous sera d&amp;#039;une grande aide !&lt;/em&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Présentation de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un service non facturé, qui met à la disposition des collectivités territoriales et des AODE des indicateurs statistiques sur les logements inoccupés résidentiels à la maille quartier (IRIS) et leur évolution sur les 4 dernières années.&lt;/p&gt;&lt;p&gt;Cette solution produit un diagnostic sous la forme d&amp;#039;un rapport qui regroupe les sites de consommation résidentiels raccordés en basse tension (BT) de puissance souscrite ≤ 36 kVA. Les données des sites inoccupés satisfont au moins l’un des deux critères suivants : une situation contractuelle valide et une consommation annuelle inférieure ou égale à 100 kWh ou des sites sans situation contractuelle depuis plus d&amp;#039;un an.&lt;/p&gt;&lt;p&gt;&lt;em&gt;Ce diagnostic permet à la collectivité de mieux comprendre sur la durée la question de la vacance et de l&amp;#039;objectiver. &lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ce diagnostic comprend :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une vision cartographique et historique sur 4 ans.&lt;/li&gt;&lt;li&gt;Une vision cartographique de la consommation annuelle moyenne et de la part thermosensible par quartier (zone IRIS).&lt;/li&gt;&lt;li&gt;Un fichier brut (format Excel) regroupant les données traitées.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Précision sur la protection des données :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Enedis protège les données à caractère personnel (DCP) et les informations commercialement sensibles (ICS). Les informations relatives aux logements inoccupés, les données de consommation et la thermosensibilité annuelle ne peuvent être fournies que si le nombre de points de consommation résidentiels total à la maille IRIS est supérieur ou égal à 10 points. Aucune donnée individuelle d’un client particulier n’est mise à disposition.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;* Ce service n&amp;#039;est pas destiné aux pays&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Enedis</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/cohesion-sociale</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour plus d&amp;#039;informations contactez votre Interlocuteur Privilégié&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/yf-dtjktjktk/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>161505</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Connaître la consommation et la production énergétique de son territoire</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Bilan de mon territoire</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Vous souhaitez connaître la consommation et la production de votre territoire ? &lt;em&gt;Le service &amp;#34;Bilan de mon territoires&amp;#34; vous offre un rapport synthétique !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Ce service s&amp;#039;adresse à tous et particulièrement aux collectivités locales qui souhaitent établir un bilan de la production et de la consommation énergétique, ou assurer un suivi de leurs politiques de transition écologique.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Il permet en un clin d&amp;#039;œil à une collectivité d&amp;#039;avoir une vision de la consommation et de la production par les acteurs présents sur son territoire, et de pouvoir ainsi élaborer les politiques et les programmes qui permettent de répondre aux enjeux locaux.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le bilan de mon territoire offre une description personnalisée des caractéristiques du territoire en matière d&amp;#039;habitat, de consommation résidentielle
+ &lt;/span&gt;
+ &lt;span&gt;
+  d&amp;#039;électricité et de production électrique locales sous la forme d&amp;#039;un article facilement réutilisable
+ &lt;/span&gt;
+ &lt;span&gt;
+  dans vos propres publications. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Le service se compose de deux fonctionnalités :&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ - «Bilan d&amp;#039;un territoire» présente la consommation et la production d&amp;#039;électricité d&amp;#039;un territoire par secteur d&amp;#039;activité et filière de production (solaire, éolienne...). Il affiche également l&amp;#039;évolution de ces données.
+&lt;/p&gt;
+&lt;p&gt;
+ - «Bilan de deux territoires» permet de mettre en regard ces données avec celles d&amp;#039;un territoire de votre choix. Par exemple vous pouvez comparer les données de production d&amp;#039;énergie renouvelable de votre commune avec celles de son intercommunalité.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Le bilan comprend notamment :&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  - Le nombre de sites de consommation et de production répartis par secteur et filière, ainsi que leur évolution annuelle ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  - Les données annuelles de consommation et de production en MWh et leur répartition par secteur et filière ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  - Des statistiques sur le logement (nombre d&amp;#039;habitants, part de chauffage électrique, taille et âge du bâtiment)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Le bilan de mon territoire est un service gratuit et librement accessible sur internet ou sur le Portail Collectivités Locales d&amp;#039;Enedis.
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;&lt;strong&gt;&lt;em&gt;
+  * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
+ &lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+ Avoir un compte sur le Portail Collectivités Locales d&amp;#039;Enedis
+&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Enedis</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://openservices.enedis.fr/bilan-de-mon-territoire</t>
+        </is>
+      </c>
+      <c r="W128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/jaccede-mon-portail-collectivites</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre Interlocuteur Privilégié
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6cc8-connaitre-la-consommation-et-la-production-en/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I129" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J129" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
-Montagne
-[...2 lines deleted...]
-Espace public
 Friche
 Foncier
-Voirie et réseaux
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...5402 lines deleted...]
-Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Risques naturels
-Qualité de l'air
+Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
-Accessibilité
 Lutte contre la précarité
+Emploi
 International
 Attractivité économique
-Transports collectifs et optimisation des trafics routiers
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Industrie
-Mers et océans
+Spectacle vivant
+Médias et communication
 Réduction de l'empreinte carbone
-Mobilité fluviale
+Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
-Cimetières et funéraire
-[...4 lines deleted...]
-      <c r="O103" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
-[...199 lines deleted...]
-      <c r="T104" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X104" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
-[...1 lines deleted...]
-  la carte pour identifier celle, la plus proche de votre territoire
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
- .
-[...4 lines deleted...]
-  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
- .
-[...5 lines deleted...]
- qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-[...206 lines deleted...]
-      <c r="G106" s="1" t="inlineStr">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>161696</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez la réhabilitation et la renaturation de décharges littorales historiques présentant un risque de relargage de déchets en mer</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Résorption des décharges littorales historiques à risque de relargage des déchets en mer</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...67 lines deleted...]
-Logement et habitat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent dispositif vise à accompagner les porteurs de projets de &lt;strong&gt;réhabilitation de décharges littorales historiques présentant des risques de relargage de déchets en mer&lt;/strong&gt;, pour la réalisation de prestations d’études et de travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Les prestations éligibles, doivent être conduites suivant la méthodologie nationale applicable aux sites et sols pollués, conformément à la norme NF X31-620 : « Qualité du sol - Prestations de services relatives aux sites et sols pollués ».&lt;/p&gt;&lt;p&gt;Les études éligibles au titre du présent dispositif d’aide correspondent aux domaines A « études, assistance et contrôle » et B « Ingénierie des travaux de réhabilitation » de la norme NF X31-620 : « Qualité du sol - Prestations de services relatives aux sites et sols pollués », et sont plus particulièrement :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;les études de diagnostic :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;les études préalables constituées des prestations globales INFOS, DIAG et IEM et des prestations élémentaires qui les composent, auxquelles des prestations spécifiques au contexte « décharge » sont ajoutées et doivent être conduites selon les normes en vigueur, ou à défaut les règles de l’art ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les études de définition du projet de réhabilitation : prestation globale PG (Plan de Gestion) de la norme NF X31-620-2 et prestation globale PCT (Plan de Conception des Travaux) de la norme NF X31-620-3. &lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;les études d’accompagnement de projet,&lt;/strong&gt; constituées des prestations d’accompagnement suivantes des normes NF X31-620-2 et NF X31-620-3 :&lt;ul&gt;&lt;li&gt;assistance à maîtrise d’ouvrage pour les prestations études et/ou travaux (prestations globales AMO Études et AMO Travaux) ;&lt;/li&gt;&lt;li&gt;maîtrise d’œuvre des travaux de réhabilitation (prestation globale MOE) constituée de tout ou partie des études de conception (prestations PCT, B120 et B130), de l’assistance aux contrats de travaux (B310), de la direction de l’exécution des travaux (B320) puis de l’assistance aux opérations de réception des travaux (B330). &lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;les travaux de réhabilitation :&lt;/strong&gt; les travaux de réhabilitation des décharges littorales historiques, éligibles au titre du présent dispositif d’aide, sont ceux concourant à l’atteinte des objectifs du programme de réhabilitation, tel que défini à l’issue des études préalables.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce soutien s’inscrit dans le cadre du plan national annoncé par la France lors du Sommet international One Ocean Summit qui s’est tenu à Brest, du 9 au 11 février 2022, en vue de la &lt;strong&gt;résorption en 10 ans des décharges littorales historiques présentant un risque de relargage&lt;/strong&gt; de déchets en mer, en métropole comme en outre-mer.&lt;/p&gt;&lt;p&gt;Ces décharges littorales peuvent être soumises à des aléas naturels tels que les risques de submersion marine, d’inondation, d’érosion, etc.&lt;/p&gt;&lt;p&gt;Ces phénomènes naturels peuvent conduire à une mise à nu et à une remobilisation physique des déchets (régression d’une falaise, érosion du cordon dunaire…), pouvant alors présenter des risques pour la santé humaine et l’environnement. Ces phénomènes sont susceptibles de devenir de plus en plus fréquents en raison du changement climatique, notamment du fait de l’élévation du niveau de la mer. Ces sites présentent donc un risque de relargage de déchets dans le milieu marin, à plus ou moins long terme, accentué par ces phénomènes naturels.&lt;/p&gt;&lt;p&gt;Afin d’atteindre l’objectif de résorption de l’ensemble des décharges littorales historiques à risques, l&amp;#039;État accompagne les maîtres d’ouvrage en vue de leur réhabilitation et de la renaturation des sites. Pour ce faire, l&amp;#039;État mobilise ses opérateurs (BRGM, CEREMA, ADEME, Conservatoire du littoral), ses services centraux (DGALN, DGPR) et déconcentrés (DREAL, DIRM, DDTM), afin de mettre en œuvre un plan ambitieux de résorption des décharges littorales historiques. En particulier, un fonds de soutien dédié a été créé, dont la gestion a été confiée à l’ADEME et fait l’objet du présent dispositif.&lt;/p&gt;&lt;p&gt;Plus d&amp;#039;informations sur le plan national de résorption des décharges littorales sur les sites : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.ecologie.gouv.fr/dechets-marins#scroll-nav__2"&gt;MTECT&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.georisques.gouv.fr/articles-risques/pollutions-sols-sis-anciens-sites-industriels/decharges-littorales"&gt;BRGM&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.cerema.fr/fr/plan-national-resorption-decharges-littorales"&gt;CEREMA&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Pour découvrir en détail le plan : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.dailymotion.com/video/x8puhwe"&gt;Vidéo&lt;/a&gt; présentant le déroulé d&amp;#039;un projet&lt;/li&gt;&lt;li&gt;&lt;a href="https://cartagene.cerema.fr/portal/apps/dashboards/ed0fd6a2d90d4706a5a6fc2634339b30" target="_blank"&gt;Tableau de suivi&lt;/a&gt; du plan national publié par le CEREMA&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
-[...449 lines deleted...]
-      <c r="S107" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
-[...42 lines deleted...]
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/resorption-des-decharges-littorales-historiques-a-risque-de-relargage-des-dechets-en-mer/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K108" s="1" t="inlineStr">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
-[...201 lines deleted...]
-      <c r="N109" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
+l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
+dispositifs d’aides à l’ingénierie et de financements recensés sur la
+plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
+communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
+spécialiste des cofinancements, mais vous apportera une vision plus claire de
+la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
+recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
+de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
+territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Eau souterraine
-Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
-Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
+Président, vice-président, conseiller communautaire en fonction à la date de la
+formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
+portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
+d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
+dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
+gagnant-gagnant entre les collectivités et les entreprises locales ou
+nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
+permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
+potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
+2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
+mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
+délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
+collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
+financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
+donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
+structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
+mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
+potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
+engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
+et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
+projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
+financements (mécénat) pour les projets (petits et grands) portés par les
+communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
-[...2 lines deleted...]
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
-Economie locale et circuits courts
-[...1 lines deleted...]
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
 Paysage
-Accessibilité
 Lutte contre la précarité
-Emploi
-International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
 Artisanat
-Information voyageur, billettique multimodale
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
 Spectacle vivant
-Médias et communication
 Industrie
-Fiscalité des entreprises
-Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
-Cimetières et funéraire
-[...84 lines deleted...]
-      <c r="AA109" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
+projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
+d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue
+de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G110" s="1" t="inlineStr">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>157099</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic ou des travaux dans le domaine de l’énergie</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Collectivité d’outre-mer à statut particulier
-[...134 lines deleted...]
-      <c r="H111" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...18 lines deleted...]
- Le coût de raccordement électrique de la borne et la cotisation annuelle sont à la charge de la commune et/ou de l&amp;#039;EPCI.
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;accompagner les collectivités soucieuses d&amp;#039;améliorer et de réduire leur facture énergétique, MATEC peut réaliser :
+ &lt;br /&gt;
+ • Des diagnostics d&amp;#039;éclairage public avec proposition de choix techniques
+ &lt;br /&gt;
+ • Des diagnostics énergétiques de bâtiments
+ &lt;br /&gt;
+ • Des études sur les productions d&amp;#039;énergie renouvelable
+ &lt;br /&gt;
+ • Des marchés de fourniture d&amp;#039;énergie
+ &lt;br /&gt;
+ • Des études de préfaisabilité pour la construction de réseaux de chauffage
+ &lt;br /&gt;
+ • Des contrats d&amp;#039;exploitation de chaufferies
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC assiste les collectivités par la réalisation :
+ &lt;br /&gt;
+ • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
+ &lt;br /&gt;
+ • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
+ &lt;br /&gt;
+ Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
+ &lt;br /&gt;
+ Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études. MATEC assiste les collectivités produites et les informe des optimisations possibles.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Réduction de l'empreinte carbone
-[...3 lines deleted...]
-      <c r="O111" s="1" t="inlineStr">
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...13 lines deleted...]
-      <c r="X111" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Anaïs PEIGNET&lt;br /&gt;
-[...4 lines deleted...]
-&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3cfb-realiser-un-diagnostic-ou-des-travaux-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C112" s="1" t="inlineStr">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>157095</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
+France Relance
 Action cœur de ville
-Territoires d'industrie
-[...16 lines deleted...]
-      <c r="G112" s="1" t="inlineStr">
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Aide montage des dossiers de subventions</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...1 lines deleted...]
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
-[...166 lines deleted...]
-      <c r="N112" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Eau souterraine
-Cours d'eau / canaux / plans d'eau
+Assainissement des eaux
 Patrimoine et monuments historiques
-Culture et identité collective
+Musée
+Sports et loisirs
 Tourisme
 Forêts
-Montagne
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Accès aux services
-[...3 lines deleted...]
-Commerces et services
+Santé
+Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...3 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
-Risques naturels
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-Attractivité économique
 Appui méthodologique
-Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-Industrie
 Réduction de l'empreinte carbone
-Mobilité fluviale
 Milieux humides
-Mobilité et véhicules autonomes
-[...3 lines deleted...]
-      <c r="O112" s="1" t="inlineStr">
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>157090</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I135" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J135" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une sensibilisation des acteurs à la sobriété énergétique du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Un développement des projets de rénovation énergétique des bâtiments publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ - La production d&amp;#039;énergies renouvelables sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - La réduction des volumes et la valorisation des déchets
+&lt;/p&gt;
+&lt;p&gt;
+ - Un usage renforcé des mobilités actives et décarbonées
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien et la valorisation des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ - La préservation des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  CANDIDATURE
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Les porteurs
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+ - Productions d&amp;#039;énergies
+&lt;/p&gt;
+&lt;p&gt;
+ - Maîtrise des dépenses énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement et/ou stockage de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Valorisation des ressources locales
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Les pièces
+  Opérations liées aux études :
  &lt;/strong&gt;
- &lt;br /&gt;
- Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion et valorisation des déchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Suivi de la biodiversité, préservation et valorisation des milieux
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  LA FICHE DE CANDIDATURE
+  Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
- &lt;br /&gt;
-[...22 lines deleted...]
-&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et information des professionnels et acteurs privés
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Innovation, créativité et recherche
+Biodiversité
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  DÉROULEMENT
+  Bénéficiaire éligible :
  &lt;/strong&gt;
- &lt;br /&gt;
-[...21 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  ÉLIGIBILITÉ
+  Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
- &lt;br /&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X112" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
-[...13 lines deleted...]
- &lt;br /&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;a target="_self"&gt;
+ &lt;p&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G113" s="1" t="inlineStr">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>159415</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Identifier les zones de précarité énergétique</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic précarité énergétique</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...2 lines deleted...]
-      <c r="H113" s="1" t="inlineStr">
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Enedis contribue à la lutte contre la précarité énergétique&lt;br /&gt;
+&lt;em&gt;
+  L&amp;#039;entreprise accompagne les collectivités locales dans l&amp;#039;identification des zones de précarité énergétique à l&amp;#039;échelle de leur territoire.
+ &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ce service présente aux collectivités des informations statistiques sur le nombre de coupures ou de réductions de puissance transmises à la maille communale ou quartier (IRIS). Les diagnostics précarité énergétique sont proposés exclusivement par Enedis.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Ce diagnostic comprend :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une vision cartographique et historique sur 5 ans des interventions pour impayés (réductions de puissance et coupures.&lt;/li&gt;&lt;li&gt;Une vision cartographique de la consommation annuelle moyenne et de la part thermosensible par commune ou par quartier (zone IRIS).&lt;/li&gt;&lt;li&gt;Un fichier brut (format Excel) regroupant les données traitées&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;&lt;em&gt;
+  * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
+ &lt;/em&gt;&lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Lutte contre la précarité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+ Connaître la zone à diagnostiquer.
+&lt;/li&gt;&lt;li&gt;
+ Regarder les IRIS sur la commune pour savoir si la commune est irisée : &lt;a href="https://www.insee.fr/fr/information/2017499" target="_self"&gt;https://www.insee.fr/fr/information/2017499&lt;/a&gt;&lt;/li&gt;&lt;li&gt;
+ Remplir le formulaire communiqué par l&amp;#039;Interlocuteur Privilégié Enedis&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Enedis</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/sengager-pour-le-collectif/lutter-contre-la-precarite-energetique</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...59 lines deleted...]
-      <c r="M113" s="1" t="inlineStr">
+ Faire une demande auprès de son Interlocuteur Privilégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7894-identifier-les-zones-de-precarite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>158944</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Aider les citoyens à trouver que faire de leurs objets inutilisés à l’échelle locale, et à consommer de façon responsable</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Longue Vie Aux Objets</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...42 lines deleted...]
-Cohésion sociale et inclusion
+ Comment se débarrasser de façon vertueuse ? Quelles alternatives à la consommation d&amp;#039;objets neufs ?
+ &lt;span&gt;🤔&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de lancer l&amp;#039;outil
+ &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;
+  La carte des acteurs de l&amp;#039;économie circulaire et de la réparation&lt;/a&gt; pour mettre en lumière les solutions proches de chez soi pour désencombrer son logement, et pour consommer de façon responsable en privilégiant le réemploi et la réparation de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ La carte met en lumière des acteurs et solutions de proximité et apporte des réponses pour les objets du quotidien : vêtement, téléphone mobile, mobilier, électroménager, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les points d&amp;#039;apport listés sur ce site sont mis à jour régulièrement.
+&lt;/p&gt;
+&lt;p&gt;
+ Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les alternatives à l&amp;#039;achat neuf, en mettant en avant des labels et bonus réparation dont le citoyen peut bénéficier.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1) Carte centrée sur un territoire : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAA90AAALQCAIAAAACRYS7AAAgAElEQVR4AeydDXxT1f3/s/39b/w2t7G/P3/y&amp;#43;&amp;#43;k2EbfB7&amp;#43;emqHM/dJvCpkOcoqgIVVRkVJ4UscJwBVcdiihPrbXyUCkCLY/lScqDWqo8tEqhPJVSoKRt0jRNmtwkTdKkSZP73znfm5OTm/Q2bdM0Ld&amp;#43;88mpP7j2Pn/tw3ud7v&amp;#43;dclYgfVAAVQAVQAVQAFUAFUAFUABXoaQVUPV0BLB8VQAVQAVQAFUAFUAFUABVABUTkcjwJUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC7HcwAVQAVQAVQAFUAFUAFUABXoeQWQy3v&amp;#43;GGANUAFUABVABVABVAAVQAVQAeRyPAdQAVQAFUAFUAFUABVABVCBnlcAubznjwHWABVABVABVAAVQAVQAVQAFUAux3MAFUAFUAFUABVABVABVAAV6HkFkMt7/hhgDVABVAAVQAVQAVQAFUAFUAHkcjwHUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC5PuHPg5Y&amp;#43;OXlHfhDsAWCFUABVABVABVAAVQAV6QgHk8p5QXbFM1ciVV8531Py9imLgTlQAFUAFUAFUABVABa4UBZDLE&amp;#43;5Iq0auvHvWzuOXGvv8VzVyZTRc7vf7E&amp;#43;4gYYVQAVQAFUAFUAFUoJcrUF/vSLQWIJcn2hERgcsTrlqxrpDF0dIul3s8HofDYbPZBPygAqgAKoAKoAIxVUClSsfvFa7AL36xbvz4/fn5VbFmnM7nh1zeee26KSVyOQjb0uJBIo9pH4SZoQKoACqACgQVuMKRFJvPFPjFL9YVFdV1E9R1NFvk8o4q1u3xkctFUXQ6iaU8ePvEECqACqACqAAqEFMFGJZhABUYP35/t&amp;#43;NddAUgl0enUxxjIZeLomiztcT09ouZoQKoACqACqACIQogjKICvAJxBD2lopDLldTpkX0d4nJ38RHb8iXNBZ&amp;#43;GV7V5/17b8iXs69yR73e5&amp;#43;GherYbtZYGmlVksjvubr2F7a6ORbfRWXYKNnsrzbKNjYy7LgQU85WdZhPBAu/7lIbdP/IEKoAKoACqACsRUAZ7JMIwKhINKj2xBLu8R2ZUK7RCXG0aP0g68XnfrELG1VZap&amp;#43;ZUZ2oHX89/6u27z1lSzaO6SYn4vhHW3/4pFsH2wHDZa/vkPttE0eSJsdO7czjZCNWS5ObZsZBHCA8jlMe1fMDNUABVABVCBjimAJIoK8AqEg0qPbEEu7xHZlQqNnsu9mlqGws2fH5BlKnH5oJ8Yxz3e8MBwiGkc/wSLxrhcf/99xnGPw9f04iQWgXF53eCbfIIgiqKn/CwrMYTLH31IO/D6uv/5BcvHOO5xV9FBllV4ALm8Yx0IxkYFUAFUABWIqQI8k2EYFQgHlR7ZglzeI7IrFRo9l1vfW8go2TQtWZYpcHnd//ycbPf5GidOgMg&amp;#43;wQwxGZc7d&amp;#43;&amp;#43;UpYWfjMu1A68HkzkzlmsHXh/C5dRs3/DQAxHzibgRuTym/QtmhgqgAqgAKtAxBZBEUQFegYisEv&amp;#43;NyOXx17ydEqPlcr&amp;#43;/ftidxInlzlsJcN/8M5/Nxmctcfl/3wwb7etygMs95ytgC&amp;#43;Ny09TJzCncq6llmdgy0xn31w2&amp;#43;yX3kEPtJuHzXDhYT/Fjq77qN5ePckc/2Rgwgl3esA8HYqAAqgAqgAjFVgGcyDKMCEVkl/huRy&amp;#43;OveTslRsnljKqdn&amp;#43;6q&amp;#43;8WN2oHXOzbm8lnLuNyxZSNQdcvZ0xCN5cDTtrv4CMuEt5cTN5XBN/ExnbvlXM7vbXw2ieUTMYBcHtP&amp;#43;BTNDBVABVAAV6JgCSKKoAK9ARFaJ/0bk8vhr3k6JUXK5MHsWMZbf9t9ia2vjxGe0A683PvkYn3WbXH76FERrn8sD9nLefYWFw&amp;#43;3lyOUd6xMwNiqACqACqEDPKcAzGYZRAZ6gejCMXN6D4kcuOhou97vddbf8ErjcOO7x&amp;#43;t/9FpiY90KRuHzIICimKXslxPFcvABbGJe36V8e4HLPxQu6W4doB16vv3eY&amp;#43;&amp;#43;sSyCecy9G/vOf6FywZFUAFUAFUoGMKIImiArwCkZks7luRy&amp;#43;MueXsFRsPlzl07eOM0C9vSl7LsJS4ffJO7pNixYZ3&amp;#43;/vsCKyp6IQ7jctvS990lxfBtOVHKcmB&amp;#43;LK36etfhr2zLl7ScPtVyojQCl9P1WPTDf8fycZcUtxqDq56zPFkA/Vg61oFgbFQAFUAFUIGYKsAzGYZRAcYnPRvodi6P/ki//PKXXq&amp;#43;Pl8NVdLj22z&amp;#43;uVf1I&amp;#43;csn6QPhaLi88fmnCWT/ejCbZ6kf/juwZzMFzDOnM15ngaZVH7EIjMvZXpJnpPXLW/X1LFXL8WMSl7e7fvnmPJYqPIBcHtP&amp;#43;BTNDBVABVAAV6JgC0fMJxrwSFAgHlR7Zkihc/pe/7A5vv&amp;#43;dshfZHP1GG8lrVj8IT9uot7XK5z2zS3vxT7cDrhb&amp;#43;9xlra9NGHgMstJ47DRrCXM&amp;#43;bW3zusacWHot/PkiCXd&amp;#43;wWjrFRAVQAFUAF&amp;#43;pAC3cGa99yz9d13T3z1lV6vd&amp;#43;v17i&amp;#43;/rH/nneN33rmpO8rCPGOrAKOjng0kBJdffXVWfb0johDmF19BLo&amp;#43;oTG/fiPbyPtS7YVNQAVQAFeh9CsSW6gYPXn/kSIPT6Y/43bWr&amp;#43;ic/WRPbEjG32CqQIFiVEFx&amp;#43;xx1tvrC9KWMFcnmCnCuxrQZyee/rxLDGqAAqgAr0IQViSHVDh27U6VxOp7&amp;#43;62vHqq0eGD99&amp;#43;zTWrrrlm1YgRO2bPLtZqm51O/&amp;#43;XL9p//fF0MC&amp;#43;16VlknySiiLDO961lFm8NLmnqn36nRvKiKY6HRlRVbyOl0bgnB5VdfnSXzLIf2nD59&amp;#43;ugn65HLO310Ezlh7&amp;#43;Hyyk2vJyf/bX15d/ZGB5clJycvOWDqzjISMu9D6cnJyYsKdAlZuWClKjelJien5JwKbsEQKoAK9HoFokXJ9qju5ps/qasj5P3xxxU//OFH4dn&amp;#43;&amp;#43;McrN2&amp;#43;ucjr958/b/uM/VodHaHMLUCyzwdu89SfVC0fFjGiRy3nlEwSZepLL//M/s5kiX35ZF66IyWRy6fXaawcpo3l4wl69pV3/8l7dOlb5buPykqwZydJnyrSZ8zMOXOpi53FwCWXmLuaimDwe6K9YgZ7aGcK7lNHndu8AqJMNPZQxpTcMHzrZOkyGClyhCjAC6WKguNjgdPrff/&amp;#43;kcj65uRedTv/WrZeVo4XsDXC52eAlXxt1kjGblt4VGzRHLufVZnzSs4Ee4/Jnnjnwpz9t37evxuVq3bCh8vhxQ1tCNI59Hrm8LXF67/bu4vLqXWnJycnvF9RWV5buyUiZkpw8M6ukK3bo85vmJifP3dC95vLuR/&amp;#43;2&amp;#43;t0QMm4rUrdt53m3dtdbyclTMg51W2Gdz/jCpnnJySlr0FzeeQkxJSqQgArwTNbp8KOPFjid/vJyy//5PxnKmVx9dVZtrdPp9N9&amp;#43;&amp;#43;0blmMG9EpebssBmf/uJYgNBc/XGPcE47ZnzFWIil/PiJAhQ9QyXT5168IYbPtbrnRs3XnjxxcJXXz30zjvBZbNl0mi&amp;#43;/5/I5TJN&amp;#43;sDP7uLykqxpHEKVrJiWnDwtq6QLPUIRZebPupBDu0njgf5tVYIn47bidNt2OogK8O6pnJTk5Ld21XZbaZ3PmJ5Ui/YmurdN5xuIKVGBK1IBnsk6HV637oLT6Z80qTCaHFJTv3Y6/W&amp;#43;/fTyayCSOjMtV6S/vI17sztJyLoecse&amp;#43;qyzTSfFOzxrR9fj63N111e1HOYUe9WYpQf9GQMzkHIkhcvvHE3gqardPvrLfujZRcMtXbXOrD5c8FRwLlZcTHxrQ926CuJ/kHXNWhSl5pCqzZVbbjxJ8hFbRIo1mabZKqZPPWl/J5pqtUeS9mG9R0BOJ0&amp;#43;usvGrImBJ8PSHXeUVl8MVyKYLQQBYIVVoqQIGTVA1z&amp;#43;rW&amp;#43;lf/e7mcnJhTt2VL311je//nXua68d/vxzTUWF2eMJWb9cFEXP&amp;#43;QvKUH4FrpMYk1PHaG0uOq3LP6Jeve/8oq2n0jYch&amp;#43;&amp;#43;7W05u&amp;#43;rLqSLm&amp;#43;qt4Wk4LayqSbuLx2JzGXM4Sq3DiXOKEUSX2O8cKBjPkzpxE3lzAXl4byA6vS5s4iO6fNnJu26kAVtbLTHFIy1q5O&amp;#43;xtJOG3mvIzPqoJdWG3JpkUp06bQHGcv2lTK0I16vyzIWp1KMpTQs40iBIr&amp;#43;aas2LZk/k2Q1I2XRxmBGQptFBGtBQrUl25bNm0l9eEIqWb5&amp;#43;bnLyvM2VLDb1ZScu3eUbiDjcJzCAqT1VwKSYNXfR2kMghSAIB5aEmrTpiCIA1pGazEqlgdqSbUvmpxAdZ8ycuyjn0B4yiErbSVHcRPKWsmq7ziSbz8hIaUH2pkV/64JcxkpyuOFckAkuGCv308M9JXnazJR5HxQc2pDGRnf0fJi7ZMWiFHJgqWe8qbZk46IU8J4KyUpXsmqedLalBvypTOW7pBNmWsqiTaVaEMhYuT8jEHXmvA&amp;#43;kcy9UPPyFCqACMVagE&amp;#43;gWnqSqyu50&amp;#43;q&amp;#43;7Liqv8VtvzXM6/YcO6cPzibwljMv/UURht/QUi//yDgfBX5tLfdJUJuG1t2z5ZinCqPIyIHIb5wnj9JZlEnYHxgV6DvrJOB3bpwb4dYSU3KyxlpWa1JCVWh2YtQlcTonf5jWbvZTLc17&amp;#43;lFbJ6XeaSaESnWs0LwdHGjQJt9dceuq3Ej3nZ5XSJGbXuVJTmRqSB6skr3PIECVQ7ehAnGkIgbZwJc7be4DLof033/zJwIE53/lOZlLS/tTU4rlzjy5bdpI13luj0Vz9X7Xf/rFu0G3I5UyWrgeamj1Fp3UfH6hkIK4QyN5//utKg8MlvR&amp;#43;066XzOXQTl4cayHUFC5KTk&amp;#43;dtukDv5uWb5k1JTp6dceBMbWXptkUzk5NnZhwCkC7ftWBmcvK0uRn5JeVnSralpxBafaegVhCo03Ny8sx5q/eUlkOq5LRd1TRD7cElJJMFm45W1p45mJWanDxl3qbzdBcF1mSyM6fgswOHynVC20VUbp5HipuSsmTjwXLIh9n4FYrge6iGg0um0cKKymsvlOSkJicnp227TGNQis34isUOOq4YtbW1exYRutxTW1tNvkaTEFLPC6UFVIqZyw5SncrX/y05OXVTkPG/ygiOgsKbzMqkgfKNpJnTXs8oKK0sP7otYzaMCAKDAV35oc8OlMJkgLbrLAiB4URX5BLK179OBM/YU1pZXV7wPjn2WUehurqDy2aSA/dOzsEzlaWf5ZATg3ykg05HNTRt/oEDn5VWCRB/5oKNJZXV5QdXkDbCKKiKDhHTtpbXnikgJ1vatipBKFkxMzk5JauosvJozrwpyTM/LDEKAiiTkn6gvLqyNJ&amp;#43;emOnSiRkqIf5CBVCBWCogw7LO/TSbCTh&amp;#43;&amp;#43;9vtOLFA5j/4wUdOp1&amp;#43;nc0VbViiX3zpXo6Yu5ueyAxbxCWo1wV9TzljJBP7nFSZzcMGT/JwzlIDV9QulCHkvbrTWV6jn3E4QVmJcszVvah6p0qB9EN98&amp;#43;AStYc7CEtK6&amp;#43;n3FtwLpDjq0lxrmA3ZxicvNpZXP0QxJqrn1pAJO77mNRZDqxrEnDqpdxcv33chxufrzE2MHkTrcOreerNDidOQ9Qn7e&amp;#43;K4B6g81VKlyZI8IAnU25Uygde4UgkfUn0eUHgz3GJfPmnXopz9dc9ddm771LXIkHn10D/fGG7F5x552cZxF6EH5uqPobpr32dTsmZ1dMmjixlumbP3T63uefq9w1spiBuWpa489&amp;#43;fbngydvZltmrjg6c8XRlNUlaRuOr/viYsxb2j1cTn2Uk&amp;#43;fmfFNbK2fKUzmzk5NnLDkgWSgF3X6KpMQ5gU67nDJvU9CHXFeydRu1ZVKK5Xbp9pJU1ACvO/B&amp;#43;cnIyN0&amp;#43;ROmJIFl8KrAGcFRSLAPSfuaQoYGsvIw4dczdWCoJiEaHdk/FCaXmgaWCAh6cE1CgeGJmQJCGOK/TxQkpOGcsrghQHCPLTtUioSTs5PegBTkcUgeTyJrM8aYCKk7yooJb5&amp;#43;htLsgjyBgY5XHTlOlMynpl11Cil6JRcQu2pU2xCMPgREcGlsyIluzSQuyBc2JZGHmKAM1TY&amp;#43;UDPIm76AT3NqFoha&amp;#43;w06MiYB860wNo&amp;#43;Rq2OlEKVmbbkQODww0FP/DVquAOGQVSgdyoQEc46utFgaHE6/VdfnRVNwuuuW&amp;#43;10&amp;#43;mtrndFEJnEkLqdszVZlUWtepkSrUqWP3Uos0&amp;#43;bPi7kMvzlIPEAo5o64dI4i73bOD4SLKXF52QqJ6cmu&amp;#43;ZSq1WrqrHKimAwDrDkjCKfB9971VlKiBO6SH0tWoD4qVTpY9M0lJwiFh3&amp;#43;hRfXUdi7tzc&amp;#43;rIA0sW07iLywh4XM5gYGHKl0FrTAbFtL4wOUhdQ4vpVNbYs45ncuwx7gcjtZ3vpO5YMExm60lvPau/V8YH3yCwbdCIDxtr97SHVy&amp;#43;t1Rz08SNqpErZd8fPZ5z43N5P52Qy7YnZxwaPHnz//3Latjy72M/&amp;#43;c3L2594&amp;#43;/O7X9154lJjDIXtHi7nFmMhNs6Z8wLuKAKlt5S13NQ9RmN017QPIzqhU4pdciDY6RCfE2ri1RUQQn&amp;#43;f4ZQgCNSRY9lBwl/EBM4hu1IRFPUCrEYKohUj3h2KRQSrFBoyamsr8xcwvwu550noFEb6eIFDwIj1pNZrYgMOcy/hVzmUNzm0VqfWpBC4Dw4AiOcNmegp8W5IbMU6h61d0zW5hIba2sOrUyR3GlCcE4TUi55UkuO77Hyg8acsCjkJ6JKXBwWhdjd5WJOSfqAyyPhC6Sr6hGVjCRufSMpwJya4ykgPXkKEwR&amp;#43;oACoQSwUiUGPHee7kSbPT6R88eH00uf3pTzudTv&amp;#43;&amp;#43;fZpoIpM4AS4nTibgQ2I2LOQgOKs0FNkZuztde6emq94lC8U4QyA4hJUlxuXXL4cSYX3xqXSt8WCeXFmS90iAy4O67duuppDNs35wb6BFoeuXc9UoAnu85PoSUrQ0&amp;#43;ZWLHNKWaCXlKxMajiHhdCWrbufyrlTuykwbcy5P23D8qockzmb8HTFw0/N5r6wo/t7oj9neX0za9GLGoTtf2q4aufL7j378yecXYnVQuoXLYTEWilCn1qZwzgkC&amp;#43;J2DRwL/N21nLexaEnFmZyjFEuAmDuvU/EznAvJZQXjaCsL3PLASAqUuDZGLCDVgkz6HupsTzxPFIkJ6J1PtqT05i8A9fco06mUOdmhKsW15ngD4c8tyR64n5XIyTmAVk8oOusSENzmkeoDgyUvIkCX44Xk3uFUyKrdZ57BlK1mtopdLMFYWbcp4C9zLp82kEweoPZxW6XXOUUcQBHpSwWEV5OeDbBwYOB2kwYaudOOCmWRFoAXbTgXY3FR14IO5xDV9dtYh4lcPT3gCCYP/IzxG4DXCMCqACnRdga6TnEqV/sEHZ5xO/6uvHokmt5SUo06nf&amp;#43;nSoHd4O6kkLqdIOuhEMUXz&amp;#43;k8PsVQAqeqiypxs2ffEi4O6zOVQusG0XZ55ZdbcXbQOClzeBjTz3B/AYg61D&amp;#43;0l80e9ZVtlzanMySyGmaNc5DaKCGTLVIoyECu86WI&amp;#43;yOVdFDD2yWPL5XPXfMMgWyHw/55c&amp;#43;/iCz8CJZcoHh74TsJeHJ1m4OTgNoCuN7xYup2QmeZLoDiyaIjn1Bnh6bkQbJLh3R4Zm3n&amp;#43;adgLEOQHW8qM4yGaUhvYQFLY43lUqQo56HPorFcEXSF2cp6Rk7C&amp;#43;v1RL&amp;#43;4&amp;#43;zNQRM&amp;#43;JIBprAG7NfUX55ZAiVjPkg&amp;#43;pH0sZVIzT0HRwSXBVb3mT&amp;#43;fpJqC17cRLPuyGxFesMTzm4ZSuDI6Vo5QJ/buoRXkvk4txmaNH8swtqLg9OTqUnGJtVzD8hCWkB/&amp;#43;MSdS6fEbJYp66UOJdTj3M6cJKNBPjkGEYFUIFuUyBKXFOOBibwqir7d76TqRzz&amp;#43;9/PqqggTiBDh3ZynUTJ99rp2vuShKQvfkrWJAn1Y&amp;#43;FolfmxjOc2ctgagXFDuBmw25rT5nLp4Vwu&amp;#43;bE4S8BDPazckPylvXw14AnAuZzAvFWutiAvH1lZ8I7u7QrSxDAtcnkMxYxNVjHk8lV7K8LBOnzLLS9u&amp;#43;XNqAfMsT9tw/Jn3DoZHY1u2Hb7c9aZ2B5eDuZdhE/UQCMzno9DGdpH7vLZc8jCWO/gKwqVSmIBIOZX3vuAoigJiYCkS2m&amp;#43;Yqk6dASdhakblvSHaLkKIiP5gWlYqguupKOAGXZxNpcQtQ7I3U78LOuOQJDDR&amp;#43;Y5B1xE5AUu&amp;#43;ztIsT1oETJal4EjVCOgpCLrPiOO5tJoKOHvwTeYqSOCWLlgZ9KGXJ&amp;#43;djK9YZ4Jt7uAFu3MQSH6VcUNWgbxKdHCytmw7Wa27sIVG7NDmVnmBh58PsnFPMaV4Qqk6Vk5MgeDJw4xl2ygkCqzYd6S0qYHMDBEF35hRbAIfXBcOoACoQWwU6ym1txS8s1Dmd/hUr&amp;#43;LULw3hUlb5q1bl/rdzy0UftRAspBSjWGVi/XBVYq4S5psC8T6dr7yvMRzxvzj7rua2HqHt3YN6nRhOYRknnfV5Ug4d6BMYN4WZp3qf5ZLm0yqEq/caxlWUXDUuld45G4HI277Msm070JEnovM/F1MQekn8ELpfGHmZTFnut6aB9OaWOYkgemKsamHgaQecQAcOwXmFv18EmJjkgl8dExlhmEisur9RafjFpE4Pp8AD4q/xX0vq7X92ZnH6I5/K0DccfemNfeBLY8r3RH5&amp;#43;rEbrY5u7gcgp/HDZd3kVm7AGVmsrJq9SlJTjoOhuzkpNnZBxsIJP9YAmOlPSC0gvlJfkZxM/gdfLeSZk7ijRpknqQB1LNXLD2YHl1LVlg5PVpZD2WcsnzIQTZ2y4iAvqnJidLBtTAWh/hRfC9E3jvpOaUXKitLC2Q1jmRKgkLgNBKXijdRpaPSU7bydZ5pMOFmYsKztSWHyVrxgQalRwixcwFu2BGLOg5my6oUrR6HlkBJmAGpnUIbTJfRQLNxEIM&amp;#43;p8p2Qa&amp;#43;HGzZmdC4dNGSyHWOINfrHZQLuJy2uvbMQWm9lYDFWvdVBl2NZUFOUXll6YGcd2A1FsmrRO6OLwi6IliSJ&amp;#43;fgmdraQLvmbTx9cNk00tj95bUXDpAYs3NOwSIwsHpP6XqiBkxOCCwTVFBaWXuh9MBa4voyLf1gwPElVBr8hQqgArFTQAHROrRr4MC1Gg15YdAnn1T&amp;#43;6EcrwtP&amp;#43;9Kdr9u3TgM/0b37TpiU4PGHAv5xxebqKLVwYmOv5XI6Vrn/ip0sZWqVFwckKLZRZ2TqJTj&amp;#43;3EqK3bAWh5Pa4PF016JuDdGFyaR1GWDLc6VfvK6bLGkbiclUb6yTCdNX2uFylyvnH59Ji6vUXTWUnHfXwllO1Zg4120eoc0fgO4LIgeRdpJpYJU8ELrcUvjRQpeo/IqPCFatm9eZ8YsLl3lbfqn3nfz5p04ysI&amp;#43;MWftHvkWwZZP/gsTWzVhY/krZ/6PT8qR8clkF52obj987eLUvC/7zxubwuatwNXA7GzhCbLfXBCJh4taVkhW/i20tXKP9gWwl7h42ptmTrknnS4uUp85bBrhD/adIXUJ8TulIK7RlMVQdWpQUWrp45b1HOgQuUpujsyYAhOdCHRC5CGf2J2TVyEYFc4X/5TlhOm659voys7BdSyQ8C65rPCl18XRB0R1eDItNmrpaWWeHrOWtuGq&amp;#43;SIOhK6arhoGBw&amp;#43;W0BptXKmxxaSd2ZArJ4/BSq/lursxZMCy5hGRqTtLqNOoeNlEJN/tHJRVoNy41PmzkvfQlZ2jAwjBEEoepwDlkZPZkssj5vWc6SvwU8l8AdP/i0Qap01Wer02bTs2rKtJnzF&amp;#43;Xsp/M8jad2LZsnLWzPFi&amp;#43;vPZTzFl33PJlfvFzQlW4jS9fDifm3tIytwVmhMmHwJyqACsRQAQVE6&amp;#43;iuW2/Nq6trdjr91dWOWbOO3Hff9h//eOW11666//6dqalfw5otwOXnzlkHDMiONn&amp;#43;5vZyg9r2ZdCVEp/fgXMlafOvUyoMVLpgYaja4zn1e&amp;#43;SJbtVAV&amp;#43;l4hm5e8VwhWRYyGy&amp;#43;niiQt3mNT1dB1xkty0/V3JEK5SReTydJUqwnuFYFVEaaTR5rxPaBFNftEFLzMy1zvKdkiLKkYeSwTAOlpV24jfRaqJVfKe53JXaeb0yZNS1lXEqkm9PZ&amp;#43;YcHnhKV3ahuMDxq97ZQVZDDEiZF/71CdJiwoHjF&amp;#43;XtKjwl3/ddPMLG3k65yk8YnjeJ22&amp;#43;ojWaQ9ANXB7D2zVmhQqgAqgAKtDHFegixsmSDx68/siRhkgLiZD1SVavPjd48PqSErJAyqlT5h//eKUsOf7scQWiQZc4xIkHlxdMULFP/8EjUg9apIbtTmLbaWBEtl4ULy0eEtzab&amp;#43;Dw1EIaHTIZsUofknY4SSHy&amp;#43;fQfOmm7OkIcaZN68S0qlarf9MPSb9el/JThQ/pfRYvsP2TE/AJL4C066vdIRfq9VCxFhYr1m05/Qz5cRVk0KXbn/3Wdy81N7rQNx6d/eOSGZzYkLSpM23D8uSVF4Wx935xP7529&amp;#43;4G/F/xoTI5q5MrbZ&amp;#43;TzXD5g/LrwJPyWHzy2prklIFbHm4tc3sd7PGweKoAKoAKJrUB3gODvf79t0aKyw4cbGhrcOp1r/37N4sUn2UTP/v1XHD1K2P3rr40RPV66o0qYZ5QKdBxkuiVF/Lh8yNTc3PfGDCQoO3RxNW0M8PQt03O35OeTb2GFPcDl/UYt2JKb&amp;#43;uAAEv3OxWpRbJ/Lb5memzWJ5j8gFSy5kD&amp;#43;wu6ReCJdbdk&amp;#43;iBagGDE&amp;#43;aNHnU0H6UswekFFPajIAvYM0AACAASURBVILL&amp;#43;416B2qen18aGDB0&amp;#43;TB1ncu/qTSkbTj&amp;#43;QGrBv6Zvpm04/mLGoSGTN0//8MiwWTu//2hwDcT/TFqftuH4z57N/X9Prn1&amp;#43;SREP5WkbjsPaiDyIh4f/vvZYp5uLXJ7YHRbWDhVABVCBPq5AlLgW22g/&amp;#43;MFHYDU/cqThe9/7MLaZY25dUaDTPBPbhPHjcjB1548n7CuZvSNwM&amp;#43;Nyapb25lOLOrGjt8/llL9DokXIn&amp;#43;Nye0ESAfGBSdsDSO3VZz9MNoGNPBouZ3b3GB6VrnP5hoOX0jYc//XUrWkbjs9ccfShN/alrj3GsPve2bt/&amp;#43;dfNv3l5&amp;#43;0sfHWUbZYG5Od/87Nngy4bCiRy2/PKvmzvdcOTyPt7jYfNQAVQAFUhsBbrCcF1JC2i&amp;#43;Y0c1cnlXZIx52k7zTGwTxpfLXcUpN6pUqv4Szkbg5hAud5WkEPt3v6QCexRcPiApc13qCMLVQxdfoipFyJ/j8gh7Q0rvpVxuc3oAsm&amp;#43;bvi1tw/HJ6V9NWvalDLtT1x4LN5BDnD&amp;#43;8trv/Ezn3zVGa9MljutHaycm6yOWJ3WFh7VABVAAV6OMKxBzsos/whz/86Nvfzog&amp;#43;PsaMgwKxxetO5xY/Lqc&amp;#43;IuTPgAezK8AtGcg4sEPy5A7xLyfRR60iU0JDDOHMpzzcv1ylUt04HVzSJb/zNvxY5NgtSVjALPTyCEr&amp;#43;5dQzvtMHITRhF&amp;#43;3lFRoLmMm/N/rjaZlkoZVR8/fJuLytn/96tZBq5Mp/H/sJT97K4aw950KrH&amp;#43;0v5PI&amp;#43;3uNh81ABVAAVSGwF4oB6WEQvUiBafOnmePHj8iFTM6eTOZeqpN2BNgGXM/9ycNGW8HfUAvA4t0jm2Pa5nPK3Zc0oUsZjuSRZBIt4tPbyQq8YBZcz/3LqGR9oVhf/d5HLPy&amp;#43;ru/G5PIBp8CCfEmkZxHA0n5F1ZNT8fbfPyGfJlYkc9k5e/lXn2otcntgdFtYOFUAFUIE&amp;#43;rkAvQkasahwU6BzMxDxV/Lic&amp;#43;JSXptJ5mWNy7bQhEbg5xJOEby1QsmpCAWwse53k1B9WQeHzOb&amp;#43;ArqJC3dP57VJeHJdL/uX9krYH1ocJ&amp;#43;JcPfKk4iPW3kFmnoiha8ijxS9Z3Lh8p55j96yKX3zVzB8/TD72xD6zm4SDOb3lh6Zd3vJT/cNr&amp;#43;W17cwidXCF/71Ce//OvmncU1nWs5cnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qvhyuSgCT6vu59Y3HJCUKa3HUkYmYIa4i3Dt1WaPoB4vA36XNOlhWEpxYMi6KySfzEmDSaT&amp;#43;EwuCYN1v6JjJkyaRb2axK4Sn2Xos/W4bFVyP5eaAG4y3eHp/WuTgUZPGD6Mrt/QfkweTRCEf1bDZ0noshecluz5X404Gu8jl14R6oQx8Pm/mijbndzI0f25x0f&amp;#43;&amp;#43;EgL0CkSuGrnyunHrIG3uQfDl73BjkcsTu8PC2qECqAAq0McV6EXIiFWNgwId5pjuSRBvLhcDsEvM52DPpuhL/3Drl0vLhIc02nUpf9KdQMqq/ncmZR4O2Ln5fPoPGTE5sxj28NtJASOy9SFcLopiyPrlsIr5zallbFXuxuLFjw2E5RP73TwiZYs6QN8Sl7O6B5c5D6lyZ350kct/8NgaHqn/70OrGXy3FXgkbf9/jGtntXI&amp;#43;TwhDbms/v9CZRooicnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qnhwecwr3V0ZWopT76SkfdWAEeNHpeQFuL&amp;#43;7youcbxe5/Nqn5LM2Jy6Vr8ciA/QHUgv6PZL91&amp;#43;VfPbek6N7Zu/9lCw&amp;#43;n8PAt0z88krbhOHJ5Yvc7WDtUABVABVCByAr0ImTEqsZBgchMFvetyOWhknv1&amp;#43;bNGDKCG81HrAuuah0bp7l9d5PJBEzfKGPrPqQUyEOd/jvnnZ/9yE79t2raH3tj33JKiuTnfpG04Pmtl8b2zpaUSv/OX1UOn5983Z/efXt8zbuEXt0zZCvn/dflXyOWRb/a4FRVABVABVCDhFYgD6mERvUiB7qa7KPNHLo9SqPhF6yKX3zVzu4zL75iRz4M4C78e6eVBQyZvHjlv7&amp;#43;T0r/44dw/L59dTt17z5FowkMPCi6qRK1&amp;#43;mryXaWQzvbu2wPujHkvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6DDHdE8C5PLu0bULuXaRy//ltcJ4GgI/fmLtvE&amp;#43;C7/tkXH77jHxZTP7nv43&amp;#43;&amp;#43;KbnpfUWVSNXfvfh7FdWFLO0LFBW1di5tiKX9&amp;#43;XuDtuGCqACqEDCKxAH1MMiepECnYOZmKeKB5fD0uNsiqSKLDXIz5vsN&amp;#43;DOpNzzoU07CysqqlR3SssU0t0sVWClxfD3DbnU&amp;#43;bNGDIHZoVf1HzI8tYDjRlfeGKkaE6X1Fkm2oSvAWEoWj7mZTvXsN3DE/AILnQMaqQmhFY7dry5y&amp;#43;Ud7zvF4DeHfvrKDkTQE5nz8dXg02ZYn3v78poBXzOg3D8hygJ/1Zmfnmo5cnvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6BzMxDxV/Lh8yNTcfFgP8bMKl8Tl5L08mbOGUYqexJGyWDGfLnROIHro4qCjBONyVb&amp;#43;phaBFyPuGLAWT6HKGqhtGJE2eNOo2WEllQEopxHXlPsZGB1xxPJfbcym5Dxg2PglWRhwwocASoP/QJsT8WEgZdpHLL9RZr3potYywVSNXPr&amp;#43;kiAfrCe8fDI8TvmXi0i8HTdz40BuR3xja6Zd9kvXgHS2qkStHzd/blo59uTfAtqECqAAqgAr0tAJxQD0sohcp0BaNxHl7/LicLIwY/ABh95t&amp;#43;WBTFigVk0XEIQ4zi6YSoh455jND5wPllgXRBLlepBqaeJJs5LncVTCDJBk7I1wcWOqxYmpSUIa2aKOrpCuj9x4wZTuh8TF5gzUOey2Fpxf/NJHX1VuTOz63g7OWhTQhUKtb/u8jloijeN0easslz9t2v7uS5PG3D8QHj21935XujP35iwWeT08kUz/DvobP1nW59u1zeiy5mrCoqgAqgAqgAKoAK9GoFOs0zsU2YAFzemE1fpDkiWxto2kGK5cOz9UDMA1IDYC7R/KjH6CuG6Js4g1zuLUgivM3lE8gP/uszhsErQl0A3w/mSmDOczmwu0o18MnMYs4BJlhKaJ7d8avrXL6juJonctXIlVc/tubFjEMysH5hmdwTXZaK/XxucYitHfJZsLHM3OTutALI5b36/oWVRwVQAVQAFUAF&amp;#43;pICneaZ2CaMH5cHPEjALs5bvsmeIbMK2WrhFIL70WUK9Zn/y5vSmZVdSj5ilT5IzDxeRxAJktBXhHoLKfjT1xhF8i8fBc4wKtWAJ3PVnL08tAkRyojJpq5zuSiKQyZvZlR9wzMbUlaXyKAcfiYtKmTR2gr8eurWiGn3fFPblfa2y&amp;#43;VdyRzTogKoACqACqACqAAq0OsUiB&amp;#43;XM&amp;#43;fsMmIXlwh71DsLRhHfkyGL2dvcJQ/vAAPDf2maJuNyUSyFiaFjxjxIYhAPE2&amp;#43;&amp;#43;ZC/n/WXYAWETSbmMhy5Vk/0RgN6lP7gY6HzA68RYD/Qf2gSWdYwDMeHyL07Wff/Rjx9768Bf2nANZ6g9/t0vvv3gqragfNDEjfM&amp;#43;KWWRWWDh5pON1oAjUKcEQC7vlGyYCBVABVABVAAVQAX6rALx4/JQ5&amp;#43;wgYVvyqBvLjZKziov&amp;#43;7HfbmEmTJ9HvCDoDNInOCg2mEkWx&amp;#43;CVYdSXA5aI0rbP/1EIGjBVLxyStI/Bd9jqxgQ&amp;#43;8H/KcNOnJoWQ4QD1hQrncUpyRXQzpt1POJ6vH8F7s3X4qxITLRVHcfrSaYbRy4NZp2yJy&amp;#43;S8mbWorYeEpXReFQC7vooCYHBVABVABVAAVQAX6mAI9z&amp;#43;WiaMl9mLB1/1nFoig5rozJY0ZvfTadpjlqnYtZ2elsUVG05CcRuCYfCfotBUnA6v2GjgquxzIw5cg&amp;#43;6rgiTRWlhxCmlg5ILQ2xl1e8N5TmF1yPBWzqYC8fMD5TWlKmlFUv9udDrLhcFMXs/efbAmt&amp;#43;&amp;#43;9WPronI5TOyjvDRWHjt5xe63mzk8q5riDmgAqgAKoAKoAKoQF9SIBG4XBS1dKUUVf/p2zPJ3Mx&amp;#43;SQX2oMhgQVeRaZoh9nJRFPWr6ARQxuVk&amp;#43;b3izAlD&amp;#43;18FuN5v4PBJmSUWESaSgnU8kDFY0ImbCu/H4rUUZyQNleB&amp;#43;4IhZ0tIuwOWQKflLjeiBnGL8P4ZcLooig&amp;#43;m2Ao8v&amp;#43;CwilP/s2dy0DcefXlT4En2vJ0u&amp;#43;dPvpmDQYuTwmMmImqAAqgAqgAqgAKtBnFIgHl8ddLEv&amp;#43;&amp;#43;H5k4XPZu4riXo/OFRhbLm/Xan7zCxvDufzG5/Jeyjry0wm5t0wJmfT5/rbYQHk065d3Tj1MhQqgAqgAKoAKoAKoQC9VoA9yuaskdegNA4a&amp;#43;FVhcsbcdmZhzuSiKWw5dZgZvPvCvWaHhUP4/L25J23D8tmnbHnvrwKuriln8faWaGGqJ9vIYiolZoQKoACqACqACqEAfUKAPcnlvPyrdweWiKB46W79gYxmD7LQNxyeFrV/e7&amp;#43;Hsh/&amp;#43;xn48D4Xc2lRWd7upET9lxQS6XCYI/UQFUABVABVABVOAKV6DbufzuK&amp;#43;YTqzOpm7hcFEWdybHxyyqG3f&amp;#43;dvIUZy696aPXQ6fmvZUdY5nxHcXWDpTlWrWP5IJczKTCACqACqEBfVaAvvXcmDm1p6zSIQ9FYRFvix3l7t3N5nNvTB4rrPi4HcbSNjn2lmve3nUpaVHjfnN0P/L3g6UWFqWuPMV6HQMaus3tLNZd01m6SFLm8m4TFbFEBVAAVSBwFVKr0xKlMgtdEQSuFXQneqN5SvcRRGLk84c6Z7uZyaLCn1ddgaa7QWI6c0&amp;#43;8/rt1&amp;#43;tDr34KUthy4XntKdVpu6w0AuExq5XCYI/kQFUAFUoO8pkDi4k/jaKmilsCvx29Urapg4CseDy10u1yeffLJ9&amp;#43;3a7nSx/qNFojhw58tVXX82ZM6eto9XS0gK7kpOTNZpYTjdsq8TE2R4fLu/x9iKX9/ghwAqgAqgAKtDdCiQO7nR3S7uev4JWCru6Xi7m8K9FpRNH4XhwuSiKTz75pNFohGNfUlLi9/uXLl26b9&amp;#43;&amp;#43;&amp;#43;vp6URTtdrvH43E4HD6fz&amp;#43;VylZaWPv300w6Hw&amp;#43;12q9XkbZ1X1Ae5/Io63NhYVAAVQAX6sAKJgzuJL7KCVgq7Er9dvaKGiaNwPLjcbrePHTsWDszx48fvuusuURTvueeet956a9y4cYcPHx47duzOnTtHjx792muvHT169JlnnsnJyTEYDAsWLPjjH//YK45oDCuJXB5DMTErVAAVQAVQgR5UIHFwpwdFiLJoBa0UdkWZOUZTViBxFI4Hl69Zs2bTpk2gSHl5&amp;#43;bvvvnv27Nk33nijpqbmo48&amp;#43;eu6553Jzcz0ez7Rp08A6/vvf/14UxZycnLVr115pTizkYcrIlXfP2ql8AvWBvejH0gcOIjYBFUAFUAFlBRIHd5TrmQh7FbRS2JUINe8DdUgchbudyy9dunTnnXe6XK6zZ8/u27dv0aJFO3bsmDNnzunTp9PT091ud3Jy8s6dOz0ezyOPPCKKYl1d3VNPPZWdnf3mm2&amp;#43;eO3eupqamDxzvDjUBubxDcmFkVAAVQAVQgYRVIHFwJ2ElYhVT0EphF0uOga4okDgKdzuXnz59uri4uLy8vKSkpLW1tbS01GazFRYWrly50u12i6K4d&amp;#43;9eo9HY0tJSVVVFXs9usRQVFXm93oqKirNnz3ZF5V6aNkou9zvsnguVrI0&amp;#43;U6N97Rq/1yuKot/rdZcUw1f0&amp;#43;/1OZ8uZ06Ioei5eaDUYIIljc559wycQ9pwrh8g&amp;#43;UyPLUBTFltOn3CXFnosXYKO36hJEa9XV8dE8ledDEvr9LSdK&amp;#43;QgRw2gvjygLbkQFUAFUoC8pkDi4k/iqKmilsCvx29Urapg4Cnc7l/eK45FQlYySy5uyV&amp;#43;ru&amp;#43;LXY2iqKYqvB0PDAcOHvcwxPjBb9fp&amp;#43;pUXvzz2zLl9iWLxF9Ps/5Cu1NN7SUnTC/NNWRu14UReFvr5kmT2x4YDj8NI4dY355um35Eh70RVEkef7ttfrf/da5I18URfOrLzdOnGBbvsRd&amp;#43;g2vWOMLzzp372Bb3EcPawde79XUsi0RA8jlEWXBjagAKoAK9CUFEgd3El9VBa0UdiV&amp;#43;u3pFDRNH4bhy&amp;#43;dmzZ10uV684Qj1YySi5vOGB4Q0PPeD64jNRFJ078s0zp3svV7lLiv0eD&amp;#43;Ny4GlP5fm6n/9M/8c/mKZMcmzMJcD98Ej3N1&amp;#43;zNjIu93s8bCNwecuJ47b0pZZ/pvFc7jOb&amp;#43;GgyLjenzGwYdT8ZEih&amp;#43;kMsV5cGdqAAqgAr0BQUSB3cSX00FrRR2JX67ekUNE0fheHB5U1NTUVHR559//uabb7a17mFdXd2pU6dEUayuruYP4eHDhxsaGvgtfT4cDZd7ys/qbv&amp;#43;V9b2FpqmTCZfv3G6eOb358wN1/32zz2YL53L9vcPML0&amp;#43;r&amp;#43;/nPgMsNj4zibd5KXF52wrZsseXN&amp;#43;VFyud/prBsyqGnVR/p7hykfKeRyZX1wLyqACqACfUCBxMGdxBdTQSuFXYnfrl5Rw8RROB5cLorihAkTsrKyDh48uH498aMI/5w4cWLJEmJhPXz4sCiKBQUFECc/n3hQXFG" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est par exemple repris sur le site de
+ &lt;a href="https://epargnonsnosressources.gouv.fr/" target="_self"&gt;
+  Épargnons Nos Ressources &lt;/a&gt; et sur plusieurs &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;sites de collectivités&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
-Risques naturels
-[...13 lines deleted...]
-      <c r="O113" s="1" t="inlineStr">
+Revitalisation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour intégrer la carte de l&amp;#039;équipe &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;Longue Vie Aux Objets
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Veuillez vous référer à la
+ &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;documentation&lt;/a&gt;
+ qui vous guide dans les étapes d&amp;#039;intégration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="U113" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X113" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://longuevieauxobjets.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : longuevieauxobjets&amp;#64;ademe.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>longuevieauxobjets@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b317-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E114" s="1" t="inlineStr">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>158943</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Aider les citoyens à trouver que faire de leurs déchets</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Que Faire De Mes Déchets</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L114" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
-&lt;/p&gt;
-[...11 lines deleted...]
- Les projets éligibles répondent aux quatre critères suivants :
+ « Poubelle ménagère ? recyclage ? déchèterie ? »
+ &lt;span&gt;🤔&lt;/span&gt;
+ &lt;span&gt;🚮&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de refondre l&amp;#039;outil Que Faire de Mes Déchets  pour savoir facilement où jeter les déchets en tout genre : vêtement, téléphone mobile, masque à usage unique, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les points d&amp;#039;apport listés sur ce site seront mis à jour régulièrement.
+&lt;/p&gt;
+&lt;p&gt;
+ Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les questions du cycle de vie d&amp;#039;un déchet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🗺️&lt;/span&gt;
+ Où le jeter : à la poubelle ? dans une déchèterie ou un point d&amp;#039;apport ? où est le plus proche ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🔄&lt;/span&gt;
+ Que va-t-il devenir ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;❌&lt;/span&gt;
+ Comment éviter de le produire ?
+&lt;/p&gt;
+&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Que_faire_de_mes_dechets.gif" /&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est, par exemple, repris sur le site de
+ &lt;a href="https://www.hautbugey-agglomeration.fr/vivre-habiter/gestion-des-dechets/ordures-menageres/" target="_self"&gt;
+  Haut-Bugey Agglomération
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour intégrer
+ &lt;a href="https://quefairedemesdechets.ademe.fr/" target="_self"&gt;
+  Que Faire De Mes Déchets
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Cliquez sur &amp;#34;Intégrer ce simulateur&amp;#34; (bouton
+   ) sur la droite de l&amp;#039;écran et copier le script proposé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptez le simulateur à vos besoins : couleurs, paramètres du simulateur ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copiez le script personnalisé associé
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Si vous utilisez Wordpress pour votre site :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  ils sont développés en licences ouvertes ;
-[...80 lines deleted...]
-      <c r="S114" s="1" t="inlineStr">
+  assurez-vous d&amp;#039;être en mode éditeur back office (et non pas mode classique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  cliquez sur l&amp;#039;onglet &amp;#34;texte&amp;#34; à droite
+ &lt;/li&gt;
+ &lt;li&gt;
+  copiez/collez le script à l&amp;#039;endroit désiré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://quefairedemesdechets.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : quefairedemesdechets&amp;#64;ademe.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>longuevieauxobjets@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94c8-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-[...26 lines deleted...]
-      <c r="K115" s="1" t="inlineStr">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
  &lt;strong&gt;
-  Votre besoin :
-  &lt;br /&gt;
+  d&amp;#039;un groupe projet
  &lt;/strong&gt;
-&lt;/p&gt;
-[...18 lines deleted...]
- Le Cerema vous accompagne dans la mise en place un service de transport à l&amp;#039;aide de véhicules autonomes.
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  La réponse du Cerema :
+  - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  &amp;gt; Définir les zones de pertinence du territoire pour déployer un service de transport basé sur des véhicules autonomes
+  - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...14 lines deleted...]
-&lt;p&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
  &lt;strong&gt;
-  &amp;gt; Établir l&amp;#039;itinéraire du service de transport en fonction des contraintes propres aux véhicules autonomes
+  d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
-&lt;/p&gt;
-[...56 lines deleted...]
- Analyse de l&amp;#039;itinéraire envisagé par la ville pour un service de transport entre ville basse et ville haute (2019-2020)
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
-[...1249 lines deleted...]
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
-Cours d'eau / canaux / plans d'eau
-[...404 lines deleted...]
-Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-Emploi
-International
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Prévention des risques
 Artisanat
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="P139" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les communes du PETR Garrigues et Costières de Nîmes
+ Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
-[...212 lines deleted...]
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G126" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>154987</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Impulser le changement avec les habitants</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 de Fougères Agglomération</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Fougères Agglomération
+L'Europe s'engage en Bretagne</t>
+        </is>
+      </c>
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme européen LEADER est porté par Fougères Agglomération. La zone couverte associe Fougères Agglomération et Couesnon Marches de Bretagne.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Principes essentiels
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide LEADER  se définit autour de 4  principes-clés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une stratégie locale
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les priorités sont le fruit d&amp;#039;une concertation qui a été menée en 2022 et qui a mobilisé un maximum d&amp;#039;acteurs de Fougères Agglomération et de Couesnon Marches de Bretagne. L&amp;#039;Europe, la France et la Région fixent un cadre mais elles laissent le territoire définir son programme d&amp;#039;actions. Le thème central du programme 2023-2027 est : « LE CHANGEMENT AVEC LES HABITANTS ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une gouvernance mixte
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chaque projet est examiné par le Comité Programmation LEADER (CPL). Cette instance réunit élus et membres de la société civile. Elle auditionne les porteurs et décide de l&amp;#039;attribution des fonds.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le soutien à des projets novateurs, duplicables et multi-partenariaux
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LEADER vient permettre l&amp;#039;impulsion d&amp;#039;actions-pilotes, en termes de contenu et/ou de méthode. Le programme est conçu pour avoir un effet-levier. Ainsi, les conditions de poursuite du projet après le financement LEADER et les possibilités de transfert sur d&amp;#039;autres thématiques ou territoires sont prises en compte. D&amp;#039;autre part, la qualité de la co-construction c&amp;#039;est-à-dire la manière d&amp;#039;impliquer plusieurs partenaires est un critère important. L&amp;#039;opération ne doit pas être « isolée ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;encouragement à la mise en réseaux des acteurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les échanges de pratiques sont au coeur du dispositif d&amp;#039;où la mise en place de réseaux à différentes échelles (régionale, nationale et européenne). Les coopérations sont aussi facilitées avec d&amp;#039;autres territoires français, européens ou extra-européens.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Fiches-actions
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour pouvoir bénéficier d&amp;#039;un éventuel financement, les projets  doivent venir contribuer à la stratégie locale et répondre au moins à l&amp;#039;une des fiches-actions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Défi 1 - MOBILISER POUR AGIR CONTRE LE RÉCHAUFFEMENT CLIMATIQUE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 1 / PRÉSERVER
+  &lt;em&gt;
+   - Préserver les ressources naturelles et accompagner la transition énergétique par des démarches innovantes et collectives
+   &lt;br /&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  S&amp;#039;appuyer sur l&amp;#039;action collective pour poursuivre la transition climatique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir dans cette perspective, les projets visant à la préservation des ressources naturelles du territoire, à la réduction de l&amp;#039;usage des énergies fossiles et à l&amp;#039;augmentation de la production d&amp;#039;énergies renouvelables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Fiche-action 2 / VALORISER -
+  &lt;em&gt;
+   Valoriser les spécificités du territoire déjà connues ou émergentes pour composer un « avenir durable »
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+&lt;/p&gt;
+&lt;p&gt;
+ •    Agir contre le réchauffement climatique en prenant appui sur les ressources et spécificités locales
+ &lt;br /&gt;
+ •    Sensibiliser / mettre en perspective les données historiques, paysagères, culturelles au regard des enjeux climatiques
+ &lt;br /&gt;
+ •    Inventer de nouveaux procédés à partir des ressources locales
+ &lt;br /&gt;
+ •    Adapter les usages et les modes de consommation
+ &lt;br /&gt;
+ •    Favoriser l&amp;#039;économie circulaire
+ &lt;br /&gt;
+ •    Favoriser l&amp;#039;économie collaborative
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 3 / SE DÉPLACER -
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Se déplacer en expérimentant avec les structures dédiées et/ou des citoyens volontaires (F/H), des solutions de mobilités décarbonnées ou de transports collectifs
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associer les structures et habitants - femmes et hommes - pour développer les mobilités durables (modes de déplacements décarbonnés et/ou partagés et/ou collectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des alternatives à l&amp;#039;autosolisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Défi 2 - MOBILISER POUR FORTIFIER LA COHÉSION SOCIALE
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 4 /
+ CRÉER -
+  &lt;em&gt;
+   Créer pour élargir et renforcer les actions locales en impliquant les partenaires et/ou la population
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créer des services ou des événementiels par et pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Défi transversal
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 5 /
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  COOPÉRER
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   - Coopérer aux échelles interterritoriale et/ ou transnationale
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enrichir la stratégie par un partage d&amp;#039;expériences avec d&amp;#039;autres territoires sur des axes de développement comparables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;ouverture du territoire sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualiser les moyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanger
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Friche
+Transition énergétique
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Biodiversité
+Animation et mise en réseau
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>CA Fougères Agglomération</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://fougeres-agglo.bzh/fougeres-agglo/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valérie JANVIER, Chargée de mission LEADER, Tél : 02 99 17 05 29
+&lt;/p&gt;
+&lt;p&gt;
+ Fougères Agglomération
+&lt;/p&gt;
+&lt;p&gt;
+ Parc d&amp;#039;activités de l&amp;#039;Aumaillerie
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CS 70665. La Selle-en-Luitré
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 35306 Fougères CEDEX
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>vjanvier@fougeres-agglo.bzh</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eefe-impulser-le-changement-avec-les-habitants/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...138 lines deleted...]
-Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique
-[...4 lines deleted...]
-      <c r="K127" s="1" t="inlineStr">
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J141" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
-[...43 lines deleted...]
-Cours d'eau / canaux / plans d'eau
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
 Forêts
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
-Transports collectifs et optimisation des trafics routiers
+Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
 Réduction de l'empreinte carbone
-Mobilité fluviale
-[...5 lines deleted...]
-      <c r="O127" s="1" t="inlineStr">
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="S127" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>152951</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et simuler le raccordement de vos nouvelles installations</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Simuler mon raccordement</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;strong&gt;
+  Enedis propose une simulation en ligne, afin de visualiser l&amp;#039;impact du raccordement de nouvelles installations !
+ &lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a pour objectif de vous permettre de
+ &lt;strong&gt;
+  tester en ligne la réalisation d&amp;#039;un raccordement
+ &lt;/strong&gt;
+ aux réseaux basse tension (BT) ou haute tension (HTA) gérés par Enedis en France Métropolitaine, et cela que vous soyez un particulier, un professionnel, une entreprise ou une collectivité locale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le simulateur vous fournit ainsi un premier niveau d&amp;#039;analyse pour vous aider à affiner votre future demande de raccordement réseau (comme par exemple, la possibilité de comparer différents emplacements de raccordement afin de valider la faisabilité technique et économique d&amp;#039;un futur projet d&amp;#039;aménagement).
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Simuler mon raccordement permet :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aux porteurs de projets de connaitre les
+  &lt;strong&gt;
+   conditions de faisabilité de raccordement
+  &lt;/strong&gt;
+  de leur installation. Il permet d&amp;#039;
+  &lt;strong&gt;
+   affiner les caractéristiques d&amp;#039;un projet
+  &lt;/strong&gt;
+  avant la demande de raccordements
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;obtenir un
+  &lt;strong&gt;
+   premier niveau d&amp;#039;information sur la difficulté de raccordement
+  &lt;/strong&gt;
+  ainsi que dans certains cas une
+  &lt;strong&gt;
+   estimation du cout
+  &lt;/strong&gt;
+  de raccordement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  de simuler tous vos projets BT &amp;lt; 250 Kva et vos projets HTA &amp;lt; 2MW et de bénéficier d&amp;#039;une information rapide sur le niveau de complexité de votre futur raccordement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;&lt;em&gt;
+  * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
+ &lt;/em&gt;&lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant d&amp;#039;entamer la réalisation d&amp;#039;une simulation de raccordement en ligne, vous devez disposer des informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#61;&amp;gt; Le nombre de coffrets/postes clients à raccorder que vous souhaitez soumettre à la simulation (exemple : 1 coffret pour un logement)
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#61;&amp;gt; L&amp;#039;emplacement exact de chacun des coffrets/postes clients à raccorder (adresse et/ou coordonnées GPS décimales)
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#61;&amp;gt; Le type de raccordement envisagé (consommation d&amp;#039;électricité sur une installation neuve; production d&amp;#039;électricité sur une installation neuve; consommation et production d&amp;#039;électricité sur une installation neuve, ajout de production d&amp;#039;électricité sur un site de consommation existant) pour chacun des coffrets/postes clients
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#61;&amp;gt; La puissance de raccordement souhaitée pour chacun des coffrets/postes clients de raccordement (un électricien ou un fournisseur d&amp;#039;électricité peut vous accompagner dans la démarche de définition de la puissance à raccorder en fonction du projet de raccordement) ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#61;&amp;gt; Pour les raccordements BT, une information sur la viabilisation de la parcelle concernée par chacun des coffrets électriques
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Enedis</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://apps.lincs.enedis.fr/mes-raccordements/assets/pdf/aide.pdf</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Interlocuteur Privilégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68ab-simuler-mon-raccordement-en-ligne/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>152950</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les territoires dans leur transition énergétique</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Portail Collectivités Locales</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt; Le Portail Collectivités Locales vous accompagne dans votre transition énergétique de façon simple et performante.
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;em&gt;
+  Il vous permet de diagnostiquer vos consommations, optimiser vos processus et mesurer l&amp;#039;efficacité de vos actions !&lt;/em&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Le Portail Collectivités Locales, un point d&amp;#039;entrée unique à l&amp;#039;ensemble de vos services :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Actions menées par Enedis sur votre territoire :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accédez aux travaux d&amp;#039;Enedis sur votre Territoire
+&lt;/li&gt;&lt;li&gt;Visualisez les coupures d&amp;#039;électricité en cours
+&lt;/li&gt;&lt;li&gt;Accédez à la cartographie du réseau électrique&lt;/li&gt;&lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;&lt;strong&gt;
+  2. Services dédiés aux projets de transition écologique :
+ &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accédez aux capacités du réseau, identifier les zones les plus propices pour accueillir vos nouveaux projets
+&lt;/li&gt;&lt;li&gt;Simulez vos projets de raccordement une fois que vous avez localisé votre projet
+&lt;/li&gt;&lt;li&gt;Effectuez vos demandes de raccordement
+Services d&amp;#039;accompagnement des ambitions énergétiques
+&lt;/li&gt;&lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;&lt;strong&gt;
+  3. Services d&amp;#039;accompagnement des ambitions énergétiques et de sobriété :
+ &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un espace « Mesure et Services » permettant la consultation et l&amp;#039;analyse des données de consommation / production de la veille ( 3 ans d&amp;#039;historique)
+&lt;/li&gt;&lt;li&gt;Des fonctions de rapports et d&amp;#039;alertes
+&lt;/li&gt;&lt;li&gt;Des données disponibles et exploitables&lt;/li&gt;&lt;/ul&gt;
+ &lt;p&gt;&lt;strong&gt;
+  4. Services pour répondre aux besoins des autorités concédantes
+ &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Consulter vos CRAC et Tableaux de bord via un espace documentaire dédié
+&lt;/li&gt;&lt;li&gt;Accéder aux services de cartographie du réseau électrique en version grand échelle&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;&lt;em&gt;
+  * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
+ &lt;/em&gt;&lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouvrir un compte sur le Portail Collectivités Locales d&amp;#039;Enedis
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="X127" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Enedis</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/jaccede-mon-portail-collectivites</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Adresse du service territorial (Référents territoriaux)
- :
+ Contactez votre Interlocuteur Privilégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d80e-accompagner-la-sobriete-energetique-dans-les-/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>152944</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Accéder aux données mises à disposition par Enedis</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Les API Collectivités</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Les API Collectivités permettent de créer une connexion entre les systèmes d&amp;#039;informations d&amp;#039;une collectivité et ceux d&amp;#039;Enedis&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les API permettent d&amp;#039;automatiser l&amp;#039;accès aux données mises à disposition par Enedis via un canal simple et sécurisé.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+  Enedis propose un catalogue d&amp;#039;API adapté à plusieurs besoins (qui s&amp;#039;enrichit régulièrement) :
+ &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enrichir un cadastre solaire et afficher le coût estimatif de raccordement d&amp;#039;un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaitre sa liste des compteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consulter les données de mesure de ses compteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consulter les informations technico-contractuelles de ses compteurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Depuis votre Portail Collectivités Locales, accédez :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Au catalogue d&amp;#039;API mis à disposition par Enedis, via le menu horizontal &amp;#34;Mes Accès API&amp;#34;.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au parcours de souscription aux API en quelques minutes, tout en ayant accès à un support spécifique (serviceclients-api&amp;#64;enedis.fr)
+ &lt;/li&gt;
+ &lt;li&gt;
+  A vos identifiants et à vos canaux de contact&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;* Les pays ne sont pas bénéficiaires de l&amp;#039;aide.&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avoir un compte sur le Portail Clients Collectivités d&amp;#039;Enedis​.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Enedis</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://data.enedis.fr/pages/developpeurs/</t>
+        </is>
+      </c>
+      <c r="W144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/jaccede-mon-portail-collectivites</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Interlocuteur privilégié Enedis
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3ce-acceder-aux-donnees-mises-a-disposition-par-e/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>152925</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Prioriser la rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Prioréno</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+ENEDIS
+GRDF</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Le service Prioréno permet aux collectivités d&amp;#039;identifier les rénovations énergétiques à mener en priorité sur leur parc immobilier public.
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Prioréno met à disposition des collectivités
  &lt;strong&gt;
-  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
-[...1 lines deleted...]
-  &lt;/a&gt;
+  une vision cartographique de leur parc de bâtiments publics
  &lt;/strong&gt;
+ ainsi que des données de consommations d&amp;#039;électricité et de gaz. Ce service offre la possibilité à ses utilisateurs d&amp;#039;être davantage autonome grâce à
+ &lt;strong&gt;
+  une vision globale des consommations énergétiques de ses bâtiments
+ &lt;/strong&gt;
+ et aide à établir un plan de rénovation énergétique pertinent.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Prioréno répond aux problématiques de terrain :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Des collectivités qui manquent d&amp;#039;informations sur leur patrimoine et leurs consommations
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Des services numériques proposés complexes et qui nécessitent le recours à une expertise externe
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Faciliter la décision publique locale pour la rénovation énergétique de bâtiments publics :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Sur cet outil, la Banque des territoires regroupe un ensemble de données fournies par ses partenaires (dont Enedis) lui permettant de générer une
+ &lt;strong&gt;
+  analyse précise de la consommation énergétique d&amp;#039;environ 500.000 bâtiments publics
+ &lt;/strong&gt;
+ présents sur le territoire français. Prioréno en identifie les 10 à 20% de parc sur lesquels les élus locaux peuvent concentrer leurs efforts en matière de rénovation énergétique : études puis mise en chantier !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;&lt;em&gt;
+  * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
+ &lt;/em&gt;&lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour bénéficier de l&amp;#039;aide, il faut :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avoir un compte sur le site de la Banque des Territoires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Connaitre sa liste de PRMs
+&lt;/p&gt;
+&lt;p&gt;
+ Donner l&amp;#039;autorisation à la Banque des Territoires d&amp;#039;accéder aux données de la collectivité locale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Enedis</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/prioreno-un-nouveau-service-data-de-renovation-energetique</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/directions-regionales</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact-prioreno&amp;#64;caissedesdepots.fr" target="_self"&gt;contact-prioreno&amp;#64;caissedesdepots.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+ Interlocuteur Privilégié Enedis : &lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>pauline.wissocq@enedis.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1d57-prioriser-la-renovation-energetique-des-batim/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G128" s="1" t="inlineStr">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I128" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J146" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Architecture
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>152466</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 62</t>
         </is>
       </c>
-      <c r="J128" s="1" t="inlineStr">
+      <c r="J147" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié ( de + 10% à + 20%)</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la construction et à la rénovation du patrimoine bâti des collectivités en termes de performance énergétique, de développement des énergies renouvelables, d&amp;#039;éclairage public performant et de mise en œuvre d&amp;#039;une mobilité durable.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation de panneaux solaires photovoltaïques sur le toit de l&amp;#039;école primaire
  &lt;/li&gt;
  &lt;li&gt;
   Installation de fenêtres à double vitrage
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du réseau de chauffage urbain à Chaleurville
  &lt;/li&gt;
  &lt;li&gt;
   Amélioration de l&amp;#039;efficacité énergétique des bâtiments publics de Lumino-Ville
  &lt;/li&gt;
  &lt;li&gt;
   Installation de systèmes de récupération d&amp;#039;eau de pluie dans les bâtiments municipaux de Pluiebourg
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation énergétique des bâtiments historiques du Vieilbourg
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;div&gt;
   &lt;table&gt;
    &lt;tbody&gt;
     &lt;tr&gt;
      &lt;td&gt;
       &lt;p&gt;
        &lt;span&gt;
         &lt;strong&gt;
          Dépenses éligibles
         &lt;/strong&gt;
        &lt;/span&gt;
       &lt;/p&gt;
      &lt;/td&gt;
      &lt;td&gt;
       &lt;p&gt;
        &lt;span&gt;
         &lt;strong&gt;
          Taux de financement
         &lt;/strong&gt;
        &lt;/span&gt;
       &lt;/p&gt;
      &lt;/td&gt;
      &lt;td&gt;
@@ -26490,5586 +26305,2248 @@
        20 000 € HT
       &lt;/p&gt;
      &lt;/td&gt;
     &lt;/tr&gt;
    &lt;/tbody&gt;
   &lt;/table&gt;
  &lt;/div&gt;
 &lt;p&gt;
  * Pour les travaux réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    travaux d&amp;#039;entretien.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W128" s="1" t="inlineStr">
+      <c r="W147" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-[...181 lines deleted...]
-      <c r="G130" s="1" t="inlineStr">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>151703</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnements de la DDT 53</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>DDT de Mayenne</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...605 lines deleted...]
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
-[...640 lines deleted...]
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I136" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
-[...35 lines deleted...]
-          <t>&lt;p&gt;
+ Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment, l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;habitat, le logement social et la rénovation urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
-  Les types de projets suivants peuvent prétendre au dispositif LEADER :
-[...286 lines deleted...]
-      <c r="N137" s="1" t="inlineStr">
+  vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Patrimoine et monuments historiques
-[...2 lines deleted...]
-Tourisme
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Forêts
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...3 lines deleted...]
-Revitalisation
+Alimentation
+Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
+Mobilité fluviale
 Milieux humides
-Sécurité
-[...3 lines deleted...]
-      <c r="O137" s="1" t="inlineStr">
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et autres acteurs situés en Mayenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- •    Être une collectivité locale ou un EPCI de Moselle.
-[...3 lines deleted...]
- &lt;br /&gt;
+ Adresse du service territorial (Référents territoriaux)
+ :
+ &lt;strong&gt;
+  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
+   ddt-st&amp;#64;mayenne.gouv.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
-[...56 lines deleted...]
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G138" s="1" t="inlineStr">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>151212</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les innovations dans le secteur de l’eau pour permettre d’accélérer les futures mises en marché de solutions</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Innov Eau</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat</t>
-[...9 lines deleted...]
-      <c r="K138" s="1" t="inlineStr">
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appel à projet ambitionne d&amp;#039;anticiper la transition hydrique en intégrant l&amp;#039;enjeu « eau » dans France 2030, et il contribuera à soutenir l&amp;#039;innovation en France suivant les axes suivants :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Agir en amont sur la gestion de la ressource naturelle dans un contexte de changement climatique
+  &lt;/strong&gt;
+  , par exemple en déployant des solutions basées sur la sobriété et sur la nature ou en développant des solutions de gestion des eaux pluviales à la source.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Économiser la ressource : sécuriser l&amp;#039;acheminement en limitant efficacement les pertes hydriques et agir sur les usages de l&amp;#039;eau,
+  &lt;/strong&gt;
+  notamment en promouvant des solutions pour une meilleure gestion et maintenance des réseaux d&amp;#039;eau, ou en soutenant les nouveaux outils favorisant la sobriété et conçus pour une gestion optimisée de la ressource chez les particuliers, dans l&amp;#039;industrie et dans l&amp;#039;agriculture (réutilisation des eaux usées traitées, changement de process etc.).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Renforcer le traitement pour améliorer durablement la qualité de l&amp;#039;eau et des milieux
+  &lt;/strong&gt;
+  , notamment en innovant dans les procédés de traitement des eaux usées domestiques et industrielles, en innovant dans la phytoépuration et les solutions dites de remédiation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développer le numérique et la donnée
+  &lt;/strong&gt;
+  au service de la gestion de la ressource, notamment des projets permettant l&amp;#039;acquisition, la compilation et l&amp;#039;analyse de données pour piloter la gestion des volumes et de la qualité de la ressource, le développement de suivi et pilotage des consommations d&amp;#039;eau, d&amp;#039;outils d&amp;#039;aide à la décision.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Il est possible de répondre soit à l&amp;#039;une de ces priorités thématiques, soit à plusieurs de ces priorités dans un même projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230710/innov-eau</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c2c4-innov-eau/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>151174</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Former et accompagner les industriels dans leur démarche de décarbonation</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>PACTE Industrie - Parcours Accompagnement et Compétences pour la Transition Énergétique de l’Industrie</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
-[...27 lines deleted...]
- &lt;br /&gt;
+ Le programme PACTE Industrie propose des études et coachings adaptés à chaque métier :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les référents techniques énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des études d&amp;#039;opportunités d&amp;#039;évolution du mix énergétique, pour étudier les différents leviers à actionner (efficacité énergétique, récupération de chaleur fatale, énergies renouvelables, ou encore électrification et hydrogène), à l&amp;#039;échelle du site industriel.
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Prérequis  :
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     audit énergétique de moins de 4 ans ou revue énergétique de moins de 3 ans.
+    &lt;/em&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des primes PRO-SMEn pour mettre en place la norme ISO 50 001 (Système de management de l&amp;#039;énergie). Pour demander la prime : https://pro-smen.org
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les dirigeants et responsables RSE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des accompagnements pour élaborer une stratégie de décarbonation ambitieuse et le plan de transition associé (ACT pas à pas), à l&amp;#039;échelle du groupe.
+  &lt;br /&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Prérequis :
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     Bilan GES de moins de 2 ans qui couvre toutes les sources importantes d&amp;#039;émissions de GES.
+    &lt;/em&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des études pour élaborer une trajectoire d&amp;#039;investissement de décarbonation à l&amp;#039;échelle du groupe qui permettent de fournir un chiffrage des enjeux financiers et l&amp;#039;estimation des gains d&amp;#039;émissions de gaz à effet de serre associés.
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Point important
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     : des études d&amp;#039;opportunités d&amp;#039;évolution du mix énergétique seront à mener en parallèle de ces travaux.
+    &lt;/em&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des études pour évaluer l&amp;#039;ambition d&amp;#039;une stratégie de décarbonation et son alignement au regard des objectifs de l&amp;#039;Accord de Paris (ACT évaluation).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les directeurs financiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des coachings pour les projets d&amp;#039;investissement bas carbone qui permettent de construire le plan de financement des investissements. Pour un projet, le coach accompagnera le directeur financier dans la définition des modes de financement, dans l&amp;#039;identification des arguments clés pour convaincre les financeurs, ou encore dans l&amp;#039;analyse des risques technico-économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les coachings pour projets d&amp;#039;investissement seront disponibles au premier semestre 2024.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des formations sont également disponibles pour les différents métiers : https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie
+&lt;/p&gt;
+&lt;p&gt;
+ Les formations et les accompagnements techniques structurants envisagés permettront d&amp;#039;engager des réductions de consommation d&amp;#039;énergie de l&amp;#039;ordre de 1 à 2 TWh/an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les cahiers des charges pour les études d&amp;#039;opportunité d&amp;#039;évolution du mix énergétique et les trajectoires d&amp;#039;investissement de décarbonation seront disponibles en septembre 2023.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cahier des charges pours les c
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  oachings sur les projets d&amp;#039;investissement bas carbone sera disponible au premier semestre 2024.
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...5 lines deleted...]
-Appui méthodologique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R138" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P150" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="Q150" s="1" t="inlineStr">
+        <is>
+          <t>31/08/2026</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/pacte-industrie-parcours-accompagnement-competences-transition-energetique-0</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c358-pacte-industrie-parcours-accompagnement-et-co/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- •    Être une collectivité locale ou un EPCI de Moselle.
-[...3 lines deleted...]
- &lt;br /&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
-[...138 lines deleted...]
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
+International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
 Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P139" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une commune rurale de l&amp;#039;Essonne
+ Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...31 lines deleted...]
-      <c r="AA139" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G140" s="1" t="inlineStr">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>144503</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets innovants dans le cadre des Contrats de Relance et de Transition Ecologique (CRTE)</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I152" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J152" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 500.000€ HT</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les dossiers portés par les collectivités locales (Communes, EPCI) concernant leur patrimoine immobilier communal et/ou intercommunal, à usage public uniquement ou à usage de logements sociaux et retenus par l&amp;#039;Etat au titre du CRTE pourront prétendre à une aide complémentaire du Département, dans la mesures où ces projets ne peuvent être subventionnés par aides dépendant des règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides financières portent sur les investissements suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réalisation de travaux de rénovation énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation de travaux pour le changement de mode de chauffage fioul ou gaz, par une source de chaleur renouvelable (biomasse, géothermie et solaire thermique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autoconsommation seulement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P152" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q152" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sollicitant l&amp;#039;aide du Département devront être déposés avant tout investissement ou démarrage des travaux. Une autorisation de démarrage anticipé des opérations pourra le cas échéant être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention doit être déposé au titre de la DETR et DSIL sur la plateforme « démarches simplifiées » accompagné d&amp;#039;un courrier de saisie de Monsieur le Président du Conseil départemental et doit comprendre :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit énergétique ou étude de faisabilité EnR chaleur (ce document pourra être fourni ultérieurement, étant précisé qu&amp;#039;un engagement sur l&amp;#039;honneur de réaliser cette étude devra être fourni) et faisant état d&amp;#039;une réduction d&amp;#039;au moins 30% de consommations énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;installation de panneaux photovoltaïques, une étude technique détaillée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le devis estimatif retenu ou l&amp;#039;acte d&amp;#039;engagement accompagné du Détail Quantitatif et Estimatif (DQE) dans le cadre d&amp;#039;un marché ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si nécessaire, la délibération de l&amp;#039;assemblée délibérante de la commune ou de l&amp;#039;EPCI décidant la réalisation des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plan de financement de l&amp;#039;opération, faisant apparaître les autres demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Si la demande d&amp;#039;aide intervient dans le cadre d&amp;#039;un dossier de rénovation globale d&amp;#039;un bâtiment, les postes relatifs à la rénovation énergétique devront être distincts des autres postes de dépense sur le devis ou le bordereau des prix.</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f000-accompagner-les-projets-innovants-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>143860</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Makesense</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...5 lines deleted...]
-      <c r="H140" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- « Poubelle ménagère ? recyclage ? déchèterie ? »
-[...27 lines deleted...]
-      <c r="M140" s="1" t="inlineStr">
+ Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Mobilisez les parties prenantes autour de vos politiques publiques
+ &lt;/strong&gt;
+ : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
+ &lt;/strong&gt;
+ Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Faites émerger des projets impactants sur votre territoire :
+ &lt;/strong&gt;
+ Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Cet outil est, par exemple, repris sur le site de
-[...1 lines deleted...]
-  Haut-Bugey Agglomération
+ Vous trouverez des exemples
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  ici
+&lt;/a&gt;ou encore :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
+ &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
+  programme
  &lt;/a&gt;
- .
-[...491 lines deleted...]
-Transition énergétique
+ a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
-Commerces et services
-[...1 lines deleted...]
-Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
-Revitalisation
-Innovation, créativité et recherche
+Qualité de l'air
 Biodiversité
-Equipement public
-[...4 lines deleted...]
-Paysage
 Lutte contre la précarité
 Emploi
-International
-Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Prévention des risques
-Artisanat
 Mobilité partagée
 Mobilité pour tous
-Connaissance de la mobilité
-[...3 lines deleted...]
-Médias et communication
 Réduction de l'empreinte carbone
-Bibliothèques et livres
-[...6 lines deleted...]
-      <c r="O143" s="1" t="inlineStr">
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
-[...2 lines deleted...]
- Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+ Si vous vous reconnaissez dans ces expériences qui guident nos projets :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+ Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
+ &lt;/li&gt;&lt;li&gt;
+ Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
+&lt;/li&gt;&lt;li&gt;
+ Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
+ &lt;/li&gt;&lt;li&gt;
+ Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://france.makesense.org/organisations/collectivites/</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
-[...56 lines deleted...]
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>sylvia.garzon@makesense.org</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G144" s="1" t="inlineStr">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>143296</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Prendre en compte les enjeux et exigences de la RE 2020 dans ses projets de construction neuve (Formation)</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...2 lines deleted...]
-      <c r="H144" s="1" t="inlineStr">
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
-[...45 lines deleted...]
-&lt;p&gt;
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  &lt;em&gt;
-[...1 lines deleted...]
-  &lt;/em&gt;
+  Description
  &lt;/strong&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
- &lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le respect des engagements de la France pris dans la lutte contre le changement climatique, récemment réaffirmés dans la loi Energie-Climat, suppose que la France atteigne la neutralité carbone en 2050. Dans cette optique, la RE 2020 remplace la RT 2012 à compter du 1er juillet 2021 pour un certain nombre de bâtiments. Les évolutions sont majeures et ont pour objectif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La baisse des consommations énergétiques des bâtiments neufs avec des évolutions importantes dans le calcul thermique réglementaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La diminution de l&amp;#039;impact sur le climat grâce à la prise en compte des émissions de gaz à effet de serre sur l&amp;#039;ensemble du cycle de vie des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;adaptation aux changements climatiques avec une meilleure prise en compte du confort d&amp;#039;été
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;ajout d&amp;#039;un calcul d&amp;#039;analyse en cycle de vie est une nouveauté majeure qui nécessite pour les acteurs actuels le développement de nouvelles compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de cette formation est de pouvoir prendre en compte les enjeux et les exigences de la RE 2020 dans ses projets de construction neuve :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être sensibilisé aux fondamentaux de la performance énergétique et environnementale (ACV)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comprendre l&amp;#039;origine et le contexte de la réglementation environnementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les évolutions de la RE2020 par rapport à la RT 2012 : énergie carbone et confort d&amp;#039;été
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et comprendre les nouveaux indicateurs clés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir des ordres de grandeur RE 2020.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Matin (9h30-12h30)
+&lt;/p&gt;
+&lt;p&gt;
+ 9h30 - Contexte, enjeux et présentation générale de la RE 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ 10h15 - Méthodes et exigences sur la performance énergétique et le confort d&amp;#039;été, et leviers d&amp;#039;amélioration.
+&lt;/p&gt;
+&lt;p&gt;
+ 11h30 - Méthode et exigences sur la performance environnementale et l&amp;#039;analyse de cycle de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ 12h30 Déjeuner
+&lt;/p&gt;
+&lt;p&gt;
+ Après-midi (14h-17h30)
+&lt;/p&gt;
+&lt;p&gt;
+ 14h00 - Retours d&amp;#039;expérience et enseignements
+&lt;/p&gt;
+&lt;p&gt;
+ 15h15 - Eléments pratiques pour mener à bien un projet à haute performance environnementale
+&lt;/p&gt;
+&lt;p&gt;
+ 17h00 - Echanges et évaluation
+&lt;/p&gt;
+&lt;p&gt;
+ 17h30 - Fin de la journée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Séquences participatives.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;évaluation
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité de nos formations aux personnes en situation de handicap
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations. Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Délais d&amp;#039;accès
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Frais d&amp;#039;inscription
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 500€ HT par stagiaire (TVA à 0%)
+&lt;/p&gt;
+&lt;p&gt;
+ Déjeuner inclus
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
+Bâtiments et construction
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="X144" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contactez votre Interlocuteur Privilégié
-[...165 lines deleted...]
-      <c r="S146" s="1" t="inlineStr">
+ Public : L&amp;#039;offre de formation s&amp;#039;adresse aux maîtres d&amp;#039;ouvrage, constructeurs et promoteurs, architectes, économistes du bâtiment et bureaux d&amp;#039;études, souhaitant s&amp;#039;acculturer avec les fondamentaux de la RE 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Aucun pré-requis nécessaire pour cette formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-reglementation-environnementale-2020</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2add-prendre-en-compte-les-enjeux-et-exigences-de-/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G147" s="1" t="inlineStr">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>143288</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Développer l’usage des matériaux alternatifs en construction routière</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;utilisation de matériaux alternatifs en substitution de matériaux naturels présente un enjeu majeur pour les acteurs de la construction. La construction routière notamment constitue, par les quantités de matière en jeu, une filière de choix pour valoriser les matériaux alternatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Maîtres d&amp;#039;ouvrages de la construction routière
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi sur la transition énergétique pour la croissance verte (LTECV) engage l&amp;#039;Etat et les collectivités territoriales maîtres d&amp;#039;ouvrages de la construction et de l&amp;#039;entretien routier sur la voie d&amp;#039;une consommation raisonnée des ressources naturelles granulaires en favorisant le réemploi et le recyclage ou toutes autres formes de valorisation matière, au sens de la directive 2008/98/CE du Parlement européen relative aux déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ La LTECV fixe ainsi à l&amp;#039;Etat et aux collectivités territoriales des objectifs ambitieux pour leurs chantiers de construction et d&amp;#039;entretien routier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   l
+  &lt;/strong&gt;
+  a priorité à l&amp;#039;utilisation des matériaux issus du réemploi, de la réutilisation ou du recyclage de déchets dans les  marchés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des taux élevés de réemploi, de réutilisation ou de recyclage de déchets : au moins 50 % en masse en 2017 et 60 % en 2020.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les besoins des maîtres d&amp;#039;ouvrages concernent donc principalement l&amp;#039;assistance technique pour des actions opérationnelles sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Entreprises du BTP et industriels
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les producteurs de déchets et les entreprises de TP doivent par ailleurs développer l&amp;#039;usage de matériaux alternatifs et investir dans le développement de nouvelles techniques constructives et de traitement des matériaux minéraux et organiques afin de favoriser le recyclage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de sa connaissance historique des matériaux minéraux et biosourcés et de son positionnement entre maîtres d&amp;#039;ouvrages et maîtres d&amp;#039;œuvre, le Cerema propose une offre de services à destination des maîtres d&amp;#039;ouvrages publics et des entreprises des TP.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ces services permettent de rassembler et croiser des compétences variées indispensables pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organiser les filières de gestion, dont la valorisation en technique routière des déchets issus des chantiers du BTP, des industries, des collectivités et des mines et carrières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concevoir et dimensionner les infrastructures routières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractériser les matériaux granulaires utilisés en construction (géotechnique, mécanique et environnement) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les risques environnementaux et sanitaires liés à l&amp;#039;emploi de nouveaux matériaux alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôler les chantiers de construction ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#039;
+  &lt;/strong&gt;
+  Monitorer&amp;#039; la durabilité des constructions routières (environnement et géotechnique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assister techniquement les maîtres d&amp;#039;ouvrage dans la gestion des déchets générés par leur chantier et l&amp;#039;emploi des matériaux alternatifs, sur toutes les phases de leur chantier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema propose en particulier aux maîtres d&amp;#039;ouvrages de la construction routière :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Assistance pour :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; La promotion des matériaux alternatifs, leur domaine d&amp;#039;emploi au travers une vulgarisation des documents techniques et environnementaux existants ; o l&amp;#039;élaboration de marchés intégrant la gestion des matériaux et des déchets générés dans le cadre de la construction et de l&amp;#039;entretien routier ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;élaboration de marchés « matériaux » favorisant le réemploi et l&amp;#039;utilisation de matériaux alternatifs dans les ouvrages routiers (dont volets mécanique, géotechnique, environnemental et sanitaire, élaboration du plan de contrôle) ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;élaboration et le suivi de marchés de contrôle de chantiers de mise en œuvre de matériaux alternatifs ;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance technique chantier lors de la mise en œuvre de matériaux alternatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et/ou mise en œuvre de méthodologies et d&amp;#039;outils pour faciliter l&amp;#039;application des politiques publiques en matière de réemploi, de réutilisation ou de recyclage de déchets en construction et entretien routier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transfert de connaissances (formation des ingénieurs territoriaux).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;établissement propose aux entreprises du BTP et aux industriels une variété de prestations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes de gisements actuels et nouveaux de matériaux alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de méthodologies et de guides régionaux sur de nouveaux gisements, en collaboration avec les acteurs de la construction, calqués sur les méthodologies nationales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de nouveaux usages d&amp;#039;emploi de matériaux recyclés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;outil d&amp;#039;échanges pour mettre en relation fournisseur et utilisateurs de matériaux alternatifs...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transition énergétique
+Innovation, créativité et recherche
+Bâtiments et construction
+Appui méthodologique
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/developper-usage-materiaux-alternatifs-construction-routiere</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b2f-developper-lusage-des-materiaux-alternatifs-e/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>143286</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un schéma directeur Réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Recherche</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le concept de schéma directeur s&amp;#039;inscrit dans une démarche d&amp;#039;anticipation dont l&amp;#039;objectif est d&amp;#039;aider chaque maître d&amp;#039;ouvrage d&amp;#039;un réseau existant à réaliser un exercice de projection sur le devenir de son réseau à l&amp;#039;horizon 2020, en lien avec les abonnés et de lui fournir différents scénarios qui lui permettront de décider d&amp;#039;une programmation de travaux à entreprendre durant cette période.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema peut vous accompagner dans votre démarche Schéma Directeur sur le volet Réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce aux outils et aux données du groupe Réseaux de chaleur, le Cerema vous accompagne au stade amont de la réflexion sur le schéma directeur afin d&amp;#039;orienter les premiers choix (schéma multi-énergie, schéma multi-réseaux de chaleur, recherches des opportunités locales et régionales de développement, amorce des contacts avec les acteurs locaux et régionaux des réseaux de chaleur etc). L&amp;#039;équipe « Réseaux de chaleur » du Cerema définit le cahier des charges de l&amp;#039;étude et le choix des prestataires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema apporte son expertise tout au long des étapes clés de la réalisation d&amp;#039;un schéma directeur, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  constituer un comité de pilotage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dresser un diagnostic technico-économique du réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réaliser un exercice de projection à l&amp;#039;horizon 2020 sur le potentiel d&amp;#039;évolution du        réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaborer différents scénarios d&amp;#039;évolution,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer un plan d&amp;#039;actions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour en savoir plus, consultez le site Réseaux de chaleur du Cerema :
+  &lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur" target="_self"&gt;
+   https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur
+  &lt;/a&gt;
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/realiser-schema-directeur-reseau-chaleur</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a85b-realiser-un-schema-directeur-reseau-de-chaleu/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>143285</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Limiter les rejets en mer (diagnostics portuaires et plans d’actions)</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les gestionnaires portuaires vont être incités à réaliser des diagnostics environnementaux et à mettre en place des actions en faveur de la réduction des pollutions portuaires, via la mise en œuvre de différentes politiques publiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Programme de mesures de la Directive Cadre Stratégie Milieu Marin, qui comporte plusieurs actions en faveur de l&amp;#039;amélioration de l&amp;#039;état environnemental des ports : diminution des rejets liés aux opérations de carénage, amélioration des dispositifs de collecte et de gestion des déchets portuaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les SDAGE, qui prévoient la limitation ou la suppression des rejets en mer et comportent également des mesures dédiées à la limitation des rejets de carénage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Services Police de l&amp;#039;Eau des départements littoraux peuvent quant à eux imposer, au titre de la Loi sur l&amp;#039;eau, la réalisation de ce type de diagnostics aux gestionnaires portuaires, notamment lors de l&amp;#039;instruction des dossiers de demande d&amp;#039;autorisation de dragage.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, les Agences de l&amp;#039;Eau peuvent financer des actions préventives et curatives concourant à la réalisation des objectifs des SDAGE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sur le volet préventif, le Cerema est à même d&amp;#039;assister les acteurs portuaires dans la réalisation des diagnostics environnementaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Synthèse et analyse des données de qualité des sédiments portuaires (à partir des bases de données Dragage et REPOM et des données locales)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des rejets liés aux activités portuaires et aux rejets industriels spécifiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de l&amp;#039;adéquation des systèmes de traitement des effluents de carénage avec les besoins nautiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des types de déchets collectés sur la zone portuaire et analyse de l&amp;#039;adéquation de la collecte avec les besoins liés à l&amp;#039;activité portuaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sur le volet curatif, le Cerema peut intervenir pour la définition et la mise en œuvre de programmes d&amp;#039;actions visant à limiter les rejets dans les zones portuaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Optimisation des dispositifs de traitement des effluents de carénage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation des dispositifs de collecte des déchets portuaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation des usagers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Cerema travaille en lien avec les gestionnaires portuaires, les collectivités locales, les services instructeurs (DIRM, DREAL, DDTM), et les organismes publics concernés (Agences de l&amp;#039;Eau, AFB..).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
+Appui méthodologique
+Valorisation d'actions
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rejets-mer-diagnostics-portuaires-plans-actions</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f07c-limiter-les-rejets-en-mer-diagnostics-portuai/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Recherche</t>
-[...8 lines deleted...]
-      <c r="K147" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
-[...486 lines deleted...]
-          <t>Tourisme
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
 Forêts
 Sols
 Transition énergétique
-Agriculture et agroalimentaire
-[...1000 lines deleted...]
-Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Technologies numériques et numérisation
-[...148 lines deleted...]
-Cohésion sociale et inclusion
+Education et renforcement des compétences
 Alimentation
-Commerces et services
-Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
 Economie sociale et solidaire
-Revitalisation
 Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
 Biodiversité
-Equipement public
-[...5 lines deleted...]
-Artisanat
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
-Industrie
 Réduction de l'empreinte carbone
-Bibliothèques et livres
 Milieux humides
 Inclusion numérique
-Sécurité
-[...104 lines deleted...]
-      <c r="O164" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="P158" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q158" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
-[...162 lines deleted...]
-      <c r="T165" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E166" s="1" t="inlineStr">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K166" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="N166" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -32083,10005 +28560,9935 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
 Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
 Médias et communication
 Industrie
+Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
+Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
-[...9 lines deleted...]
-      <c r="S166" s="1" t="inlineStr">
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T166" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X166" s="1" t="inlineStr">
+      <c r="W159" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
- &lt;p&gt;&lt;strong&gt;Téléphone
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y166" s="1" t="inlineStr">
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G167" s="1" t="inlineStr">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>142830</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un service de transport à l’aide de véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez innover pour répondre à un besoin de mobilité non couvert sur votre territoire ? Vous envisagez d&amp;#039;initier une démarche pilote autour de solutions de transport offertes par les navettes ou voitures autonomes partagées ? Le Cerema vous accompagne, de la définition de votre projet à sa mise en œuvre opérationnelle.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pourquoi mettre en place un service de transport basé sur des véhicules autonomes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour quels itinéraires ? Comment assurer la sécurité routière pour tous les usagers sur les parcours concernés ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels contraintes et avantages associés ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Besoin d&amp;#039;aide pour obtenir une autorisation d&amp;#039;expérimentation ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la mise en place un service de transport à l&amp;#039;aide de véhicules autonomes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Définir les zones de pertinence du territoire pour déployer un service de transport basé sur des véhicules autonomes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des besoins de mobilité peu pris en compte par l&amp;#039;offre existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude d&amp;#039;opportunité sur le déploiement de véhicules autonomes pour y répondre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des sites de déploiement potentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formalisation des éléments de coût.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Établir l&amp;#039;itinéraire du service de transport en fonction des contraintes propres aux véhicules autonomes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des interactions potentielles avec les autres usagers (piétons, vélos, véhicules conventionnels)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propositions d&amp;#039;aménagement de la voirie existante.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner le territoire dans la demande d&amp;#039;autorisation d&amp;#039;expérimentation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mémento sur la réglementation, la procédure et les principales étapes d&amp;#039;instruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support à la constitution du dossier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi de la procédure d&amp;#039;instruction jusqu&amp;#039;à l&amp;#039;obtention d&amp;#039;une réponse.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sécurité, Acceptabilité, Mobilité autonome
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Projet SAM « Sécurité et acceptabilité de la mobilité autonome » (2019-2023).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Aix-Marseille-Provence | Thecamp
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Analyse de l&amp;#039;itinéraire envisagé pour une liaison entre le campus et la gare TGV d&amp;#039;Aix-en-Provence (depuis 2019)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ville de Longwy
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Analyse de l&amp;#039;itinéraire envisagé par la ville pour un service de transport entre ville basse et ville haute (2019-2020)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/mettre-place-service-transport-aide-vehicules-autonomes</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d33-mettre-en-place-un-service-de-transport-a-lai/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>142764</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Rassembler tous les acteurs volontaires pour produire des ressources ouvertes</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété et Résilience des Territoires </t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...9 lines deleted...]
-      <c r="K167" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à communs est un mode d&amp;#039;intervention dont l&amp;#039;entrée collaborative, dès la phase d&amp;#039;idéation du projet, est au cœur du dispositif.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention :
+ &lt;/strong&gt;
+ les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir) :
+ &lt;br /&gt;
+ https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles répondent aux quatre critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ils sont développés en licences ouvertes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils intègrent des communautés d&amp;#039;utilisateurs et de contributeurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils sont documentés sur le support public de l&amp;#039;appel à communs (le Wiki) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ils répondent à au moins l&amp;#039;un des défis de l&amp;#039;appel à communs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ À noter que les projets sont éligibles à tous les stades de maturité.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 relevés de communs auront lieu : le 1er juin, le 29 septembre et le 15 décembre 2023.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à communs sobriété et résilience des territoires s&amp;#039;appuie sur le retour d&amp;#039;expérience de la 1re édition de l&amp;#039;appel à communs lancée en 2021 par l&amp;#039;ADEME sur le sujet de la résilience des territoires. Au vu du bilan positif1 de cette première édition, l&amp;#039;ADEME a souhaité renouveler le dispositif et s&amp;#039;associer à d&amp;#039;autres agences publiques. Pour cette 2e édition, l&amp;#039;IGN et l&amp;#039;ANCT sont associés pour soutenir les dynamiques de coopération sur ces sujets.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communs sélectionnés bénéficieront de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien technique de      l&amp;#039;ADEME ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  selon le sujet, un soutien      technique de l&amp;#039;IGN et de l&amp;#039;ANCT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un accompagnement de l&amp;#039;équipe      conseil externe, spécialiste des communs (licence, gouvernance, modèle      économique, communautés) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un financement de l&amp;#039;ADEME ne      pouvant pas dépasser 70 % du montant éligible. Le taux d&amp;#039;aide appliqué est      fixé par l&amp;#039;ADEME lors de l&amp;#039;instruction du dossier en fonction du système      d&amp;#039;aide dont le dossier dépendra.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir)
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
+&lt;/p&gt;
+&lt;p&gt;
+ Le site de l&amp;#039;appel à communs :
+ &lt;br /&gt;
+ https://resilience-territoire.ademe.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ 1 https://librairie.ademe.fr/urbanisme-et-batiment/6149-retour-d-experience-du-1er-appel-a-commun-de-l-ademe.html
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230418/sobriete-resilience-territoires</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cbf3-sobriete-et-resilience-des-territoires/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>142692</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Engager une démarche de résilience sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Sols
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic participatif et identification des priorités d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des vulnérabilités actuelles et futures, compréhension des inter-dépendances, approches prospectives, inspiration d&amp;#039;autres territoires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de votre plan d&amp;#039;actions résilience avec l&amp;#039;outil « boussole de la résilience » du Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertises ponctuelles pour évaluer des dynamiques de résilience, enrichir des plans d&amp;#039;actions, recalibrer des projets en amont, intégrer ces questions dans les exercices budgétaires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation à la résilience de votre territoire :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; format découverte de type séminaire « tout public » en une journée,
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outil boussole de la résilience Cerema
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Formation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris (chefs de projets)
+ &lt;/li&gt;
+ &lt;li&gt;
+  DREAL ARA et PACA (chefs de projet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupe immobilier ASTRANCE (séminaire de découverte)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;Ouvrage :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+Accessibilité
+Emploi
+Appui méthodologique
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Mobilité pour tous
-[...471 lines deleted...]
-Consommation et production
+Lutte contre la précarité
+Emploi
 Attractivité économique
+Appui méthodologique
 Artisanat
-Réduction de l'empreinte carbone</t>
-[...594 lines deleted...]
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Industrie
 Réduction de l'empreinte carbone
+Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S175" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>141755</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Exploiter une borne de recharge Eborn pour véhicules électriques et hybrides rechargeables</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui sommes-nous ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le réseau eborn ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le réseau eborn compte 1200 bornes publiques de recharge accélérée et rapide réparties sur 11 départements des régions Auvergne-Rhône-Alpes et Provence-Alpes-Côte d&amp;#039;Azur. Chaque borne est équipée de deux points de charge. Le réseau eborn compte ainsi près de 2 400 points de charge ouverts au public. C&amp;#039;est une compétence optionnelle à la carte pour les collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2020, la gestion opérationnelle du réseau Eborn est confiée à un prestataire, la société Easy Charge, filiale du Groupe Vinci dédiée à la mobilité électrique. Easy Charge a pour mission d&amp;#039;assurer le développement, l&amp;#039;exploitation et la maintenance du parc de bornes actuel et à venir, en collaboration étroite avec le SIEL-Territoire d&amp;#039;énergie Loire. Le SIEL-Territoire d&amp;#039;énergie Loire assure le contrôle de cette délégation de service public pour le territoire ligérien. Les usagers du réseau peuvent trouver davantage d&amp;#039;informations sur eborn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût de raccordement électrique de la borne et la cotisation annuelle sont à la charge de la commune et/ou de l&amp;#039;EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T175" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://te42.fr</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Anaïs PEIGNET&lt;br /&gt;
+ peignet&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 89 08
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7377-installer-une-borne-de-recharge-eborn-pour-ve/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G176" s="1" t="inlineStr">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-Etablissement public dont services de l'Etat
+Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...4 lines deleted...]
-      <c r="H176" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique</t>
-[...122 lines deleted...]
-      <c r="K177" s="1" t="inlineStr">
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
-[...165 lines deleted...]
-      <c r="N178" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides financières de la CCMS.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
+Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S178" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P166" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q166" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  c.maitre&amp;#64;cc-massifdusancy.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>139433</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Repenser les façons d'habiter</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>LEADER</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>PETR des Communautés du pays de Saint-Malo</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez un projet de
+ &lt;strong&gt;
+  transition écologique
+ &lt;/strong&gt;
+ en lien avec la
+ &lt;strong&gt;
+  qualité de vie
+ &lt;/strong&gt;
+ &amp;amp; l&amp;#039;
+ &lt;strong&gt;
+  habitat
+ &lt;/strong&gt;
+ sur le
+ &lt;strong&gt;
+  pays de Saint-Malo
+ &lt;/strong&gt;
+ ? Peut-être pouvez-vous bénéficier d&amp;#039;une aide européenne au titre du programme LEADER !
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Qu&amp;#039;est-ce que LEADER ?
+  &lt;/strong&gt;
+  &lt;span&gt;
+   &lt;em&gt;
+    (Liaisons entre action de développement de l&amp;#039;économie rural)
+   &lt;/em&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  C&amp;#039;est un programme européen de développement des zones rurales.  C&amp;#039;est à la fois une
+ &lt;/span&gt;
+ &lt;strong&gt;
+  a
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ide financière
+ &lt;/strong&gt;
+ &lt;span&gt;
+  alimentée par le FEADER (Fonds Européen Agricole pour le Développement Rural) p
+ &lt;/span&gt;
+ &lt;span&gt;
+  our des porteurs de projets publics (communes, EPCI...) ou privés (associations, entreprises...). et une
+ &lt;/span&gt;
+ &lt;strong&gt;
+  stratégie spécifique au territoire.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La stratégie LEADER s&amp;#039;intitule comme suit
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &amp;#34;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   5 ans pour repenser ensemble les façons d&amp;#039;habiter le pays de Saint-Malo&amp;#34;
+  &lt;/strong&gt;
+  . Elle s&amp;#039;articule autour des mots clés suivants « sobriété, innovation, résilience, solidarités, équilibre territorial ».
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En effet, le pays est l&amp;#039;un des territoires les plus attractifs de Bretagne. Pour maintenir cette capacité d&amp;#039;accueil, il s&amp;#039;avère que l&amp;#039;habitat est un enjeu clé.  C&amp;#039;est aussi une problématique qui croise de nombreuses autres problématiques sociales, économiques, ou encore d&amp;#039;aménagement du territoire. Il s&amp;#039;agit ainsi de changer l&amp;#039;habitat et les façons de vivre pour transformer notre modèle de développement (rénovation énergétique, économies d&amp;#039;énergie, sobriété dans les comportements, formes d&amp;#039;habitat alternatif et d&amp;#039;usages alternatifs à la façon d&amp;#039;habiter).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   3.
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;strong&gt;
+  Type de projets attendus
+ &lt;/strong&gt;
+ :  des
+ &lt;strong&gt;
+  projets locaux innovants
+ &lt;/strong&gt;
+ axés autour de l&amp;#039;habitat pourront être soutenus. Des solutions nouvelles aux enjeux du territoire sont encouragées ainsi que la mise en œuvre d&amp;#039;actions de coopération avec la France et/ou l&amp;#039;Europe. La stratégie LEADER est organisée en
+ &lt;span&gt;
+  fiches-actions
+ &lt;/span&gt;
+ . Celles-ci indiquent précisément les conditions de financement des projets attendus.
+ &lt;strong&gt;
+  &lt;em&gt;
+   &lt;br /&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;em&gt;
+    &amp;#34;Projet&amp;#34; ?
+   &lt;/em&gt;
+  &lt;/strong&gt;
+  Ensemble d&amp;#039;activités coordonnées et maîtrisées comportant des dates de début et de fin, entrepris dans le but d&amp;#039;atteindre un objectif conforme à des exigences spécifiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   &lt;strong&gt;
+    &amp;#34;Local&amp;#34; ?
+   &lt;/strong&gt;
+  &lt;/em&gt;
+  Seuls les
+  &lt;strong&gt;
+   projets réalisés
+  &lt;/strong&gt;
+  sur les
+  &lt;strong&gt;
+   64 communes rurales du pays de Saint-Malo
+  &lt;/strong&gt;
+  peuvent prétendre à une aide LEADER.
+  &lt;a href="https://www.pays-stmalo.fr/fichiers/perimetre_gal_FeChcX.pdf" target="_self"&gt;
+   Liste des communes rurales
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   &lt;strong&gt;
+    &amp;#34;Innovant&amp;#34; ?
+   &lt;/strong&gt;
+  &lt;/em&gt;
+  C&amp;#039;est un projet qui résout une problématique existante de façon nouvelle (nouvelle manière de faire ; nouvelle organisation/gouvernance, une manière plus efficiente, adaptée) ou bien c&amp;#039;est un projet qui résout une problématique non traitée jusqu&amp;#039;alors sur le territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Comment est calculée l&amp;#039;aide LEADER ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   LEA
+  &lt;/span&gt;
+  &lt;span&gt;
+   DER ne peut jamais financer entièrement un projet !
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  LEADER ne prend en compte que certains types de dépenses, c&amp;#039;est la notion de &amp;#34;dépenses éligibles&amp;#34; à LEADER. Il faut se référer aux fiches-actions pour connaître la liste des dépenses éligibles à LEADER.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   &lt;strong&gt;
+    LEADER intervient uniquement en complément d&amp;#039;autres aides publiques que vous pourrez mobiliser/rechercher pour votre projet
+   &lt;/strong&gt;
+   (Etat, collectivités locales, établissements publics, autofinancement du maître d&amp;#039;ouvrage public ou Organisme Qualifié de Droit Public..). LEADER agit ainsi &amp;#34;en levier&amp;#34;.
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1€ d&amp;#039;aide publique mobilisée (autre que LEADER) permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de LEADER.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le taux d&amp;#039;intervention LEADER peut varier en fonction du montage financier de chaque projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   43 000 € : c&amp;#039;est la moyenne du montant LEADER attribué par dossier entre 2015 et 2020.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ &lt;br /&gt;
+&lt;/strong&gt;
+&lt;strong&gt;
+ 5. F
+&lt;/strong&gt;
+&lt;strong&gt;
+ iches-actions:
+&lt;/strong&gt;
+&lt;em&gt;
+ l&amp;#039;ambition de ces fiches-actions n&amp;#039;est pas de soutenir massivement des investissements mais d&amp;#039;assurer un effet-levier en complément des aides nationales, régionales et locales pour accélérer et faciliter l&amp;#039;émergence de projets ruraux innovants les plus à mêmes de proposer une solution répondant à des besoins locaux et partagés sur le territoire.
+&lt;/em&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;a href="https://www.pays-stmalo.fr/fichiers/fiches-actions_kNXDiF.pdf" target="_self"&gt;
+   &lt;strong&gt;
+    Consulter les fiches-actions
+   &lt;/strong&gt;
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   &lt;strong&gt;
+    Des nouvelles façons de se loger plus en phase avec les modes de vie et le défi de la transition énergétique
+   &lt;/strong&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des nouvelles façons d&amp;#039;habiter contribuant à la cohésion sociale et territoriale
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Anticiper et prévoir l&amp;#039;offre foncière pour maîtriser l&amp;#039;empreinte environnementale de l&amp;#039;habitat durable
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Coopération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  - Améliorer la qualité de l&amp;#039;habitat
+ &lt;/strong&gt;
+ : il s&amp;#039;agit de créer des logements agréables à habiter et de qualité d&amp;#039;un point de vue environnemental, esthétique, et d&amp;#039;usage. Cela peut conduire à penser le logement ou le bâtiment comme étant modulable et évolutif (adaptation de la taille, de l&amp;#039;aménagement intérieur en fonction des besoins des occupants). Il s&amp;#039;agit aussi d&amp;#039;encourager l&amp;#039;adoption de ces nouvelles formes urbaines en changeant la perception sur l&amp;#039;habitat collectif/intermédiaire et individuel et en intégrant les occupants à la co-conception. Cet engagement des futurs habitants peut également se traduire sous la forme d&amp;#039;un accompagnement à l&amp;#039;habitat participatif.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Adapter l&amp;#039;habitat aux publics, aux trajectoires résidentielles, aux modes de vie :
+ &lt;/strong&gt;
+ il s&amp;#039;agit de penser l&amp;#039;habitat pour tous en s&amp;#039;adressant aux populations aux besoins spécifiques (personnes âgées, handicapées, saisonniers, jeunes actifs, familles monoparentales, etc.) mais également en intégrant la notion de parcours résidentiel, c&amp;#039;est-à-dire à l&amp;#039;évolution dans le temps des besoins en termes de logement. Ceux-ci évoluent en fonction des changements de situation, notamment du nombre de personnes qui composent le foyer et des moyens financiers. Cela peut conduire là aussi à penser le logement ou le bâtiment comme étant modulable et évolutif mais aussi de mettre l&amp;#039;accent sur la production d&amp;#039;espaces communs (services ou usages partagés : chambre d&amp;#039;amis, buanderie, jardins partagés, etc.) et à la multifonctionnalité/mutualisation des services, des espaces, des équipements entourant l&amp;#039;habitat. Il s&amp;#039;agit également de travailler sur la mobilisation des acteurs et sur leur participation dans la conception des opérations pour assurer la compatibilité des solutions aux besoins réels.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Ré-interroger la chaîne de production :
+ &lt;/strong&gt;
+ il s&amp;#039;agit de recourir à des matériaux biosourcés/éco-matériaux (bois, paille, terre crue, bauge etc.) et de renforcer les filières locales pour diminuer la pollution et les consommations énergétiques du bâtiment. Il s&amp;#039;agit aussi d&amp;#039;agir sur l&amp;#039;accessibilité financière du logement en réfléchissant à de outils d&amp;#039;ingénierie novateurs (Organismes de foncier solidaire, BRS...). C&amp;#039;est aussi repenser la participation des acteurs en mettant en place par exemple une démarche de maîtrise d&amp;#039;usage, en développant des dispositifs d&amp;#039;accompagnement à la réhabilitation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Adapter l&amp;#039;habitat à la transition écologique :
+ &lt;/strong&gt;
+ l&amp;#039;habitat est lieu privilégié d&amp;#039;accompagnement à la transition écologique des habitants. Ainsi il s&amp;#039;agit de sensibiliser encore plus la population à la préservation des ressources naturelles mais aussi à l&amp;#039;adoption d&amp;#039;autres comportements tel que le recours à des modes de transport alternatifs ou encore le développement local d&amp;#039;énergies renouvelables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Attractivité économique
+Mobilité partagée
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •	Être cohérent avec la stratégie,
+&lt;/p&gt;
+&lt;p&gt;
+ •	Être localisé sur le territoire d&amp;#039;intervention,
+&lt;/p&gt;
+&lt;p&gt;
+ •	Correspondre à une dépense éligible (il faut pour cela se référer aux fiches actions) ;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Apporter une vraie plus-value pour le territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-stmalo.fr/avec-leader-repensons-les-facons-d-habiter-C270.html</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous avez un projet et vous souhaitez savoir s&amp;#039;il peut être financé par LEADER ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacter-nous : contractualisation&amp;#64;pays-stmalo.fr  02 99 21 17 28
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Vous bénéficierez d&amp;#039;une aide pour le montage de la demande d&amp;#039;aide LEADER, le suivi administratif et technique du projet et la mise en paiement.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>contractualisation@pays-stmalo.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d2d-repenser-les-facons-dhabiter/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G179" s="1" t="inlineStr">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>126877</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  LES OUTILS DE PLANIFICATION TERRITORIALE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
+  les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
+   Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
+   OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
+   Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
+   PLUi Le Havre Seine Métropole
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  Consulter la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>126866</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d’investissement de communes et groupements de communes dans le milieu rural en Meurthe-et-Moselle – DETR 2026</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de Meurthe-et-Moselle</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K179" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I169" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J169" s="1" t="inlineStr">
+        <is>
+          <t>Bonifications possibles - existence de plafonds</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Sols
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En Meurthe-et-Moselle, la DETR peut financer des projets d&amp;#039;investissement dans le milieu rural qui répondent aux thématiques suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  transition écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement urbain et patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  services publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  sécurité
+ &lt;/li&gt;
+ &lt;li&gt;
+  accueil des gens du voyage
+ &lt;/li&gt;
+ &lt;li&gt;
+  économie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;
+Il est tenu compte de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la nature des projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  leur degré de maturité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  leur inscription dans une démarche de contractualisation avec l&amp;#039;État,
+ &lt;/li&gt;
+ &lt;li&gt;
+  leur ordre de priorité indiqué par les porteurs.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34876/263626/file/Appel%20à%20projets%20DETR%202026.pdf" target="_self"&gt;Appel à projet 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34877/263631/file/Annexe%201%20-%20Règlement%20DETR%202026.pdf" target="_self"&gt;Reglement DETR 2026&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34422/260377/file/Liste%20récapitulative%20dossiers%20DETR%20subventionnés%20au%2031%2007%202025.xlsx" target="_self"&gt;Liste récapitulative des dossiers DETR subventionnés au 31.07.2025&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Biodiversité
-[...164 lines deleted...]
-Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
-Santé
-[...271 lines deleted...]
-Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
-Citoyenneté
 Santé
+Education et renforcement des compétences
 Commerces et services
-Economie sociale et solidaire
-[...1144 lines deleted...]
-Economie locale et circuits courts
+Technologies numériques et numérisation
+Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Industrie
 Réduction de l'empreinte carbone
-Milieux humides
+Inclusion numérique
 Sécurité
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O192" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S192" s="1" t="inlineStr">
+      <c r="P169" s="1" t="inlineStr">
+        <is>
+          <t>17/10/2025</t>
+        </is>
+      </c>
+      <c r="Q169" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité des bénéficiaires :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En référence à l’article L. 2334-33 du CGCT, ils sont fondés sur la population et la richesse fiscale des communes et EPCI à fiscalité propre.&lt;/p&gt;&lt;p&gt;En Meurthe-et-Moselle, les porteurs de projets suivants sont éligibles :&lt;/p&gt;&lt;p&gt;- communes de - 2000 habitants ;&lt;/p&gt;&lt;p&gt;- communes entre 2000 et 20 000 habitants, à l’exclusion de celles dont le potentiel financier par habitant excède le plafond défini chaque année ;&lt;/p&gt;&lt;p&gt;- EPCI à fiscalité propre de - 75 000 habitants ;&lt;/p&gt;&lt;p&gt;- syndicats mixtes et syndicats de communes.&lt;/p&gt;&lt;p&gt;Les collectivités inéligibles à la DETR en Meurthe-et-Moselle sont : &lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/28358/215363/file/Liste%20communes%20inéligibles.pdf" target="_self"&gt;Télécharger la liste des collectivités inéligibles à la DETR 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Appel à projets DETR 2026 et catégories éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La commission des élus DETR détermine chaque année la liste des opérations éligibles ainsi que les taux des subventions. Vous pouvez consulter le règlement présentant les catégories éligibles ci-dessous.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si vous souhaitez candidater pour obtenir une subvention au titre de la DETR pour 2026, vous pouvez effectuer votre demande entre le 17 octobre 2025 et le 23 janvier 2026 inclus.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’opération ne doit pas connaître de commencement d’exécution (signature du 1er acte juridique tel qu’un bon de commande, acte d’engagement, devis &amp;#34;bon pour accord&amp;#34;...) tant que le service instructeur n’a pas délivré d’accusé de réception du dossier.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités de versement de la subvention :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;pour le solde :&lt;/p&gt;&lt;p&gt;Une avance représentant 30 % du montant prévisionnel de la subvention pourra être versée à la collectivité sur présentation des pièces suivantes :&lt;/p&gt;&lt;p&gt;- une attestation de commencement d’exécution faisant apparaitre la date exacte de début d’exécution de l&amp;#039;opération (date correspondant à l&amp;#039;acceptation d&amp;#039;un devis ou ordre de service ou signature d&amp;#039;un marché) ;&lt;/p&gt;&lt;p&gt;- un justificatif de démarrage de l’opération : copie du devis signé ou de la notification du marché de travaux.&lt;/p&gt;&lt;p&gt;Des acomptes n&amp;#039;excédant pas au total 80 % du montant prévisionnel de la subvention, pourront être versés en fonction de l&amp;#039;état d&amp;#039;avancement de l&amp;#039;opération au vu des pièces justificatives des paiements effectués par la collectivité :&lt;/p&gt;&lt;p&gt;- un état récapitulatif des paiements daté et certifié par la trésorerie et par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- la copie des factures.&lt;/p&gt;&lt;p&gt;Le solde de la subvention sera versé après transmission des pièces justificatives suivantes :&lt;/p&gt;&lt;p&gt;- un état récapitulatif global des paiements daté et certifié par la trésorerie et par la maire ou le président de l&amp;#039;établissement public de coopération intercommunale ;&lt;/p&gt;&lt;p&gt;- la copie des factures ;&lt;/p&gt;&lt;p&gt;- un certificat daté et signé par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale attestant de l&amp;#039;achèvement de l&amp;#039;opération, ainsi que de la conformité de ses caractéristiques par rapport à l&amp;#039;arrêté attributif et précisant la date exacte de fin de l&amp;#039;opération. En cas de demande de paiement unique, indiquer en plus la date de début d’exécution de l&amp;#039;opération (date correspondant à l’acceptation d&amp;#039;un devis ou ordre de service ou signature d&amp;#039;un marché) ;&lt;/p&gt;&lt;p&gt;- le plan de financement définitif daté et signé par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale.&lt;/p&gt;&lt;p&gt;- éventuellement les courriers d&amp;#039;attribution de subventions obtenues par la collectivité pour le financement de l&amp;#039;opération.&lt;/p&gt;&lt;p&gt;À l’instar de vos demandes de subvention, il convient d’adresser vos demandes de versement, pour l’ensemble des collectivités du département sous démarches-simplifiees.fr, à l’adresse suivante  :&lt;/p&gt;&lt;p&gt;https://www.demarches-simplifiees.fr/commencer/prefecture-54-subventions-paiements&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.meurthe-et-moselle.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Concours-financiers/La-dotation-d-equipement-des-territoires-ruraux-DETR/La-dotation-d-equipement-des-territoires-ruraux-DETR</t>
+        </is>
+      </c>
+      <c r="W169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La préfecture de Meurthe-et-Moselle et les sous-préfectures sont à disposition des collectivités pour leur apporter tout précision, aide ou conseil. Vous pouvez faire appel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;arrondissement de Nancy : pref-dclc1&amp;#64;meurthe-et-moselle.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;arrondissement de Val-de-Briey : sp-briey-coordination&amp;#64;meurthe-et-moselle.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;arrondissement de Lunéville : sp-luneville&amp;#64;meurthe-et-moselle.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;arrondissement de Toul : sp-toul&amp;#64;meurthe-et-moselle.gouv.fr
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;La liste des documents à joindre pour candidater est disponible en cliquant sur &amp;#34;plus d&amp;#039;informations&amp;#34;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>lydie-anne.frati@meurthe-et-moselle.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/07b8-financer-des-projets-dinvestissement-des-comm/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>126842</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'élaboration d'une stratégie de transition écologique</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Trajectoire Durable - Territoire engagé</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime Attractivité</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seine-Maritime Attractivité accompagne les collectivités dans l&amp;#039;élaboration de leur stratégie de développement durable grâce à la démarche Trajectoire Durable.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche repose sur les 17 Objectifs du développement durable de l&amp;#039;ONU ainsi que sur la méthode ISO 37101.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un diagnostic est réalisé sur 6 thématiques :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Stratégie, gouvernance et démocratie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé et sécurité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coeur de bourg et territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Economie et coopération
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Un plan d&amp;#039;actions est ensuite élaboré. Seine-Maritime Attractivité accompagne la mise en place des actions grâce à la mise en réseau avec les acteurs du territoire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La ville de Blangy-sur-Bresle a réalisé son diagnostic avec la méthode Trajectoire Durable. Un plan d&amp;#039;actions a été validé pour les trois prochaines années.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Espace public
+Friche
+Transition énergétique
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Biodiversité
+Equipement public
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion à l&amp;#039;association Seine-Maritime Attractivité
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seine-maritime-attractivite.com/fr/actualites-documents/actualites/developpement-durable-trajectoire-durable-nouvel-accompagnement</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mathilda Clennell
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de mission Territoires et Développement Durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  mathilda.clennell&amp;#64;sma76.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  07 88 47 20 32
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>mathilda.clennell@sma76.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/20e5-accompagner-lelaboration-dune-strategie-de-tr/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-          <t>Association
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>129733</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Réduire la production de déchets ménagers et assimilés</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
 Entreprise privée
-Recherche</t>
-[...25 lines deleted...]
-Mobilité pour tous
+Particulier</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDED 52 dispose depuis le 1er janvier 2023 d&amp;#039;un programme local de prévention des déchets ménagers et assimilés qui poursuit plusieurs objectifs à l&amp;#039;échelle de l&amp;#039;ensemble du périmètre de compétences du SDED 52 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réutiliser/Réemployer les objets et appareils avant qu&amp;#039;ils ne deviennent &amp;#34;déchets&amp;#34;,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la production de déchets en les valorisant localement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mieux recycler les déchets en facilitant le geste de tri.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Syndicat a ainsi identifié 12 actions dont il coordonnera la mise en œuvre pour la période 2023-2028 et qui, à destination des ménages, des entreprises, des collectivités locales, de la restauration collective et des associations, permettra d&amp;#039;atteindre les objectifs de réduction de déchets, de meilleur réemploi au bénéfice d&amp;#039;une gestion locale qui s&amp;#039;appuiera en particulier sur les acteurs de l&amp;#039;économie circulaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition de gobelets réutilisables lors d&amp;#039;évènements locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention des ambassadeurs de tri dans les écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation au compostage domestique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation du compostage collectif à Saint-Dizier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de zones de réemploi en déchetterie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de plateforme de broyage de déchets verts dans les communes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de cette aide, les structures intéressées par un accompagnement du SDED 52 doivent être situées sur le territoire de compétences &amp;#34;traitement&amp;#34; du SDED 52, à savoir l&amp;#039;intégralité du territoire de la Haute-Marne, le territoire de la communauté de communes des Portes de Meuse et quelques communes de la Marne et de la Haute-Saône.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de se rapprocher du SDED 52 pour vérifier cette condition d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/reduction-des-dechets</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute interrogation :
+&lt;/p&gt;
+&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+ &lt;br /&gt;
+ 40 bis avenue Foch
+ &lt;br /&gt;
+ 52 000 Chaumont
+&lt;/p&gt;
+&lt;p&gt;
+ 03 25 35 09 29
+&lt;/p&gt;
+&lt;p&gt;
+ sded52&amp;#64;sded52.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>sded52@sded52.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/349e-installer-une-borne-publique-de-recharge-pour/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G194" s="1" t="inlineStr">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...22 lines deleted...]
-      <c r="K194" s="1" t="inlineStr">
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
-[...320 lines deleted...]
-      <c r="N196" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Culture et identité collective
-Arts plastiques et photographie
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...4 lines deleted...]
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
-Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S196" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T196" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W172" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>129712</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation énergétique des bâtiments publics - SYDEV</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Programme rénovation</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Énergie et d’équipement de Vendée (SYDEV)</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J173" s="1" t="inlineStr">
+        <is>
+          <t>Variable en fonction de la typologie du projet, piscine 250 k€, autres bâtiments 120 k€</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La rénovation énergétique des bâtiments est un axe majeur dans la transition énergétique et les collectivités territoriales ont un rôle prépondérant dans l&amp;#039;atteinte des objectifs que se sont fixés la France ainsi que la Région des Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2005, plus de 1 700 audits énergétiques ont été menés sur le patrimoine des collectivités vendéennes. Cela a permis de constater que 72 millions d&amp;#039;euros sont nécessaires pour améliorer significativement la performance du patrimoine bâti des collectivités vendéennes.
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de ce constat, le SYDEV a décidé en 2020 de poursuivre son action en faveur des économies d&amp;#039;énergie en accompagnant les collectivités territoriales dans la réalisation de travaux de rénovation énergétique sur leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV consacre ainsi 20 millions d&amp;#039;euros jusqu&amp;#039;en 2026 pour soutenir les collectivités dans l&amp;#039;atteinte de cet objectif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets éligibles sont l&amp;#039;ensemble des bâtiments publics des collectivités adhérentes au SYDEV, dans la mesure où, si des systèmes de chauffage fioul et propane existent, ils seront remplacés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bâtiments éligibles sont divisés en 4 catégories et classés par surface, &amp;gt; ou &amp;lt; à 150 m2 de SHON.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sont instruits et les aides accordées selon les critères d&amp;#039;éligibilité en vigueur à la date de présentation du dossier complet au Bureau du SYDEV. L&amp;#039;ensemble des critères d&amp;#039;éligibilité doivent être respectés pour que le dossier soit recevable.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier du soutien financier du SYDEV, le maître d&amp;#039;ouvrage doit associer le pôle Services aux Territoires du SYDEV tout au long du projet de rénovation énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cela implique notamment sa présence aux phases suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À l&amp;#039;élaboration du programme afin de conseiller la collectivité pour définir ses objectifs de performance énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la consultation de la maîtrise d&amp;#039;œuvre afin de transcrire ces objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection de la maîtrise d&amp;#039;œuvre pour apprécier la prise en compte des aspects énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au stade des études de projet (PRO : APS et APD) afin d&amp;#039;apprécier les choix techniques proposés et d&amp;#039;effectuer une estimation de la subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la validation du DCE travaux pour assurer la cohérence avec l&amp;#039;étude thermique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection des entreprises afin d&amp;#039;apprécier l&amp;#039;impact des solutions proposées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  À la réception afin de contrôler que les solutions retenues sont correctement mises en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers sont séparès en deux catégories :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bâtiments inférieurs à 150 m2 de SHON
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bâtiments supérieurs à 150 m2 de SHON
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;lt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera demandé la réalisation d&amp;#039;un bouquet de travaux comprenant au minimum deux actions parmi la liste suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Isolation de combles / toiture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation du sol / plancher bas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation des murs donnant sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement des menuiseries donnant sur l&amp;#039;extérieur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaque poste de travaux devra respecter les critères des certificats d&amp;#039;économies d&amp;#039;énergie (CEE) définis par l&amp;#039;Etat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une programmation / régulation du ou des système(s) de chauffage / ventilation / climatisation devra être mise en place.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;gt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV soutient les travaux d&amp;#039;amélioration de la performance énergétique selon les modalités suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ Catégorie 1 Catégorie 2 Catégorie 3
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Caractéristique du bâti (Ubat) &amp;lt; 0,6 W/m2.K*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dérogation possible à 0,7 W/m2.K en cas d&amp;#039;utilisation de matériaux biosourcés sur l&amp;#039;ensemble des murs extérieurs ou des planchers hauts.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; Cep réf- 40%
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 2 Catégorie 3
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; 80 kWhep/m2.an
+&lt;/p&gt;
+&lt;p&gt;
+ Une étude réglementaire thermique Th-C-Ex sera demandée, elle permettra de clairement identifier les gains énergétiques induits par les travaux sur le projet.
+ &lt;br /&gt;
+ Le périmètre d&amp;#039;étude correspond à la SHON thermique (SHOB de la zone traité thermiquement et isolé - zone de stationnement, non aménagée pour l&amp;#039;utilisation du bâtiment, HSP &amp;lt; 1,8 m).
+ &lt;br /&gt;
+ Elle est défini en partenariat avec le chargé d&amp;#039;affaire SYDEV du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 4 (Piscine)
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacter directement le SYDEV.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://sydev-vendee.fr/transition-energetique/efficacite-energetique/batiments-publics</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Secteur
+ :
+ &lt;br /&gt;
+ Île d&amp;#039;Yeu / CC de l&amp;#039;île de Noirmoutier / CC Océan Marais de Monts / Challans-Gois Communauté / CC de Vie et Boulogne / La Roche-sur-Yon agglomération
+ &lt;br /&gt;
+ &lt;em&gt;
+  Pierre GORSIC : Animateur de secteur / 02 51 45 93 23 / p.gorsic&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Terres de Montaigu agglomération / CC St Fulgent - Les Essarts / CC Pays de Mortagne / CC Pays des Herbiers / CC pays de Pouzauges / CC Pays de Chantonnay
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Vincent BILLAUD : Animateur de secteur / 02 51 45 88 96 / v.billaud&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC du Pays de St Gilles Croix de Vie / Les Sables d&amp;#039;Olonne Agglomération / CC du Pays des Achards / Vendée Grand Littoral Talmont Moutiers Communauté
+ &lt;br /&gt;
+ &lt;em&gt;
+  Arnaud CHAILLOU : Animateur de secteur / 02 51 45 88 61 / a.chaillou&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC Sud Vendée Littoral / CC Pays de la Chatigneraie / CC Pays de Fontenay-Vendée / Vendée, Sèvre, Autise
+ &lt;br /&gt;
+ &lt;em&gt;
+  Elodie TRAINEAU : Animatrice de secteur / 02 51 45 93 19 / e.traineau&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>b.guilbaud@sydev-vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7923-aide-a-la-renovation-energetique-des-batiment/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>133062</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de modernisation de l'éclairage public et réduction de la pollution lumineuse</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Modernisation de l'éclairage public et réduction de la pollution lumineuse</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J174" s="1" t="inlineStr">
+        <is>
+          <t>taux qui dépend de l'abaissement de l'éclairage public</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Région soutient les collectivités prêtes à contribuer à la création de la trame noire, qui vise à protéger la biodiversité nocturne.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région subventionne la dépose de luminaires et l&amp;#039;installation d&amp;#039;éclairage extérieur favorisant la sécurité des déplacements, des personnes et des biens sur l&amp;#039;espace public.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet conduit à minima à une réduction de 66%  de la consommation énergétique de l&amp;#039;éclairage public sur le périmètre rénové. La température de couleur des luminaires installés est inférieure ou égale à 2.700 Kelvins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets inclus dans la mise en œuvre d&amp;#039;un schéma directeur d&amp;#039;éclairage public permettant la mise en place de la trame noire sont prioritaires
+ &lt;/strong&gt;
+ .
+ &lt;span&gt;
+  &lt;br /&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   Dans le cas de travaux de modernisation de l&amp;#039;
+  &lt;/span&gt;
+  éclairage
+  &lt;span&gt;
+   public le dispositif dépend du facteur de réduction de la consommation énergétique :
+   &lt;br /&gt;
+   &lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+    &lt;li&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       Jusqu&amp;#039;à 30% du montant éligible TTC (HT si récupération de la TVA) pour les  projets abaissant la puissance de l&amp;#039;éclairage public de 80% ou plus  au moins 5 heures par nuit,
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       Jusqu&amp;#039;à 50% du montant éligible TTC (HT si récupération de la TVA) pour des projets procédant à une extinction totale (sauf éclairage sécuritaire ciblé) de l&amp;#039;éclairage public 5 heures par nuit.
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       Subvention max : 150.000€ par commune.
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/li&gt;
+   &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Remplacement d&amp;#039;une partie ou de la totalité des points lumineux.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Installation d&amp;#039;horloges astronomiques, couplées à une extinction totale ou abaissement de puissance durant la nuit et au non allumage de l&amp;#039;éclairage public durant plusieurs mois (mai à septembre par exemple).
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée à la commune mais peut être regroupée par un EPCI tel qu&amp;#039;un syndicat d&amp;#039;énergie par exemple.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/modernisation-de-leclairage-public-et-reduction-de-la-pollution-lumineuse#:~:text=Modernisation%20de%20l'%C3%A9clairage%20public%20et%20r%C3%A9duction%20de%20la%20pollution%20lumineuse,-Environnement&amp;text=La%20R%C3%A9gion%20sout</t>
+        </is>
+      </c>
+      <c r="W174" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aap-eclairage-public&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf36-travaux-de-modernisation-de-leclairage-public/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>133057</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour créer un observatoire des secteurs prioritaires de précarité énergétique</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les logements dont les consommations énergétiques et/ou les émissions de gaz à effet de serre sont élevées (classés E, F, G), vont progressivement faire l&amp;#039;objet de restriction et d&amp;#039;interdiction à la location. Ce sont donc des cibles prioritaires pour la politique publique de rénovation de l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eu égard à leur période de construction, leur typologie (maisons individuelles, copropriétés), leur taille, leur énergie de chauffage ou leur statut d&amp;#039;occupation, ces logements ne nécessiteront pas le même type de réhabilitation ou d&amp;#039;accompagnement des ménages. Une connaissance territoriale fine de l&amp;#039;habitat et sa précarité énergétique est indispensable pour orienter les choix stratégiques des collectivités en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise dans l&amp;#039;identification des « passoires thermiques » et dans les stratégies territoriales à mettre en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;agence d&amp;#039;urbanisme de Rennes réalise une série de travaux afin de brosser le portrait global des performances énergétiques des logements de la métropole. Ces travaux permettront d&amp;#039;orienter les choix stratégiques de celle-ci en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
+  &lt;a href="https://www.audiar.org/sites/default/files/documents/etudes/audiar_note-performance-energetique-logements-rm_web_0.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;atelier parisien d&amp;#039;urbanisme a inscrit dans son programme partenarial d&amp;#039;accompagner les besoins de demain et notamment d&amp;#039;accélérer la rénovation du bâti et l&amp;#039;adaptation climatique.  Dans ce cadre, l&amp;#039;atelier a publié récemment des travaux sur l&amp;#039;enjeu de la rénovation énergétique des logements à Paris.
+  &lt;a href="https://www.apur.org/sites/default/files/8p212_logement_enjeux_renovation_energie_forts_paris.pdf?token&amp;#61;GMthf7Bn" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba78-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G197" s="1" t="inlineStr">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>133546</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Développer des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Développement des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...2 lines deleted...]
-      <c r="H197" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I176" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J176" s="1" t="inlineStr">
+        <is>
+          <t>le taux maximum varie selon la taille de l'entreprise</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à faciliter l&amp;#039;installation des panneaux et ombrières photovoltaïques dans toute la région Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les installations PV, le dispositif propose : jusqu&amp;#039;à 50% du montant TTC ou HT en cas de récupération de la TVA (
+ &lt;em&gt;
+  subvention max : 300 000€
+ &lt;/em&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région subventionne aussi le solar ready, c&amp;#039;est-à-dire les travaux de préparation d&amp;#039;une toiture à l&amp;#039;installation de panneaux solaires. (
+ &lt;a href="https://www.iledefrance.fr/enr" target="_self"&gt;
+  voir le site de la Région
+ &lt;/a&gt;
+ )
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les projets photovoltaïques sur toitures, les ombrières de parkings, les ombrières sur des zones artificialisées ne présentant pas de conflits d&amp;#039;usages, les délaissés routiers (parcelles déclassées par suite d&amp;#039;un changement de tracé des voies du domaine public routier) sans destination agricoles ou pastorales sur une durée de 20 ans minimum, agrivoltaïsme au cas par cas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La part des installations réalisées au-delà des obligations liées à la règlementation en vigueur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les candidats éligibles sont des personnes morales porteuses de projets (collectivités et leurs groupements, entreprises, associations, projet citoyens, bailleurs sociaux, syndic de copropriété ...).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets devront répondre aux critères d&amp;#039;éligibilité suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Production énergétique à des fins d&amp;#039;autoconsommation (
+  &lt;em&gt;
+   individuelle ou collective
+  &lt;/em&gt;
+  ) sans ou avec vente de surplus (
+  &lt;strong&gt;
+   sans tarif d&amp;#039;obligation d&amp;#039;achat ou complément de rémunération
+  &lt;/strong&gt;
+  ). Les projets en vente en gré à gré ou en revente à un autre agrégateur que EDF obligation d&amp;#039;achat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir une puissance d&amp;#039;installation de minimum 10 kwc
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les équipements de production énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le raccordement au réseau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux pour l&amp;#039;accueil des installations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires d&amp;#039;assistance technique ou frais de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T176" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/developpement-des-energies-renouvelables-electriques</t>
+        </is>
+      </c>
+      <c r="W176" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contacter l&amp;#039;adresse : aap-enr-elec&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83b6-developpement-du-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>139926</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Transition écologique</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique</t>
-[...23 lines deleted...]
-      <c r="S197" s="1" t="inlineStr">
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides de la CCMS.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P177" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q177" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...23 lines deleted...]
-      <c r="AA197" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T177" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ c.maitre&amp;#64;cc-massifdusancy.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-[...44 lines deleted...]
-      <c r="K198" s="1" t="inlineStr">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
-[...85 lines deleted...]
-      <c r="N198" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
 Accès aux services
-Cohésion sociale et inclusion
-[...1 lines deleted...]
-Technologies numériques et numérisation
+Santé
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T178" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W178" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W179" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Attractivité économique
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>120978</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour la rénovation énergétique de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement pour la rénovation énergétique de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil et accompagnement afin de prioriser les bâtiments les plus énergivores en fonction de leurs usages, et recherche de financement en vue de la rénovation des bâtiments publics de la collectivité, dans le cadre du décret n°2019-771 du 23/07/2019 dit décret tertiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;après les factures d&amp;#039;énergie et consommation, et une visite des bâtiments, un rapport est rendu sur l&amp;#039;évaluation thermique des bâtiments communaux et, des propositions de solution et une priorisation des actions à mettre en œuvre et des bâtiments à traiter. Une sensibilisation peut aussi avoir lieu (voir offre sensibilisation environnementales des élus ou des agents).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement est réalisé en coordination avec le SDESM pour les communes adhérentes à ce Syndicat et/ou conventionnées avec le SURE.
+&lt;/p&gt;
+&lt;p&gt;
+ Service cofinancé par l&amp;#039;ADEME Ile de France, la Région, le Département et l&amp;#039;EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide aux Communes de Seine-et-Marne, de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  ATTENTION : la Commune doit pouvoir fournir les factures d&amp;#039;énergies et les points de raccordement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ adresse mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/622a-accompagner-les-collectivites-pour-la-renovat/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>122825</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Participer au label national Territoires, Villes et Villages Internet</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Villes Internet</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Label national Territoires, Villes et Villages Internet est une évaluation des politiques publiques numériques territoriales, unique en Europe.
+&lt;/p&gt;
+&lt;p&gt;
+ La marque territoriale « Label National Territoires, Villes et Villages Internet » concerne les villages comme les grandes villes, dès les premiers services connectés aux habitants et usagers du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce label national prend la forme d&amp;#039;un panneau en entrée de ville avec 1 à 5 arobases (&amp;#64;) millésimé chaque année. Il se base sur un référentiel de 16 enjeux thématiques et 139 services numériques conçu par des universitaires avec l&amp;#039;association et créé avec l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour participer, les collectivités référencent leurs actions sur la plateforme
+  villes-internet.net. Le référentiel sert d&amp;#039;auto-évaluation et de feuille de route quotidienne aux décideurs publics et à leurs agents.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Chaque année un jury d&amp;#039;experts indépendant étudie plus de 250 dossiers de collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label national est soutenu depuis près de 25 ans par plusieurs ministères et traditionnellement remis par un membre du gouvernement.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation est ouverte à tout EPCI, ville ou village, de toutes tailles et toutes les régions françaises et territoires ultramarins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/site/label-territoires-villes-villages-internet/reglement/" rel="noopener" target="_blank"&gt;
+  Consultez le règlement du Label national Territoires, Villes et Villages Internet
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions de toutes les collectivités sont recensées en accès libre et de manière géolocalisée et thématique dans l&amp;#039;ATLAAS.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/atlaas" rel="noopener" target="_blank"&gt;
+  Consultez plus de 30 000 actions de collectivités
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/site/evaluer/" rel="noopener" target="_blank"&gt;
+  Consultez le palmarès des éditions antérieures
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Tiers-lieux
+Innovation, créativité et recherche
+Equipement public
+International
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
-Prévention des risques
+Valorisation d'actions
+Médias et communication
+Réduction de l'empreinte carbone
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.villes-internet.net/site/participez-au-label/</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour participer rendez-vous sur la page &amp;#34;Participer au label&amp;#34;
+ (voir le bouton &amp;#34;descriptif complet&amp;#34; en bas de page) et cliquez sur le bouton &amp;#34;Ma collectivité souhaite participer&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Ou contactez directement l&amp;#039;association Villes Internet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  01 55 06 09 30 |  coordination&amp;#64;villes-internet.net
+ &lt;/li&gt;
+ &lt;li&gt;
+  68 boulevard Malesherbes 75008 Paris
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>fpoznanski@villes-internet.net</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb5f-label-national-territoires-villes-et-villages/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>122171</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des économies d'énergie et d'eau sur votre patrimoine</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en Energie Partagé</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Energies Solidaires association</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Energies Solidaires porte plusieurs dispositifs de service public de la rénovation énergétique sur les Yvelines et accompagne les acteurs locaux au plus près de leurs besoins et contraintes.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement personnalisé, pas-à-pas, de l&amp;#039;idée à la réalisation de vos projets de transition énergétique notamment au travers de la mission de Conseil en Energie Partagé de l&amp;#039;ADEME (Agence de la Transition Ecologique).
+&lt;/p&gt;
+&lt;p&gt;
+ Vous partagerez sur plusieurs communes les compétences d&amp;#039;un.e conseiller.e qui vous proposera un service objectif et indépendant, sur le long terme, pour un accompagnement et une assistante technique sur les aspect réglementaires, techniques et financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Votre conseiller.e sera force de proposition pour vous permettre de maitriser vos dépenses énergétiques et hydriques mais également dans l&amp;#039;optique de réduire votre empreinte carbone territoriale (objectif national de neutralité carbone à horizon 2050).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations sur ce dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  notre site (voir le bouton plus d&amp;#039;information en bas de fiche)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le site de l&amp;#039;ADEME :
+  &lt;a href="https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep" target="_self"&gt;
+   https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce que comprend le dispositif CEP (liste non exhaustive)
+&lt;/p&gt;
+&lt;p&gt;
+ → Réaliser un inventaire du patrimoine (bâtiments, luminaires, véhicules...) et des usages
+&lt;/p&gt;
+&lt;p&gt;
+ → Réaliser un bilan énergétique des trois dernières années de consommations
+&lt;/p&gt;
+&lt;p&gt;
+ → Suivi annuel de l&amp;#039;évolution des consommations et des dépenses énergétiques, définition d&amp;#039;indicateurs et reporting dans un tableau de bord pour surveiller leur évolution
+&lt;/p&gt;
+&lt;p&gt;
+ → Rédaction de notes et de rapports (état de santé du bâtiment, dépenses énergétiques...)
+&lt;/p&gt;
+&lt;p&gt;
+ → Mise en évidence des surconsommations
+&lt;/p&gt;
+&lt;p&gt;
+ → Suivi et optimisation des consommations énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ → Proposition de modification de certains réglages (régime de température, mise en place d&amp;#039;un réduit...)
+&lt;/p&gt;
+&lt;p&gt;
+ → Elaboration d&amp;#039;un programme d&amp;#039;actions travaux hiérarchisées
+&lt;/p&gt;
+&lt;p&gt;
+ → Aider à la recherche de financements publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ → Participation au montage d&amp;#039;opération avec recommandations et prescriptions dans le domaine énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ → Mise en valeur des expériences réussies dans d&amp;#039;autres collectivités afin de convaincre de l&amp;#039;efficacité des actions proposées
+&lt;/p&gt;
+&lt;p&gt;
+ → Veille réglementaire et relais auprès des communes sur les sujets énergétiques et batimentaires (règlementation, aides financières, actualités, etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Focus décret tertiaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Aide à l&amp;#039;identification du patrimoine assujeti au Décret éco énergie tertiaire (DEET)
+&lt;/p&gt;
+&lt;p&gt;
+ → Accompagnement au remplissage réglementaire de la plateforme OPERAT (obligation du DEET)
+&lt;/p&gt;
+&lt;p&gt;
+ → Remplissage de la plateforme OPERAT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce que ça ne comprend pas (liste non exhaustive)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → ES aide à la réalisation mais ne réalise pas pour la commune les démarches (administratives, techniques) relatives aux travaux
+&lt;/p&gt;
+&lt;p&gt;
+ → Réalisation d&amp;#039;audits énergétiques réglementaires
+&lt;/p&gt;
+&lt;p&gt;
+ → Remplissage de la plateforme OPERAT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Consommation et production
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes sur une des 5 EPCI yvelinoises suivantes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Communauté Urbaine Grand Paris Seine &amp;amp; Oise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté d&amp;#039;Agglomération Saint-Germain Boucles de Seine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes des Portes d&amp;#039;Ile-de-France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes de Gally-Mauldre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes Pays Houdanais
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>Yvelines</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://energies-solidaires.org/conseil-energie/le-conseil-en-energie-partage-cep/</t>
+        </is>
+      </c>
+      <c r="W184" s="1" t="inlineStr">
+        <is>
+          <t>https://energies-solidaires.org/lassociation/contacts/</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Vincent LEVISTRE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable accompagnement des Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  01 39 70 23 06
+ &lt;/li&gt;
+ &lt;li&gt;
+  vincent.levistre&amp;#64;energies-solidaires.org
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier d&amp;#039;une présentation, contactez-nous :
+ &lt;a href="https://energies-solidaires.org/lassociation/contacts/" target="_self"&gt;
+  https://energies-solidaires.org/lassociation/contacts/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>vincent.levistre@energies-solidaires.org</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4156-realiser-des-economies-denergie-et-deau-sur-v/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>122831</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Ain</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I185" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financer des projets d&amp;#039;investissement des communes et groupements de communes dans le milieu rural - DETR
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles à la DETR :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets répondant aux thématiques suivantes sont subventionnables :
+ &lt;br /&gt;
+ . la transition écologique,
+ &lt;br /&gt;
+ . l&amp;#039;attractivité des territoires,
+ &lt;br /&gt;
+ . la construction/la rénovation et l&amp;#039;urbanisme,
+ &lt;br /&gt;
+ . l&amp;#039;éducation et la santé,
+ &lt;br /&gt;
+ . la sécurité
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les collectivités remplissant les conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Les communes :
+ &lt;br /&gt;
+ a) dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole
+ &lt;br /&gt;
+ b) dont la population est supérieure à 2 000 habitants dans les départements de métropole et n&amp;#039;excède pas 20 000 habitants et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+ • Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des opérations éligibles à la DETR est disponible sur le site internet :
+ &lt;a href="https://www.ain.gouv.fr" rel="noopener" target="_blank"&gt;
+  https://www.ain.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ rubrique Actions de l&amp;#039;Etat&amp;gt;Collectivités locales&amp;gt;Aide à l&amp;#039;investissement des collectivités locales&amp;gt;DETR
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Votre dossier pourra être déposé via l&amp;#039;outil démarches-simplifiées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes les collectivités sont destinataires d&amp;#039;une circulaire annuelle précisant la liste des opérations éligibles et les modalités de dépôt des demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ain.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre sous-préfecture d&amp;#039;arrondissement Belley, Gex, Nantua ou la préfecture de l&amp;#039;Ain, si vous relevez de l&amp;#039;arrondissement de Bourg-en-Bresse :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ . Arrondissement de Belley : sp-belley&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Bourg-en-Bresse : pref-subvention&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Gex : sp-gex&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Nantua : sp-nantua&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>corinne.duroux@ain.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f00-financer-des-projets-dinvestissement-des-comm/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>120101</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Analyser l'opportunité d'installer une production d'énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Analyse d'opportunité d'installation d'énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une analyse d&amp;#039;opportunité consiste à étudier le potentiel de production d&amp;#039;énergie renouvelable sur un (ou plusieurs) élément(s) de patrimoine, que ce soit en production d&amp;#039;électricité (solaire photovoltaïque) ou en production de chaleur dédié à un bâtiment ou réseau de chaleur (bois-énergie, géothermie, solaire thermique,...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces analyses sont, pour le maître d&amp;#039;ouvrage, des outils d&amp;#039;aide à la décision pour s&amp;#039;engager dans la réalisation d&amp;#039;un projet. Elles fournissent des éléments de comparaison par rapport à une solution de référence sur les consommations d&amp;#039;énergie, les émissions de carbone et des données économiques en coût global (investissement et exploitation).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ASDER réalise une cinquantaine d&amp;#039;analyses d&amp;#039;opportunité par an pour les communes de Savoie, que ce soit sur des projets neufs ou pour un changement d&amp;#039;énergie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr/</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Christian Fleury - Responsable du pôle collectivités et terrritoires
+  &lt;/li&gt;
+  &lt;li&gt;
+   christian.fleury&amp;#64;asder.asso.fr - 04 79 85 88 50
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0732-analyser-lopportunite-dinstaller-une-producti/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>119750</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre vous soutient dans la mise en place de stratégies d&amp;#039;économie circulaire et de valorisation des déchets organiques. Nous proposons des solutions innovantes pour optimiser les ressources, réduire les déchets, favoriser le compostage et la méthanisation, tout en créant des boucles locales de réutilisation et en renforçant la résilience écologique et économique du territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7eb-favoriser-leconomie-circulaire-sur-un-territo/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I188" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T188" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W188" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I189" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J189" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Milieux humides</t>
-[...2 lines deleted...]
-      <c r="O198" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="S198" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C199" s="1" t="inlineStr">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I190" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Technologies numériques et numérisation
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T190" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>120089</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche de Transition Ecologique avec le programme Territoire engagé</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Ecologique - Accompagnement des collectivités par un conseiller Territoire Engagé</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I191" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;span&gt;deux référentiels thématiques&lt;/span&gt; ambitieux et progressifs, &lt;span&gt;un programme d&amp;#039;accompagnement&lt;/span&gt;, &lt;span&gt;une animation&lt;/span&gt;, &lt;span&gt;un parcours de labellisation&lt;/span&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;span&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/span&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;span&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/span&gt; ainsi qu’un &lt;span&gt;appui à l’animation du projet&lt;/span&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ De nombreuses collectivités ont déjà profité de cette accompagnement.
+ &lt;a href="https://www.territoiresentransitions.fr/programme#carte" target="_blank"&gt;Découvrez leurs actions et retour d&amp;#039;expérience sur notre site internet.     Ouvre une nouvelle fenêtre&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Economie locale et circuits courts
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement" target="_blank"&gt;Prenez contact avec votre direction régionale de l&amp;#039;ADEME&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://territoireengagetransitionecologique.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="W191" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:territoireengage&amp;#64;ademe.fr" target="_blank"&gt;territoireengage&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>mathieu.teulier@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-accompagnement-des-collectivites-par-un-conse/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I192" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W192" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>165403</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les filières économiques et les acteurs en faveur de la valorisation des ressources locales</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G199" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA2</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I193" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J193" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;économie des territoires ruraux s&amp;#039;est tournée depuis des dizaines d&amp;#039;années vers l&amp;#039;extérieur et demeure très dépendante de fluctuations sur lesquels ils n&amp;#039;ont aucun contrôle. La crise du Covid puis la crise énergétique ont largement illustré ce fait et la fragilité qu&amp;#039;elles ont provoqué sur le territoire. Certains secteurs sont plus impactés que d&amp;#039;autres. Les acteurs institutionnels et économiques ont entamé, à travers diverses stratégies, un travail pour une autonomie du territoire grâce à la valorisation optimale des ressources présentes localement. Le maintien des activités et le développement de filières de proximité sur les territoires est un enjeu pour les populations et l&amp;#039;attractivité de ces territoires.&lt;/p&gt;&lt;p&gt;Cette fiche action a pour but d&amp;#039;identifier les leviers pour capter le potentiel des ressources directement sur le territoire. Ces ressources concernent notamment:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La requalification des déchets par le réemploi et la réutilisation&lt;/li&gt;&lt;li&gt;La valorisation de la ressource foncière du territoire&lt;/li&gt;&lt;li&gt;La valorisation des productions agricoles et alimentaires grâce à la mise en place de circuits courts et de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;appuyer la création de filières, ainsi que leur développement notamment par le soutien à des chainons manquants dans la chaine de la filière. Ces actions ont aussi pour but de valoriser les dynamiques de création d&amp;#039;emploi, notamment par des initiatives sociales et solidaires : actions de réutilisation des déchets, revalorisation des friches en changeant de destination par exemple, ou encore soutien à des acteurs dans les chaines de valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions:&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.1 : Développer le réemploi des matériaux et déchets&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.1.1 : &lt;/strong&gt;&lt;span&gt;Appui à l&amp;#039;émergence de filières et aux initiatives de réemploi, de réutilisation et de recyclage&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de low-tech&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.3 :&lt;/strong&gt;&lt;span&gt; Appui aux systèmes innovants de lutte contre le gaspillage alimentaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.2 : Revaloriser les friches agricoles, résidentielles et industrielles du territoire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.2.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux actions de valorisation du foncier communal en friche&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.2 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des terres et bâti agricole&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.3 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des bâtiments résidentiels et commerciaux abandonnés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.3 : Accompagner les structures valorisant les ressources locales &lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.3.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation des produits issus de ressources locales&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.2 :&lt;/strong&gt;&lt;span&gt; Actions favorisant l&amp;#039;alimentation en circuit court&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.3 :&lt;/strong&gt;&lt;span&gt; Actions de mise en valeur de la ressource oenotouristique du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.4 : Accompagner les structures valorisant les ressources archéologiques et le patrimoine vernaculaire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.4.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation et restauration du patrimoine archéologique et du patrimoine vernaculaire&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.4.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux projets participatifs permettant la valorisation du patrimoine archéologique et du patrimoine vernaculaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ressourcerie du bâtiment, déchets du bâtiment, développement de la consigne, soutien aux démarches de valorisation des déchets verts, formation et ateliers sur les démarches, lowtech, centre lowtech, commerce lowtech, repair café, participation aux évènements et salons lowtech hors territoire, centre de tri et réutilisation des textiles, etc. ;&lt;/li&gt;&lt;li&gt;Etude pour la réouverture d&amp;#039;une friche bâtie agricole, enquêtes de proximité, accompagnement à maitrise d&amp;#039;ouvrage, etc. ;&lt;/li&gt;&lt;li&gt;Création d&amp;#039;une unité de création de biomatériaux locaux, soutien aux entreprises transformant localement des ressources locales, campagne de promotion innovante, soutien de filières émergentes et entreprises de ces filières, accompagnement à la relocalisation de la filière alimentaire, mise en valeur de la ressource oenotouristique du territoire, etc. ;&lt;/li&gt;&lt;li&gt;Chantier participatif de restauration du patrimoine, action de valorisation et de vulgarisation d&amp;#039;un patrimoine archéologique, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Friche
+Transition énergétique
+Recyclage et valorisation des déchets
+Commerces et services
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P193" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q193" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous&lt;/u&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T193" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-filieres-economiques-et-les-acteurs-en-faveur-de-la-valorisation-des-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>165394</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'implantation d'infrastructures de carburants alternatifs</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>IDEE Action « mobilité décarbonée »</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I194" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J194" s="1" t="inlineStr">
+        <is>
+          <t>L’aide FEDER ne pourra excéder 60% de l’assiette éligible. Un taux d’aide particulier à chaque dossier  sera établi après instruction du dossier</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Développer des stations de ravitaillement en BioGNV, en
+hydrogène bas-carbone ou renouvelable, ainsi que des infrastructures de
+recharge électrique pour véhicules lourds (PTAC &amp;gt; 3,5 t).&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ce dispositif, cofinancé par le FEDER, vise à lever les
+freins à la conversion des flottes professionnelles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Equipement public
+Logistique urbaine
+Connaissance de la mobilité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont retenus les projets suivants :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;la
+     création de nouvelles stations de distribution : BioGNV, hydrogène ou
+     recharge électrique (PL uniquement),&lt;/li&gt;
+ &lt;li&gt;l&amp;#039;optimisation
+     de stations existantes (augmentation capacité, ouverture au public, ajout
+     unité de production…).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Le projet doit être localisé en Normandie. Les grandes entreprises au sens communautaire ne peuvent pas prétendre à l&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Exemples de dépenses éligibles :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;génie
+     civil, réseaux, connexions et tuyauteries,&lt;/li&gt;
+ &lt;li&gt;bâtiments,
+     auvents, équipements de sécurité et supervision,&lt;/li&gt;
+ &lt;li&gt;systèmes
+     de compression, distribution, refroidissement, séchage,&lt;/li&gt;
+ &lt;li&gt;stockage
+     (cuves, racks, tube trailers),&lt;/li&gt;
+ &lt;li&gt;bornes
+     de recharge électrique pour véhicules lourds uniquement,&lt;/li&gt;
+ &lt;li&gt;métrologie,
+     systèmes de paiement, signalétique,&lt;/li&gt;
+ &lt;li&gt;études
+     techniques, coordination de chantier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ne sont pas financées les dépenses liées à l&amp;#039;achat de
+terrain, la dépollution, les dépenses antérieures au dépôt de la demande.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide prend la forme d&amp;#039;une subvention FEDER.&lt;/p&gt;&lt;p&gt;Montant minimum : 100 000 € d’aide sollicitée.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Taux d’aide : Jusqu’à 60% des dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T194" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
+        </is>
+      </c>
+      <c r="W194" s="1" t="inlineStr">
+        <is>
+          <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="85" valign="top"&gt;
+  &lt;p&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="top"&gt;
+  &lt;p&gt;Carl Pique&lt;/p&gt;
+  &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
+  &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
+  &lt;p&gt;Direction Energies, Environnement et Développement Durable
+  (DEEDD)&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="85" valign="bottom"&gt;
+  &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT7SURBVGhD7VsJdJTluX7m/2efycxkQvawg4BIWcQVK1iXulWvV1vX9rj2oPdUqdft1rVaW6lW2uPKvYK74nJcbqXItYAbgiBFFi0FMSQsWSaZTCazzz//3Of9kokRCWiSe0LPue85P0n&amp;#43;5fu&amp;#43;93n39/uw5kn4f9onAtZ/SmwsFlgOINCB4OvgA4eMowfz&amp;#43;wNBVN7MZGB2xJBrj8EItSDb0AhbaRncx0zrtz1YNU3r9yD/JwMYBnLxJHKtbTDCbci1tJHxJhhNrTAaQ8g2NcNolvv8O9IOMxqHGU8gm23CyCeegHfG9H4vy9rvEb7jAPlcjpKOIycMt0XJZIgMy9XayXwzmZWrtZXPO8g0L4JkZjOcyUAeJn&amp;#43;KWYlQdSoZL13nr/w7l4ezfDz855z6HVe179cHFJxcewdylGKuNYJscwi5EKW9pwnZRjLdKEwTBGqCGY4i1xEl0ynkyXQeWV5iJJ1MW8g0Oe5m2mK1QrfZlLntj3LpBHzHToMeDBxc4ESXrED9FXOApAkzQUln0l2S7gyG3UxD5EHmReq6DZrdDpBv9U5GQz6nXkZez0OXn9ZO2BR14tcr5alZnllHDwgwMsiAaE4&amp;#43;a6DxV7&amp;#43;HQWeoI0AebNDt5LiL6e7V5gmRJ4ccGbQ6TeQylk7GozryaQ1GBbVoZAq2hBXesA0tFgPWHU7oedEmQCNgAp4pumWnedn5dQE5Mw/N6obnqKkHFziRl/4biU/XweIcgtykBFxBE8n1ZKqF6LjJRBcDZkKDfWYUY&amp;#43;YxopAZ02XB5uc8SNw&amp;#43;DGVnRFD8uz1UqDxSYR31f/ai9fliHHpIFp6T6HfGpZCzElACnK&amp;#43;3I/JMMbQGGyzezvHz2SxsFeVwjBt98IAjDjY0bwHdgROWrAV77FkMu74JgZQVDXOq4K11A16KWwk5D3cgj9ovNJSV8bsvqRF8ZlpMVN7QjF3rHWhcVAynO4dAdQ6j7m5FxJPBF5vtSC12w7LLDt3DMWbGULpwB0K/rIFzu4saZCJvZGAfNQx6wHfwgNOx9D0k/rYeutsHjUyWrPRj5xNpfP&amp;#43;xVnif3oXtFwyHYw&amp;#43;1iFIndjAmx1EzzsCW5U5Ujc2iZEYSq1wZbLymEu5L21DxfUYyLY&amp;#43;2XVbUzvND3&amp;#43;yBj9ZfJl5K69SSjjXFyHQ0oOiGRrRfORIeui3xN44xwwcMmAHxOeGFL3V6SkYSCbIeJ33DkhJsmWti4pw2fG/Fl9j1&amp;#43;1KklvgZuezIxBhyCVL978pQfWMY1plxTPtjI6yfudH6mQsZvwGdTqkyo2PUVPqnYXEkm6zIt1hhtOvMfSzwObOomZLFphY68C4fLSHePqL64AEnW78Hsb9&amp;#43;yIjj7V6UyejiyumI31&amp;#43;N1atdmPR4A8bOb0Lm8xbE17mgFRvwuvI447k9cIw08OlbDngr0xhzSQzlCfG6vKgJ6mdnwEM6ZMGuVS54GL40gzriz2PjDg3t91VgqDOPzgBngbVC9GvgqF/RKrp4GbLtLbB6gl&amp;#43;tiKI0aRZejwHtgwBW/siKsfeEMOH0JCUbY45DPSMIjtFZNG6xIhrSMWlWCmjjENS62B4LojupJVmgenwWOu/pRXm&amp;#43;a0PksTLljwxqnydhxzAHgbIVIpYOa9mQgUOmv6FcchuVsO2DRJouj4mhO7zYNtuG2M0hWMuzGDM9jaIAHWiSCsJQfNRZCSZtQAOd9Of/FYSDwFaf2wEbmd602o7JP8zAysFmzGnH7lJGqpVFsFTRSS91wainMxbxsrEg69C8noMDHKl5Ems3qtyiNxIf5HCZqOpwIjZ/CMY9tgdF5bxLrbA4gOCh5Jqfb/0fGzZfUYOKZh9G/6Ye5admENukYc3tlcisSWL07DYEywna9RHgl7xoauEFbjT/ew0qTfoh8TysETV7vwzhG2z0ebTkhs9ZFzVBd&amp;#43;1HWsQhlbQiOCOG6Q/vBhidEAMirRY0b7UjHdEQ/tSF2Gt&amp;#43;jAsRJWsWOxYUw3NmFM6KHII1BmIPV2LzawGA&amp;#43;ZNeYSA4KYUJP4vBNyqLXTonIDgqQ5TSQuqrAaQ&amp;#43;g5NYt4nazGLQ8pUzVuuSlJ/JnsVk9OJayy5tRc0fG5STrVtpxbZXi9D2gRvuL9xwZTX481YMsbHkoGnkDQ0BDuekVmWoDE07NYxl&amp;#43;Ha3OJGmGWVpQ&amp;#43;381zhtC&amp;#43;I7bfDT7&amp;#43;RpuipMMqlETn4ZOOozOKnNW7mKb0oqz5Kg6PgY8rM6UDIxDf95CWx53Y7tz/iRWuFFoN2BkZpFAaBxdgZrMOmF74II8hOTGHFVBKE9Gt7/URXKN3hhZ2TL0Iwc1VkEz6LzH56GbTR91kcSvLtSb9GcPAFOS&amp;#43;U&amp;#43;cNRncDJf1hGavYonrlW6B/XD42htymHCmBy&amp;#43;eMiNPTdXoirpJCCsimiFkimLjFUIZmaYKzHwmSsJa4OJ&amp;#43;GIXdjwawIhPgvAwMkm9rhkWxMYn8EUJM2OG7thKO3Yu8qGCoV2VpTQpCejS0xlI6hM4UnVnG1tgEdH3JEpQzMPxNBM8Sx4t81VcxyhqiZQQAkhewEh/FeGsrKUsTO5K/rOK7Fmwm3CUMPK4pJHBssDk&amp;#43;1JwGst8KFrmh&amp;#43;jGTo5USu2zsW4TaxIScIzmloHEpm9VeS7CXkx7lA70m2Fc8&amp;#43;fgc7DCjljhE&amp;#43;aYFCpPIDilNDiPjaOEJmRlOWFaNOxiuE4/XQo3zab4tkY4hpN9vhdZ68a2RR4MrfXBMyqNEjpivdSAEdcQ3&amp;#43;hAgtl03uDIHL/TughmQ/Pgg6P6NWmmrz2aT2L2BpkKndCGEZey2fWJB&amp;#43;1/KINHCipJ1IRYFth8NJXjoyhiYteesiATccPIaRjx4B60BTPY8VePAiC724rvzWRFfms92osyaKizItPEVkiFCf&amp;#43;/tMJT60D7XZXMxsXxS56jIVO3a/DBkf4NsvQYPRpPwr6dIGjLfag7PI7J14RhsmcTvasa7iwXz3zHIBO2qQlqlY4GdidMCr5sAotOmtLuj2l7U0z42MuxMoTnJ8cQ2q1j6/Me6GvZMI/Z4eCEMk&amp;#43;TnkP14/WwX9eI9Nwq2FipE3ZkvqwffHC&amp;#43;6jB9fS05&amp;#43;oYhSRvCNJMES4IJ/xFBXbGJNmoQ6hmO&amp;#43;XrSlcPQoQbeOr8Kx1zdDv&amp;#43;xCWoa26mLA4htIftDM8iuY9zf5oOrzomhMfo1OmRx3nIJ&amp;#43;XIOFK31IT0rjA7CJS4tbyU4tTtVm1YP&amp;#43;AcEpD455O6GtlFYbo&amp;#43;10EkGd7mw7ZTRaP1VIybf0Y6qMzrQ9mcfIh954aaUpUl4&amp;#43;Ikp1bKo&amp;#43;4cVRReFMfx3zcjTlGSLUXPzH2pdPm1Btk1His2t5E4C1q7BjOnQyw2kjujAjltLUWOVbgA1x2ZVPie9tRbuI6cMHjiai40tJxOwKCvIvXyy2j9lyK7M6mi&amp;#43;uxLLa6048s4wyma3o&amp;#43;zydrZEKWXWVaNuCCPJ4FK71IspP&amp;#43;QNWqplhKHcWJb3TfojB7XOzjoMI7NYN4&amp;#43;gULPs1RmkNupI/4mlQ7OLza&amp;#43;uiMXywcwlkPhk4yCD4/exUvbC5NYJKLF9UZZZ7xDmIaFnSrFiixNH/aEJOW6deL15FJWQYYLU8g8bRh&amp;#43;RRnAkE0Hmk9s/tCO82QFXVVaBFCRYVRMN2BnApp6dxBfLi6EvCcLNvCgVZSLJnIfurNv1iVOOf7AWQ6752eBpju7zqvaA2Djl2&amp;#43;tCpKNX5mG9vMaH1RfaMOyGEErPobaJNZKpodNYawVYbjECf3AT&amp;#43;8&amp;#43;vlGHijdyU&amp;#43;2UHUjstWHp7EFMu6cDwmRkE2NyavqwO5i4dBk13zW&amp;#43;DaFtYCj8L80LRoOkuJFavV5t7mqf3gvjbItcnnyODO9ivjX&amp;#43;8dv/zUPqZGDt3LAEOuzaKwMXMYMXsaEJJ/ppmAdrymRX/eLAYwbdLUUyo47V2ZKmQWTphF534lguDaDgvAu/RcXjoawLsAxUH8xjGXGnjywEUZ&amp;#43;ysPTtTBYvDgXRdHeKr/4aiE4/7thj0&amp;#43;l6fwXFOGo/8i/twyKIUzD3y9Bkm1dzJWmjk/F1w0q9kWX/uWGVH3V/dSK/yQKNzdXDrpYKdQyfTgDRzouybAaTntKDo6CxS7BBWfOyH45kytD9jIiT9vtI0Zqz6Egk6aV/UxsKzK4dS6EhrJ4Pom&amp;#43;8MLjiuIyaTdelsd9Y2BRJg7D4TjmOS0Jn1DrutGcmSHNYvcKLuJR/MlV4UJWyopAN1sATQCAqxUZmxc1gGVVeFYR&amp;#43;Xxfv3FMFc4VN&amp;#43;RWNropia5B7Bfa1qA7auLgW3BTtrqx6k6x5E31qGyvtuYdSjzfWD&amp;#43;qw57sMncZ&amp;#43;ogtu&amp;#43;rdBcXX5HwjBL7MxPQ2gaF8fEmWmEOMOq0yvhZF5SSTi9bHtK8SnhV12SQRfnEL6iARaCWXZKBmvu9SHzQA3GSX9YNvKSbKSfEEWI4waqckhW5tG0wcGu6jfBsbDcT9duR8fb78L/r6f1A5p&amp;#43;7HjqxX5uvR6J1kUvIh&amp;#43;XMrHTy8reZOOjTOVzfmwYSp9D1a8KeVDktMAgo3t3XCysjQyaYHhuuSrVVt9GrWuwo4a5jsHiVUhnr7htix2hX1Wig1pZS4ds3&amp;#43;qCl&amp;#43;/s27A53sKXBw8cWXT1w79Byb/9lMdA2IKSExKs1OUK7pFDBBFkGtvof/jME0cqlaAfYnRSTU1J98UUxTDY&amp;#43;&amp;#43;WhgeEWJoD8iVbGdGmcdwEj80jUC7Q6UMIGWq5JDcFyhMDw/r5Idxah4533IN1K1&amp;#43;RD&amp;#43;6w9fTYrmdFaUgzvcb1v3JupNKt3OXkRVQeLjFBYgZdtbOSRE/mdpy7kfE0rT2a0d52xSSZpRumujk9nQSlNNZMgGlrXyQub6Kfc7&amp;#43;VUAdulOQqj5U8LMXThA4MDzoFm1Wj/clnLh3APe1Svr&amp;#43;fZwVNHVyIdBCusDiblmvmTx1fU2R3&amp;#43;boTk&amp;#43;ErnO2aMV4IAmnJ8pdOcCyCq3RCCqFlcaHv&amp;#43;dZTeOBvOCWMOtNR9Pu&amp;#43;X5uxvxqxs7MuZmm9BFoedAJaq64Agso9khCM8/BTp1DyCl5WDTzwDlJNTX&amp;#43;rgU1gdg8s01qPh1rkY8crjnWd9viP1G5xUKoUkTaG4uFhNHY/HsWTJEhx66KHqEmrlKS2/388G19ena2trY6h2wuWiQ5e9p66UoOfvPflRIDIzP9Dmncn1yOkxI0SgaMpsGHX2b78j9QucaDSKRYsWKcblmj59Ol577TX4fKy9uJhYLIa//OUv7NuYrKm8OOmkk7Bq1SrMnDkT7777LpqbaT48pTFt2jQMGTIEr7zyCq655hps3LhRAXbIIYd8R3Y6X9f4rVwHAvFAg/cLHGG&amp;#43;qqoKZ555Jl588UXU19crpo455hjU1NRgxYoVisHx48ejiXtcojmiWZs3b4YAe8EFFyhwBNBJkyapex999BEcLANEGweb&amp;#43;gWOmMTnn3&amp;#43;uQCkrK8Pw4cPx8ccfo52Rp7q6WpmKvCPAvPXWWwo0t9v9NRMqmJKY5w9&amp;#43;8AMFoJjlueeeO9jY9K3BXli1SF1M6YgjjsCHH36opC1Sb2lpwd///nccddRRyqyKiooUeCUlJcrUDjvsMIQYfcSMMjxHPHXqVASDQQWymNj69eu7/c9gItQvzSktLVXSFjrttNOUiZxzzjkKJDE3ITEd0STRGIleol1C4n8ERDFDj6dzS7m8vFz9vOKKKwYTk&amp;#43;65ewWnoaEB4XAYEydO7H5ZnOnYsWOV8xSS56IZIn0Bp7KyUkUtYfbVV19VDlcOgR999NGYMmWK&amp;#43;kY0TDRF3imMI3Pt3LkTRx55ZPdca9asUaYpl5DMsWzZMjVPgT755BMeys4qc126dCk&amp;#43;/fRT5fxFkwV8IRHY66&amp;#43;/jlNPPVU9W7BgASKRSPeziy66qDuq7i2RXsFZt24dzj//fKxdu7b74&amp;#43;uvvx533303Tj75ZLz99tu47rrr1DOJTPfddx/uuusuyGTbtm1T0j/rrLPUgubOnYvbb78dl19&amp;#43;Oa699lrMmjULDz74YPdaLrvsMmVWL7zwgrpn8PT6iSeeiIsvvhiPP/64uif&amp;#43;67zzzsMvfvELNZfQyy&amp;#43;/rBgVcOSencd2xfnfdNNNShgLFy5U3912220KsI6ODvz617/GVVddpcxWgJP19Ua9giOOVCa78MIL8d577yEQCCjTkEvyk5///OeYP39&amp;#43;tyTFEYsTPfbYY5VTFe149tln1bzLly/HjTfeqMAR7Zo3b576Xhh55513lNTnzJnTvcbnn39ePduwYQMaWWpUsPoXknuPPPIIJk&amp;#43;erNYlJikaJSS/33LLLTj&amp;#43;&amp;#43;OOR5p6arEPAkTklzRAw5F0B8v777&amp;#43;8VkJ4PegVHUBYVlgWdffbZCiABS8ARZoT5niouzveUU07BG2&amp;#43;8gR//&amp;#43;MdKKgUSTRKnLCQLPf3005V0BQTRtjPOOENJuKAhwpSYpYD72GOPKWmL&amp;#43;RS06&amp;#43;qrr1bzi4MXQQkJ8&amp;#43;LbhCQoCNgyhoAjz2R8ybUkhxLNkfWNGjVKadV31hwZUAC64447IPYvkwkwQqJV&amp;#43;8pDEolEd8a7detWZRqSu0gof/PNN9W3YgYiYWFaABXTk&amp;#43;gl2iX0/vvvq/me4H/u2LJlC1auXIk777xTCUbGOuGEE/Doo48qkzvuuOMUEAXq&amp;#43;Z9cdu/e3S2QwvNCMnr44YcrsESL90f7jVYFlRXbFnXdtGmTQlo05Oabb1aLlIxWSDJlSeAeeugh5ajFFO69917IIkVLxCyFRAOEiXvuuUf5HgFfNKSgaeKLxNeJIMSRi9Y99dRTSgOEOXHyAqgAJ2sQXyYkz2S94q8k&amp;#43;RTTLQhE7slzyaUkIs6ePbsbE3m2d1lTeLhfcAqqLgsVFRV7lTxF/hbAxOkKYxKiRSOee&amp;#43;45SHiX6CMlhDAnJJrzk5/8RJmmaJ2ov0hdnL2MJT5CzK62thY7duxQpllIDiXvEQAlJShorowpgIuGCcNCMt&amp;#43;tt96KBx54QK1RhCTzC&amp;#43;gytghEBLR9&amp;#43;3bMmDFDjS&amp;#43;CuvLKK5WZ7Yt6BUfqnwkTJnR/M2LECEjoLOQk4hSFOdEWWYAsRFRfSEqGJ598svtb0S5xkEJiTuJ3hApqfckllyiJC8iLFy/&amp;#43;WgIoZvT000&amp;#43;riCglioBfoEK0kr8ffvhhlVgKjRkzpnst8p28J/5KSAKHuISCHxK/1Rv1Co7kK4VKu/BxIeco/C0TiBT2JtEOWWBPKuQ5PaVfeF5YuPy995xyTxynUCGxLHwn2lD4VkDrCVzPuXvel5rv21K/MuRvO8k/63v/CwWjiWgmTQGGAAAAAElFTkSuQmCC" alt="Une image contenant texte, logo, Police, Graphique
+Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="bottom"&gt;
+  &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
+  &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;
+  &lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="577" colspan="2" valign="top"&gt;
+  &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>carl.pique@normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-limplantation-dinfrastructures-de-carburants-alternatifs/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>165393</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le verdissement des flottes professionnelles par l’acquisition de véhicules propres</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>IDEE Action « mobilité décarbonée »</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I195" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J195" s="1" t="inlineStr">
+        <is>
+          <t>L’aide prendra la forme d’une subvention plafonnée :  à 50% des dépenses éligibles par véhicule (surcoût du véhicule par rapport à son équivalent diesel Euro VI pour l’acquisition et la location, et coût de l’opération de rétrofit)</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les véhicules éligibles sont les véhicules de transports de
+voyageurs et de marchandises suivants : &lt;/p&gt;&lt;p&gt;- Véhicules de transport de personnes :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;De
+     catégorie M1 (au sens de l’article R311-1 du Code de la route) uniquement
+     de type minibus 7 à 9 places ;&lt;/li&gt;
+ &lt;li&gt;Les
+     minibus, navettes urbaines, autocars, autobus,…&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;-  Véhicules de transports de marchandises et de
+matériels : &lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;de
+     type utilitaire de catégorie N1 (au sens de l’article R311-1 du Code de la
+     Route) uniquement : camionnette, fourgonnette, fourgon, châssis-cabine ;&lt;/li&gt;
+ &lt;li&gt;Les
+     poids lourds (tracteurs et porteurs) de PTAC ³ 3,5 t ;&lt;/li&gt;
+ &lt;li&gt;Les
+     véhicules spécialisés (balayeuses, BOM…).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Les véhicules éligibles sont ceux dont le système de
+propulsion est alimenté &lt;u&gt;exclusivement&lt;/u&gt; par une ou plusieurs
+sources d’énergie suivantes :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;électricité,&lt;/li&gt;
+ &lt;li&gt;hydrogène,&lt;/li&gt;
+ &lt;li&gt;gaz
+     naturel renouvelable.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations éligibles sont :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;l’achat
+     de véhicules strictement neufs et jamais immatriculés ;&lt;/li&gt;
+ &lt;li&gt;la
+     mise à niveau (rétrofit) de véhicules fonctionnant antérieurement avec des
+     carburants fossiles ;&lt;/li&gt;
+ &lt;li&gt;Pour
+     les véhicules alimentés exclusivement à l’hydrogène, la location longue
+     durée, avec ou sans option d’achat, sera également éligible à l’aide
+     (plafonds identiques à ceux d’un achat).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Sont exclus du bénéfice de l’aide :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les
+     véhicules commandés et/ou achetés avant la réception du dossier de demande
+     d’aide par la Région ;&lt;/li&gt;
+ &lt;li&gt;Les
+     véhicules d’occasion, de démonstration, de collaborateur ou à usage de
+     courtoisie.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Les véhicules hybrides rechargeables et
+auto-rechargeables fonctionnant avec un carburant fossile ne sont pas éligibles
+au dispositif&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif ne peut être sollicité que dans la limite de 2
+véhicules par bénéficiaire.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’aide est cumulable avec les aides d’état et tout autre
+aide publique dans la limite de la règlementation communautaire applicable.
+Toutefois, pour l’acquisition et la location de véhicules neufs, le cumul de
+ces aides ne doit pas dépasser 100% du surcoût HT par rapport à un véhicule de
+la même catégorie qui est conforme aux normes de l’union européenne applicables
+déjà en vigueur et qui aurait été acquis sans l’aide. En cas de dépassement de
+ce taux, l’aide régionale sera ajustée.&lt;br /&gt;
+L’aide n’est pas cumulable avec les autres aides de la Région Normandie,
+notamment l’aide à l’acquisition de véhicule collectif - Trans’sport en
+Normandie ; Emergence ESS ; Impulsion Environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T195" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
+        </is>
+      </c>
+      <c r="W195" s="1" t="inlineStr">
+        <is>
+          <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="85" valign="top"&gt;
+  &lt;p&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="top"&gt;
+  &lt;p&gt;Carl Pique&lt;/p&gt;
+  &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
+  &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
+  &lt;p&gt;Direction Energies, Environnement et Développement Durable
+  (DEEDD)&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="85" valign="bottom"&gt;
+  &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT5SURBVGhD7VsJdFRVmv7q1b6kUqmQPewgINIs4ootuLZb6zja7dp92vWgc1rRcZt2bW1HGW3pPm4wIyiutHq0nZZGxgbcEARpZFERxJCwZKmkUqnU/l69mu&amp;#43;/ScWIBCTJnNDnzH/OI8lb7r3/9&amp;#43;//vdhyJPw/7RMB2z8kNhYLLAcQaH/wdeiBQ8bRjfn9gSAqb2YyMNtjyLbFYISaodc3wF5SCs9xU/psDzZN0/o8yP/JAIaBbDyJbEsrjHArss2tZLwRRmMLjIYQ9MYmGE1yn39H2mBG4zDjCeh6I4Y/8wx806b2eVm2Po9wkAPksllKOo6sMNwaJZMhMixXSwfzTWRWrpYWPm8n07wIkqlnOJOBHEz&amp;#43;FLMSoVqpZLysVv7Kv7M5uMrGovD8Mw5yVft&amp;#43;vV/Byba1I0spZlsi0JtCyIYo7T2N0BvIdIMwTRCoCWY4imx7lEynkCPTOei8xEg6mLaQaXLcxbTFZoPVblfmtj/KphPwHz8F1mDg0AInumQF6q6aBSRNmAlKOpPulHRHMOxiGiIPMi9St9qhORwA&amp;#43;VbvZDTksupl5Kw5WOWnrQM2RR349Ug5apZ3xrH9AowM0i&amp;#43;ak9MNNPzmP2DQGVoRIA92WB3kuJPprtXmCJE3iywZtLlMZDOWDsajVuTSGoxyatHwFOwJG3xhO5otBmw7XLDmRJsAjYAJeKboloPm5eDXeeTMHDSbB95jJh9a4ET&amp;#43;9N9IfLYOFtcgZCck4A6aSK4nU81Ex0MmOhkwExoc06MYNYcRhcyYbgs2v&amp;#43;hF4u4hKD07gqKH9lChckiFraj7iw8tLxXh8MN0eE&amp;#43;l3xmTQtZGQAlwrs6ByPNF0OrtsPg6xs/pOuzlZXCOGXnogCMONjRnPt2BCxbdgj0OHUNubkQgZUP9rEr4ajyAj&amp;#43;JWQs7BE8ih5msNpaX87htqBJ&amp;#43;ZFhMVtzRh13onGhYVweXJIlCVxYj7WxDxZvD1ZgdSiz2w7HLA6uUY02MoWbADoZuq4drupgaZyBkZOEYMgTXgP3TAaV/6PhJ/Xw&amp;#43;rxw&amp;#43;NTBavLMTOZ9L48dMt8C3che0XD4VzD7WIUid2MCbGUT3GwJblLlSO1lE8LYlV7gw2Xl8Bz69aUf5jRjIth9ZdNtTMKYR1sxd&amp;#43;Wn&amp;#43;peCmtQ0va1xQh016Pglsa0Hb1cHjptsTfOEcN7Tdg&amp;#43;sXnhOf/qcNTMpJIkPW66BuWFGPLbBPjZ7XiR&amp;#43;99g12zS5BaUsjI5UAmxpBLkGofKkXlrWHYpscx5Q8NsH3uQctmN9IB&amp;#43;hk6pcqMFSMm0z8NiSPZaEOu2QajzcrcxwK/S0f1JB2bmunAO320hHjHsKpDBxy9bg9iyz5ixPF1LcpkdHFnrYg/UoXVq92YMLceo&amp;#43;c1IvNFM&amp;#43;Lr3NCKDPjcOZzz4h44hxv47G0nfBVpjLo8hrKEeF1e1AT1syPgIR2yYNcqN7wMX5pBHSnMYeMODW0Pl2OwK4eOAGeBrVz0q/&amp;#43;oT9EqungZ9LZm2LzBb1dEUZo0C5/XgPZhACt/asPoB0IYd1aSko0xx6GeEQTnSB0NW2yIhqyYMCMFtHIIal1sjwXRndQSHagaq8PKe9aCHN&amp;#43;1I/J0qfJHBrXPm3BgiJNA2fMRywpb6aD&amp;#43;Q6avoVxyG5Ww7YNEmm6vicE7fNg2047Y7SHYynSMmppGQYAONEkFYSg&amp;#43;5twEkzagnk76i/8Kwklgqy5oh51Mb1rtwMSfZGhmwLSb2rC7hJFqZQEslXTSS90w6uiMRbxsLMg6NJ/30ABHap7E2o0qt&amp;#43;iJxAc53SYq212IzRuEMU/vQUEZ71IrLE4geDi55udb/8eOzVdVo7zJj5G/q0PZGRnENmlYc3cFMmuSGDmzFcEygnZzBLiJF00tPN&amp;#43;Dpn&amp;#43;tRoVJPySehzWi5uiTIXyPjV6PltzwBeuiRljd&amp;#43;5EWcUglbQhOi2HqE7sBRifEgEiLBU1bHUhHNIQ/cyP2RiHGhIiSTceO&amp;#43;UXwnhOFqzyLYLWB2BMV2PxGAGD&amp;#43;ZC03EJyQwrhfxuAfoWOXlRMQHJUhSmkh9VU/Uq/BSazbRG1mMWj51hmrdUnKz2TPYjJ6ca2lv2pB9R/qlZOtXWnDttcL0PqhB56vPXDrGgpzNgyys&amp;#43;SgaeQMDQEO56JWZagMjTs1jGb49jS7kKYZ6bShNv5rnLkF8Z12FNLv5Gi6KkwyqURWfuk/6jU4qc1buYrvSyrHkqDgxBhyM9pRPD6NwgsT2PKmA9ufL0RqhQ&amp;#43;BNieGaxYFgMbZGazBpBf&amp;#43;iyPIjU9i2DURhPZo&amp;#43;OCnlSjb4IODkS1DM3JW6QieS&amp;#43;c/NA37SPqsjyV4d6beojk5ApyWyr3/qNfgZL6pJTR7FU9cq3QP6obG0dKYxbhRWXz9uAd7bq9AZdJFQFgV0QolUxYZqxDMzDBbbOBzdxK2ehPxxW7seCqAYZ8G4WVkknpdMyyIjU3g62JmxgzdsZUO7FzkRzlDuypLaVIS0KWn05/UK3Ck6tYbmmER0XcnSlDMw7mwFFWWHJrnqbiOEdQSKSEEkJyAkf42wtlYS1mY3BX/ZyXZs2A34Shm5HFLI4Nlgcn3peA0lvlRsKwQohs7OVIJtc/Ouk2sSUjAMZqa&amp;#43;xOb3lXl2Qh7MW1ROtDvh3GtMAu/kxV2xAa/MMekUHkCwSmlwXV8HMU0IRvLCdOiYRfDdXphCTw0m6K7GuAcSvb5XmStB9sWeTG4xg/viDSK6YitJQaMuIb4RicSnxM&amp;#43;gyNz/A7rIpj1TQMPjurXpJm&amp;#43;dms&amp;#43;idkbZCp0UiuG/YrNrk&amp;#43;9aPt9KbxSUEmiJsSywO6nqZwYRQETu7aUBZmIB0ZWw7DH9qA1mMGOv3kVAPpuG340nRX5nXVoK8igvtaGTCNbIeUmCv&amp;#43;pBd4aJ9ruq2A2Lo5f8hwNmdpdAw&amp;#43;O9G&amp;#43;g02N0azwJ&amp;#43;w6CoC33o/bIOCZeH4bJnk30vip4dC6e&amp;#43;Y5BJuyTE9QqK&amp;#43;rZnTAp&amp;#43;NJxLDppSrs/oe1NMuFnL8fGEJ6bGENotxVbX/LCupYN85gDTk4o8zRas6iaWwfHjQ1Iz66EnZU6YUfmm7qBB&amp;#43;fbDtN315KlbxiUtCNMM0mwJBj3bxHUFplopQahjuGYryfdWQwebODtiypx3HVtKDw&amp;#43;QU1jO3VxALEtZH9wBvo6xv1tfrhrXRgco1&amp;#43;jQxbnLZeQP&amp;#43;tEwVo/0jPCaCdc4tJyNoJTs1O1aa2Bwn4BqVcOuauhbeSX220tdJLBXW5sO30kWn7TgIn3tKHy7Ha0/sWPyMc&amp;#43;eChlaRIeeUpKtSxqv7Kh4NIwhj7UhBxNSbYYNQ//odbl0hborVak2NxK7iRgbRrMmBXWMgOpo9qx484SVNukG0DNsduUz0lvrYHn6EkDB47mZmPLxQQsygpyL5&amp;#43;s9k8Zsit0K5rur8DyGhuOvjeM0pltKL2yjS1RSpl11YhbwkgyuNQs9WHST3iDlmoZZig3pvO&amp;#43;SX/kpNY5WIdhuI51cwgKNctRlUFqoxXpP7J0aHKz&amp;#43;dUZsVg&amp;#43;mNkEEp9uHGBwCv2slH0wuXUCSmxfpDPrHcQ8JPR8CVZsceGY3zciy60Tny&amp;#43;HgmIyTJCav7Jj5FFpBIczEWQ&amp;#43;uf0jB8KbnXBX6gqkIMGqHG/AwQA2&amp;#43;bwkvl5eBOuSIDzMi1JRJpLMeejOulyfOOX4h2sx6PpfDpzmWP0&amp;#43;1R4QG6d8e1yIdPRKvayX1/ix&amp;#43;hI7htwSQsn51DaxRjI1eAprrQDLLUbgD29j//m1Uoy/lZtyN7UjtdOCpXcHMenydgydnkGAza2py2ph7rLCoOmu&amp;#43;fcgWheUoJCFeb5o0KxuJFavV5t7mrfngviHItcrnyODO9mvjX&amp;#43;ydv/zUPqZGDt3LAGOuCGKwGXMYMXsaEJJ/ppmAdr8uQ1fPVaE4DslKCLU8RoHdCqkTifsphPfckkQ9RdG4Ds2Di99TYB9oKJgDkOYK218NYCijIO1Z0eqYHE6ka6tRXz131Fwygk/FIMe3&amp;#43;s1OK4JY5F7ZR8OWZSCuUeOPsOkmrtYCw2ftwsu&amp;#43;hWd9eeOVQ7U/s2D9CovNDpXJ7deytk5dDENSDMn0t8KID2rGQXH6kixQ1j&amp;#43;SSGcz5ei7XkTIen3laQxbdU3SNBJ&amp;#43;6N2Fp6dOZRCR1o7GUTfendgwXEfNZGsS2e7o7bJkwDj8JtwHpeElVnvkLuakCzOYv18F2r/5Ie50oeChB0VdKBOlgAaQSE2KjN2Dcmg8powHGN0fPBAAcwVfuVXNLYmiqhJnmHc16oyYO/sUnBbsKO26kZWqxfRt5eh4uE7GPVoc32gXmuO58gJ3Ccq57ZvCzR3p9&amp;#43;RMMwSO/OLEBrHxDF&amp;#43;ehohzrDqrAq4mJdUEE4f255SfEr4VZdk0EVZhK&amp;#43;qh4Vglp6ewZoH/cg8Wo0x0h&amp;#43;WjbwkG&amp;#43;knRRHiuIHKLJIVOTRucLKr&amp;#43;n1wLCz30zXb0f7Oeyj85zP7AE0fdjytRYXcej0aLYteQS4uZWKHl5W9yYanmMpnC7FhMH0OVb8y5EWBywKDjO7dcbGwNjJoguHZZapUW30Xta7egWrmOgaLVyEre8WtWxwI/aYC7dTKGjpkx1Y3fHxn34bN8Ra8OnDgyKKrnvgdiv/lFzwGwhaUnJBgpS5XcI8cIogg09BK/8Nn3jhSqQT9EKOTampKui&amp;#43;mKIbB3i8PDQy1MAHkT7QwpkvjvBMYmUeiXqDFiWI20LKNagiWIwSG9/dFVlcB2t99H9KtdE88vNfa02uzkhltxUXwndDzxr2ZSrN6l5MXUXWwyAiFFXh6QwOPnMjvPHUh52taeDKjrfOMTTJJM0p3dnw6CkppqpkE0dA6T17YRT/lfg&amp;#43;nCtguzVIYzX9cgMELHh0YcA40q0b7l8tWNoh72CN6fD3HDp46uhJpJ1hhdTAp28SfPL6izu7wdyMkx1c63jFjvBIE0JTjKx3mnAdR7YYQRM3iRutLb6Lk1plwjRt1oKXu83mfNGd/M&amp;#43;qysS9nan4AWZwOAliirgOCyD6SEY7w8FOkQ/MIni4Hn3gGKCunvtTBp7A6BpdpqEP9nbMx7LW5HWd9DpL6DE4qlUKSplBUVKSmjsfjWLJkCQ4//HB1CbXwlFZhYSEbXN&amp;#43;drrW1laHaBbebDl32njpTgu6/d&amp;#43;dHgcjM/ECbdybXI6fHjBCBoimzYdTRvz1I6hM40WgUixYtUozLNXXqVLzxxhvw&amp;#43;1l7cTGxWAx//etf2bcxWVP5cOqpp2LVqlWYPn063nvvPTQ10Xx4SmPKlCkYNGgQXnvtNVx//fXYuHGjAuywww47SHY6Xtf4rVwHAvFAg/cJHGG&amp;#43;srIS55xzDl555RXU1dUppo477jhUV1djxYoVisGxY8eikXtcojmiWZs3b4YAe/HFFytwBNAJEyaoex9//DGcLANEGwea&amp;#43;gSOmMQXX3yhQCktLcXQoUPxySefoI2Rp6qqSpmKvCPAvP322wo0j8fzHRPKm5KY58knn6wAFLO84IILBhqb3jXY86sWqYspHXXUUfjoo4&amp;#43;UtEXqzc3N&amp;#43;PLLL3HMMccosyooKFDgFRcXK1M74ogjEGL0ETPK8Bzx5MmTEQwGFchiYuvXr&amp;#43;/yPwOJUJ80p6SkRElb6Mwzz1Qmcv755yuQxNyExHREk0RjJHqJdgmJ/xEQxQy93o4t5bKyMvXzqquuGkhMuubuEZz6&amp;#43;nqEw2GMHz&amp;#43;&amp;#43;62VxpqNHj1bOU0iei2aI9AWciooKFbWE2ddff105XDkEfuyxx2LSpEnqG9Ew0RR5Jz&amp;#43;OzLVz504cffTRXXOtWbNGmaZcQjLHsmXL1Dx5&amp;#43;vTTT3koW1fmunTpUnz22WfK&amp;#43;YsmC/hCIrA333wTZ5xxhno2f/58RCKRrmeXXnppV1TdWyI9grNu3TpcdNFFWLt2bdfHN998M&amp;#43;6//36cdtppeOedd3DjjTeqZxKZHn74Ydx3332QybZt26akf&amp;#43;6556oFzZ49G3fffTeuvPJK3HDDDZgxYwYee&amp;#43;yxrrVcccUVyqxefvlldc/g6fVTTjkFl112GebOnavuif&amp;#43;68MIL8etf/1rNJfTqq68qRgUcuefgsV1x/rfddpsSxoIFC9R3d911lwKsvb0dv/3tb3HNNdcosxXgZH09UY/giCOVyS655BK8//77CAQCyjTkkvzk2muvxbx587okKY5YnOjxxx&amp;#43;vnKpoxwsvvKDmXb58OW699VYFjmjXnDlz1PfCyLvvvqukPmvWrK41vvTSS&amp;#43;rZhg0b0MBSo5zVv5Dce/LJJzFx4kS1LjFJ0Sgh&amp;#43;f2OO&amp;#43;7AiSeeiDT31GQdAo7MKWmGgCHvCpCPPPJIj4B0f9AjOIKyqLAs6LzzzlMACVgCjjAjzHdXcXG&amp;#43;p59&amp;#43;Ov785z/jZz/7mZJKnkSTxCkLyULPOussJV0BQbTt7LPPVhLOa4gwJWYp4D799NNK2mI&amp;#43;ee267rrr1Pzi4EVQQsK8&amp;#43;DYhCQoCtowh4MgzGV9yLcmhRHNkfSNGjFBaddCaIwMKQPfccw/E/mUyAUZItGpfeUgikejKeLdu3apMQ3IXCeVvvfWW&amp;#43;lbMQCQsTAugYnoSvUS7hD744AM13zP8zx1btmzBypUrce&amp;#43;99yrByFgnnXQSnnrqKWVyJ5xwggIiT93/k8vu3bu7BJJ/nk9GjzzySAWWaPH&amp;#43;aL/RKq&amp;#43;yYtuirps2bVJIi4bcfvvtapGS0QpJpiwJ3OOPP64ctZjCgw8&amp;#43;CFmkaImYpZBogDDxwAMPKN8j4IuG5DVNfJH4OhGEOHLRuueee05pgDAnTl4AFeBkDeLLhOSZrFf8lSSfYrp5gcg9eS65lETEmTNndmEiz/Yua/IP9wtOXtVloaKiYq&amp;#43;Sp8jfApg4XWFMQrRoxIsvvggJ7xJ9pIQQ5oREc37&amp;#43;858r0xStE/UXqYuzl7HER4jZ1dTUYMeOHco088mh5D0CoKQEec2VMQVw0TBhWEjmu/POO/Hoo4&amp;#43;qNYqQZH4BXcYWgYiAtm/fjmnTpqnxRVBXX321MrN9UY/gSP0zbty4rm&amp;#43;GDRsGCZ35nEScojAn2iILkIWI6gtJyfDss892fSvaJQ5SSMxJ/I5QXq0vv/xyJXEBefHixd9JAMWMFi5cqCKilCgCfp7y0Ur&amp;#43;fuKJJ1RiKTRq1Kiutch38p74KyEJHOIS8n5I/FZP1CM4kq/kK&amp;#43;38x/mcI/&amp;#43;3TCBS2JtEO2SB3Smf53SXfv55fuHy995zyj1xnEL5xDL/nWhD/lsBrTtw3efufl9qvh9KfcqQf&amp;#43;gk/6jv/S8vJ4lppof3uQAAAABJRU5ErkJggg&amp;#61;&amp;#61;" alt="Une image contenant texte, logo, Police, Graphique
+Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="bottom"&gt;
+  &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
+  &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;&lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="577" colspan="2" valign="top"&gt;
+  &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>carl.pique@normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-verdissement-des-flottes-professionnelles-par-lacquisition-de-vehicules-propres/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>165315</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>S’engager dans une démarche éco-responsable</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé : Atelier Canopé 21 Dijon
+Réseau Canopé : Atelier Canopé 71 Macon
+Réseau Canopé : Atelier Canopé 58 Nevers
+Réseau Canopé : Atelier Canopé 70 Vesoul
+Réseau Canopé : Atelier Canopé 89 Auxerre
+Réseau Canopé : Atelier Canopé 90 Belfort
+Réseau Canopé : Atelier Canopé 25 Besançon
+Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
+Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...21 lines deleted...]
-      <c r="K199" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="S199" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​En complément de son offre de formation gratuite et ouverte à tous, dédiée à la sensibilisation aux enjeux de &lt;a href="https://www.canotech.fr/thematiques/80/eduquer-a-la-transition-ecologique-et-sociale" target="_blank" rel="noreferrer noopener"&gt;l’éducation à la transition écologique et solidaire&lt;/a&gt;, Réseau Canopé vous propose des offres de formation et/ou d’accompagnement payantes pour les structures souhaitant s’engager dans une démarche éco-responsable.  &lt;/p&gt;&lt;p&gt;​Ces accompagnements et formations proposent des pistes concrètes pour transformer vos usagers en acteurs du développement durable et vos structures en lieux durables exemplaires. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;​Lancer une dynamique autour du développement durable au sein de sa structure Développer des actions éco-responsables &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;​Nos équipes vous proposent des formats engageants comme le hackathon ou des démarches co-design pour développer la mobilisation des agents, des élèves... Dans la volonté d’éveiller aux défis écologiques que nous devrons affronter, de réfléchir à une transition écologique et sociale, ces formats trouvent naturellement toute leur place et ouvre la voie vers des labellisations institutionnelles (Label E3D pour les établissements scolaires, Villes durables et innovantes, Territoire engagé transition écologique…) &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Repenser les médiathèques au service de la transition écologique et pour le bien-être des usagers   &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;​Les médiathèques sont actrices de la transition écologique et sociale, en ce qu’elles sont des services publics de proximité et des biens communs. Elles sont un lieu pivot de la citoyenneté et donc de l’éco-citoyenneté. Repenser ces espaces pour le bien-être des usagers contribue à la transition écologique. Nous pouvons vous proposer des activités de réaménagement des locaux, des ateliers autour de l’ETES pour des usagers de médiathèque, ou la co-construction d’un projet de médiathèque verte. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Développer les activités se déroulant dehors pour renouer avec la nature &lt;/strong&gt; &lt;/p&gt;&lt;p&gt;​Dans un contexte d’urbanisation et de sédentarisation accrue, ramener la nature dans la vie quotidienne est essentiel, et notamment dans la vie professionnelle. Nous pouvons vous accompagner à la réflexion sur cette thématique et à la mise en place de projets adaptés à vos services. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Prendre conscience de manière ludique de l’impact carbone de sa structure  &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;​La problématique des émissions carbone fait aujourd’hui partie des sujets majeurs de l’actualité. Engager une démarche de compréhension de ces mécanismes à travers un projet de calcul et d’actions de réduction à l’échelle d’un l’établissement public donne du sens à cet énorme chantier du 21ème siècle. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Développer un média pour sensibiliser au développement durab&lt;/strong&gt;&lt;strong&gt;le&lt;/strong&gt; &lt;/p&gt;&lt;p&gt;​Créer un média peut permettre aux agents les plus sensibilisés au développement durable de s’adresser à l’ensemble de leur structure, et même au-delà des murs de celle-ci, et de porter un message au service d’une prise de conscience collective. &lt;/p&gt;&lt;p&gt;​Les formateurs de Canopé peuvent accompagner votre établissement dans la mise en place de son journal, de sa webradio ou de sa webTV… Ils peuvent également soutenir la création de podcast. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette offre de service s&amp;#039;adresse aux collectivités
+désireuses de faire travailler ensemble, dans une démarche de co-design, tous
+les partenaires impliqués et concernés par la montée en compétences de leurs
+agents sur la démarche éco-responsable.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier
+ Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>christel.renaud@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-sengager-dans-une-demarche-eco-responsable/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-[...2040 lines deleted...]
-      <c r="C218" s="1" t="inlineStr">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>165289</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G218" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>LEADER</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Grand Beauvaisis (PETR)</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
-[...288 lines deleted...]
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I220" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K220" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
-[...23 lines deleted...]
-Recyclage et valorisation des déchets
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen issu de la Politique Agricole Commune (PAC) ayant pour objectif le développement des zones rurales. Il s&amp;#039;inscrit dans le Fond Européen Agricole pour le Développement Rural (FEADER).&lt;/p&gt;&lt;p&gt;Le Pôle Territorial du Grand Beauvaisis (PETR) porte un nouveau programme LEADER pour la période 2023 - 2027. Ce nouveau programme repose sur une Stratégie Locale de Développement (SDL) intitulée &amp;#34; LEADER, le sens du collectif pour agir plus durablement et efficacement dans le Grand Beauvaisis&amp;#34;. Cette SLD a été construite à partie des priorités retenues en réponse aux enjeux et besoins du territoire.&lt;/p&gt;&lt;p&gt;Les objectifs stratégiques
+sont les suivants :&lt;/p&gt;&lt;p&gt; 1 : Améliorer
+l’organisation des mobilités alternatives à l’usage individuel de la voiture,&lt;/p&gt;&lt;p&gt; 2 : Agir pour consommer
+et produire plus durablement dans le Grand Beauvaisis,&lt;/p&gt;&lt;p&gt; 3 : Accroître
+l&amp;#039;attractivité touristique du Grand Beauvaisis pour ses habitants et ses
+visiteurs.&lt;/p&gt;&lt;p&gt;La stratégie locale de développement 2023 - 2027 du GAL du Grand Beauvaisis se décline en 4 fiches actions thématiques et comprennent les priorités retenues en réponse aux enjeux et besoins du territoire:&lt;/p&gt;&lt;p align="center"&gt;1: Préparation et mise en œuvre des
+activités de coopération du GAL,&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;2: Engager le territoire en faveur des
+solutions de mobilité alternatives,&lt;/p&gt;&lt;p align="center"&gt;3: Favoriser la coordination des acteurs propice
+au développement de filières locales ,&lt;/p&gt;&lt;p align="center"&gt;4: Créer les conditions d’émergence d’une
+destination touristique en Grand Beauvaisis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types de projets:&lt;/p&gt;&lt;p&gt;* projet de coopération&lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de service
+permettant le déploiement des mobilités douces&lt;/p&gt;&lt;p&gt;* projets
+visant à développer l’intermodalité, le covoiturage, l’autopartage&lt;/p&gt;&lt;p&gt;* projets de petits
+aménagements et équipements en faveur de la mobilité douce&lt;/p&gt;&lt;p&gt;* projets d&amp;#039;aménagements et équipements contribuant à la
+sensibilisation des habitants du territoire et des entreprises aux transitions &lt;/p&gt;&lt;p&gt;* projets d&amp;#039;aménagements et équipements pour l’amélioration et le développement de
+filières locales &lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de service participant à la structuration et/ou à
+l’émergence de filières locales&lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de
+service favorisant la sensibilisation des habitants du territoire et des entreprises aux transitions&lt;/p&gt;&lt;p&gt;* projets
+visant à développer une offre de service adaptée aux attentes de clientèles cibles dans une logique d’attractivité globale&lt;/p&gt;&lt;p&gt;* projets de création d’offres touristiques
+nouvelles identifiées par la mise en œuvre de la stratégie touristique &lt;/p&gt;&lt;p&gt;* projets de petits
+aménagements et équipements participant à la
+valorisation des sites touristiques &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Commerces et services
 Economie locale et circuits courts
+Agriculture et agroalimentaire
 Consommation et production
-Risques naturels
-[...8 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+Attractivité économique
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Mers et océans
+Limiter les déplacements subis
 Réduction de l'empreinte carbone
-Milieux humides
-[...14 lines deleted...]
-      <c r="S220" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P197" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2025</t>
+        </is>
+      </c>
+      <c r="Q197" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité de votre projet pour candidater au LEADER :&lt;/p&gt;&lt;p&gt;*Votre projet se réalise sur le périmètre des cinq intercommunalités membres du PETR du Grand Beauvaisis: Communauté d’agglomération du Beauvaisis,  Communauté de communes de l’Oise Picarde, Communauté de communes du Pays de Bray, Communauté de communes de la Picardie Verte et Communauté de Communes du Clermontois,&lt;/p&gt;&lt;p&gt;*Vous représentez une association, une entreprise, une collectivité territoriale ou tout autre structure d’ordre privé ou public,&lt;/p&gt;&lt;p&gt;*Votre projet s’inscrit au travers des axes thématiques prioritaires 2023 - 2027 définis par le GAL,&lt;/p&gt;&lt;p&gt;*Vous n&amp;#039;avez pas encore engagé de dépenses sur votre projet (attention, les dépenses engagées avant le dépôt d&amp;#039;une demande d&amp;#039;aide ne pourront pas être prises en compte pour le LEADER).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T220" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Grand Beauvaisis</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://grandbeauvaisis.fr/nos-actions-et-reflexions/leader/</t>
+        </is>
+      </c>
+      <c r="W197" s="1" t="inlineStr">
+        <is>
+          <t>https://euro-pac.hautsdefrance.fr/sub/tiers/authentification</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Magalie MAUDUIT, Animatrice Leader au PETR du Grand Beauvaisis&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;03.44.15.68.86&lt;/p&gt;
+&lt;p&gt;&amp;#64; &lt;a href="mailto:m.mauduit&amp;#64;beauvaisis.fr"&gt;m.mauduit&amp;#64;beauvaisis.fr&lt;/a&gt; OU &amp;#64; &lt;a href="mailto:leader&amp;#64;grandbeauvaisis.fr"&gt;leader&amp;#64;grandbeauvaisis.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Vanessa MONSTERLET, Gestionnaire Finances Générales - Gestionnaire Leader au PETR du Grand Beauvaisis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;03.44.15.68.69&lt;/p&gt;&lt;p&gt;&amp;#64; &lt;a href="mailto:v.monsterlet&amp;#64;beauvaisis.fr"&gt;v.monsterlet&amp;#64;beauvaisis.fr&lt;/a&gt; OU &amp;#64; &lt;a href="mailto:leader&amp;#64;grandbeauvaisis.fr"&gt;leader&amp;#64;grandbeauvaisis.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>m.mauduit@beauvaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-lies-au-developpement-rural/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-[...467 lines deleted...]
-      <c r="C224" s="1" t="inlineStr">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>164421</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
-[...301 lines deleted...]
-      <c r="E226" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.1 "Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire"</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H226" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I226" s="1" t="inlineStr">
+      <c r="I198" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J226" s="1" t="inlineStr">
+      <c r="J198" s="1" t="inlineStr">
+        <is>
+          <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
+transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être identifiés tels que :&lt;/p&gt;&lt;p&gt;− La diversification du tissu touristique autour de valeurs partagées ;&lt;/p&gt;&lt;p&gt;− La montée en gamme de l’offre proposée à la fois par une meilleure structuration de celle-ci et une meilleure valorisation des atouts du territoire ;&lt;/p&gt;&lt;p&gt;− L&amp;#039;amélioration de la capacité d’accueil notamment en prenant en compte tous les types de publics (famille, séniors, personnes en situation de handicap, affinitaires, couples jeunes sans enfants, etc.) ;&lt;/p&gt;&lt;p&gt;− La nécessité de faire redécouvrir le territoire aux habitants en faisant également des sites touristiques des lieux de vie, de loisirs et de rencontre pour les populations locales.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la médiation et l’accessibilité des sites pour un accueil facilité de tous&lt;/p&gt;&lt;p&gt;− Mettre en valeur et préserver de manière innovante les sites et patrimoines emblématiques&lt;/p&gt;&lt;p&gt;− Faire découvrir le territoire à travers les itinérances&lt;/p&gt;&lt;p&gt;− Garantir une qualité d’accueil&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la biodiversité dans les projets d’aménagement touristique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources (foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets structurants de :&lt;/p&gt;&lt;p&gt;− Valorisation touristique et d’amélioration de conditions d’accueil des visiteurs sur des sites patrimoniaux ;&lt;/p&gt;&lt;p&gt;− Développement de l’offre touristique et d’amélioration de conditions d’accueil des visiteurs en lien avec des sites et activités de pleine nature, des grandes itinérances, des circuits patrimoniaux locaux et leurs connexions entre eux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisitions de matériels et d’équipement ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;− Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de développement touristique éligibles au dispositif 7.5.2.5 du FEDER.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− La création, rénovation ou modernisation d’hébergements touristiques (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel non liées à une activité touristique (éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;− Les initiatives culturelles particulièrement innovantes dont l’objectif principal est la valorisation des centres-bourgs et favorisant le bien-vivre ensemble (éligible à l’AAP 3.1-2) ;&lt;/p&gt;&lt;p&gt;− Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; : un projet structurant est un projet dont la finalité est de participer à l’attractivité du territoire. Cette notion peut s’apprécier au regard des critères suivants :&lt;/p&gt;&lt;p&gt;− Le périmètre de son rayonnement participant à l’attractivité du territoire ;&lt;/p&gt;&lt;p&gt;− La mise en place des organisations, réseaux ou des outils ayant un impact en termes de synergie et de développement pour une communauté, une filière, le territoire ;&lt;/p&gt;&lt;p&gt;− Générer ou appuyer d’autres projets ;&lt;/p&gt;&lt;p&gt;− Fédérer des acteurs locaux d’horizons différents autour d’un objectif commun.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Handicap
+Accès aux services
+Paysage
+Accessibilité
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P198" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q198" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets concernant des musées devront justifier d’un projet d’établissement ou d’une démarche scientifique et culturelle valide ou en cours d’élaboration. Un justificatif sera demandé au porteur de projet à la demande d’aide.&lt;/p&gt;&lt;p&gt;• Seront éligibles uniquement les projets répondant à la définition des sites et activités présentés à l’annexe 1.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à la définition de projet structurant (cf. 1.3. Définition). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les acquisitions de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie, réseaux divers et d’entretien des chemins ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Ce taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.1_VALORISATION_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+04 74 87 52 01&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-le-patrimoine-local-les-activites-touristiques-en-ameliorant-les-conditions-daccueil-des-visiteurs-du-gal-loire/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>164419</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I199" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J199" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
+la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Espaces verts
+Espace public
+Friche
+Recyclage et valorisation des déchets
+Accès aux services
+Citoyenneté
+Revitalisation
+Innovation, créativité et recherche
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P199" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q199" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire AAP Revitalisation de centre-bourg</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>164416</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I200" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J200" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
         </is>
       </c>
-      <c r="K226" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L226" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M226" s="1" t="inlineStr">
+      <c r="M200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N226" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O226" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P226" s="1" t="inlineStr">
+      <c r="P200" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q226" s="1" t="inlineStr">
+      <c r="Q200" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R226" s="1" t="inlineStr">
+      <c r="R200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S226" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T226" s="1" t="inlineStr">
+      <c r="T200" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U226" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V226" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
         </is>
       </c>
-      <c r="W226" s="1" t="inlineStr">
+      <c r="W200" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X226" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
 04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y226" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z226" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
         </is>
       </c>
-      <c r="AA226" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="227" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C227" s="1" t="inlineStr">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>164414</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Développer et animer les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D227" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G227" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Fonds LEADER</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>PETR Pays d'Auch</t>
+        </is>
+      </c>
+      <c r="F201" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I201" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le PETR dispose d&amp;#039;une enveloppe LEADER à destination d&amp;#039;acteurs privés ou publics qui porteraient des &lt;strong&gt;projets innovants et visant à développer les territoires ruraux du Pays d&amp;#039;Auch&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Les principaux objectifs du programme sont ainsi d&amp;#039;apporter un &lt;strong&gt;accompagnement technique&lt;/strong&gt; (COTECH) et &lt;strong&gt;administratif &lt;/strong&gt;aux porteurs de projet (prestation gratuite et assurée par l&amp;#039;animateur LEADER), et selon éligibilité et sélection du projet, de leur fournir une &lt;strong&gt;aide financière&lt;/strong&gt; versée après réalisation de l&amp;#039;opération subventionnée. La demande de financement doit avoir lieu avant le début des travaux liés au projet (signature d&amp;#039;un marché public, première facture...).&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : les particuliers, les SC immobilières et patrimoniales, les entreprises agricoles. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe est répartie selon trois fiches action qui s&amp;#039;articulent selon les thématiques suivantes : &lt;/p&gt;&lt;p&gt;1. Economie de proximité et filières locales / Tourisme durable et patrimoine&lt;/p&gt;&lt;p&gt;2. Services, équipements et vie associative / Culture&lt;/p&gt;&lt;p&gt;3. Transition écologique et énergétique / Biodiversité et ressources naturelles / Mobilités durables&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Transition énergétique
+Commerces et services
+Biodiversité
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P201" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q201" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La structure éligible peut être publique (collectivité, OQDP, organismes publics, chambres consulaires, etc.) ou privée (associations, entreprises, coopératives, etc.) et doit porter un projet de territoire qui s&amp;#039;inscrit dans les thématiques préalablement présentées. &lt;/p&gt;&lt;p&gt;Le territoire du projet doit être inscrit au sein du périmètre du Pays d&amp;#039;Auch, sauf la commune d&amp;#039;Auch qui n&amp;#039;est pas éligible en lien avec son caractère urbain. &lt;/p&gt;&lt;p&gt;Le programme LEADER peut financer : Les actions et outils de promotion et communication; La création, le développement, le maintien ou la mutualisation de services, activités ou outils; La création, reprise, développement et implantation d&amp;#039;entreprises ou filières (qui ne s&amp;#039;insèrent pas dans un contexte concurrentiel); La formation, l&amp;#039;animation, accompagnement et expertise; Les opérations immobilières; L&amp;#039;organisation ou l&amp;#039;animation en lien avec un événement; La réalisation d&amp;#039;études; La réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements de constructions et équipements; Les voyages d&amp;#039;étude. &lt;/p&gt;&lt;p&gt;Le projet présenté ne peut pas avoir déjà été financé par des fonds européens. &lt;/p&gt;&lt;p&gt;Les matériaux d&amp;#039;occasion ne peuvent pas être financés par LEADER. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Il est fortement recommandé de contacter l&amp;#039;animatrice LEADER du PETR pour vérifier l&amp;#039;éligibilité de votre projet.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>PAYS D'AUCH</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-auch.fr/programme-leader/</t>
+        </is>
+      </c>
+      <c r="W201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-auch.fr/documents-outils-leader/</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact de l&amp;#039;animatrice LEADER : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;savanah.mercier&amp;#64;pays.auch.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06 34 64 18 10&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>savanah.mercier@pays.auch.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-animer-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>164288</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner dans la transition environnementale et énergétique</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le territoire dans la transition environnementale et énergétique</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I202" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;4.1  
+Soutenir des pratiques agricoles durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.1.1  Accompagner les productions et les filières locales
+&lt;/p&gt;&lt;p&gt;4.1.2  Accompagner l’installation dans le cadre d’une
+démarche collective&lt;/p&gt;&lt;p&gt;4.1.3  Promouvoir une alimentation saine et durable&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.2  
+Préserver la biodiversité &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.2.1  Valoriser les haies&lt;/p&gt;&lt;p&gt;4.2.2  Restaurer les milieux naturels et renaturer
+certains espaces artificialisés &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3  
+Encourager les projets contribuant à une
+plus grande sobri&lt;/strong&gt;été&lt;/p&gt;&lt;p&gt;4.3.1 Aider les actions expérimentales et/ou innovantes
+visant à réduire les consommations en énergies, en eau et en matières&lt;/p&gt;&lt;p&gt;4.3.2  Favoriser le recyclage et le réemploi&lt;/p&gt;&lt;p&gt;4.3.3  Accompagner l’offre de mobilité douce&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.4  
+Développer les énergies renouvelables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.5  
+Informer, sensibiliser, éduquer à
+l’environnement et au développement durable et impliquer les citoyens&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-   Regroupements
+fonciers, sensibilisation propriétaires fonciers, espaces tests agricoles, cuisine pédagogique, rencontres de
+producteurs, etc. ;&lt;/p&gt;&lt;p&gt;-   Réimplantation
+de haies, renaturation,
+inventaire milieux dégradés, etc. ; &lt;/p&gt;&lt;p&gt;-  Plans
+de sobriété, réutilisation des eaux usées, actions de partage
+d’infrastructures, d’équipements, de services, de matières, création de liaisons avec les voies
+vertes, liaisons piétonnes, pédibus, etc. ;&lt;/p&gt;&lt;p&gt;-  Cartographie
+multicritères, cadastre solaire, accompagnement des collectivités, projets photovoltaïques citoyens, etc. ;&lt;/p&gt;&lt;p&gt;-   Journées grand public,
+création lieu d’exposition, exposition itinérante, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q202" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T202" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-transition-environnementale-et-energetique/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>163154</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Aider la flotte fluviale à réduire ses impacts environnementaux et à s’adapter aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Plan d’aides à la modernisation et à l’innovation de la flotte (PAMI)</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce Plan d’aide est une réponse aux &lt;strong&gt;grands enjeux de la flotte fluviale &lt;/strong&gt;et comprend des mesures conçues afin d’atteindre les objectifs environnementaux et logistiques listés ci-dessous.&lt;/p&gt;&lt;p&gt;Pour candidater : les &lt;strong&gt;demandes d&amp;#039;aide sont à déposer exclusivement en ligne sur la plateforme web dédiée&lt;/strong&gt; de Voies Navigables de France :&lt;br /&gt;&lt;a target="_blank" href="https://portail-pami-connect.vnf.fr"&gt;PAMI Connect&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le PAMI s’articule en quatre volets d’aides :&lt;/p&gt;&lt;p&gt;Volet A&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance environnementale&lt;/strong&gt; de la flotte&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Réduire la consommation&lt;/strong&gt; en carburant, les émissions et rejets polluants&lt;/li&gt;&lt;li&gt;Encourager le &lt;strong&gt;recours à des énergies renouvelables&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimiser la gestion des énergies&lt;/strong&gt; à bord&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet B&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mieux &lt;strong&gt;intégrer le maillon fluvial aux chaînes logistiques&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Capter de nouveaux trafics&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Consolider la desserte fluviale&lt;/strong&gt; des ports maritimes&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance logistique&lt;/strong&gt; de la flotte fluviale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet C&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Accompagner le renouvellement&lt;/strong&gt; des acteurs et de la filière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet D&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Favoriser l’émergence des solutions innovantes&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P203" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q203" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2027</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/plan-daides-la-modernisation-et-linnovation-de-la-flotte-pami</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-daides-a-la-modernisation-et-a-linnovation-de-la-flotte-pami/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>165359</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H227" s="1" t="inlineStr">
-[...333 lines deleted...]
-      <c r="H229" s="1" t="inlineStr">
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K229" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L229" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N229" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O229" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P229" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S229" s="1" t="inlineStr">
+      <c r="P204" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2025</t>
+        </is>
+      </c>
+      <c r="Q204" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U229" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X229" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="W204" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y229" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z229" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA229" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="230" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E230" s="1" t="inlineStr">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>165574</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Programme CEE Adapt Bâti Confort – Appel à manifestation d’intérêt – Sélection de 50 opérations</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Programme CEE Adapt Bâti Confort – Appel à manifestation d’intérêt – Sélection de 50 opérations</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G230" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H230" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K230" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L230" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Industrie
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’appel à manifestation d’intérêt (AMI) a pour objet la sélection de bâtiments existants dans lesquels des périodes de surchauffe importantes ont déjà été vécues avec des conséquences caractérisées (inconfort, activité interrompue, problèmes sanitaires, etc.), et sur lesquels les maîtres d’ouvrage souhaitent intervenir en mettant en œuvre des actions d’adaptation pouvant être des mesures architecturales, techniques ou organisationnelles. &lt;/p&gt;&lt;p&gt;En candidatant à cet AMI, les maîtres d’ouvrage participeront à un programme national d’intérêt scientifique et de progrès de connaissances sur les solutions pour traiter les surchauffes dans les bâtiments.&lt;/p&gt;&lt;p&gt;En étant retenu, ils pourront bénéficier  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’un soutien de type AMO et de prestations d’études spécifiques totalement prises en charge par le programme CEE  : faisabilité des solutions, simulations thermiques, instrumentation avant et après travaux, coaching des usagers ;&lt;/li&gt;&lt;li&gt;d’aides financières aux travaux ;&lt;/li&gt;&lt;li&gt;d’une évaluation multicritères standardisée de leur opération (par CEREMA et CSTB). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Deux sessions de relèves de candidatures sont prévues. Le présent AMI concerne la première session, dont la &lt;strong&gt;date butoir de dépôt est fixée au 16/02/2026&lt;/strong&gt;. À titre indicatif, et sous réserve de budget, une seconde session de candidature sera organisée en fin d’année 2026 ou début d’année 2027. Le contenu de l’AMI et les critères de sélection pourront être différents.&lt;/p&gt;&lt;p&gt;Les candidats pourront présenter des bâtiments se trouvant dans les configurations suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cas 1 : Bâtiments avec une rénovation énergétique ou des travaux d’amélioration en tout début de projet, le projet n’aura pas dépassé l’avancement APS à l’horizon de l&amp;#039;automne 2026, et les travaux devront être terminés avant la fin du premier trimestre 2028.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Cas 2 : Bâtiments récents ou ayant déjà fait l’objet d’une rénovation, mais nécessitant des travaux ponctuels complémentaires pour corriger des situations d’inconfort, les actions et travaux ponctuels devront être terminés avant la fin du premier trimestre 2028.&lt;/li&gt;&lt;li&gt;Cas 3 : Bâtiments qui font l’objet d’une rénovation énergétique ambitieuse et avancée, la phase de conception est en cours au stade de la candidature à l’AMI, les travaux devront être terminés avant la fin 2027. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’AMI est organisé en 2 phases :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une phase de prédépôt des candidatures suivi d’une phase d’auditions ;&lt;/li&gt;&lt;li&gt;une phase de dépôt des demandes d’aides aux travaux pour les candidatures qui seront sélectionnées à l’issue de la première phase et qui s’engageront dans les actions/travaux d’adaptation conseillées par le programme Adapt Bâti Confort.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O230" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P230" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S230" s="1" t="inlineStr">
+      <c r="P205" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2025</t>
+        </is>
+      </c>
+      <c r="Q205" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Êtes-vous concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les candidats à l’AMI seront des maîtres d’ouvrage publics ou privés (hors particuliers) qui proposent des bâtiments prioritairement avec les usages suivants : enseignement et petite enfance (crèches, écoles, etc.) ; secteur médico-social (hors hôpitaux) et sanitaire (EHPAD) ; logement collectif occupé notamment par des ménages vulnérables ; bureaux. Les bâtiments situés dans une des 4 régions suivantes seront retenus : Provence-Alpes-Côte d’Azur, Occitanie, Auvergne-Rhône-Alpes, Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Nouvelle-Aquitaine, Occitanie, Auvergne-Rhône-Alpes, Provence-Alpes-Côte d&amp;#039;Azur&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Je vérifie mon éligibilité&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tout maître d’ouvrage public ou privé est éligible à l’exception des particuliers.&lt;/p&gt;&lt;p&gt;Les bâtiments de l’Etat et de ses établissements publics sont éligibles, excepté pour une aide aux travaux.&lt;/p&gt;&lt;p&gt;Ces bâtiments seront en fonctionnement et en conditions d’usage réelles ; et représentatifs de leur(s) catégorie(s) d’usage(s).&lt;/p&gt;&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillés dans le &lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/AMI%20Adapt%20Bâti%20Confort%20-%20Sélection%20des%20opérations%20-%202025.pdf" target="_self"&gt;document&lt;/a&gt; en téléchargement. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U230" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>regions_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/programme-cee-adapt-bati-confort-appel-manifestation-dinteret-selection-de-50-operations</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-cee-adapt-bati-confort-appel-a-manifestation-d-interet-selection-de-50-operations/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>165575</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>APR GRAINE - Production, valorisation des biomasses et préservation des écosystèmes - Phase 2</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>APR GRAINE - Production, valorisation des biomasses et préservation des écosystèmes - Phase 2</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette 6ᵉ édition de l’&lt;strong&gt;APR GRAINE &lt;/strong&gt;vise à soutenir des projets pour &lt;strong&gt;mieux produire, gérer et valoriser les ressources biologiques potentiellement renouvelables&lt;/strong&gt;, y compris les déchets organiques, afin de satisfaire les besoins en aliments, en produits et matériaux biosourcés, ou encore en énergies sous la forme de chaleur/électricité, de biocarburant, et contribuer à la préservation de l’environnement.&lt;/p&gt;&lt;p&gt;L’objectif de cet APR est de &lt;strong&gt;soutenir un développement durable de la bioéconomie &lt;/strong&gt;en réponse à des besoins sociaux dans un contexte de changement climatique. Autrement dit, d’articuler, au sein des territoires, l’accompagnement des filières de production et de valorisation de biomasses en limitant les impacts, et ce, dans une optique de résilience.&lt;/p&gt;&lt;p&gt;Les biomasses ciblées sont : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les productions agricoles et leurs coproduits ;&lt;/li&gt;&lt;li&gt;les productions sylvicoles et leurs coproduits ;&lt;/li&gt;&lt;li&gt;les déchets organiques ;&lt;/li&gt;&lt;li&gt;les coproduits industriels ;&lt;/li&gt;&lt;li&gt;ou encore les algues et les plantes invasives.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’APR s’oriente autour de&lt;strong&gt; 4 axes de recherche :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Axe 1 – Production durable et résiliente de biomasses préservant les milieux et les ressources&lt;/strong&gt; : il vise le développement et l’amélioration des systèmes et des filières de production d’exploitation de biomasses.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 2 – Transformation et valorisation éco-efficiente d’une biomasse tout en évaluant les impacts sur des systèmes de production concernés&lt;/strong&gt; : il vise le développement de nouveaux procédés de transformation et de valorisation de biomasses (ex. : les résidus ou les biodéchets) en intégrant les enjeux liés à l’économie circulaire et à la réduction des impacts environnementaux (y compris ceux liés aux étapes amont de production et mobilisation de la biomasse).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 3 – Outils et méthodes d’évaluation de la santé des sols et des impacts environnementaux de la bioéconomie&lt;/strong&gt; : il vise le développement de méthodes et d’outils d’évaluation pour une approche globale et durable de la gestion des biomasses au sein des filières et des territoires.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 4 – Recherche-Action et Sciences humaines et sociales pour la transition des systèmes et filières de la bioéconomie &lt;/strong&gt;: il vise à identifier et analyser les leviers de la transition des systèmes et filières de la bioéconomie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le montant d’aide de 300 k€ max. par projet sera évalué par rapport à la complexité des projets.&lt;/p&gt;&lt;p&gt;Un montant d’aide supérieur pourra être octroyé pour des projets transversaux ayant des objectifs clairs et pertinents et dont l’originalité de la recherche portera sur plusieurs axes/sous-axes thématiques et justifiant d’un partenariat cohérent. Toutefois, nous invitons les porteurs de projet à rechercher des cofinancements.&lt;/p&gt;&lt;p&gt;Pour ces axes, &lt;strong&gt;sont éligibles les projets :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collaboratifs déposés par un consortium qui s’appuie sur un partenariat pertinent et qui intègre obligatoirement un partenaire de recherche (public ou privé) ;&lt;/li&gt;&lt;li&gt;entrant dans le champ de l’APR ;&lt;/li&gt;&lt;li&gt;d’une durée maximum de 48 mois.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le processus de sélection est assuré par l’ADEME, avec le support d’expertises externes et d’un comité scientifique et technique (CST) constitué de personnalités qualifiées. L’ADEME, les membres du CST, les experts sont tenus à une stricte confidentialité.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier prévisionnel :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier phase 1 : &lt;/strong&gt;les candidats sont invités à déposer leur dossier uniquement sous forme électronique via la plateforme de dépôt et de suivi de l’ADEME, avant le 26/09/2025 à 15h. &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Note aux porteurs : &lt;/strong&gt;L’analyse des projets se fera à partir du « modèle de pré-projet », en complément du remplissage des formulaires sur la plateforme AGIR. Vous pouvez y copier/coller des éléments de contexte et d’objectif (données non conservées pour la phase 2). À ce stade, il est essentiel de décrire la composition et l’intérêt du consortium, ainsi que le rôle des partenaires &lt;strong&gt;sans les saisir sur la plateforme &lt;/strong&gt;afin d’éviter une validation formelle prématurée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Expertise des dossiers : &lt;/strong&gt;à partir de mi-novembre 2025.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Annonce des dossiers présélectionnés&lt;/strong&gt; : début décembre 2025.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier phase 2 : &lt;/strong&gt;avant le 16/02/2026 à 15h.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Expertise externe : réalisée par des experts thématiques &lt;/strong&gt;venant compléter l’expertise ADEME. Puis, sur la base de ces expertises, présentation et discussion au sein du CST rassemblant des experts académiques et membres des ministères, d’agences et de l’ADEME qui annonceront en mai 2026 les projets lauréats.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La décision de financement sera in fine prise par l’ADEME et sera fondée sur la proposition du CST et sur le budget disponible. La phase 2 est &lt;strong&gt;ouverte uniquement aux dossiers présélectionnés lors de la phase 1.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P206" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2025</t>
+        </is>
+      </c>
+      <c r="Q206" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Cet APR s’adresse aux acteurs publics et privés de recherche et aux entreprises, notamment des domaines suivants : agriculture, foresterie/sylviculture, sols, alimentation, pâte à papier et papier, déchets organiques, chimie, biotechnologies, bioénergies ; aux équipementiers de ces secteurs d’activité ; aux acteurs en charge de la gestion des sites et sols pollués. Il s’adresse aussi aux acteurs travaillant sur l’évaluation environnementale, et plus généralement l’évaluation multicritère (EMC), ainsi qu’aux acteurs des sciences économiques, sociales et humaines. La pertinence et l’intérêt de la bioéconomie s’évaluent tout particulièrement à un niveau local ou territorial, au plus proche des spécificités des milieux considérés. Des partenariats avec des acteurs (territoriaux ou autres) sont attendus.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V230" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y230" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/apr-graine-production-valorisation-des-biomasses-et-preservation-des-ecosystemes-phase-2</t>
+        </is>
+      </c>
+      <c r="W206" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=8ee21aba-e96a-454a-9989-bc9d28491a9d&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=ffd3047c-60d9-4377-8bd9-44934378eec8&amp;code_challenge=jVyvztRZixKB6WRroh8Rc0MbbaXUJVHLGj2nOpT0rt8&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z230" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA230" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/apr-graine-production-valorisation-des-biomasses-et-preservation-des-ecosystemes-phase-2/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="231" spans="1:27" customHeight="0">
-      <c r="A231" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>164929</v>
       </c>
-      <c r="B231" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Financer les travaux d'amélioration énergétique de mon bâtiment</t>
         </is>
       </c>
-      <c r="C231" s="1" t="inlineStr">
+      <c r="C207" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Mur Mur TPE PME</t>
         </is>
       </c>
-      <c r="E231" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>Grenoble-Alpes Métropole</t>
         </is>
       </c>
-      <c r="G231" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H231" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I231" s="1" t="inlineStr">
+      <c r="I207" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K231" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L231" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le dispositif Mur Mur a pour objectif d&amp;#039;&lt;strong&gt;améliorer la performance énergétique des bâtiments&lt;/strong&gt;, en accordant une aide financière sur critères d&amp;#039;éligibilité aux &lt;strong&gt;TPE/PME&lt;/strong&gt; de l&amp;#039;agglomération grenobloise.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont liées aux &lt;strong&gt;investissements suivants&lt;/strong&gt; :
 &lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&lt;strong&gt;’amélioration thermique&lt;/strong&gt; de l’enveloppe des 
 bâtiments existants : isolation des murs, toitures et planchers, 
 menuiseries extérieures, portes sectionnelles…&lt;/li&gt;&lt;li&gt;L’&lt;strong&gt;amélioration des équipements techniques&lt;/strong&gt; : 
 chauffage et ventilation, éclairage, systèmes liés au process de 
 production et autres travaux d’économies d’énergie (régulation, gestion 
 technique…).
 &lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;Les bénéficiaires : &lt;br /&gt;&lt;/h3&gt;&lt;p&gt;&lt;strong&gt;Ce fonds Mur Mur est destiné aux entreprises TPE et PME de 
 l&amp;#039;agglomération grenobloise, quels que soient leur statut et leur régime
  fiscal et social, résidant fiscalement en France, n&amp;#039;appartenant pas à 
 une entreprise de taille intermédiaire (ETI) ou une grande entreprise, 
 et remplissant les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Employer moins de 250 salariés&lt;/strong&gt; et &lt;strong&gt;ne pas excéder un chiffre d&amp;#039;affaires annuel de 50 millions d&amp;#039;euros&lt;/strong&gt; (ou un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Occuper un bâtiment tertiaire ou industriel : &lt;/strong&gt;hors local commercial ou artisanal comprenant un espace de vente inférieur à 400m&lt;sup&gt;2&lt;/sup&gt;
  relevant du dispositif d&amp;#039;aide à l&amp;#039;investissement des commerçants, 
 artisans, services avec vitrine, non sédentaires et hôteliers de la 
 métropole ; ou dont la surface de plancher du local productif est supérieur à la surface de plancher du local de vente.&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Être inscrite au registre du commerce et des sociétés&lt;/strong&gt; ou au répertoire des métiers, à l&amp;#039;URSSAF ou au greffe du tribunal du commerce,&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Motiver un projet&lt;/strong&gt; de développement économique, social et environnemental. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;éligibilité des entreprises est vérifiée,&lt;/strong&gt; en application de ces critères, sur la base d&amp;#039;un dossier de candidature&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;h3&gt;&lt;strong&gt;Le montant de la subvention :&lt;/strong&gt;&lt;/h3&gt;&lt;p&gt;La &lt;strong&gt;subvention de la Métropole est fixée à&lt;/strong&gt; :
 &lt;/p&gt;&lt;ul&gt;&lt;li&gt;30% du montant des travaux en € HT,&lt;/li&gt;&lt;li&gt;ou 50% du montant des travaux en € HT pour les travaux mettant en œuvre des matériaux biosourcés.&lt;/li&gt;&lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;L&amp;#039;aide est &lt;strong&gt;conditionnée à un plancher de travaux éligibles de 5 000€ HT&lt;/strong&gt; et &lt;strong&gt;dans la limite du plafond de subvention suivant&lt;/strong&gt; :
 &lt;/p&gt;&lt;ul&gt;&lt;li&gt;30 000€ pour l&amp;#039;enveloppe bâti (isolation de parois donnant sur 
 l&amp;#039;extérieur, menuiseries extérieures...), augmentés de 10 000€ 
 uniquement pour le financement de travaux mettant en œuvre des matériaux
  biosourcés,&lt;/li&gt;&lt;li&gt;10 000€ pour l&amp;#039;amélioration des équipements (systèmes CVC, éclairage, optimisation des systèmes énergétiques...).&lt;/li&gt;&lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;&lt;strong&gt;Soit un plafond total de subvention par entreprise de 50 000€.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;De manière générale, l&amp;#039;entreprise pourra &lt;strong&gt;cumuler l&amp;#039;aide avec d&amp;#039;autres aides publiques&lt;/strong&gt;
  (CEE, crédit d&amp;#039;impôt pour la rénovation énergétique des locaux 
 tertiaires des TPE/PME...) dans le respect des règles de cumul de ces 
 dernières et des règles européennes.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide n&amp;#039;est cependant pas cumulable avec les aides à l&amp;#039;investissement du Fonds chaleur renouvelable de la Métropole.&lt;/p&gt;&lt;h3&gt;Comment déposer un dossier ?&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;&lt;strong&gt;Important : vous devez déposer votre demande Mur Mur avant de signer les devis et d&amp;#039;engager les travaux.&lt;/strong&gt;&lt;/p&gt;
 &lt;h4&gt;&lt;strong&gt;Le dossier de candidature Mur Mur&lt;/strong&gt;&lt;/h4&gt;
 &lt;ol&gt;&lt;li&gt;&lt;strong&gt;Dans un premier temps, votre éligibilité à la subvention Mur
  Mur est vérifiée sur la base d’un dossier de candidature à retirer 
 auprès de l&amp;#039;Agence locale de l&amp;#039;énergie et du climat (ALEC)&lt;/strong&gt; de la grande région grenobloise : entreprises&amp;#64;alec-grenoble.org / 04 76 00 19 09.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Déposez le dossier et les pièces justificatives demandées auprès de l&amp;#039;ALEC&lt;/strong&gt; qui assure l’instruction et le lien avec les services de la Métropole.&lt;/li&gt;&lt;li&gt;
 &lt;p&gt;&lt;strong&gt;Le délai d’instruction est d’une semaine à 15 jours&lt;/strong&gt; sur la base d’un dossier complet.&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;h4&gt;Un diagnostic énergétique préalable obligatoire &lt;br /&gt;&lt;/h4&gt;
 &lt;ul&gt;&lt;li&gt;Une fois que vous avez reçu la notification d&amp;#039;éligibilité de votre candidature,&lt;strong&gt; vous devez réaliser un diagnostic énergétique &lt;/strong&gt;permettant de
  hiérarchiser les travaux à conduire, de définir leur retour sur 
 investissement et d&amp;#039;estimer leur impact environnemental.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’aide Mur Mur est en effet conditionnée à la réalisation obligatoire de ce diagnostic &lt;/strong&gt;par la Métropole ou par l’Ademe (&lt;a href="https://www.bpifrance.fr/catalogue-offres/transition-ecologique-et-energetique/diag-eco-flux"&gt;Diag Eco-Flux &lt;/a&gt;ou Diag Perf&amp;#039;immo proposé par l’Ademe et BPI France). &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;h4&gt;Le dossier de demande de subvention Mur Mur&lt;/h4&gt;
 &lt;ul&gt;&lt;li&gt;
 &lt;p&gt;&lt;strong&gt;Une fois l’éligibilité de la 
 candidature validée et le diagnostic énergétique étudié, l’ALEC vous 
 accompagne dans la constitution de votre dossier de demande de 
 subvention Mur Mur&lt;/strong&gt;, notamment pour la réalisation des devis en conformité avec les exigences de performance du dispositif Mur Mur.&lt;/p&gt;
 &lt;/li&gt;&lt;li&gt;
 &lt;p&gt;&lt;strong&gt;Le délai d&amp;#039;instruction dépend de l’importance et de la complexité du projet&lt;/strong&gt; qui peut nécessiter plus ou moins de temps pour l’obtention de devis conformes aux exigences de performance du dispositif.&lt;/p&gt;
 &lt;/li&gt;&lt;li&gt;Vous recevrez enfin &lt;strong&gt;une proposition de convention de financement&lt;/strong&gt; de la Métropole. Une fois celle-ci signée, vous avez 2 ans pour terminer vos travaux.&lt;/li&gt;&lt;/ul&gt;
 &lt;h4&gt;Le versement des aides financières&lt;/h4&gt;
 &lt;ul&gt;&lt;li&gt;&lt;strong&gt;La subvention est versée après la réalisation des travaux&lt;/strong&gt; sur la base de la transmission des factures acquittées.&lt;/li&gt;&lt;li&gt;Le délai global entre le dépôt du dossier de subvention et le 
 paiement de la subvention est donc très variable (entre 3 et 24 mois).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M231" s="1" t="inlineStr">
+      <c r="M207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Travaux sur l&amp;#039;enveloppe du bâtiment&lt;/strong&gt; : isolation des murs extérieurs, sol et toiture, remplacement de menuiseries extérieures, porte sectionnelle, protections solaires...&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Travaux sur les équipements énergétiques&lt;/strong&gt; : systèmes CVC, éclairage, GTB&lt;/p&gt;&lt;p&gt;Exemples de réalisation : &lt;/p&gt;&lt;p&gt;31 000 euros d’aides pour rénover d’anciens locaux industriels&lt;br /&gt;&lt;em&gt;« Grâce au dispositif Mur Mur TPE et à l’accompagnement de la Métropole, la réhabilitation thermique de mon bâtiment des années 60 à Varces a&lt;br /&gt;été un véritable succès. Dès le début, j’ai été guidé pas à pas : diagnostic du bâtiment, collaboration avec mes bureaux d’études, et ajustement du&lt;br /&gt;cahier des charges pour répondre aux exigences du dispositif. Ces étapes ont permis de lancer des travaux prévus : isolation thermique par l’extérieur, rénovation de la toiture, éclairage LED, doublage des cloisons, installation d’une VMC double flux et d’une climatisation réversible. Ce projet a transformé mon bâtiment et j’ai pu obtenir 31 000 € de subventions à la fin des travaux. »&lt;/em&gt;&lt;br /&gt;&lt;em&gt;Sébastien Martin-Dhermont, chef d’entreprise, ERGTP, entreprise de BTP à Varces-Allières-et-Risset&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Chez Alma, société éditrice de logiciels, les importants travaux de réhabilitation énergétique de cette 
 Scop ont été financés à hauteur de 35 000 euros par le dispositif Mur 
 Mur TPE/PME de Grenoble Alpes Métropole.Le pilotage de la chaudière a 
 ainsi été modernisé, avec un thermostat programmable, permettant une 
 économie d’énergie de 35 %. Les fenêtres ont également été remplacées. 
 Dernière étape du chantier : la réfection du toit (isolation et 
 étanchéité) ainsi que la pose de panneaux photovoltaïques. &lt;/p&gt;&lt;p&gt;Comme 
 Alma et ERGTP, les entreprises du territoire sont des dizaines à avoir déjà 
 recouru au soutien de la Métropole pour leurs travaux de rénovation énergétique :&lt;/p&gt; &lt;ul&gt;&lt;li&gt;Janioud,
  installateur de climatisation de tous formats basé à Fontaine, a pu 
 refaire sa toiture, changer ses menuiseries et isoler ses murs&lt;/li&gt;&lt;li&gt;Barbell Union, salle de sport du sud de Grenoble, a amélioré son confort d’été en installant des stores anti-chaleur&lt;/li&gt;&lt;li&gt;A
  Saint-égrève, l’Esat Sainte-Agnès (établissement et service 
 d’accompagnement par le travail) a pu installer un refroidisseur 
 adabiatique et peindre sa toiture en blanc, solutions alternatives au 
 climatiseur…&lt;/li&gt;&lt;/ul&gt; &lt;p&gt;Depuis 2024, MurMur TPE/PME est ouvert aux 
 associations avec activité économique, déclarées d’utilité publique ou intervenant auprès de 
 personnes en situation de précarité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N231" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réhabilitation
 Artisanat
 Industrie
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O231" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R231" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux doivent respecter les niveaux de performance des Certificats d&amp;#039;Economie d&amp;#039;Energie&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S231" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T231" s="1" t="inlineStr">
+      <c r="T207" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U231" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>Grenoble-Alpes-Métropole</t>
         </is>
       </c>
-      <c r="V231" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://www.grenoblealpesmetropole.fr/murmur-tpepme</t>
         </is>
       </c>
-      <c r="X231" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Agence locale de l&amp;#039;énergie et du climat (ALEC)&lt;/strong&gt; de la grande région grenobloise : &lt;/p&gt;&lt;p&gt;entreprises&amp;#64;alec-grenoble.org&lt;/p&gt;&lt;p&gt;04 76 00 19 09&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y231" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>energie.entreprises@grenoblealpesmetropole.fr</t>
         </is>
       </c>
-      <c r="Z231" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-travaux-damelioration-energetique-de-mon-batiment/</t>
         </is>
       </c>
-      <c r="AA231" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="232" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C232" s="1" t="inlineStr">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>164910</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement de Zones Industrielles Bas Carbone (ZIBaC) Phase 2 : accompagnement</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement de Zones Industrielles Bas Carbone (ZIBaC) Phase 2 : accompagnement</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent appel à projets s’inscrit dans le cadre de la &lt;strong&gt;stratégie d’accélération de la décarbonation de l’industrie&lt;/strong&gt;, dont l’un des objectifs vise à favoriser le développement de &lt;strong&gt;Z&lt;/strong&gt;ones &lt;strong&gt;I&lt;/strong&gt;ndustrielles &lt;strong&gt;Ba&lt;/strong&gt;s &lt;strong&gt;C&lt;/strong&gt;arbone (ZIBaC).&lt;/p&gt;&lt;p&gt;À travers ce dispositif, l’État accompagne les territoires industriels dans leur &lt;strong&gt;transformation écologique et énergétique afin de gagner en compétitivité et en attractivité&lt;/strong&gt;. Ce dispositif permettra de faire rayonner à l’échelle internationale les technologies, innovations et savoir-faire industriels français.&lt;/p&gt;&lt;p&gt;Les projets doivent avoir pour objectif&lt;strong&gt; d’accélérer la décarbonation de leur zone industrielle&lt;/strong&gt;, en mettant en œuvre un ensemble d’investissements, d’expérimentations, de synergies et d’innovations. &lt;/p&gt;&lt;p&gt;Ils doivent être des projets de territoires ambitieux en matière &lt;strong&gt;de &lt;/strong&gt;&lt;strong&gt;décarbonation, de résilience climatique et de transition écologique&lt;/strong&gt;. Ces projets doivent permettre &lt;strong&gt;d&amp;#039;expérimenter et de soutenir des solutions organisationnelles ou technologiques&lt;/strong&gt;, ainsi que des &lt;strong&gt;procédés innovants&lt;/strong&gt; qui contribuent à répondre aux problématiques qui s’y posent.&lt;/p&gt;&lt;p&gt;Les zones industrielles doivent ainsi &lt;strong&gt;intégrer une stratégie d’entraînement&lt;/strong&gt; en vue de leurs élargissements ou de leurs diffusions sur d’autres territoires.&lt;/p&gt;&lt;p&gt;Dans la seconde phase du dispositif ZIBaC, les zones lauréates de la phase 1 pourront&lt;strong&gt; demander de nouveaux financements pour pérenniser leur gouvernance et conduire des études &lt;/strong&gt;permettant de préciser les trajectoires pertinentes.&lt;/p&gt;&lt;p&gt;L’objectif est d’aboutir à une vision holistique des enjeux de transformation du territoire industriel, qu’ils soient techniques, économiques, juridiques, financiers, sociétaux, etc.&lt;/p&gt;&lt;p&gt;Les études financées seront des &lt;strong&gt;études exploratoires ou de faisabilité (et non de déploiement)&lt;/strong&gt;, devant permettre d’aboutir à des arbitrages et des prises de décision sur des choix stratégiques de décarbonation de la ZI.&lt;/p&gt;&lt;p&gt;Cet appel à projets est ouvert à compter &lt;strong&gt;du 28/04/2025 jusqu’au 10/06/2028, 12h&lt;/strong&gt; (heure de Paris).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet AAP &amp;#34;Zones Industrielles Bas Carbone phase 2 : accompagnement&amp;#34; n&amp;#039;est ouvert qu&amp;#039;aux lauréats de la l&amp;#039;AAP &amp;#34;ZIBaC phase 1 : maturation&amp;#34;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P208" s="1" t="inlineStr">
+        <is>
+          <t>10/04/2025</t>
+        </is>
+      </c>
+      <c r="Q208" s="1" t="inlineStr">
+        <is>
+          <t>10/06/2028</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/favoriser-le-developpement-de-zones-industrielles-bas-carbone-zibac-phase-2-accompagnement</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;Pour toute questions : zibac&amp;#64;ademe.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-le-developpement-de-zones-industrielles-bas-carbone-zibac-phase-2-accompagnement/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>117406</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la communication environnementale</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Faciliter la communication de la collectivité sur les actions environnementales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;articles, réalisation de plaquettes thématiques, aide à la communication, proposition de modèle prêt à l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convention de partenariat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document contractuel (conventions type ..)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R209" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W209" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7119-accompagner-les-collectivites-a-la-communicat/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>117421</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes à l'obtention de la Première fleur du label "Villes et villages fleuris"</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;accompagnement des communes à l&amp;#039;obtention de la première fleur du label « Villes et villages fleuris » a vocation à soutenir les communes souhaitant candidater à l&amp;#039;obtention du label dans la structuration et la mise en œuvre d&amp;#039;un plan d&amp;#039;actions transversal au regard de la grille d&amp;#039;évaluation élaborée par le Conseil national des villes et villages fleuris (CNVVF).</t>
+        </is>
+      </c>
+      <c r="M210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Suite à une phase de diagnostic préalablement conduite sur place par les services départementaux auprès des communes ayant manifesté leur souhait d&amp;#039;être candidates à l&amp;#039;obtention de la première fleur, les communes bénéficieront d&amp;#039;un accompagnement et d&amp;#039;une expertise spécifiquement adaptés aux besoins identifiés dans le cadre du diagnostic, au regard de la grille d&amp;#039;évaluation du CNVVF (qualité paysagère, diversité et qualité botanique,  protection de l&amp;#039;environnement et de la biodiversité, valorisation du patrimoine, promotion touristique, gestion différenciée, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  Accompagnements proposés :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Direction de l&amp;#039;eau, de l&amp;#039;environnement et de l&amp;#039;agriculture : Préparation pour la concours Villes et Villages Fleuris
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils
+ &lt;/li&gt;
+ &lt;li&gt;
+  sur le fleurissement, l&amp;#039;aménagement et l&amp;#039;entretien des espaces dans l&amp;#039;objectif d&amp;#039;obtenir une première fleur au concours Villes et Villages Fleuris :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix d&amp;#039;aménagements et de fleurissement adaptés aux différents sites
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix de végétaux adaptés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation du patrimoine végétal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Place de la nature dans les espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zéro phyto, économies d&amp;#039;eau, tonte différenciée, gestion des déchets...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réflexion autour de la sensibilisation des habitants, du montage de projets participatifs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Direction des affaires culturelles
+&lt;/strong&gt;
+: Valorisation patrimoniale. La sous-direction du patrimoine et des musées de la Direction des affaires culturelles du Département propose d&amp;#039;accompagner les communes dans la valorisation de leur patrimoine culturel au prisme de la grille d&amp;#039;évaluation du concours Villes et villages fleuris (patrimoine bâti, parcours culturels thématiques, etc.)
+&lt;p&gt;
+ &lt;strong&gt;
+  Seine-et-Marne Attractivité
+ &lt;/strong&gt;
+ : Action de promotion du fleurissement. L&amp;#039;accueil des visiteurs, touristes et clients est au cœur des missions de Seine-et-Marne Attractivité. Concrètement, SMA œuvre pour soutenir, promouvoir et valoriser les acteurs du territoire ayant entrepris une démarche de labellisation. Les atouts d&amp;#039;une commune labellisée « Villes et Villages fleuris » (commune conviviale, attractive, et engagée dans le développement durable) touchent à la fois les habitants et les touristes et participe à la notoriété, l&amp;#039;image et à l&amp;#039;attractivité du territoire.Ce label permet de valoriser l&amp;#039;engagement fort des communes qui prennent en compte l&amp;#039;amélioration de la qualité de vie et la stratégie globale d&amp;#039;attractivité (fleurissement, paysage...) ainsi que les enjeux écologiques de leur territoire. Le déploiement des labels valorisants pour le territoire passe par l&amp;#039;animation active sur l&amp;#039;ensemble du territoire, afin de les développer en faisant connaitre le process et la mise en œuvre.Seine-et-Marne Attractivité veille ainsi d&amp;#039;une part, à rendre lisibles les critères essentiels destinés à obtenir le label, et d&amp;#039;autre part à la communication et la promotion des communes, prestataires ou sites l&amp;#039;ayant obtenu.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CAUE 77 :
+ &lt;/strong&gt;
+ Valorisation paysagère par le fleurissement et le végétal ;Accompagner la commune dans l&amp;#039;élaboration d&amp;#039;un pré-diagnostic paysager préalable au dépôt de candidature pour l&amp;#039;obtention de la première fleur (analyse simplifiée du contexte paysager communal, spécificités locales, atouts et dysfonctionnements)Aide à la définition des enjeux
+ &lt;br /&gt;
+ culturels, environnementaux et sociaux locaux (qualité de l&amp;#039;espace public, patrimoine paysager et végétal, identification des espaces stratégiques à paysager ...)
+ Suggestions de pistes d&amp;#039;actions pour
+ déterminer les démarches à engager pour atteindre les éléments
+ d&amp;#039;appréciation du niveau première fleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Initiatives 77
+ &lt;/strong&gt;
+ : Valorisation des milieux naturels via des chantiers d&amp;#039;insertion.
+ Créé
+ en 1991, Initiatives77 est un organisme associé du Département, chargé
+ de mettre en œuvre les orientations définies par le Conseil
+ Départemental de Seine-et-Marne en termes d&amp;#039;insertion professionnelle,
+ d&amp;#039;accès à l&amp;#039;emploi et d&amp;#039;insertion par le logement.
+ La priorité est
+ donnée aux publics dont le Département a la responsabilité directe,
+ bénéficiaires du RSA, jeunes majeurs relevant de l&amp;#039;Aide Sociale à
+ l&amp;#039;Enfance ainsi que les publics en difficultés d&amp;#039;insertion et
+ bénéficiant d&amp;#039;autres minima sociaux (Allocation de Solidarité
+ Spécifique, Allocation Adulte Handicapé...). Les chantiers
+ interviennent pour restaurer les petits équipements publics et le
+ patrimoine bâti, rénovation de logements, de salles de classe, les
+ EHPAD, valorisation des espaces naturels sensibles des parcs et jardins...Il
+ est par conséquent possible de demander une intervention d&amp;#039;un des
+ chantiers d&amp;#039;insertion d&amp;#039;Initiatives77 pour réaliser un projet de
+ rénovation ou de création en matière d&amp;#039;environnement et d&amp;#039;espaces verts.
+ Pour plus d&amp;#039;informations sur l&amp;#039;accompagnement et ses modalités financières : http://www.initiatives77.org
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Seine-et-Marne Environnement
+ &lt;/strong&gt;
+ : Accompagnement à la mise en place d&amp;#039;une gestion différenciée des espaces verts
+ &lt;br /&gt;
+ Ce changement de pratique en faveur de la biodiversité nécessite une formation des agents et une appropriation des élus. Nous apportons également des conseils techniques pour faciliter la mise en œuvre ainsi qu&amp;#039;une cartographie de cette gestion. Ces conseils pour la prise en compte de la biodiversité interviennent tant dans les actions de gestion
+ &lt;br /&gt;
+ et d&amp;#039;aménagement que dans les actions éducatives.Pour plus d&amp;#039;informations sur l&amp;#039;accompagnement et ses modalités (adhésion à
+ &lt;br /&gt;
+ SEME/conventionnement et/ou prestation) : contact&amp;#64;seme-id77.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Jury départemental Villes et villages fleuris
+ &lt;/strong&gt;
+ : Le jury départemental Villes et villages fleuris est constitué de
+ &lt;br /&gt;
+ professionnels du fleurissement engagés qui mettront leurs expertises au service des communes seine-et-marnaises candidates à l&amp;#039;obtention de la première fleur en fonction de leurs problématiques spécifiques, et en articulation avec l&amp;#039;accompagnement proposé par les services départementaux et les organismes associés du Département. Modalités pratiques à définir avec la Commune.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement gratuit par les services départementaux.
+ &lt;/strong&gt;
+ Certaines prestations délivrées par les organismes associés du Département peuvent être payantes (Initiatives 77, Seine-et-Marne Environnement) et/ou conditionnées à l&amp;#039;adhésion de la commune à l&amp;#039;organisme ou à un conventionnement entre la commune et l&amp;#039;organisme (Seine-et-Marne Environnement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Espace public
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/afd9-accompagner-les-communes-a-lobtention-de-la-p/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>117373</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’élaboration du projet de territoire, d’un programme d’actions et de la mise en œuvre de ce dernier</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’élaboration du projet de territoire et à sa mise en œuvre</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à une collectivité,sur la base du diagnostic (réalisable dans ID77), de construire et d&amp;#039;élaborer un projet de territoire et le programme d&amp;#039;actions qui en découle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département met à disposition ses connaissances et ses compétences techniques au service de la collectivité pour aboutir à la constitution d&amp;#039;un programme
+ &lt;br /&gt;
+ d&amp;#039;actions prévisionnel qui pourrait être mis en œuvre et sur l&amp;#039;identification des financements potentiels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appui méthodologique (remise de documents méthodologiques, échanges avec la collectivité)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement/Conseil amont (à un PLU par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;ateliers thématiques à la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un programme d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au montage de projet (recherche de financement par exemple)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Accès aux services
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail :
+&lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+ id77&amp;#64;departement77.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/db38-accompagner-les-collectivites-dans-lelaborati/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>117146</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Approfondir la connaissance du territoire par un diagnostic territorial partagé</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités dans la connaissance de leur territoire à travers la réalisation d&amp;#039;un diagnostic territorial transversal et multidisciplinaire, partagé avec les acteurs locaux :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Réalisation d&amp;#039;un diagnostic territorial sur toutes les thématiques intéressant les collectivités (aménagement, culture, sport, solidarité, développement économique, tourisme, santé, environnement, transport...)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réunion de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission d&amp;#039;un diagnostic territorial sous format numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/20f8-approfondir-la-connaissance-du-territoire-par/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G232" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H232" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I232" s="1" t="inlineStr">
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I213" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K232" s="1" t="inlineStr">
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L232" s="1" t="inlineStr">
-[...1089 lines deleted...]
-      <c r="L239" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
 Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
 (coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
 Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
 coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
 territoire autour de projets menés en coopérations avec d’autres
 territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
 grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
 territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
 préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
 partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
 la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
 stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
 coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
 coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N239" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
@@ -42104,666 +38511,2668 @@
 Equipement public
 Réhabilitation
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Inclusion numérique
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O239" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P239" s="1" t="inlineStr">
+      <c r="P213" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q239" s="1" t="inlineStr">
+      <c r="Q213" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R239" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S239" s="1" t="inlineStr">
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T239" s="1" t="inlineStr">
+      <c r="T213" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U239" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>PETR DE L'ANJOU BLEU</t>
         </is>
       </c>
-      <c r="V239" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
         <is>
           <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
         </is>
       </c>
-      <c r="X239" s="1" t="inlineStr">
+      <c r="X213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y239" s="1" t="inlineStr">
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>leader@anjoubleu.com</t>
         </is>
       </c>
-      <c r="Z239" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
         </is>
       </c>
-      <c r="AA239" s="1" t="inlineStr">
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="240" spans="1:27" customHeight="0">
-      <c r="A240" s="1">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>103490</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets visant à atteindre les objectifs de développement durable et concourant à promouvoir la Francophonie</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif Actions internationales</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I214" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région accompagne les acteurs du territoire franciliens engagés à l&amp;#039;international dans des projets contribuant à atteindre les objectifs de développement durable (ODD) et concourant à promouvoir la Francophonie.
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant de l&amp;#039;aide et taux
+&lt;/h4&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;intervention régionale est établi au regard des dépenses éligibles du projet dans sa catégorie, sans pouvoir excéder 50% de ces dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif peut soutenir 2 catégories de projets au titre de l&amp;#039;action internationale :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    &lt;strong&gt;
+     Catégorie investissement
+    &lt;/strong&gt;
+    (construction/réhabilitation/aménagement/équipement) : à partir de 25.000€ de subvention régionale,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    &lt;strong&gt;
+     Catégorie fonctionnement
+    &lt;/strong&gt;
+    (formations/déplacements/salaires/fournitures/consommables) : à partir de 10.000€ de subvention régionale.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les projets soutenus au titre de la Francophonie , le montant de l&amp;#039;intervention régionale, d&amp;#039;un montant minimal de 25.000€, est établi au regard des dépenses d&amp;#039;investissement du projet, sans pouvoir excéder 80% de ces dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont fortement encouragés à mobiliser d&amp;#039;autres sources de financement, notamment des fonds européens.
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;br /&gt;
+ &lt;/p&gt;
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="M214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Les projets soutenus au titre de l&amp;#039;action internationale doivent concourir à l&amp;#039;atteinte d&amp;#039;un ou plusieurs des 17 objectifs de développement durable - Résolution adoptée le 25 septembre 2015 par l&amp;#039;Assemblée générale des Nations unies « Transformer notre monde : le Programme de développement durable à l&amp;#039;horizon 2030 » (Cf. programme 2030 ).
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Les projets soutenus au titre de la Francophonie doivent concourir à l&amp;#039;apprentissage de la langue française, au rayonnement de la culture francophone, à l&amp;#039;affirmation de nouvelles solidarités, à la promotion des échanges dans les secteurs de la recherche et de l&amp;#039;innovation et aux échanges économiques francophones conformément à la Stratégie adoptée en la matière (cf. délibération CR 2018-041 du 21 septembre 2018 ).
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+International
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les personnes morales de droit public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les fondations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises portant un projet non lucratif d&amp;#039;intérêt régional, relevant notamment de l&amp;#039;économie sociale et solidaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour pouvoir bénéficier de cette aide, les candidats doivent déposer leur dossier complet exclusivement sur la plateforme
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des pièces attendues,
+&lt;/p&gt;
+&lt;p&gt;
+ Des modèles de :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Trame de présentation de projet,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Trame de budget prévisionnel de projet,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Lettre d&amp;#039;engagement à recruter des stagiaires,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Attestation TVA ou minimis...
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T214" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/dispositif-actions-internationales</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:actionsinternationales&amp;#64;iledefrance.fr"&gt;
+ actionsinternationales&amp;#64;iledefrance.fr
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fd51-actions-internationales-et-francophonie/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>120795</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'achat de véhicules plus propres pour les communes et les professionnels</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif Véhicules propres - Acquisition de véhicules hydrogène par les petites entreprises</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a vocation à accompagner les entreprises et les communes dans l&amp;#039;achat de véhicules électriques, à hydrogène ou au gaz naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de renforcer l&amp;#039;action écologique de la Région, tous les modèles de voitures ne sont pas éligibles. Les voitures éligibles sont disponibles sur sur
+ &lt;a href="https://www.iledefrance.fr/toutes-les-actualites/vehicules-propres-les-aides-regionales-pour-les-particuliers-et-les-entreprises-evoluent-au-1er-janvier-2024" target="_self"&gt;
+  cette page
+ &lt;/a&gt;
+ , si leur prix ne dépasse pas 47 000 € avant aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ La location, ainsi que les véhicules d&amp;#039;occasion achetés auprès de particuliers, ne sont pas éligibles à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, un nombre limité de véhicules peut être subventionné par bénéficiaire, tel que détaillé dans le règlement téléchargeable ci-dessous (section V).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transition énergétique
+Qualité de l'air
+Biodiversité
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P215" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="R215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui est éligible ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises ayant leur siège en Île-de-France, comptant au plus 50 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes franciliennes de moins de 10.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quel est le montant de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les véhicules à motorisation électrique, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1.500€ pour les deux-roues, trois-roues et quadricycles
+ &lt;/li&gt;
+ &lt;li&gt;
+  6.000€ pour les voitures, camionnettes, véhicules spécialisés, inférieurs à 3,5 tonnes
+ &lt;/li&gt;
+ &lt;li&gt;
+  9.000€ pour les camions et tracteurs routiers, de plus de 3,5 tonnes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les véhicules roulant au gaz naturel, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  9.000€ pour les camions et tracteurs routiers, supérieurs ou égal à 3,5 tonnes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les véhicules à motorisation hydrogène, le montant de l&amp;#039;aide est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  15.000€ pour les voitures, véhicules spécialisés, inférieurs à 3,5 tonnes
+ &lt;/li&gt;
+ &lt;li&gt;
+  30.000€ pour les camionnettes, camions et tracteurs routiers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec toute aide publique donnée sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des aides publiques reçues pour cet achat ne doit pas dépasser 50 % du prix total du véhicule.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est au bénéficiaire de s&amp;#039;assurer qu&amp;#039;il respecte ce taux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T215" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/dispositif-vehicules-propres-acquisition-de-vehicules-hydrogene-par-les-petites-entreprises</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de contact sont disponibles via le lien vers le
+ &lt;a href="https://www.iledefrance.fr/aides-et-appels-a-projets/acquisition-de-vehicules-propres-par-les-communes-et-les-professionnels" target="_self"&gt;
+  descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef30-acquisition-de-vehicules-propres-par-les-prof/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G216" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K216" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N216" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U216" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V216" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y216" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z216" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA216" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
+        <v>164102</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - fiche action  8</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G217" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I217" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K217" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N217" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O217" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q217" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S217" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T217" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U217" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V217" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y217" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z217" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
+        </is>
+      </c>
+      <c r="AA217" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
+        <v>164101</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- fiche action 7</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I218" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Consommation et production
+Innovation, créativité et recherche
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O218" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q218" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S218" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T218" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U218" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y218" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z218" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA218" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
+        <v>163995</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la valorisation des ressources bois des territoires en optimisant les procédés de transformation</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Industrialisation Performante des Produits Bois (IPPB)</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La filière forêt-bois est un secteur stratégique pour l’atteinte des &lt;strong&gt;objectifs de la transition vers une économie décarbonée à 2050&lt;/strong&gt; et pour regagner en souveraineté industrielle, en cohérence avec le contrat stratégique de la filière bois 2023-2026.&lt;/p&gt;&lt;p&gt;Cet Appel à projets (AAP) vise à &lt;strong&gt;améliorer la valorisation des ressources bois des territoires&lt;/strong&gt;, en optimisant les procédés de transformation. Seront priorisés les projets mobilisant des bois feuillus et pour des usages à longue durée de vie.&lt;/p&gt;&lt;p&gt;3 axes sont définis :&lt;/p&gt;&lt;p&gt;Axe 1 : &lt;strong&gt;Valorisation des ressources bois, en priorité feuillues, issues de peuplements sous-exploités&lt;/strong&gt;, sinistrés, dépérissants et/ou vulnérables aux effets du changement climatique.&lt;/p&gt;&lt;p&gt;Axe 2 : &lt;strong&gt;Valorisation des ressources bois en fin de vie&lt;/strong&gt; pour un usage matière dans la construction, l’ameublement ou l’emballage&lt;/p&gt;&lt;p&gt;Axe 3 : &lt;strong&gt;Développement et optimisation des procédés de transformation du bois&lt;/strong&gt;, notamment sur le bois des feuillus, pour des usages à longue durée de vie, en particulier dans la construction&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP vise en priorité la valorisation du bois, qui pourra cependant être associée à d’autres matériaux (notamment biosourcés, géosourcés…).&lt;/p&gt;&lt;p&gt;Pour tout contact : &lt;a href="mailto:filierebois&amp;#64;ademe.fr"&gt;filierebois&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N219" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Bâtiments et construction
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O219" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S219" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U219" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z219" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/industrialisation-performante-des-produits-bois-ippb-1/</t>
+        </is>
+      </c>
+      <c r="AA219" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
+        <v>163965</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à des projets de réduction et de séquestration de carbone pour participer à l'objectif de neutralité carbone</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>Leyton</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Contexte&lt;/u&gt; : Les acteurs publics et privés doivent s&amp;#039;engager dans une démarche de décarbonation, encadrée de manière réglementaire par le Green Deal Européen et la Stratégie Nationale Bas Carbone , qui vise notamment à réduire les émissions de GES de 40% d&amp;#039;ici 2030 (vs. 1990) et à doubler nos puits de carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Méthodologie&lt;/u&gt; : Une fois que les acteurs publics et privés ont réalisé leur 1er Bilan Carbon, ils entament des actions de réduction de leur empreinte mais font face à des émissions résiduelles tous les ans. Réduire certaines émissions peut prendre du temps : absence de technologie, mobilisation des parties prenantes, etc. Cependant, il existe une solution temporaire en face de ces émissions résiduelles afin de contribuer à la neutralité carbone : La contribution carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Dispositif&lt;/u&gt; : Les acteurs peuvent financer des projets qui vont permettre de réduire ou de séquestrer des émissions de GES ailleurs en France ou à l&amp;#039;étranger. Ces projets vont permettre de réduire les émissions de CO2e globalement et vont présenter de nombreux autres avantages socio-économiques et de biodiversité en fonction du projet. Par leur action, ces acteurs recevront des crédits carbone, qu&amp;#039;ils pourront valoriser, au titre de leur engagement envers la neutralité mondiale, en complément de toutes les actions de réduction préalablement engagées.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Aide&lt;/u&gt; : LEYTON vous accompagne dans la recherche de ces projets au plus proche de vos territoires, de votre activité, de vos enjeux, ou de vos valeurs afin de maximiser votre impact stratégique, extra-financier, climatique, environnemental et social avec une communication maîtrisée et légitime.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;En France :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration de forêts incendiés,&lt;/li&gt;&lt;li&gt;Conversion de friches en forêts,&lt;/li&gt;&lt;li&gt;Changement de pratiques agricoles (intrants, couvert contenu, alimentation des bovins, etc.) pour accompagner la transition agro-écologique,&lt;/li&gt;&lt;li&gt;Diversification de pratiques agricoles (vergers)...&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Agriculture et agroalimentaire
+Biodiversité
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O220" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aucun critère&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S220" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T220" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U220" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V220" s="1" t="inlineStr">
+        <is>
+          <t>https://leyton.com/fr/progres-environnemental/contribution-carbone-volontaire/</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aurélie BARBOTIN - Mylène OBONE - Marc LA ROSA&lt;/p&gt;&lt;p&gt;carbonevolontaire&amp;#64;leyton.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y220" s="1" t="inlineStr">
+        <is>
+          <t>pdeniau@leyton.com</t>
+        </is>
+      </c>
+      <c r="Z220" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-a-des-projets-de-reduction-et-de-sequestration-de-carbone-pour-participer-a-lobjectif-de-neutralite-carbone/</t>
+        </is>
+      </c>
+      <c r="AA220" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>163962</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les impacts des activités maritimes et littorales dans une démarche d'économie circulaire</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°3 - Adapter, gérer et prévenir les impacts des activités maritimes et littorales dans une démarche d’économie circulaire avec des pratiques durables et respectueuses</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I221" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J221" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+pêche et l’aquaculture contribuant aux déchets générés, le GALPA a un rôle à
+jouer en favorisant la transition vers une économie circulaire. Ce type
+d’économie peut leur apporter de nombreux bénéfices, non seulement grâce à
+l’utilisation plus efficace des ressources locales, à la meilleure santé des
+écosystèmes aquatiques et à l’augmentation de la résilience de l’économie, mais
+aussi par les possibilités de créer plus de valeur ajoutée, ainsi que de
+nouveaux emplois qualifiés. &lt;/p&gt;&lt;p&gt;La
+lutte contre les déchets marins passe principalement par des actions de
+prévention des déchets à la source, mais aussi par une meilleure gestion des
+déchets terrestres. D’un point de vue recyclage des engins de pêche, la Loi
+Anti-Gaspillage concourt à notre participation à l’application de cette
+nécessaire « écologisation » de la filière pêche et aquaculture, sur le
+principe des 3 R : &lt;/p&gt;&lt;p&gt;•Réduire
+: limiter les apports de plastiques dans les milieux marins. •Réutiliser
+: les différents filets et poches à huîtres. Il s’agit ainsi de trouver des
+solutions de réutilisation de ces différents matériaux pour d’autres usages•Recycler
+: étudier l’ensemble des métiers utilisés par nos pêcheurs et ostréiculteurs,
+des différents matériaux et types de plastiques, afin de valoriser ce « déchet
+». •&lt;/p&gt;&lt;p&gt;Avec
+l’entrée en vigueur progressive de l’obligation de débarquement de toutes les
+captures, dans le but de limiter au maximum le rejet de poissons non désirés.,
+l’objectif est donc de trouver, dans une approche partenariale, une filière de
+valorisation de ces captures à l’échelle locale. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;La
+filière pêche et aquaculture, de l’aval à l’amont, est aujourd’hui forte
+utilisatrice de matériaux plastiques, carburants et autres produits chimiques.
+Il s’agira de trouver des solutions éco-responsables pour limiter les déchets
+issus des activités de la filière pêche et aquaculture, rechercher des
+solutions alternatives à l’utilisation de polystyrène pour la vente et la
+transformation des poissons, et réduire la consommation d’énergie et les
+émissions de carbone et soutenir des modes de production durables.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Développer
+des outils de gestion, de sensibilisation aux bonnes pratiques&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutenir
+des modes de production durables et rechercher des solutions alternatives aux
+matériaux utilisés&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Rechercher
+des potentiels de valorisation des coproduits de poissons et fruits de mer&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Engager
+une démarche d’économie circulaire des engins de pêche et du matériel
+ostréicole&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière de recyclage des engins de pêche&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Sensibilisation
+aux bonnes pratiques afin de diminuer les déchets marins &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+des solutions éco-responsables pour limiter les déchets&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place une filière à haute valeur des coproduits des poissons et fruits de
+mer&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Lutte
+et prévention des pollutions visibles, et également invisibles (produits
+chimiques) des cours d’eau et de la mer. &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Conception
+de solutions éco-responsables pour limiter les déchets issus de la filière
+pêche et aquaculture.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
+d’une pêche propre (biocarburants, hydrogène) &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutien
+à la création d’une filière de traitement des coproduits en partenariat avec
+les usines de transformation de notre territoire pour exploiter leurs
+coproduits en valorisant leurs propriétés nutritives, cosmétiques,
+pharmaceutiques des viscères, arrêtes, peaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière à haute valeur ajoutée des coproduits des produits de la mer et
+captures non-désirées&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+de nouvelles filières de recyclage, réutilisation et réduction des engins de
+pêche usagés&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P221" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q221" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S221" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T221" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-accompagner-la-commercialisation-et-la-consommation-des-produits-locaux-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>164111</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I222" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J222" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K222" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N222" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Consommation et production
+Risques naturels
+Qualité de l'air
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O222" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S222" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T222" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U222" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z222" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA222" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
+        <v>165521</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : réduire les ilots de chaleur grâce à la biodiversité</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+EUROPE - LIFE - Programme européen pour l'environnement et le climat
+ÉcoQuartier
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
+        </is>
+      </c>
+      <c r="G223" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K223" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’une des
+conséquences du changement climatique est notamment l’augmentation des
+températures, et ce d’autant plus dans les zones urbaines. Au-delà des
+émissions de gaz à effet de serre, les choix d’aménagement urbain ont également
+des effets amplifiant la surchauffe. L’ambition des Solutions fondées sur la nature (SfN) pour l’adaptation est
+de renforcer la résilience des territoires face aux impacts du changement
+climatique, en s’appuyant sur les écosystèmes, en dégageant un gain net en
+biodiversité, et peuvent être dans ce cas des alliés de taille. Par exemple en s’appuyant
+sur les services écosystémiques rendues par la végétation pour réduire la
+surchauffe en créant désimperméabilisant et végétalisant l’espace.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les
+territoires engagés s’appuient pour certains sur les SfN et sont accompagnés
+pour trouver les meilleurs partenaires dans cette démarche. En effet, ce
+programme permet d’accompagner les élu(e)s dans le diagnostic et l’élaboration
+d’un plan d’actions, ainsi que dans la recherche de financements et de
+partenaires. Dans ce cadre, le Cerema peut être un soutien de taille. Le projet
+Artisan accompagne également les projets de SfN, par un animateur dans chaque
+région, d’un réseau national d’acteurs et des ressources, il apporte ainsi de
+l’aide à la décision. Il propose également de la sensibilisation, de la
+formation, des ateliers pour accompagner la réflexion (ANT) et le financent des
+actions. Le programme TEN donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N223" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Santé
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Prévention des risques
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O223" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S223" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U223" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W223" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y223" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z223" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-reduire-les-ilots-de-chaleur-grace-a-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA223" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G224" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K224" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q224" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S224" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U224" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V224" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W224" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
+        <v>165519</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la stratégie une seule santé</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences régionales de santé (ARS)</t>
+        </is>
+      </c>
+      <c r="G225" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H225" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K225" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé
+humaine repose sur celle des écosystèmes. En effet, la biodiversité fournit des
+services écosystémiques indispensables à notre survie : production d’oxygène,
+régulation des températures, production d’aliments ou encore disponibilité de
+la ressource en eau. Préserver la santé de la biodiversité c’est garantir celle
+des êtres humains, et il est indispensable de les penser ensemble et non
+séparément.&lt;/p&gt;&lt;p&gt;L’approche « une seule santé » vise à maximiser toutes les santés
+en intégrant les domaines entre eux, et en surveillant et réduisant les
+pressions des activités humaines sur les écosystèmes. L’adoption de cette
+approche permet d’identifier des solutions répondant à la fois à des enjeux
+environnementaux et de santé humaine. Aussi, elle pourrait permettre de faire
+d’importantes économies en termes de santé publique. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens : l’ARS, la CPAM, la Mutuelle sociale Agricole. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N225" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Sols
+Espaces verts
+Espace public
+Friche
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O225" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S225" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U225" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V225" s="1" t="inlineStr">
+        <is>
+          <t>https://professionnels.ofb.fr/fr/annonce/conference-seule-sante-en-pratique?page=0</t>
+        </is>
+      </c>
+      <c r="W225" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66 91&lt;/p&gt;&lt;p&gt;Hauts-de-France&lt;/p&gt;&lt;p&gt;&lt;strong&gt;BEAUCHAMP Mélanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y225" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z225" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-strategie-une-seule-sante/</t>
+        </is>
+      </c>
+      <c r="AA225" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
+        <v>165531</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités territoriales pour la rénovation de leurs bâtiments tertiaires publics - Fonds CHÊNE - saison 6</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Fonds CHÊNE - saison 6</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l'Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="G226" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I226" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J226" s="1" t="inlineStr">
+        <is>
+          <t>La taux de subvention varie selon les typologies d'action et leurs bénéficiaires (bonus pour les communes rurales notamment)</t>
+        </is>
+      </c>
+      <c r="K226" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds CHÊNE apporte une aide financière aux collectivités territoriales (et assimilées) pour les accompagner dans la phase amont de leurs projets de rénovation énergétique. &lt;/p&gt;&lt;p&gt;A ce titre, le Fonds CHÊNE finance 5 grands lots d&amp;#039;actions complémentaires :&lt;br /&gt;- des postes d&amp;#039;économes de flux&lt;br /&gt;- des outils de suivi et de mesure des consommations&lt;br /&gt;- des études énergétiques&lt;br /&gt;- des études de MOE&lt;br /&gt;- des AMO techniques, juridiques, ou financières&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Financements d&amp;#039;un audit énergétique sur une école ; financement d&amp;#039;un poste d&amp;#039;économe de flux en charge du suivi des consommation de sa collectivité et de piloter des projets de rénovation ; financement de capteurs de température ; financement de la MOE pour la rénovation d&amp;#039;une piscine visant à réduire d&amp;#039;au moins 40% sa consommation d&amp;#039;énergie finale, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N226" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O226" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P226" s="1" t="inlineStr">
+        <is>
+          <t>13/11/2025</t>
+        </is>
+      </c>
+      <c r="Q226" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="R226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Etre une structure éligible à nos aides (collectivité territoriales ou assimilée, voir le détail dans le cahier des charges)  située en France&lt;/p&gt;&lt;p&gt;- Avoir un projet de rénovation énergétique pour son patrimoine tertiaire&lt;/p&gt;&lt;p&gt;- L&amp;#039;action, objet de la subvention, ne doit pas avoir été réalisée&lt;/p&gt;&lt;p&gt;- Respecter les critères d&amp;#039;éligibilité technique et calendaires indiqués dans le cahier des charges CHÊNE&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S226" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T226" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U226" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V226" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="W226" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.programme-cee-actee.fr/public/dossier</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;actee&amp;#64;fnccr.asso.fr&lt;/p&gt;&lt;p&gt;https://programme-cee-actee.fr/contact&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y226" s="1" t="inlineStr">
+        <is>
+          <t>so.potier@fnccr.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z226" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-territoriales-pour-la-renovation-de-leurs-batiments-tertiaires-publics/</t>
+        </is>
+      </c>
+      <c r="AA226" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
         <v>165515</v>
       </c>
-      <c r="B240" s="1" t="inlineStr">
+      <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
         </is>
       </c>
-      <c r="C240" s="1" t="inlineStr">
+      <c r="C227" s="1" t="inlineStr">
         <is>
           <t>Nouveaux lieux, nouveaux liens
 Cités éducatives
 Renaturation des villes
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D240" s="1" t="inlineStr">
+      <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E240" s="1" t="inlineStr">
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
 Agence Régionale de la Biodiversité (ARB) - La Réunion
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
         </is>
       </c>
-      <c r="G240" s="1" t="inlineStr">
+      <c r="G227" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H240" s="1" t="inlineStr">
+      <c r="H227" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K240" s="1" t="inlineStr">
+      <c r="K227" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L240" s="1" t="inlineStr">
+      <c r="L227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M240" s="1" t="inlineStr">
+      <c r="M227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
 biodiversité sont indispensables. Comprendre et transmettre l’importance de la
 biodiversité pour notre santé et nos activités, les pressions qu’elles
 rencontrent, et les outils pour mieux la préserver, sont nécessaires au
 changement de comportements et d’usages, tant individuels que collectifs.
 Rendre cet apprentissage ludique, tout en récréant du lien entre les
 habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
 peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
 tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
 divertissante et conviviale ; aussi ces évènements sont l’occasion de
 mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
 territoire. Cette programmation permet de travailler de façon transversale avec
 les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
 projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
 des inventaires naturalistes et établir des actions en faveur de la
 biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
 participatives (par exemple dans le cadre d’un Atlas de la biodiversité
 communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
 biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
 à prendre connaissance des initiatives déployées par des collectivités près de
 chez vous ! Le programme pourra en effet vous aider dans la recherche
 de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
 orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
 par le biais d’évènements, l’association la Fête de la Nature propose un
 kit de communication, ainsi que nombreuses ressources sur les activités et les
 acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
 partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
 d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
 titre. Le programme fournit également des ressources et des retours
 d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
 un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N240" s="1" t="inlineStr">
+      <c r="N227" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Sports et loisirs
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Paysage
 Accessibilité
 Animation et mise en réseau
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Milieux humides
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O240" s="1" t="inlineStr">
+      <c r="O227" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R240" s="1" t="inlineStr">
+      <c r="R227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S240" s="1" t="inlineStr">
+      <c r="S227" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U240" s="1" t="inlineStr">
+      <c r="U227" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V240" s="1" t="inlineStr">
+      <c r="V227" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/les-aires-educatives</t>
         </is>
       </c>
-      <c r="W240" s="1" t="inlineStr">
+      <c r="W227" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
-      <c r="X240" s="1" t="inlineStr">
+      <c r="X227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Un
 animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
 Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
 Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
 Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
 Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
 91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
 Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
 Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
 Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
 Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
 MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
 Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
 Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 54&lt;/p&gt;&lt;p&gt;FOUREST
 Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 66&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y240" s="1" t="inlineStr">
+      <c r="Y227" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z240" s="1" t="inlineStr">
+      <c r="Z227" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
         </is>
       </c>
-      <c r="AA240" s="1" t="inlineStr">
+      <c r="AA227" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="241" spans="1:27" customHeight="0">
-      <c r="A241" s="1">
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
         <v>165516</v>
       </c>
-      <c r="B241" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
         </is>
       </c>
-      <c r="D241" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E241" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - La Réunion
 Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
 Office Français de la Biodiversité (OFB)
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
         </is>
       </c>
-      <c r="G241" s="1" t="inlineStr">
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H241" s="1" t="inlineStr">
+      <c r="H228" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K241" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L241" s="1" t="inlineStr">
+      <c r="L228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M241" s="1" t="inlineStr">
+      <c r="M228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Afin de
 pouvoir établir une stratégie de préservation de la biodiversité de son
 territoire et de prioriser les actions, il est indispensable de connaître ledit
 territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
 enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
 leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
 territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
 de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
 d’un territoire peut prendre plusieurs formes et mettre en avant divers
 paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
 la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
 le territoire, ainsi que des milieux et des continuités écologiques,
 d’identifier et hiérarchiser les actions de préservation de cette biodiversité
 locale ; il est essentiel que ces
 inventaires s’appuient sur les partenaires locaux pour créer une synergie et
 une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
 de vulnérabilité reprend les spécificités du territoire, en termes notamment de
 risques face aux effets du changement climatique, afin d’établir une stratégie
 d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
 types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
 sociaux, économiques, culturels, politiques et territoriaux, permettant de
 croiser de multiples enjeux et d’orienter les politiques publiques locales de
 manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
 et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
 d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
 d’action à ce titre. Il facilite également l’identification et l’obtention de
 financements en ce sens. Enfin, il donne également accès à des ressources et
 des retours d’expériences riches d’inspiration et de partage de bonnes
 pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
 à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Un exemple
 inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
 (Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N241" s="1" t="inlineStr">
+      <c r="N228" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O241" s="1" t="inlineStr">
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R241" s="1" t="inlineStr">
+      <c r="R228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S241" s="1" t="inlineStr">
+      <c r="S228" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U241" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V241" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
         </is>
       </c>
-      <c r="W241" s="1" t="inlineStr">
+      <c r="W228" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
-      <c r="X241" s="1" t="inlineStr">
+      <c r="X228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Un(e)
 animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
 Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
 Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
 Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
 Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
 91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
 Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
 Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
 Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
 MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
 Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
 Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 54&lt;/p&gt;&lt;p&gt;FOUREST
 Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 66&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y241" s="1" t="inlineStr">
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z241" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
         </is>
       </c>
-      <c r="AA241" s="1" t="inlineStr">
-[...163 lines deleted...]
-      <c r="AA242" s="1" t="inlineStr">
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>