--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA163"/>
+  <dimension ref="A1:AA151"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1460 +228,405 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>10501</v>
+        <v>153883</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Fonds Départemental de développement (F2D)</t>
+          <t>Réaliser des équipements d'adduction et de rejet de l'eau de mer dans les zones d'activités maritimes</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Zones d&amp;rsquo;activités maritimes</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental du Gers</t>
+          <t>Conseil départemental de la Manche</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Intercommunalité / Pays</t>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
-[...2 lines deleted...]
- Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+ L&amp;#039;objectif est de réaliser des équipements d&amp;#039;adduction et de rejet de l&amp;#039;eau de mer dans les zones d&amp;#039;activités maritimes. Montant de l&amp;#039;aide : 20% du montant des travaux HT plafonnés à 500.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande doit être examinée par l&amp;#039;assemblée départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Eau potable
-[...65 lines deleted...]
-Limiter les déplacements subis
+          <t>Assainissement des eaux
 Mers et océans</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>Récurrente</t>
-[...12 lines deleted...]
-      <c r="R2" s="0" t="inlineStr">
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/zones-dactivites-maritimes/</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- • Les projets relevant des typologies suivantes sont prioritaires :
-[...35 lines deleted...]
- Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
-[...29 lines deleted...]
-      </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>ingenierie@gers.fr</t>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a0bf-zones-drsquoactivites-maritimes/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>14068</v>
+        <v>143403</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
+          <t>Préserver et nettoyer les milieux aquatiques  : collecter les déchets dans les milieux aquatiques et zones humides</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>ACTION 5.3.5 AIDE OPERATION NETTOYAGE</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>La Banque Postale</t>
+          <t>Office de l'eau Guadeloupe</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...2 lines deleted...]
-Collectivité d’outre-mer à statut particulier</t>
+Etablissement public dont services de l'Etat
+Association</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Prêt</t>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>PLAFOND 5000 euros</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
-[...14 lines deleted...]
- Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
+ L&amp;#039;objectif est de permettre la réalisation d&amp;#039;opération de préservation des milieux (nettoyages, collectes de déchets) mises en oeuvre dans des cadres scolaires ou associatifs (journée régionale de nettoyage du littoral et des fonds marins).
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>&lt;ul&gt;
-[...6 lines deleted...]
-  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
+          <t>&lt;p&gt;
+ Collecte de déchets dans les milieux aquatiques et zones humides
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Recyclage et valorisation des déchets
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations d&amp;#039;usagers, d&amp;#039;éducation et de protection de l&amp;#039;environnement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Associations déclarée et actives
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablissements scolaires, Communes et EPCI
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Guadeloupe</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eauguadeloupe.com</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OFFICE DE L&amp;#039;EAU GUADELOUPE
+ &lt;br /&gt;
+ Jardin Botanique de Basse-Terre
+ &lt;br /&gt;
+ Circonvallation
+ &lt;br /&gt;
+ Rue Alexandre Buffon
+ &lt;br /&gt;
+ 97100 BASSE-TERRE
+ &lt;br /&gt;
+ Mail :
+ &lt;a target="_self"&gt;
+  contact&amp;#64;oe971.fr
  &lt;/a&gt;
-&lt;/p&gt;
-[...52 lines deleted...]
-&lt;p&gt;
+ &lt;br /&gt;
+ standard : 0590 80 99 78
+ &lt;br /&gt;
+ télécopie : 0590 80 02 21
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
-[...90 lines deleted...]
-      </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>laurent.gautier-falret@labanquepostale.fr</t>
+          <t>cedric.vincent@oe971.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b83-preserver-et-nettoyer-les-milieux-aquatiques-/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>554</v>
+        <v>10198</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
-[...10 lines deleted...]
-          <t>DATAVIZ Cœur de Ville</t>
+          <t>Mener un projet de gestion durable de la ressource en eau</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
-        <is>
-[...856 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J9" s="1" t="inlineStr">
+      <c r="J4" s="1" t="inlineStr">
         <is>
           <t>Le taux maximal de la Région est de 20 % de l'assiette éligible. Il peut être porté jusqu'à 40% pour</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Omniprésente, l&amp;#039;eau contribue grandement à l&amp;#039;attractivité régionale. Cependant, le dynamisme démographique et touristique, associé à de nombreux usages économiques, exercent des pressions grandissantes sur la ressource, notamment avec les effets de l&amp;#039;évolution du climat.
 &lt;/p&gt;
 &lt;p&gt;
  Voté le 22 juin 2018 par la Région Occitanie, le présent dispositif d&amp;#039;intervention en faveur d&amp;#039;une gestion durable de la ressource en eau vise la poursuite   de ce développement économique, en contribuant à limiter les concurrences entre les usages et à utiliser  la ressource en eau de façon responsable. Il encourage en priorité des actions d&amp;#039;économies et de préservation de l&amp;#039;eau et l&amp;#039;optimisation de l&amp;#039;usage de la ressource ; il permet également de soutenir sous  certaines conditions, la mobilisation de ressources nouvelles.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif constitue un volet essentiel du Plan d&amp;#039;Intervention régional pour l&amp;#039;eau adopté par les élus régionaux en juin 2018.
 &lt;/p&gt;
 &lt;p&gt;
  Ne relèvent pas de ce dispositif d&amp;#039;intervention les opérations du petit cycle de l&amp;#039;eau :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de pose de réseau d&amp;#039;eau potable et d&amp;#039;amélioration de leurs rendements,
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;assainissement (collectif ou autonome),
  &lt;/li&gt;
  &lt;li&gt;
   de  protection des captages d&amp;#039;alimentation en eau  potable (dans  le  cadre  de  la mise en place des périmètres de protection).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le plancher minimal de subvention est de
  &lt;strong&gt;
   2 000 €
  &lt;/strong&gt;
  . En cas de co-financements Europe / Région, ce plancher pourra  être diminué.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Mers et océans</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les actions listées ci-après sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Gouvernance locale en faveur d&amp;#039;une gestion intégrée de la ressource en eau
  &lt;/li&gt;
  &lt;li&gt;
   Préservation de la qualité de la ressource en eau
  &lt;/li&gt;
  &lt;li&gt;
   Définition d&amp;#039;un plan d&amp;#039;action préalable à la réalisation de projets visant les économies d&amp;#039;eau, l&amp;#039;optimisation des ressources existantes ou la mobilisation de nouvelles ressources
  &lt;/li&gt;
  &lt;li&gt;
   Économies d&amp;#039;eau
  &lt;/li&gt;
  &lt;li&gt;
   Optimisation des ressources existantes
  &lt;/li&gt;
  &lt;li&gt;
@@ -1714,171 +659,6115 @@
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Cadre des opérations (opérations d&amp;#039;envergure régionale et/ou portant sur un périmètre cohérent d&amp;#039;intervention, échelle hydraulique cohérente)
  &lt;/li&gt;
  &lt;li&gt;
   Approche multi-usages
  &lt;/li&gt;
  &lt;li&gt;
   Préservation de la ressource
  &lt;/li&gt;
  &lt;li&gt;
   Proportionnalité des opérations
  &lt;/li&gt;
  &lt;li&gt;
   Acceptation sociale des projets
  &lt;/li&gt;
  &lt;li&gt;
   Préservation des milieux aquatiques, et plus globalement prise en compte des aspects connexes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Dispositif-regional-pour-la-gestion-durable-de-la-ressource-en</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Service Eau, Milieux Aquatiques et Risques Direction de la Transition Ecologique et Energétique
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site de Montpellier : Alexandre CARRIER : alexandre.carrier&amp;#64;laregion.fr / 04 67 22 93 08
 &lt;/p&gt;
 &lt;p&gt;
  Site de Toulouse : Anne NESPOULOUS : anne.nespoulous&amp;#64;laregion.fr Téléphone : 05 61 39 66 25
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/71ac-dispositif-regional-pour-la-gestion-durable-d/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>165258</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer de façon pérenne les fonctionnalités des habitats naturels marins et littoraux (études et travaux)</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux de restauration active des fonctionnalités des habitats naturels littoraux et marins</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient des travaux de restauration 
+pérenne des fonctionnalités des habitats naturels marins et littoraux 
+(réintroduction d’espèces ingénieurs ou pionnières), lorsque les 
+pressions responsables des dégradations sont maitrisées. Une forte 
+attention sera portée à la non-artificialisation des milieux naturels 
+par les travaux mis en œuvre.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q5" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études préalables fournissent des préconisations pour la 
+définition et la mise en œuvre d’opérations de réduction des pressions 
+et de restauration des habitats.&lt;/p&gt;
+&lt;p&gt;Les opérations et travaux devront avoir obtenu les autorisations 
+nécessaires auprès des services de l’État et/ou des propriétaires 
+privés.&lt;/p&gt;
+&lt;p&gt;Les actions doivent être inscrites dans le cadre de la stratégie du 
+territoire ou de démarches structurées et reconnues pour la biodiversité
+ telles qu’une stratégie ou un programme d’actions du territoire ou un 
+plan de gestion des aires protégées concernées.  &lt;/p&gt;
+&lt;p&gt;Le bénéficiaire prévoit de réunir un comité de pilotage une fois par 
+an pour présenter les avancées du projet à l’agence de l’eau, aux 
+partenaires et aux porteurs de la démarche territoriale locale (ex. 
+contrat, schéma d’aménagement et de gestion des eaux, aires marines 
+protégées, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq4-etudes-et-travaux-de-restauration-active-des-fonctionnalite.html</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-de-facon-perenne-les-fonctionnalites-des-habitats-naturels-marins-et-littoraux-etudes-et-travaux/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>165287</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Surveiller les eaux littorales dans le cadre des réseaux de suivi DCE et Mesures sur le milieu marin dans le cadre des réseaux de suivi DCSMM</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Mesures sur les eaux littorales dans le cadre des réseaux de suivi DCE et Mesures sur le milieu marin dans le cadre des réseaux de suivi DCSMM</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les réseaux de mesures contribuant aux 
+programmes de surveillance de la directive cadre sur l’eau (DCE) et de 
+la directive cadre stratégie pour le milieu marin (DCSMM).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q6" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-sur-les-eaux-littorales-dans-le-cadre-des-reseaux-d.html</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/surveiller-les-eaux-littorales-dans-le-cadre-des-reseaux-de-suivi-dce-et-mesures-sur-le-milieu-marin-dans-le-cadre-des-reseaux-de-suivi-dcsmm/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>165186</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études d’aide à la décision relatives aux stations de traitement des eaux usées</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision relatives aux stations de traitement des eaux usées</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne aide financièrement les 
+collectivités pour réaliser des études opérationnelles d’aide à la 
+décision en lien avec l’amélioration, la reconstruction ou l’extension 
+des ouvrages de traitement des eaux usées (études technico-économiques 
+et environnementales pour le choix de filière de traitement des eaux 
+usées).&lt;/p&gt;
+&lt;p&gt;L’objectif est de diminuer l’impact des rejets des effluents 
+domestiques sur l’eau et de restaurer certains usages sensibles 
+(baignades, production de coquillages et pêche à pied).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>30/12/0024</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études d’aides à la décision sont réalisées par un organisme 
+extérieur et indépendant de la collectivité et de son délégataire 
+(prestataire du délégataire également exclu).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass1-etudes-daide-a-la-decision-relatives-aux-stations-de-traite.html</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-daide-a-la-decision-relatives-aux-stations-de-traitement-des-eaux-usees/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>165187</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Traiter les eaux usées y compris des sous-produits d’épuration et réduire à la source la pollution par les micropolluants</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Traitement des eaux usées y compris des sous-produits d’épuration et réduction à la source de la pollution par les micropolluants</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne aide financièrement les 
+collectivités à mener des travaux d’amélioration, d’extension ou de 
+reconstruction des ouvrages de traitement des eaux usées y compris les 
+travaux de stockage et de traitement des boues.&lt;/p&gt;
+&lt;p&gt;Ces travaux visent à diminuer l&amp;#039;impact des rejets sur l’eau et à 
+préserver certains usages sensibles (baignade, production de 
+coquillages, pêche à pied).&lt;/p&gt;
+&lt;p&gt;L’agence de l’eau finance également les actions engagées par une 
+collectivité afin de réduire à la source les rejets de micropolluants. 
+Ces actions sont définies lors du diagnostic amont qui identifie les 
+potentiels émetteurs des micropolluants mesurés lors de la campagne RSDE
+ et défini un plan d’action pour réduire à la source leurs émissions. 
+Les stations de traitement spécifique des micropolluants ne sont pas 
+éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q8" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations sont conditionnées par un prix minimum de l’eau du service public de l’assainissement.
+&lt;/p&gt;&lt;p&gt;Quant aux travaux de traitement des eaux usées, ils sont identifiés 
+comme prioritaires dans le schéma directeur d’assainissement des eaux 
+usées au regard de la réduction des rejets polluants dans le milieu 
+naturel. Le schéma directeur repose sur une étude de diagnostic datant 
+de moins de 10 ans et conduit a minima au respect de la directive Eaux 
+Résiduaires Urbaines et du Sdage Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass1-traitement-des-eaux-usees-y-compris-des-sous-produits-depur.html</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/traiter-les-eaux-usees-y-compris-des-sous-produits-depuration-et-reduire-a-la-source-la-pollution-par-les-micropolluants/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>165256</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les fonctions écologiques des marais rétro littoraux (travaux)</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de restauration par curage sur les marais rétro-littoraux</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif vise à restaurer les fonctions écologiques des marais 
+rétro littoraux en éliminant les sédiments et en rétablissant leur rôle 
+de filtration de l&amp;#039;eau. L&amp;#039;agence de l&amp;#039;eau soutient financièrement et 
+techniquement ces travaux pour préserver la qualité de la ressource en 
+eau, soutenir la biodiversité et améliorer la résilience des écosystèmes
+ aquatiques et littoraux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q9" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux de restauration par curage sur les marais rétro littoraux
+ sont financés dans le cadre d’une démarche territoriale de l’agence de 
+l’eau.&lt;/p&gt;
+&lt;p&gt;Les travaux qui ont fait l’objet d’une aide de l’agence de l’eau au cours des 10 ans écoulés, ne sont pas éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq3-travaux-de-restauration-par-curage-sur-les-marais-retro-lit.html</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y9" s="1" t="inlineStr">
         <is>
-          <t>admin@test.com</t>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
       <c r="Z9" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/71ac-dispositif-regional-pour-la-gestion-durable-d/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-les-fonctions-ecologiques-des-marais-retro-littoraux-travaux/</t>
         </is>
       </c>
       <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:27" customHeight="0">
       <c r="A10" s="1">
+        <v>165257</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Réduire ou éviter les pressions sur les habitats littoraux et marins (études et travaux)</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux contribuant à réduire ou éviter les pressions sur les habitats littoraux et marins</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne la réalisation d’opérations ambitieuses 
+visant à préserver ou restaurer des habitats naturels marins 
+fonctionnels. Ces opérations doivent permettre la réduction ou la 
+suppression pérenne des pressions physiques responsables de la 
+dégradation des milieux littoraux et marins.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études préalables fournissent des préconisations pour la 
+définition et la mise en œuvre d’opérations de réduction des pressions 
+et de restauration des habitats.&lt;/p&gt;
+&lt;p&gt;Les opérations et travaux devront avoir obtenu les autorisations 
+nécessaires auprès des services de l’État et/ou des propriétaires 
+privés.&lt;/p&gt;
+&lt;p&gt;Les actions doivent être inscrites dans le cadre de la stratégie du 
+territoire ou de démarches structurées et reconnues pour la biodiversité
+ telles qu’une stratégie ou un programme d’actions du territoire ou un 
+plan de gestion des aires protégées concernées.  &lt;/p&gt;
+&lt;p&gt;Le bénéficiaire prévoit de réunir un comité de pilotage une fois par 
+an pour présenter les avancées du projet à l’agence de l’eau, aux 
+partenaires et aux porteurs de la démarche territoriale locale (ex. 
+contrat, schéma d’aménagement et de gestion des eaux, aires marines 
+protégées, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq4-etudes-et-travaux-contribuant-a-reduire-ou-eviter-les-press.html</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-ou-eviter-les-pressions-sur-les-habitats-littoraux-et-marins-etudes-et-travaux/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>90776</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Développer les ports de pêche, sites de débarquement, halles de criée et abris</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qualité, traçabilité, efficacité énergétique, environnement, sécurité (ports)
+	Prise en charge de toutes les captures débarquées (ports)
+	Construction ou modernisation des abris (ports)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements des halles à marée, des sites de débarquement et des abris permettant d&amp;#039;améliorer la prise en charge des produits dans le but de valoriser la qualité assurée par le producteur, d&amp;#039;en assurer la traçabilité, d&amp;#039;améliorer l&amp;#039;efficacité énergétique de la place portuaire halieutique, de réduire l&amp;#039;incidence de ses activités sur l&amp;#039;environnement ou encore de favoriser l&amp;#039;attractivité des métiers en améliorant les conditions de travail et de sécurité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en charge des produits soumis à l&amp;#039;obligation de débarquement dans des conditions optimales de sécurité, de qualité et d&amp;#039;ergonomie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les concessionnaires des ports de pêche, les gestionnaires des halles à marée, les concédants portuaires ou encore les autorités portuaires ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises privées, les organisations de pêcheurs ou autres bénéficiaires de projets collectifs, les collectivités territoriales et leurs groupements, portant et finançant un projet sur le domaine public portuaire, pour un usage collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande répond aux objectifs régionaux (document « PROEPP » à télécharger ci-dessous).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 12 000 € d&amp;#039;aides publiques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 600 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de candidature :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France » :
+ &lt;a href="http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP" rel="noopener" target="_blank"&gt;
+  http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous invitons alors à consulter régulièrement le site de la Région afin de prendre connaissance des mises à jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/ports-de-peche-sites-de-debarquement-halles-de-criee-et-abris</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gaëtan BAELEN - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+05 57 57 55 82
+Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+05 56 56 38 10
+&lt;/p&gt;
+&lt;p&gt;
+ Informations Région Nouvelle-Aquitaine : utiliser le formulaire &amp;#039;&amp;#039;Contactez-nous&amp;#039;&amp;#039; sur le site de la Région
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1268-ports-de-peche-sites-de-debarquement-halles-d/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>90876</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Développer une aquaculture respectueuse des milieux</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette mesure vise le développement d&amp;#039;une aquaculture respectueuse des milieux (investissements en faveur de mode de production biologique, réduisant les impacts négatifs sur l&amp;#039;environnement, renforçant la résilience des activités, augmentant l&amp;#039;efficacité énergétique, favorisant la conversion à des sources d&amp;#039;énergie renouvelables...).
+    &lt;/p&gt;
+    &lt;p&gt;
+     Les sous-mesures &amp;#039;&amp;#039;Environnement&amp;#039;&amp;#039; et &amp;#039;&amp;#039;Energie&amp;#039;&amp;#039; sont concernées par ce dispositif.
+    &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Mers et océans</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises aquacoles et leurs groupements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exploitations des établissements de formation aquacole pour des projets se rapportant à leur activité de production donnant lieu à une commercialisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pisciculteurs d&amp;#039;étang justifiant d&amp;#039;une production piscicole significative à titre commercial.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les entreprises d&amp;#039;élevages d&amp;#039;escargots et de production de plantes halophytes (salicorne, asters, oreilles de cochon...) et les entreprises de saliculture ne sont pas éligibles.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de 5 000 € d&amp;#039;aides publiques
+ &lt;br /&gt;
+ Plafond de 120 000 € d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez
+ &lt;a href="https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aquaculture-investissements-sous-mesures-environnement-et-energie" rel="noopener" target="_blank"&gt;
+  sur cette page
+ &lt;/a&gt;
+ le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure sur le site de «
+ l&amp;#039;Europe s&amp;#039;engage en France
+ » . Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aquaculture-investissements-sous-mesures-environnement-et-energie</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Elodie VANBRABANT - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche : 05 57 57 73 50
+  &lt;/li&gt;
+  &lt;li&gt;
+   Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche : 05 56 56 38 10
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/85a0-aquaculture-investissements-sous-mesures-envi/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>165245</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration est possible lorsque la région est un partenaire engagé dans la démarche territoriale.</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les programmes de sensibilisation aux 
+enjeux de l&amp;#039;eau qui visent l&amp;#039;atteinte des objectifs prioritaires du 12&lt;sup&gt;e&lt;/sup&gt;
+ programme en favorisant la mobilisation et l’action des acteurs locaux 
+dans leur diversité, au regard des enjeux prioritaires de leurs 
+territoires.&lt;/p&gt;&lt;p&gt;Nature et finalité :&lt;/p&gt;&lt;p&gt;L’objet de ces dispositifs d’aide est de favoriser :&lt;/p&gt;&lt;p&gt;• la compréhension,&lt;/p&gt;&lt;p&gt;• la prise de conscience,&lt;/p&gt;&lt;p&gt;• l’évolution des comportements,&lt;/p&gt;&lt;p&gt;• la mobilisation et l’action des acteurs locaux dans leur diversité, au regard des enjeux prioritaires de&lt;/p&gt;&lt;p&gt;leurs territoires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaire&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Public ou privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Programmes d’actions de sensibilisation dans le cadre des démarches territoriales&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation est décliné en application de la stratégie de territoire des&lt;/p&gt;&lt;p&gt;démarches territoriales de l’agence de l’eau : la stratégie de territoire comporte des objectifs de&lt;/p&gt;&lt;p&gt;sensibilisation et définit les publics cibles et enjeux éducatifs. Le programme d’actions en découle et&lt;/p&gt;&lt;p&gt;est validé par le comité de pilotage.&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation inscrite dans un Sage : le programme d’actions validé par&lt;/p&gt;&lt;p&gt;la Commission locale de l’eau.&lt;/p&gt;&lt;p&gt;• Les actions du programme de sensibilisation mobilisées répondent aux enjeux locaux.&lt;/p&gt;&lt;p&gt;Elles visent trois cibles :&lt;/p&gt;&lt;p&gt;• Les élus et les décideurs locaux,&lt;/p&gt;&lt;p&gt;• les usagers et riverains directement concernés par les projets mis en œuvre,&lt;/p&gt;&lt;p&gt;• enfin le grand public et les scolaires.&lt;/p&gt;&lt;p&gt;Les élus et les décideurs locaux y sont obligatoirement ciblés.&lt;/p&gt;&lt;p&gt;Actions de mobilisation de l’avis du public pendant les consultations prévues&lt;/p&gt;&lt;p&gt;réglementairement pour l’élaboration du Sdage&lt;/p&gt;&lt;p&gt;Les actions de mobilisation sont cohérentes avec la stratégie et le dispositif de communication arrêtée par le&lt;/p&gt;&lt;p&gt;comité de bassin pour la consultation du public.&lt;/p&gt;&lt;p&gt;Programmes régionaux conventionnés d’actions au bénéfice du volet « eau » en&lt;/p&gt;&lt;p&gt;éducation à l’environnement&lt;/p&gt;&lt;p&gt;• Le programme d’actions associe d’autres financeurs publics de l’éducation à l’environnement et/ou&lt;/p&gt;&lt;p&gt;une structure animatrice/porteuse d’un réseau régional de l’éducation à l’environnement,&lt;/p&gt;&lt;p&gt;• Les actions du « volet eau » du programme sont négociées annuellement avec l’agence de l’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-programmes-dactions-de-sensibilisation-dans-le-cadre-des-de.html</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>165260</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des habitats, frayères pour des espèces inféodées aux milieux aquatiques, humides ou marins (travaux)</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de restaurations des habitats, frayères pour des espèces inféodées aux milieux aquatiques, humides ou marins</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient les travaux de restauration 
+des milieux dégradés, des aires protégées et des continuités 
+écologiques, telles que les trames verte et bleue, afin de limiter les 
+pressions exercées sur les écosystèmes et de lutter contre l’érosion de 
+la biodiversité. Ce soutien vise à favoriser le retour ou le maintien 
+des espèces menacées inféodées aux milieux aquatiques, humides et 
+marins.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions financées sont exclusivement en lien avec une espèce 
+inféodée aux milieux aquatiques ou humides ou marins et doivent être 
+décrites soit :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;dans un plan national d’action (PNA) ou dans un plan régional d’action (PRA),&lt;/li&gt;&lt;li&gt;dans la liste rouge UICN (union internationale pour la conservation de la nature) nationale « menacée de disparition ».&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les actions interviennent prioritairement :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;dans le cadre d’une démarche territoriale de l’agence de l’eau,&lt;/li&gt;&lt;li&gt;ou d’une démarche structurée et reconnue sur la biodiversité.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les actions doivent être conformes aux préconisations des différents documents en lien avec l’espèce cible.&lt;/p&gt;
+&lt;p&gt;L’acquisition foncière préalable aux travaux est soumise à l’existence ou à la préparation d’un plan de gestion associé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq5-travaux-de-restaurations-des-habitats-frayeres-pour-des-esp.html</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-habitats-frayeres-pour-des-especes-infeodees-aux-milieux-aquatiques-humides-ou-marins-travaux/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>165188</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études d'aide à la décision pour le transfert des eaux usées dans le cadre du regroupement de stations</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Études d'aide à la décision pour le transfert des eaux usées dans le cadre du regroupement de stations</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne apporte une aide financière pour 
+réaliser les études technico-économiques et environnementales lorsqu’il 
+s’agit d’évaluer l’intérêt de regrouper certaines unités de traitement.&lt;/p&gt;
+&lt;p&gt;Ces études visent déterminer les actions les plus adaptées pour 
+réduire les rejets polluants des systèmes d’assainissement collectifs 
+des eaux usées existants en vue de diminuer leurs impacts sur l’eau et 
+de préserver certains usages sensibles (baignade, production de 
+coquillages, pêche à pied) tout en minimisant la consommation 
+énergétique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études d’aides à la décision sont réalisées par un organisme 
+extérieur et indépendant de la collectivité et de son délégataire 
+(prestataire du délégataire également exclu).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass2-etudes-daide-a-la-decision-pour-le-transfert-des-eaux-usees.html</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-daide-a-la-decision-pour-le-transfert-des-eaux-usees-dans-le-cadre-du-regroupement-de-stations/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>165174</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Proposer des paiements pour services environnementaux (PSE)</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Paiements pour services environnementaux (PSE)</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 80 Max : 90</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration portant le taux à 90 % peut être accordée dans le cadre de la solidarité urbain-rural.</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objet
+ de ce dispositif d’aide est de rémunérer les agriculteurs pour les 
+services environnementaux rendus, via la mise en place de pratiques 
+agricoles et d’aménagements paysagers favorables à la préservation de la
+ qualité et/ou la disponibilité de l’eau et de la biodiversité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q16" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide est apportée uniquement dans le cadre d’un accord de territoire.&lt;/p&gt;
+&lt;p&gt;Un co-financement minimum par la collectivité porteuse de l’action et/ou une autre collectivité compétente est obligatoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr3-paiements-pour-services-environnementaux-pse.html</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html" rel="noopener" target="_blank"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/paiements-pour-services-environnementaux-pse/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>165175</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études de filières</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Études de filières</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les études de filières (études 
+d’opportunité technique et environnementale, études de faisabilité 
+technico-économique, études de dimensionnement) permettant la 
+valorisation de productions, pour les filières et débouchés favorables à
+ la ressource en eau (qualité de l’eau, et/ou sobriété de son usage).&lt;/p&gt;
+&lt;p&gt;L’objectif de ce dispositif est de renforcer l’engagement de tous les
+ acteurs des filières (agricoles, agroalimentaires, cosmétique, 
+pharmaceutique, textile, de la construction…), intermédiaires et 
+transformateurs, pour que soient élaborées des solutions de changement 
+de système réalistes et viables.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q17" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Hors cadre du plan Ecophyto, la filière considérée porte sur une zone de
+ production agricole couvrant un ou plusieurs territoire(s) 
+prioritaire(s) doté(s) d’accord(s) de territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr4-etudes-de-filieres.html</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html" rel="noopener" target="_blank"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-de-filieres/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>142696</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la gestion patrimoniale de vos ouvrages portuaires et fluviaux</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;histoire et la complexité de votre patrimoine d&amp;#039;ouvrages ne vous permet pas d&amp;#039;en connaître précisément l&amp;#039;étendue et l&amp;#039;état ?
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour garantir la sécurité, la pérennité, les possibilités d&amp;#039;évolution de vos ouvrages et la disponibilité de vos installations stratégiques.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez élaborer une stratégie de gestion de votre patrimoine centrée sur vos enjeux ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez recenser et évaluer l&amp;#039;état et la fonctionnalité de vos ouvrages ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez disposer d&amp;#039;un programme de surveillance et de maintenance de vos ouvrages ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous avez besoin d&amp;#039;outils et de méthodes pour mener à bien un projet de maintenance ou de réparation ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour optimiser la gestion patrimoniale de vos ouvrages portuaires et fluviaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous assister dans votre rôle de Maître d&amp;#039;Ouvrage en déployant la méthode VSC (dite des
+ &lt;span&gt;
+  V
+ &lt;/span&gt;
+ isites
+ &lt;span&gt;
+  S
+ &lt;/span&gt;
+ implifiées
+ &lt;span&gt;
+  C
+ &lt;/span&gt;
+ omparées) développée par le Cerema :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Formation à la méthode ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support au déploiement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle des prestataires chargés de la mise en oeuvre de la méthode.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous accompagner
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition d&amp;#039;une stratégie de maintenance et de réparation, garante de la sécurité des usagers et ouvrages , ainsi que de l&amp;#039;exploitation actuelle et future des ouvrages.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous assister dans votre rôle de Maître d&amp;#039;Ouvrage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rédaction du cahier des charges, des diagnostics et investigations à mener ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle du dossier de diagnostic ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de préconisations de réparations et spécifications techniques associées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des offres techniques.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Région Bretagne
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Audit de déploiement de la méthode VSC sur les ports de Brest, Saint-Malo et Lorient à chaque étape de la démarche, déploiement effectué par un tiers.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Port de Dunkerque
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Assistance à la maîtrise d&amp;#039;ouvrage pour le déploiement méthodologique de la démarche VSC dédiée à la maintenance des infrastructures portuaires.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Côtes d&amp;#039;Armor, le Département
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Faisabilité d&amp;#039;une méthode de gestion pour les ports du département des Côtes d&amp;#039;Armor (évaluation stratégique et technique, surveillance, maintenance).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Connaissance de la mobilité
+Mers et océans
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/optimiser-gestion-patrimoniale-vos-ouvrages-portuaires</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e27-optimiser-la-gestion-patrimoniale-de-vos-ouvr/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>165274</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Aider la décision, pour une gestion résiliente, sobre et concertée de la ressource en eau (études)</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision pour une gestion résiliente, sobre et concertée de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les études et équipements nécessaires à 
+l’amélioration de la connaissance pour une gestion résiliente, sobre et 
+concertée de la ressource en eau. Ces études sont indispensables pour 
+mesurer les effets du dérèglement climatique et suivre les évolutions 
+prévisibles sur les milieux aquatiques en vue d’établir un état des 
+lieux partagé à partir de données locales.&lt;/p&gt;
+&lt;p&gt;L’agence accompagne les études d’aide à la décision notamment celles 
+abordant les volets sociologique, économique et financier de la gestion 
+de la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q19" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-etudes-daide-a-la-decision-pour-une-gestion-resiliente-sobr.html</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-la-decision-pour-une-gestion-resiliente-sobre-et-concertee-de-la-ressource-en-eau-etudes/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>165305</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les CLE du Sage pour l'animation et la communication</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Animation et communication de la CLE du Sage</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
+l’agence de l’eau finance la cellule d’animation de la commission locale
+ de l’eau (CLE). Son objectif est de soutenir l’élaboration, la mise en 
+œuvre ou la mise à jour (révision/modification) du Sage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-animation-et-communication-de-la-cle-du-sage.html</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-cle-du-sage-pour-lanimation-et-la-communication/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>165306</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études d’émergence de la gouvernance sur les territoires dépourvus de Sage</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Études d’émergence de la gouvernance sur les territoires orphelins</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les études d’émergence de la gouvernance sur 
+les territoires dépourvus de schémas d’aménagement et de gestion des 
+eaux (Sage).&lt;/p&gt;&lt;p&gt;Ces études proposées par un collectif d’acteurs locaux, sont portées par un acteur légitime et reconnu &lt;br /&gt;localement. Les objectifs et le contenu de l’étude sont précisés dans un cahier des charges validé par un &lt;br /&gt;comité de pilotage.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-demergence-de-la-gouvernance-sur-les-territoires-orp.html</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-etudes-demergence-de-la-gouvernance-sur-les-territoires-depourvus-de-sage/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>142695</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les sédiments de dragage fluviaux et marins</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes gestionnaire d&amp;#039;un port maritime ou de cours d&amp;#039;eau naturels ou artificiels et vous souhaitez définir une stratégie de dragage et promouvoir les filières de valorisation des sédiments.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confronté à la nécessité de draguer les fonds pour garantir les conditions de navigabilité ou prévenir les inondations, vous souhaitez faire les meilleurs choix en matière de technique de dragage et de gestion des sédiments, à terre, en mer ou en rivière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conscient de la rareté des ressources naturelles et des coûts des filières d&amp;#039;élimination en stockage des sédiments, vous souhaitez développer les filières de valorisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne aux différentes étapes de votre démarche en vous fournissant une expertise, adaptée à vos besoins en intervenant notamment pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La stratégie de dragage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prélever et caractériser chimiquement et mécaniquement les sédiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller dans le choix de la technique et de la période de dragage conformément à la réglementation et selon les conditions du milieu ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller dans les techniques de suivi de leurs impacts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Eclairer sur les dispositifs techniques et réglementaires actuels, de l&amp;#039;opération de dragage à la gestion des sédiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la concertation liée aux lieux de dragage et à leur évacuation et/ou valorisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - La valorisation à terre des sédiments :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identifier les filières de valorisation à terre des sédiments les plus adaptées à votre projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la conception et la mise en œuvre de filières innovantes des phases expérimentales de laboratoire et de terrain à la réalisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir et développer les filières de valorisation à terre (par exemple en technique routière, travaux maritimes, ballastières, aménagement et construction, agricoles).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/gerer-sediments-dragage-fluviaux-marins</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/320c-gerer-les-sediments-de-dragage-fluviaux-et-ma/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>90931</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes pêcheurs à s'installer en créant une entreprise de pêche</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assurer la relève générationnelle d&amp;#039;entreprises économiquement performantes, respectueuses de la ressource halieutique et économes en énergies sur des segments de flotte en équilibre. Il s&amp;#039;agit d&amp;#039;aider les jeunes à s&amp;#039;installer en créant une entreprise de pêche. Elle cible les activités de pêche rentables, compétitives et durables et en favorisant dans chaque segment les projets qui présentent la meilleure efficacité énergétique et la plus grande sélectivité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Mers et océans</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les jeunes pêcheurs :
+ &lt;strong&gt;
+  personne physique
+ &lt;/strong&gt;
+ qui souhaite acquérir pour la première fois un navire de pêche et qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à la date d&amp;#039;enregistrement du dépôt de la demande, est âgée de moins de 40 ans,
+ &lt;/li&gt;
+ &lt;li&gt;
+  a travaillé au moins cinq ans en tant que pêcheur ou a acquis une formation professionnelle équivalente,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dispose des brevets de commandement nécessaires pour son projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+ &lt;br /&gt;
+ Pour toute demande déposée à partir du 29 mars 2016, le dossier comporte une expertise maritime détaillant l&amp;#039;état du navire, son adaptation à l&amp;#039;activité projetée et une estimation des éventuels investissements à prévoir au regard de l&amp;#039;état du navire.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 75 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts liés à l&amp;#039;acquisition du navire équipé pour la pêche maritime
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le rachat de tout ou partie du capital social d&amp;#039;une société existante ou en création,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de matériel de pêche ou d&amp;#039;équipements dont le prix de cession est individualisé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études préalables à l&amp;#039;opération pouvant être de nature technique, scientifique, juridique, environnementale ou économique et frais de conseil.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+ &lt;br /&gt;
+ Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France »ci-dessous. Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP" rel="noopener" target="_blank"&gt;
+  http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/creation-dentreprise-pour-jeune-pecheur</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gaëtan BAELEN - Instructeur
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture :
+ 05 57 57 55 82
+&lt;/p&gt;
+&lt;p&gt;
+ Joëlle LIRIA-GIMENEZ - Secrétariat
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture :
+ 05 56 56 38 10
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit adresser sa demande d&amp;#039;aide écrite au : Conseil régional Nouvelle-Aquitaine
+&lt;/p&gt;
+&lt;p&gt;
+ Unité Pêche Aquaculture
+&lt;/p&gt;
+&lt;p&gt;
+ 14 rue François de Sourdis
+&lt;/p&gt;
+&lt;p&gt;
+ 33 077 BORDEAUX CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c40-creation-dentreprise-pour-jeune-pecheur/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>90932</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Limiter l’incidence de la pêche sur le milieu marin et les espèces marines</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     &lt;strong&gt;
+      Objectifs:
+     &lt;/strong&gt;
+    &lt;/p&gt;
+    &lt;p&gt;
+     Investissements à bord ou en matière d&amp;#039;équipements :
+	qui améliorent la sélectivité de l&amp;#039;engin de pêche vis-à-vis des espèces commerciales et leur survie
+	permettent de réduire l&amp;#039;incidence de la pêche sur les écosystèmes marins.
+    &lt;/p&gt;
+    &lt;p&gt;
+     Investissements à bord ou en matière d&amp;#039;équipements qui améliorent la sélectivité de l&amp;#039;engin de pêche vis-à-vis des espèces commerciales et leur survie :
+    &lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dispositifs de maillage supérieur à la législation en vigueur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements de grilles d&amp;#039;échappement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements de nappes séparatrices avec une sélectivité multiple
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Investissements en matière d&amp;#039;équipements permettant de réduire l&amp;#039;incidence de la pêche sur les écosystèmes marins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hameçons circulaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs de dissuasion acoustiques sur les filets à condition que soient adoptés toutes les mesures propres à éviter de causer des dommages physiques aux prédateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs d&amp;#039;exclusion des tortues
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Mers et océans</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Propriétaires de navires de pêche de l&amp;#039;Union européenne dont les navires sont enregistrés comme étant en activité et qui ont mené des activités de pêche en mer pendant au moins 60 jours au cours des deux années civiles précédent la date de présentation de la demande d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pêcheurs propriétaires de l&amp;#039;engin à améliorer et ayant travaillé à bord d&amp;#039;un navire de pêche de l&amp;#039;Union européenne pendant au moins 60 jours au cours des deux années civiles précédent la date de présentation de la demande d&amp;#039;aide ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comités régionaux, comités départementaux ou interdépartementaux des pêcheurs maritimes et des élevages marins
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond d&amp;#039;éligibilité de 80 000 € d&amp;#039;aides publiques
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France » :
+ &lt;a href="http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP" rel="noopener" target="_blank"&gt;
+  http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/limitation-de-lincidence-de-la-peche-sur-le-milieu-marin-et-adaptation-la</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gaëtan BAELEN - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche : 05 57 57 55 82
+  &lt;/li&gt;
+  &lt;li&gt;
+   Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche : 05 56 56 38 10
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a06f-limitation-de-lincidence-de-la-peche-sur-le-m/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>164304</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Réduire les pollutions des activités industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réduction des pollutions industrielles et artisanales est un objectif essentiel de l’agence de l’eau Adour-Garonne pour préserver la qualité de l&amp;#039;eau. &lt;/p&gt;&lt;p&gt;Pour répondre à cet enjeu, les aides proposées par l’Agence soutiennent des actions permettant de garantir un bon état écologique de l’eau. Elles prennent également en compte les impacts du changement climatique et l’émergence de nouvelles pollutions. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;Agence finance des opérations visant à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire/supprimer les pollutions à la source ; &lt;/li&gt;&lt;li&gt;Traiter les effluents ; &lt;/li&gt;&lt;li&gt;Maîtriser les risques de pollutions accidentelles et rejets 
+pluviaux ; &lt;/li&gt;&lt;li&gt;Développer les partenariats ; &lt;/li&gt;&lt;li&gt;Encourager les démarches de développement durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Artisanat
+Industrie
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q25" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+(à  titre d’exemple : entreprise, collectivité, association, 
+syndicat) exerçant une activité économique à caractère 
+industriel, commercial et artisanal ou en lien avec de telles 
+activités (hors secteur agricole et élevage (ou assimilé) traité 
+dans la politique de lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; s’inscrire dans un programme global de dépollution 
+comprenant une réflexion en termes d’économie d’eau 
+à l’échelle de l’établissement en identifiant les actions 
+réalisables et les réductions déjà effectives en intégrant 
+la trajectoire prospective d’adaptation au changement 
+climatique, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; être portés par une structure créée depuis plus de 2 ans 
+(sauf s’il y a continuité d’activité), &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; aboutir à une réduction de la pression du rejet sur la masse 
+d’eau et vérifier que le rejet projeté est compatible avec 
+l’objectif d’état de la masse d’eau réceptrice ou avec les 
+usages sensibles, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; pour les établissements générant des pollutions ponctuelles 
+(rejet au milieu naturel), &lt;/span&gt;s’inscrire dans un projet individuel 
+visant à respecter ou à aller au-delà de la réglementation 
+ou s’intégrer dans une opération collective partenariale, &lt;/li&gt;&lt;li&gt; pour les opérations concernant le traitement des micropolluants, les études pilotes et leurs résultats permettant 
+d’évaluer les filières de traitement doivent être validés par 
+un tiers expert indépendant et les traitements doivent être 
+issus d’études pilotes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/Fiche%20th%C3%A9matique_Industries_R%C3%A9duction%20des%20pollutions.pdf</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 - franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 - marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-1/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>164935</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'état des milieux aquatiques dans le cadre de projets citoyens</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération d’observation, de nettoyage, de replantation contribuant à améliorer la fonctionnalité et l’état des milieux aquatiques et de leur biodiversité (cours d’eau, plans d’eau, berges, arrière-plage, canaux, …).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-letat-des-milieux-aquatiques-dans-le-cadre-de-projets-citoyens/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>164934</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Former les citoyens de demain à une gestion durable et concertée de l’eau</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Interventions pédagogiques en milieu scolaire, périscolaire et extrascolaire visant la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/former-les-citoyens-de-demain-a-une-gestion-durable-et-concertee-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>24642</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Porter des projets de coopération avec des acteurs méditerranéens situés au Maroc, en Algérie et en Tunisie</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>L'aide régionale ne pourra être supérieure à 50% du coût total TTC du projet voire 60% pour les part</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Appel à projets - Coopération en Méditerranée 2020
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie/Pyrénées-Méditerranée affiche une véritable ambition méditerranéenne, qui se décline dans une dimension à la fois institutionnelle, économique, académique et culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;une des priorités de la Région Occitanie est de développer des actions de coopération concrètes avec les pays de la Rive Sud de la Méditerranée, et en particulier avec le Maghreb.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;inscrire ces partenariats dans une démarche inclusive et pérenne, la Région accompagne et soutient, à travers l&amp;#039;appel à projets « Coopération en Méditerranée » 2020, les acteurs de son territoire qui portent des projets de coopération avec des acteurs méditerranéens situés au Maroc, en Algérie et en Tunisie.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention régionale est attribuée pour une durée maximum de 3 ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Cohésion sociale et inclusion
+Innovation, créativité et recherche
+International
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Maroc
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La zone d&amp;#039;éligibilité couvre l&amp;#039;ensemble du territoire marocain. La priorité sera cependant donnée aux projets qui s&amp;#039;intègrent dans le cadre des partenariats institutionnels formalisés ou en cours de formalisation de la Région Occitanie : Région de Fès-Meknès, Région de Casablanca-Settat, Région de l&amp;#039;Oriental.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront s&amp;#039;inscrire dans les thématiques identifiées par la Région Occitanie et son partenaire marocain, qui sont précisées dans le règlement d&amp;#039;intervention figurant en annexe.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Tunisie et Algérie
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La zone d&amp;#039;éligibilité couvre l&amp;#039;ensemble des territoires tunisien et algérien. La Région Occitanie n&amp;#039;ayant pas développé de partenariats institutionnels formalisés dans ces pays, il n&amp;#039;y a pas de thématiques prioritaires fléchées pour les projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Cooperation-en-Mediterranee-2020</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie Pyrénées-Méditerranée Direction des Relations Européennes et Internationales « Appel à projets – Coopération en Méditerranée » 2020 Hôtel de Région 201 avenue de la Pompignane 34 064 Montpellier Cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Et par email à l&amp;#039;adresse suivante : cooperation.mediterranee&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;information, vous pouvez contacter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Clémence VIDAL Service Coopération Européenne, Solidarité et Relations Internationales Direction des Relations Européennes et Internationales Site de Montpellier
+&lt;/p&gt;
+&lt;p&gt;
+ Email : cooperation.mediterranee&amp;#64;laregion.fr Tél. : &amp;#43;33 (0)4 67 22 79 38
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/22c9-appel-a-projets-cooperation-en-mediterranee-2/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>162417</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre des actions de protection, connaissance et/ou mobilisation pour la préserver la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppe de subventions disponibles toute l'année, au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Parc Naturel Marin de Mayotte</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Parc naturel marin dispose d&amp;#039;une enveloppe dédiée aux projets visant à&lt;strong&gt; mobiliser la population, développer durablement les activités, améliorer les connaissances et/ou protéger  les écosystèmes marins. &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets doivent concourir à l&amp;#039;atteinte d&amp;#039;une ou plusieurs de ses &lt;a href="https://parc-marin-mayotte.fr/editorial/qui-sommes-nous" target="_self"&gt;sept orientations de gestion&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Cette enveloppe s&amp;#039;adresse à des &lt;strong&gt;organismes bien structurés &lt;/strong&gt;et ayant déjà fait l&amp;#039;objet d&amp;#039;un partenariat (de tout type : technique, financier via appel à projet, événementiel, etc.) avec le Parc naturel marin. &lt;/p&gt;&lt;p&gt;Les projets peuvent s&amp;#039;étaler sur une durée de &lt;strong&gt;3 ans maximum&lt;/strong&gt;. Le montant de la subvention n&amp;#039;est pas plafonné.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Définition et/ou déploiement de (liste non exhaustive) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Observatoires faune/flore &lt;/li&gt;&lt;li&gt;Programmes de sciences participatives&lt;/li&gt;&lt;li&gt;Mesures de protection d&amp;#039;habitats ou d&amp;#039;espèces&lt;/li&gt;&lt;li&gt;Programmes de sensibilisation impliquant la population (formation, chantiers participatifs, sciences participatives ...)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sports et loisirs
+Tourisme
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit être en relation avec une ou plusieurs des &lt;a target="_self"&gt;sept orientations de gestion&lt;/a&gt; du Parc naturel marin de Mayotte.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://parc-marin-mayotte.fr/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:parcmarin.mayotte&amp;#64;ofb.gouv.fr" target="_self"&gt;parcmarin.mayotte&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>apolline.abauzit@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-actions-de-protection-connaissance-et-ou-mobilisation-pour-la-preserver-la-biodiversite-marine/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>165259</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des habitats pour favoriser le retour ou le maintien des espèces menacées inféodées aux milieux aquatiques, humides et marins (études)</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables aux travaux de restauration des habitats</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient les études préalables à la 
+restauration des milieux dégradés, des aires protégées et des 
+continuités écologiques, telles que les trames verte et bleue, afin de 
+limiter les pressions exercées sur les écosystèmes et de lutter contre 
+l’érosion de la biodiversité. Ce soutien vise à favoriser le retour ou 
+le maintien des espèces menacées inféodées aux milieux aquatiques, 
+humides et marins.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q30" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions financées sont exclusivement en lien avec une espèce 
+inféodée aux milieux aquatiques ou humides ou marins et doivent être 
+décrites soit :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;dans un plan national d’action (PNA) ou dans un plan régional d’action (PRA),&lt;/li&gt;&lt;li&gt;dans la liste rouge UICN (union internationale pour la conservation de la nature) nationale « menacée de disparition ».&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les actions interviennent prioritairement :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;dans le cadre d’une démarche territoriale de l’agence de l’eau,&lt;/li&gt;&lt;li&gt;ou d’une démarche structurée et reconnue sur la biodiversité.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les actions doivent être conformes aux préconisations des différents documents en lien avec l’espèce cible.&lt;/p&gt;
+&lt;p&gt;Le cahier des charges de l’étude doit comporter une déclinaison 
+opérationnelle de celle-ci (plan de gestion, recommandation envers 
+l’espèce présente etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq5-etudes-prealables-aux-travaux-de-restauration-des-habitats.html</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-habitats-pour-favoriser-le-retour-ou-le-maintien-des-especes-menacees-infeodees-aux-milieux-aquatiques-humides-et-marins-etudes/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>163963</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les milieux et développer nos connaissances sur la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°4 - Impulser une dynamique partenariale pour restaurer les milieux et développer nos connaissances sur la biodiversité marine et les conséquences du changement climatique</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette
+fiche action est aujourd’hui un pilier incontournable pour garder une filière
+pêche et aquaculture attractive et en bon état écologique. Elle repose sur une
+volonté collective d’améliorer les connaissances du milieu marin, sa
+biodiversité et d’améliorer l’état écologique de nos littoraux, afin de
+préserver les ressources halieutiques. Il s’agit ainsi de s’appuyer sur
+l’Agenda 2030, notamment l’objectif 14 sur la vie aquatique « conserver et
+exploiter de manière durable les océans, les mers et les ressources marines aux
+fins du développement durable ». &lt;/p&gt;&lt;p&gt;En
+outre, il est nécessaire de pouvoir connaitre les conséquences du changement
+climatique sur la biodiversité, la faune et la flore, afin de pouvoir au mieux
+anticiper l’avenir de la filière pêche seinomarine, notamment les espèces qui y
+seront pêchées. Il s’agit donc de pouvoir identifier l’impact du changement
+climatique sur les espèces halieutiques et aquacoles locales pour s’y adapter,
+notamment en renforçant la coopération scientifique. On doit être en capacité
+de pouvoir vulgariser la connaissance du milieu marin pour une meilleure
+appropriation par les acteurs au niveau local des caractéristiques et des
+évolutions de nos eaux côtières. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;Le
+développement d’une conscience maritime suppose la sensibilisation et
+l’éducation de l’ensemble des publics (scolaires, grand public, élus, etc.), à
+la fois sur les aspects environnemental, économique, social et de gouvernance.
+Il est aujourd’hui important de développer une offre pédagogique à destination
+du grand public, des scolaires, des touristes. Ces actions d’éducation à
+l’environnement ont pour objectif de faire découvrir le monde de la mer,
+attirer les populations, même à proximité, à découvrir l’importance de
+l’écosystème marin, en mettant davantage l’accent sur la biodiversité et le
+caractère unique du littoral pour attirer les touristes. Plus spécifiquement, à
+destination du jeune public, il s’agira de développer l’éducation à la mer et une
+meilleure connaissance du milieu marin par le développement de projets
+éducatifs liés à la mer en particulier avec les lycées et les CFA.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Faire
+émerger des dynamiques collectives innovantes, expérimentales, partenariales
+(public/privé) pour une meilleure connaissance du milieu marin&lt;/li&gt;&lt;li&gt;Promouvoir
+l’excellence environnementale et assurer la protection des écosystèmes marins
+et côtiers&lt;/li&gt;&lt;li&gt;Développer
+une offre pédagogique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Prise
+en compte de l’environnement dans les actions de la filière pêche et
+aquaculture&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
+de l’excellence environnementale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la biodiversité marine, des milieux aquatiques et marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Approfondissement
+des connaissances des milieux marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Gestion
+durable des écosystèmes marins et côtiers&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Planification
+d’actions sur la conservation des ressources halieutiques et la protection des
+écosystèmes marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Séjour
+de classe de mer non prévu aux programmes de formation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Atlas
+de la biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
+d’une aire marine éducative&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une offre pédagogique&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place de nurseries et récifs artificiels&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Restauration
+des milieux et actions de préservation, repeuplements des eaux estuariennes et
+côtières&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place d’une école de biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Étude
+sur l’avenir de la filière pêche seinomarine et les conséquences du changement
+climatique&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q31" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-les-impacts-des-activites-maritimes-et-littorales-dans-une-demarche-deconomie-circulaire/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>90822</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Augmenter le potentiel des sites aquacoles</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif se divise en deux éléments :
+	Sous-mesure Amélioration, développement des installations de soutien et des infrastructures
+	Sous-mesure Actions menées pour éviter des dommages aquacoles
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous-mesure Amélioration, développement des installations de soutien et des infrastructures
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Moderniser ou développer des zones à vocation aquacole, y compris les ports conchylicoles, afin d&amp;#039;augmenter le potentiel des entreprises déjà existantes, favoriser l&amp;#039;installation de nouvelles entreprises aquacoles et réduire les incidences négatives sur l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous-mesure Actions menées pour éviter des dommages aquacoles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Actions collectives de capture, d&amp;#039;effarouchement ou de mise à mort de ces espèces pour prévenir les dommages importants aux productions aquacoles dans le cadre de dérogations accordées aux mesures de protection strictes de certaines espèces animales ou végétales de la faune et de la flore sauvages.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;h3&gt;
+ 1.PLANCHERS D&amp;#039;ELIGIBILITE
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Sous-mesure Amélioration, développement des installations de soutien et des infrastructures
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 300 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous-mesure Actions menées pour éviter des dommages aquacoles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 150 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ 2.NATURE DES ACTIONS INELIGIBLES
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous-mesure Amélioration, développement des installations de soutien et des infrastructures
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations de maintenance et de réparation des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et de viabilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Digues
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de matériel productif à usage non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous-mesure Actions menées pour éviter des dommages aquacoles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations de maintenance et de réparation des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel productif à usage non collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel d&amp;#039;occasion
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ 3.CRITERES DE SELECTION
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous-mesure Amélioration, développement des installations de soutien et des infrastructures
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opération permettant l&amp;#039;implantation de nouvelles entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet bénéficiant à un grand nombre d&amp;#039;entreprises de la profession ciblée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Professionnels associés au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet prévoyant de valoriser un espace déjà aménagé ou abandonné
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous-mesure Actions menées pour éviter des dommages aquacoles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prévision de diffusion des résultats de l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Association des professionnels au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévision d&amp;#039;un suivi des impacts des actions entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
+&lt;/p&gt;
+&lt;p&gt;
+ http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+&lt;/p&gt;
+&lt;p&gt;
+ Informations Région Nouvelle-Aquitaine : utiliser le formulaire &amp;#039;&amp;#039;Contactez-nous&amp;#039;&amp;#039; ci-dessous.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/augmentation-du-potentiel-des-sites-aquacoles</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adeline BOROT DE BATTISTI
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+ &lt;/li&gt;
+&lt;/ul&gt;
+05 57 57 50 93
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alizée ANGELINI
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+ &lt;/li&gt;
+&lt;/ul&gt;
+05 57 57 50 93
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/465c-augmentation-du-potentiel-des-sites-aquacoles/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>90821</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Transformer les produits de la pêche et de l'aquaculture</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Transformation des produits de la pêche et de l&amp;apos;aquaculture</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les objectifs de cette aide sont:
+&lt;/p&gt;
+&lt;p&gt;
+ Développement de la transformation des produits de la pêche et de l&amp;#039;aquaculture devant permettre l&amp;#039;amélioration de leur valorisation, avec un effet de levier sur l&amp;#039;amont de la filière ;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en œuvre de projets s&amp;#039;inscrivant dans le cadre de la transition écologique et énergétique et améliorant la sécurité et les conditions de travail ainsi que permettant d&amp;#039;adapter les processus de transformation innovants à des produits nouveaux, à la transformation des captures non désirées ou aux coproduits ainsi qu&amp;#039;aux signes de qualité ou aux produits issus de l&amp;#039;aquaculture biologique ;
+&lt;/p&gt;
+&lt;p&gt;
+ Développement (régions ultrapériphériques, Méditerranée et régions continentales) et adaptation (Manche-Atlantique) des entreprises de transformation des produits de la pêche et de l&amp;#039;aquaculture dans une perspective de transition écologique et énergétique. Favoriser le développement de la transformation des produits de la pêche et de l&amp;#039;aquaculture pour la fabrication de produits élaborés, ainsi qu&amp;#039;augmenter leur valeur ajoutée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q33" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2027</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bénéficiaire s&amp;#039;inscrivant dans une démarche environnementale reconnue (charte, certification entreprise, norme ISO...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet permettant l&amp;#039;émergence de nouveaux marchés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration des conditions de travail ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet en cohérence avec les orientations du Plan stratégique national pluriannuel de développement aquacole.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/transformation-des-produits-de-la-peche-et-de-laquaculture</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elodie VANBRABANT - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+ &lt;/li&gt;
+&lt;/ul&gt;
+05 57 57 73 50
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+ &lt;/li&gt;
+&lt;/ul&gt;
+05 56 56 38 10
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0887-transformation-des-produits-de-la-peche-et-de/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>163650</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Pêche et aquaculture - FEAMPA 2021/2027</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
+Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
+	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
+	la protection et la restauration des écosystèmes marins et littoraux,
+	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
+	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
+	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères seront précisés suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Transition énergétique
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
+Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
+	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
+	la protection et la restauration des écosystèmes marins et littoraux,
+	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
+	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
+	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/peche-et-aquaculture-feampa-20212027</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Union Européenne et la Région Nouvelle-Aquitaine soutiennent les filières de la pêche et de l’aquaculture sur la période 2021 – 2027 au travers du FEAMPA (Fonds européen pour les affaires maritimes, la pêche et l’aquaculture).
+Toutes les informations ci-après sont susceptibles d&amp;#039;évoluer. Les modalités (bénéficiaires, critères et montants) seront précisées suite à l&amp;#039;adoption du Programme National FEAMPA, prévue pour le second semestre 2022. Soutenir :
+	une pêche responsable d’un point de vue environnemental, attractive et à forte valeur ajoutée,
+	la protection et la restauration des écosystèmes marins et littoraux,
+	une aquaculture exemplaire en matière d’environnement, de qualité sanitaire et d’innovation,
+	la valorisation et la transformation des produits et coproduits de la pêche et de l’aquaculture,
+	le développement d’une économie bleue durable dans le cadre du développement locale mené par les acteurs locaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/peche-et-aquaculture-feampa-2021-2027/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>163961</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°2 - Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J35" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face
+à une demande des consommateurs pour les produits et services de qualité, cette
+2ème fiche action est indissociable de
+la première pour garantir et maintenir la qualité de notre territoire. Elle
+repose donc sur l’offre de commercialisation et de consommation avec le
+développement de synergies et de mise en réseau entre les acteurs et filières à
+l’intérieur comme à l’extérieur du territoire.&lt;/p&gt;&lt;p&gt;Il
+s’agira de conforter et animer la démarche de circuits courts existante en
+augmentant le nombre de producteurs concernés et le nombre de lieux. La vente
+directe est un réel moyen de valoriser les produits, mais aussi le savoir-faire
+et les métiers, auprès de consommateurs friands des produits locaux. Afin de
+faciliter la vente directe, il sera nécessaire d’améliorer les conditions de
+vente en matière de structuration des étals, qui protégeront les vendeurs,
+consommateurs et produits. &lt;/p&gt;&lt;p&gt;Premier
+metteur en marchés des espèces halieutiques locales, la Criée de Fécamp Côte
+d’Albâtre organise des ramasses sur l’ensemble du littoral Normand. Il s’agit
+ainsi d’assurer la cohésion dans les sites de débarquement, à l’échelle de
+Fécamp et du Tréport, et bien au-delà avec un partenariat possible entre les
+criées normandes. Au-delà, il s’agira de structurer une offre de
+commercialisation globale sur notre territoire, pour élargir la vente et
+valoriser les produits de la mer. En partenariat avec les organismes de
+formation, des compétences spécifiques liées à la vente et à la préparation du
+produit pourraient être développés afin de permettre une montée en puissance du
+secteur. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;D’un
+point de vue de la consommation de produits locaux issus de la pêche et de
+l’aquaculture, elle est assez basse sur notre territoire. Il est primordial de
+faire découvrir nos produits aux consommateurs locaux en coordonnant le secteur
+de la pêche avec la restauration collective des structures publiques pour
+mettre à l’honneur les poissons locaux dans leurs cuisines. À cela, s’ajoute
+une volonté de faire mettre en avant par les chefs cuisiniers locaux les
+produits de la mer, avec la création de recettes emblématiques de notre
+territoire.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Renforcer
+les circuits courts et la vente directe&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Accompagner
+les restaurateurs locaux dans l’utilisation de produits de la mer locaux&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Améliorer
+la commercialisation des espèces locales&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Augmentation
+des points de vente des produits de la mer locaux &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
+de l’offre de commercialisation des produits de la mer sur notre territoire&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
+de la consommation locale des produits issus de la filière pêche et aquaculture
+locale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la visibilité des produits de la mer sur le territoire&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Progression
+des conditions de vente directe de produits halieutiques en matière de
+structuration des étals, notamment avec des étals/halles à poissons&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
+de partenariats avec des chefs cuisiniers reconnus autour d’un produit de la
+mer &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
+de la part de produits locaux issus de la pêche et aquaculture dans la
+préparation des restaurants et de la restauration collective.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
+des sites de débarquement liée à la commercialisation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la visibilité auprès du consommateur la vente directe et les circuits courts&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Commerces et services
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Artisanat
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q35" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>90771</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Développer la pêche et aquaculture locale</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les mesures de développement local par les acteurs locaux (DLAL) visent à renforcer l&amp;#039;implication des acteurs sur leur territoire, en lien avec les autres filières.
+&lt;/p&gt;
+&lt;p&gt;
+ Les 4 GALPA (Groupe d&amp;#039;Action Locale Pêche et Aquaculture) retenu en Nouvelle-Aquitaine sont chargés de définir une stratégie de développement maritime destinée à faire émerger des projets porteurs. Le FEAMP cofinance la mise en œuvre concrète de ces stratégies, ainsi que les actions d&amp;#039;animation.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Association
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivité territoriale et établissement public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissement d&amp;#039;enseignement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exploitant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jeune
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier répond aux objectifs du GALPA.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 25 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/peche-et-aquaculture-developpement-par-les-acteurs-locaux</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si vous avez un projet, merci de vous rapprocher du GALPA présent sur votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France » : http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vos contacts GALPA:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ GALPA La Rochelle / 05 46 30 35 10 / marie-laure.isler&amp;#64;agglo-larochelle.fr
+&lt;/p&gt;
+&lt;p&gt;
+ GALPA Marennes Oléron / 05.46.75.23.89 / g.mossot&amp;#64;marennes-oleron.com
+&lt;/p&gt;
+&lt;p&gt;
+ GALPA Pays Bassin d&amp;#039;Arcachon Val de l&amp;#039;Eyre / 05 57 73 08 49 / dlal&amp;#64;paysbarval.fr
+&lt;/p&gt;
+&lt;p&gt;
+ GALPA Côte Basque - Sud Landes / 05 59 47 65 49 / dlal.cbsl&amp;#64;cidpmem6440.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Informations Région Nouvelle-Aquitaine : utiliser le formulaire &amp;#039;&amp;#039;Contactez-nous&amp;#039;&amp;#039; (voir lien vers le descriptif complet)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2a21-peche-et-aquaculture-developpement-par-les-ac/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>90875</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Augmenter la valeur ajoutée des produits de la mer et leur qualité (FEAMP)</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dispositif FEAMP (fonds européen pour les affaires maritimes et la pêche)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Augmenter la valeur ajoutée des produits et leur qualité en adaptant à bord la gestion des captures non désirées et en privilégiant les projets en lien avec la valorisation à bord et à terre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements innovants à bord destinés à améliorer la qualité des produits de la pêche ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements à terre permettant aux pêcheurs de valoriser la qualité de leurs produits avant la vente (aménagements, équipements et matériel de stockage, de conservation, de manutention, de tri visant à maintenir la qualité des produits et à prendre en charge les captures non désirées.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Industrie
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises ou groupements d&amp;#039;entreprises de la pêche, y compris les pêcheurs à pied ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propriétaires de navires de pêche de l&amp;#039;Union européenne, y compris les armateurs ou fréteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisations de producteurs (OP), associations d&amp;#039;OP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures représentant la filière pêche (Comité national, Comité régionaux et Comités départementaux ou interdépartementaux des pêches maritimes et des élevages marins...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les investissements à bord, les bénéficiaires doivent être propriétaires d&amp;#039;un navire de pêche enregistré au fichier de flotte et qui a mené des activités de pêche en mer pendant au moins 60 jours au cours des deux années civiles précédant la date de présentation de la demande. Ce navire doit également utiliser des engins de pêche sélectifs destinés à limiter autant que possible les captures non désirées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 40 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rachat d&amp;#039;entreprises ou achat de parts de capital social d&amp;#039;une entreprise ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations conduisant à une augmentation de la capacité de pêche du navire :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement de matériel à l&amp;#039;identique, matériel d&amp;#039;occasion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/valeur-ajoutee-qualite-des-produits-utilisation-des-captures-non-desirees</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Gaëtan BAELEN - Instructeur
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture :
+   05 57 57 55 82
+ &lt;/li&gt;
+ &lt;li&gt;
+  Joëlle LIRIA-GIMENEZ - Secrétariat
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture : 05 56 56 38 10
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01b8-valeur-ajoutee-qualite-des-produits-utilisati/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>163926</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°1 - Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture, pour en faire un atout environnemental, économique, culturel et touristique</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide met l’accent sur la promotion des métiers de la mer et des
+produits, un pilier incontournable pour garder un territoire vivant et attractif. Il vise
+à créer de la richesse économique, environnementale et sociale par la valorisation
+conjointe de produits de qualité du territoire, les métiers et le tourisme. Cette fiche
+action contribue à revitaliser la filière pêche et aquaculture, nos territoires littoraux
+et contribuer à améliorer l’image des gens de mer. Cette image vivante du
+territoire, associée à la richesse de son passé halieutique, est au centre de
+l’attractivité du territoire et de son potentiel d’attractivité. Il est donc important de
+structurer l’offre touristique bleue et durable, pour attirer les touristes sur notre
+territoire.
+En parallèle, le nombre de professionnels de la pêche et de l’aquaculture, que ce
+soit en mer comme à terre a fortement baissé depuis ces dernières années, et la
+moyenne d’âge des pêcheurs est élevée. L’attrait des métiers est de plus en plus
+difficile, et la transmission des entreprises, notamment pour les marins-pêcheurs
+devient un problème primordial pour les années à venir. Il est nécessaire de donner
+les moyens à la mise en avant des métiers et des formations liés à la pêche et à
+l’aquaculture (y compris le mareyage, la vente, la poissonnerie, etc.) afin d’attirer
+de nouveaux professionnels, en reconversion professionnelle ou en formation
+initiale et de permettre à chacun de se faire sa propre opinion sur les métiers de la
+pêche et de l’aquaculture.
+Il s’agira également d’enrichir et diversifier l’offre de produit de qualité à partir des
+ressources halieutiques pêchées et élevées sur notre territoire… qui ne sont pas
+encore valorisées. Il s’agira de soutenir les démarches collectives de promotion qui
+visent en particulier à développer les liens entre produits, savoir-faire et territoire
+et donc à renforcer la notoriété conjointe des produits et du territoire. Des efforts
+spécifiques de communication et sensibilisation doivent ainsi permettre de faire
+connaître et comprendre aux consommateurs la singularité et la spécificité de ses
+produits (qui combinent leur qualité à un lieu singulier)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter la population à s’orienter vers
+les métiers de la pêche et de l’aquaculture, valorisant l’image des gens de mer&lt;/li&gt;&lt;li&gt; Soutenir les démarches collectives de
+valorisation et promotion des produits de la pêche et de l’aquaculture &lt;/li&gt;&lt;li&gt;Développer une offre touristique bleue et
+durable, de découverte des activités maritimes&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accroissement des formations maritimes
+dans l’orientation des jeunes, des femmes et des personnes en réinsertion &lt;/li&gt;&lt;li&gt;&lt;span&gt;Amélioration de l’environnement
+économique de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accroissement des démarches de qualité
+(label, IGP, promotion) pour les produits de la mer locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’une offre touristique
+bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement
+d’actions de sensibilisation et de communication aux métiers en mer comme à
+terre&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+de partenariats entre les acteurs socio-professionnels de la filière pêche et
+aquaculture, la formation et l’emploi&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien
+des savoir-faire et des compétences de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coordination
+entre le secteur de la pêche et le tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+d’une identité touristique « Côte d’Albâtre » en lien avec la filière pêche et
+aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+d’actions de valorisation et promotions des produits de la mer locaux (label,
+IGP, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
+à la création de nouvelles filières de valorisation et de promotion de produits
+de la mer « méconnus »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
+à la mise en place de concours culinaire visant à promouvoir les métiers
+et  des produits&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre
+en valeur les savoir-faire locaux et artisanaux de l’ensemble de la filière&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q38" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture-pour-en-faire-un-atout-environnemental-economique-culturel-et-touristique/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>165283</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer et partager les connaissances en recherche et développement, innovation, expérimentation</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Recherche et développement, innovation, expérimentation</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance la recherche et développement 
+(R&amp;amp;D) orientée vers l’atteinte des objectifs du Sdage. L’innovation 
+et la R&amp;amp;D sont soutenues lorsque leur finalité est opérationnelle, 
+et liée à des spécificités thématiques ou géographiques propres à un ou 
+plusieurs bassins-versants du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q39" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-recherche-et-developpement-innovation-experimentation.html</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-et-partager-les-connaissances-en-recherche-et-developpement-innovation-experimentation/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>165284</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Suivre les produits phytosanitaires dans les eaux dans le cadre d’Écophyto</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Mesures de suivi des produits phytosanitaires dans les eaux dans le cadre d’Écophyto</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la mise en œuvre du plan Écophyto, l’agence de l’eau 
+Loire-Bretagne finance la mise en place et la réalisation de suivis des 
+produits phytosanitaires dans les eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q40" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-de-suivi-des-produits-phytosanitaires-dans-les-eaux.html</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/suivre-les-produits-phytosanitaires-dans-les-eaux-dans-le-cadre-decophyto/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>90947</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives des lycéens et des apprentis dans le domaine de la transition écologique et énergétique - Sciences Grandeur Nature</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Sciences Grandeur Nature</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Le dispositif &amp;#34;Sciences Grandeur Nature&amp;#34; a pour objectif de soutenir les initiatives des lycéens et des apprentis dans le domaine de la transition écologique et énergétique.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+    &lt;/p&gt;
+    &lt;p&gt;
+     A travers cet appel à manifestation d&amp;#039;intérêt, la Région Nouvelle-Aquitaine souhaite, avec ses partenaires (Rectorats et DRAAF),
+     &lt;strong&gt;
+      encourager les lycéens et les apprentis à devenir des acteurs du changement en proposant dans leur établissement un projet
+     &lt;/strong&gt;
+     visant à :
+    &lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Découvrir les sciences
+  &lt;/strong&gt;
+  par la pratique expérimentale et par l&amp;#039;expérientiel d&amp;#039;un site naturel ou de production d&amp;#039;énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   et/ou :
+  &lt;/em&gt;
+  &lt;strong&gt;
+   Débattre des enjeux
+  &lt;/strong&gt;
+  relatifs à l&amp;#039;érosion de la biodiversité et au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q41" s="1" t="inlineStr">
+        <is>
+          <t>08/07/2028</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent se dérouler au cours des
+ &lt;strong&gt;
+  années scolaires 2020-2021 et 2021-2022.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers déposés seront étudiés tout au long de l&amp;#039;année, et les aides votées lors des différentes Commissions Permanentes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appel à manifestation d&amp;#039;intérêt est destiné aux lycéens et apprentis des niveaux infra bac et des classes de brevets de techniciens supérieurs (BTS), au sein des établissements suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lycées publics et privés sous contrat d&amp;#039;association avec l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lycées de l&amp;#039;enseignement agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maisons Familiales et Rurales (MFR)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements Régionaux d&amp;#039;Enseignement Adapté (EREA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centres de Formation d&amp;#039;Apprentis (CFA)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus seront sélectionnés suivant 4 critères principaux :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Un projet inscrit dans la vie de l&amp;#039;établissement : projet adopté en Conseil d&amp;#039;administration et inséré dans le cadre de l&amp;#039;action du Comité à l&amp;#039;Education à la Santé et à la Citoyenneté (CESC)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un projet se déroulant dans l&amp;#039;établissement ou à proximité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un ou une référent.e identifié.e pour la conduite et la coordination du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet des lycéens et apprentis devra intégrer :
+  &lt;/li&gt;
+ &lt;/ol&gt;
+ Une approche scientifique : temps dédié à la découverte des sciences par la pratique expérimentale et par l&amp;#039;expérience vécue sur un site naturel ou de production d&amp;#039;énergie
+&lt;p&gt;
+ Une mise en débat des enjeux, de leurs représentations et des solutions opérationnelles
+&lt;/p&gt;
+&lt;p&gt;
+ Un engagement concret en faveur de la biodiversité ou du climat dans l&amp;#039;établissement ou son environnement proche
+&lt;/p&gt;
+&lt;p&gt;
+ Une communication et une valorisation du projet
+&lt;/p&gt;
+&lt;p&gt;
+ Un échange entre établissements (critère facultatif).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dossier de demande d&amp;#039;aide est à télécharger ci-dessous, compléter et adresser :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  par courrier postal (voir plus bas)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   ou par courrier électronique suivant la répartition départementale
+  &lt;/p&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Départements 16, 17, 79, 86 : M. Julien Montepini - 05 17 84 36 76 - julien.montepini&amp;#64;nouvelle-aquitaine.fr
+   &lt;/li&gt;
+   &lt;li&gt;
+    Départements 33, 40, 47, 64 : Mme. Hélène Durand - 05 57 57 50 27-  helene.durand&amp;#64;nouvelle-aquitaine.fr
+   &lt;/li&gt;
+   &lt;li&gt;
+    Départements 19, 23, 24, 87 : M. Claude Chabrol - 05 55 45 17 59 - claude.chabrol&amp;#64;nouvelle-aquitaine.fr
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A NOTER : Soutien au montage du projet
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet peut être développé en lien avec une structure d&amp;#039;éducation à l&amp;#039;environnement (association disposant d&amp;#039;animateurs professionnels, formés à la pédagogie, ou expérimentés) qui pourra accompagner l&amp;#039;établissement dans le montage du projet, et le cas échéant, être présent pendant son déroulement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association
+ &lt;strong&gt;
+  Graine Nouvelle-Aquitaine
+ &lt;/strong&gt;
+ peut être contactée pour bénéficier d&amp;#039;un accompagnement gratuit, par un professionnel de l&amp;#039;éducation à l&amp;#039;environnement, afin d&amp;#039;imaginer votre projet, définir des objectifs et des actions, choisir et organiser le partenariat avec une structure locale d&amp;#039;éducation à l&amp;#039;environnement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/sciences-grandeur-nature</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Graine Nouvelle- Aquitaine - Jason Lapeyronie - jason.lapeyronie&amp;#64;graine-nouvelle-aquitaine.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Transition Ecologique et Territoires
+Direction de l&amp;#039;environnement
+14 rue François de Sourdis, CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 50 27 ou 05 57 57 80 58.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fdd-sciences-grandeur-nature/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>165263</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une structuration de la gestion de l’eau (missions d’appui)</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’appui à la mise en place d’une structuration de la gestion de l’eau</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration est possible dans le cadre de la solidarité urbain rural et d’un programme d’actions conclu dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
+intercommunale à structurer leurs compétences au-delà des obligations 
+réglementaires. La structuration doit permettre aux collectivités d’être
+ opérationnelles, de porter des programmes d’actions ambitieux sur le 
+petit et le grand cycles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P42" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q42" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-missions-dappui-a-la-mise-en-place-dune-structuration-de-la.html</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-une-structuration-de-la-gestion-de-leau-missions-dappui/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
         <v>381</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un prêt secteur public - PSP</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>PSP</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Agence Française de Développement (AFD)
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissement de long terme.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Caractéristiques du prêt :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type de prêt : prêt au secteur public
 &lt;/p&gt;
 &lt;p&gt;
  Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
 &lt;/p&gt;
 &lt;p&gt;
  Montant : pas de montant maximal de prêt
 &lt;/p&gt;
 &lt;p&gt;
  Durée : de 3 à 25 ans, avec possibilité de différé
 &lt;/p&gt;
 &lt;p&gt;
  Taux : prêt à taux fixe ou taux variable
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;instruction : 0,5 %
 &lt;/p&gt;
 &lt;p&gt;
  Amortissement : constant
 &lt;/p&gt;
 &lt;p&gt;
  Échéances : trimestrielles, semestrielles ou annuelles
 &lt;/p&gt;
 &lt;p&gt;
  Mobilisation des Fonds : possible dès la signature de la convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
@@ -1900,503 +6789,4641 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations d&amp;#039;investissement du secteur public local, sous forme de projet, programme ou financement budgétaire.
 &lt;/p&gt;
 &lt;p&gt;
  Tous secteurs d&amp;#039;intervention des bénéficiaires (aménagement, énergie, déchets, équipements, transports, eau et assainissement, agriculture, santé etc.)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence régionale du Pacifique :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>belliotl@afd.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa29-pret-secteur-public-psp/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G11" s="1" t="inlineStr">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>164932</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser aux enjeux de l’eau</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Evènementiel (festival, concours, hackathon…), support physique, numérique ou artistique visant à sensibiliser tout public aux enjeux de la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>164936</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les acteurs publics dans l’identification de projet sur l’eau émanant des citoyens</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toute opération valorisant la contribution des citoyens, intégrant des phases d’analyse sociologique, de tables rondes, débats d’idées, de prototypage d’idées.&lt;br /&gt;L’instruction de la demande portera en particulier sur l’intégration de livrables de type : rapport d’étonnement et d’idées, scénario d’usage, feuille de route…&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-acteurs-publics-dans-lidentification-de-projet-sur-leau-emanant-des-citoyens/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>163962</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les impacts des activités maritimes et littorales dans une démarche d'économie circulaire</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°3 - Adapter, gérer et prévenir les impacts des activités maritimes et littorales dans une démarche d’économie circulaire avec des pratiques durables et respectueuses</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+pêche et l’aquaculture contribuant aux déchets générés, le GALPA a un rôle à
+jouer en favorisant la transition vers une économie circulaire. Ce type
+d’économie peut leur apporter de nombreux bénéfices, non seulement grâce à
+l’utilisation plus efficace des ressources locales, à la meilleure santé des
+écosystèmes aquatiques et à l’augmentation de la résilience de l’économie, mais
+aussi par les possibilités de créer plus de valeur ajoutée, ainsi que de
+nouveaux emplois qualifiés. &lt;/p&gt;&lt;p&gt;La
+lutte contre les déchets marins passe principalement par des actions de
+prévention des déchets à la source, mais aussi par une meilleure gestion des
+déchets terrestres. D’un point de vue recyclage des engins de pêche, la Loi
+Anti-Gaspillage concourt à notre participation à l’application de cette
+nécessaire « écologisation » de la filière pêche et aquaculture, sur le
+principe des 3 R : &lt;/p&gt;&lt;p&gt;•Réduire
+: limiter les apports de plastiques dans les milieux marins. •Réutiliser
+: les différents filets et poches à huîtres. Il s’agit ainsi de trouver des
+solutions de réutilisation de ces différents matériaux pour d’autres usages•Recycler
+: étudier l’ensemble des métiers utilisés par nos pêcheurs et ostréiculteurs,
+des différents matériaux et types de plastiques, afin de valoriser ce « déchet
+». •&lt;/p&gt;&lt;p&gt;Avec
+l’entrée en vigueur progressive de l’obligation de débarquement de toutes les
+captures, dans le but de limiter au maximum le rejet de poissons non désirés.,
+l’objectif est donc de trouver, dans une approche partenariale, une filière de
+valorisation de ces captures à l’échelle locale. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;La
+filière pêche et aquaculture, de l’aval à l’amont, est aujourd’hui forte
+utilisatrice de matériaux plastiques, carburants et autres produits chimiques.
+Il s’agira de trouver des solutions éco-responsables pour limiter les déchets
+issus des activités de la filière pêche et aquaculture, rechercher des
+solutions alternatives à l’utilisation de polystyrène pour la vente et la
+transformation des poissons, et réduire la consommation d’énergie et les
+émissions de carbone et soutenir des modes de production durables.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Développer
+des outils de gestion, de sensibilisation aux bonnes pratiques&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutenir
+des modes de production durables et rechercher des solutions alternatives aux
+matériaux utilisés&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Rechercher
+des potentiels de valorisation des coproduits de poissons et fruits de mer&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Engager
+une démarche d’économie circulaire des engins de pêche et du matériel
+ostréicole&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière de recyclage des engins de pêche&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Sensibilisation
+aux bonnes pratiques afin de diminuer les déchets marins &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+des solutions éco-responsables pour limiter les déchets&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place une filière à haute valeur des coproduits des poissons et fruits de
+mer&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Lutte
+et prévention des pollutions visibles, et également invisibles (produits
+chimiques) des cours d’eau et de la mer. &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Conception
+de solutions éco-responsables pour limiter les déchets issus de la filière
+pêche et aquaculture.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
+d’une pêche propre (biocarburants, hydrogène) &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutien
+à la création d’une filière de traitement des coproduits en partenariat avec
+les usines de transformation de notre territoire pour exploiter leurs
+coproduits en valorisant leurs propriétés nutritives, cosmétiques,
+pharmaceutiques des viscères, arrêtes, peaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière à haute valeur ajoutée des coproduits des produits de la mer et
+captures non-désirées&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+de nouvelles filières de recyclage, réutilisation et réduction des engins de
+pêche usagés&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q46" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-accompagner-la-commercialisation-et-la-consommation-des-produits-locaux-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>95045</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer la gouvernance et la structuration de maîtrise d'ouvrage de projets structurants dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer la gouvernance et la structuration de maitrise d’ouvrage de projets structurants dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Appui à l&amp;#039;animation de sages
+Plafond de 45 0000 € /an pour le salaire et 5 000 € pour les frais de fonctionnement /an, étude au cas par cas
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide régionale  à l&amp;#039;animation en complément de l&amp;#039;aide des Agences de l&amp;#039;Eau dans la limite de 80 % d&amp;#039;aide publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide aux études à 20% maximum dans la limite de 80% d&amp;#039;aide publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Structurer la maitrise d&amp;#039;ouvrage sur les grands axes fluviaux
+Subvention variable selon les statuts, les besoins et la gouvernance de l&amp;#039;EPTB
+Aide aux études à 20 % maximum dans la limite de 80 % d&amp;#039;aide publique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P47" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structures porteuses des SAGE : collectivités, associations. EPTB
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Animation des SAGE en cours d&amp;#039;élaboration ou mis en œuvre.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude nécessaire à l&amp;#039;élaboration/mise en œuvre des SAGE.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la structuration des EPTB sur les bassins d&amp;#039;intérêts régionaux à enjeu de maîtrise d&amp;#039;ouvrage.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude nécessaire à l&amp;#039;élaboration et mise en œuvre des travaux des EPTB (inventaire, analyse hydraulique..) non couverte par les autres dispositifs régionaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Dépenses salariales (salaire brut chargé &amp;#43; enveloppe forfaitaire pour les dépenses d&amp;#039;accompagnement) dans la limite d&amp;#039;un animateur (1 ETP) par SAGE. Subvention pluriannuelle/ adhésion régionale aux EPTB. Dépenses pour les études nécessaires à l&amp;#039;élaboration/mise en œuvre des SAGE. Dépenses pour les études nécessaires à l&amp;#039;élaboration et la mise en œuvre des travaux des EPTB (inventaire, analyse hydraulique..) non couvertes par les autres dispositifs régionaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appuyer-gouvernance-structuration-de-maitrise-douvrage/</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0088/depot/simple</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adeline ALBRECHT : 03.88.15.67.84 / adeline.albrecht&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : 03 87 33 67 65 / francis.vogin&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Moselle (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Camille BARTHE : 03 87 33 67 62 / camille.barthe&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sophie PAYER : 03 26 70 31 68 / spayer&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2f8d-appuyer-la-gouvernance-et-la-structuration-de/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>143285</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Limiter les rejets en mer (diagnostics portuaires et plans d’actions)</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...7 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Objectifs :
+  Votre besoin
+  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+ Les gestionnaires portuaires vont être incités à réaliser des diagnostics environnementaux et à mettre en place des actions en faveur de la réduction des pollutions portuaires, via la mise en œuvre de différentes politiques publiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Programme de mesures de la Directive Cadre Stratégie Milieu Marin, qui comporte plusieurs actions en faveur de l&amp;#039;amélioration de l&amp;#039;état environnemental des ports : diminution des rejets liés aux opérations de carénage, amélioration des dispositifs de collecte et de gestion des déchets portuaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les SDAGE, qui prévoient la limitation ou la suppression des rejets en mer et comportent également des mesures dédiées à la limitation des rejets de carénage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Services Police de l&amp;#039;Eau des départements littoraux peuvent quant à eux imposer, au titre de la Loi sur l&amp;#039;eau, la réalisation de ce type de diagnostics aux gestionnaires portuaires, notamment lors de l&amp;#039;instruction des dossiers de demande d&amp;#039;autorisation de dragage.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, les Agences de l&amp;#039;Eau peuvent financer des actions préventives et curatives concourant à la réalisation des objectifs des SDAGE.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Caractéristiques du prêt :
+  La réponse du Cerema
+  &lt;br /&gt;
  &lt;/strong&gt;
- &lt;br /&gt;
-[...34 lines deleted...]
-convention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sur le volet préventif, le Cerema est à même d&amp;#039;assister les acteurs portuaires dans la réalisation des diagnostics environnementaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Synthèse et analyse des données de qualité des sédiments portuaires (à partir des bases de données Dragage et REPOM et des données locales)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des rejets liés aux activités portuaires et aux rejets industriels spécifiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de l&amp;#039;adéquation des systèmes de traitement des effluents de carénage avec les besoins nautiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des types de déchets collectés sur la zone portuaire et analyse de l&amp;#039;adéquation de la collecte avec les besoins liés à l&amp;#039;activité portuaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sur le volet curatif, le Cerema peut intervenir pour la définition et la mise en œuvre de programmes d&amp;#039;actions visant à limiter les rejets dans les zones portuaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Optimisation des dispositifs de traitement des effluents de carénage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation des dispositifs de collecte des déchets portuaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation des usagers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Cerema travaille en lien avec les gestionnaires portuaires, les collectivités locales, les services instructeurs (DIRM, DREAL, DDTM), et les organismes publics concernés (Agences de l&amp;#039;Eau, AFB..).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
+Appui méthodologique
+Valorisation d'actions
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rejets-mer-diagnostics-portuaires-plans-actions</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f07c-limiter-les-rejets-en-mer-diagnostics-portuai/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>165281</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Organiser des colloques scientifiques et techniques d'échanges d'expérience et d'information pour l'atteinte du bon état des eaux</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Colloques scientifiques et techniques</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
+des connaissances dans le cadre de l’organisation de colloques 
+scientifiques et techniques d&amp;#039;échanges d&amp;#039;expérience et d&amp;#039;information. 
+Leur objet doit concerner un ou plusieurs enjeux prioritaires pour 
+l&amp;#039;atteinte du bon état des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Patrimoine et monuments historiques
-[...33 lines deleted...]
-Economie locale et circuits courts
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P49" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q49" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-colloques-scientifiques-et-techniques.html</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/organiser-des-colloques-scientifiques-et-techniques-dechanges-dexperience-et-dinformation-pour-latteinte-du-bon-etat-des-eaux/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>165282</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études de connaissance générale et prospective</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Études de connaissance générale et prospective</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
+des connaissances ayant pour finalité de permettre des actions 
+efficientes pour atteindre les objectifs environnementaux du Sdage. Les 
+approches transversales et multithématiques sont encouragées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P50" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-etudes-de-connaissance-generale-et-prospective.html</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-de-connaissance-generale-et-prospective/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>165308</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et bilan de la démarche territoriale</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Études et bilan de la démarche territoriale</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les études de territoire identifiant les 
+enjeux locaux permettant l&amp;#039;élaboration d&amp;#039;une stratégie concertée et un 
+programme d’actions ainsi que le bilan de la démarche engagée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-etudes-et-bilan-de-la-demarche-territoriale.html</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-bilan-de-la-demarche-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>165309</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des missions d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin d’assurer un dialogue et une concertation apaisée sur les 
+territoires, l’agence de l’eau accompagne les porteurs de projets pour 
+des prestations ponctuelles d’appui et conseil en sciences sociales sur 
+les usages, les représentations et les concertations liés à 
+l’environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-dingenierie-de-la-participation-et-de-la-concertat.html</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-dingenierie-de-la-participation-et-de-la-concertation/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>165310</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des missions de coordination et d’appui thématique - communication</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Missions de coordination et d’appui thématique - communication</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau finance les 
+missions de coordination et d’animation thématiques nécessaires pour 
+mettre en œuvre le programme d’actions issus d’une stratégie concertée. 
+La communication permettant la promotion de la démarche territoriale est
+ également soutenue.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-de-coordination-et-dappui-thematique-communication.html</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-de-coordination-et-dappui-thematique-communication/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>165195</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études préalables à la fiabilisation ou à la mise en œuvre de l’autosurveillance</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables à la fiabilisation ou à la mise en œuvre de l’autosurveillance</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne aide financièrement les 
+collectivités pour réaliser les études préalables à la mise en œuvre de 
+l’autosurveillance des systèmes d’assainissement de taille &amp;lt; 2000 
+équivalents habitants, ou les études visant à prendre en compte de 
+nouvelles obligations réglementaires d&amp;#039;équipements d’autosurveillance, 
+ou encore à fiabiliser les équipements existants.&lt;/p&gt;
+&lt;p&gt;Le dispositif d’aide permet de s’assurer que les équipements 
+d’autosurveillance financés répondent aux obligations règlementaires et 
+garantissent des mesures fiables et donc valorisables.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass4-etudes-prealables-a-la-fiabilisation-ou-a-la-mise-en-oeuvre.html</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-prealables-a-la-fiabilisation-ou-a-la-mise-en-oeuvre-de-lautosurveillance/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>165196</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de mise en œuvre ou de fiabilisation de l’autosurveillance (hors renouvellement)</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de mise en œuvre ou de fiabilisation de l’autosurveillance (hors renouvellement)</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les 
+collectivités pour les travaux de mise en œuvre des dispositifs 
+d’autosurveillance des systèmes d’assainissement de taille inférieur à 
+2000 équivalents habitants, ainsi que les points de rejets directs par 
+les réseaux d’assainissement (eaux usées et unitaires) soumis à de 
+nouvelles obligations réglementaires (arrêtés préfectoraux, …)&lt;/p&gt;
+&lt;p&gt;L’agence accompagne également la fiabilisation des équipements d’autosurveillance existants (hors renouvellement)&lt;/p&gt;
+&lt;p&gt;Le dispositif d’aide permet de s’assurer que les dispositifs 
+d’autosurveillance financés répondent aux obligations réglementaires et 
+garantissent des mesures fiables et donc valorisables.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q55" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass4-travaux-de-mise-en-oeuvre-ou-de-fiabilisation-de-lautosurve.html</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-de-mise-en-oeuvre-ou-de-fiabilisation-de-lautosurveillance-hors-renouvellement/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>165264</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Région</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les études à caractère exploratoire ou 
+décisionnel à l’échelle départementale ou stratégique qui visent à 
+améliorer la connaissance, les documents de référence, les schémas 
+directeurs à l’échelon départemental ou interdépartemental.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P56" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q56" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par2-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-d.html</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-departementale-ou-strategique/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>165266</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner techniquement la sensibilisation et l’animation de réseaux d’acteurs</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’appui technique, de sensibilisation et d’animation de réseaux d’acteurs</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le partenariat de l’agence de l’eau avec les structures, apportant un 
+accompagnement technique auprès des maîtres d’ouvrage et des acteurs 
+locaux, doit permettre de maintenir ou de créer une dynamique de bassin 
+sur des sujets à forts enjeux. La mise en réseau des maîtres d’ouvrages 
+territoriaux doit permettre d’assurer la cohérence technique des 
+projets, de faciliter les retours d’expériences et de diffuser les 
+connaissances afin d’atteindre les objectifs prioritaires du programme 
+d’intervention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par4-missions-dappui-technique-sensibilisation-animation-reseaux.html</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-techniquement-la-sensibilisation-et-lanimation-de-reseaux-dacteurs/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>10107</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, restaurer et valoriser les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>Le taux maximal de la Région est de 20% de l'assiette éligible. Il peut être porté jusqu'à 40% pour</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec 74 000 km de cours d&amp;#039;eau, près de 35 500 zones humides et 40 000 ha de lagunes méditerranéennes, la région Occitanie a la chance de bénéficier de milieux aquatiques nombreux, variés et pour certains remarquables en terme de biodiversité.  Le bon fonctionnement de ces milieux aquatiques est essentiel pour le territoire régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Or ce patrimoine naturel remarquable subit des pressions importantes, parmi lesquelles l&amp;#039;artificialisation des écosystèmes, les changements climatiques et l&amp;#039;ampleur des sollicitations liées à certains usages.  Cette dégradation remet en cause le bon fonctionnement des milieux aquatiques, leur capacité à rendre des services et leur pérennité pour les générations futures.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce contexte, la Région Occitanie a voté le 22 juin 2018 un dispositif d&amp;#039;aide en faveur de la préservation et la restauration des fonctionnalités des milieux aquatiques, affirmant ainsi sa volonté de développer des solutions fondées sur la nature pour un développement territorial durable et un renforcement de la résilience des écosystèmes. Ce dispositif constitue un volet essentiel du Plan d&amp;#039;intervention régional pour l&amp;#039;eau adopté par les élus régionaux à cette même date.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;ensemble des actions : les collectivités territoriales et leurs groupements, les établissements publics, les Groupements d&amp;#039;Intérêt Public, les associations, les chambres consulaires, les universités, les organismes de recherche.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les actions spécifiques en faveur des zones humides : l&amp;#039;ensemble des bénéficiaires ci-dessus ainsi que les entreprises de l&amp;#039;économie sociale et solidaire (sociétés coopératives d&amp;#039;intérêt collectif (SCIC), sociétés coopératives et participatives (SCOP)).
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations éligibles doivent être intégrées au sein d&amp;#039;une démarche réfléchie à une échelle hydraulique cohérente, qui propose une stratégie ambitieuse et pluriannuelle de restauration des fonctions physiques et des continuités des cours d&amp;#039;eau (exemple : Programmes Pluriannuels de Gestion de bassins versants).
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations doivent respecter les objectifs du SDAGE et avoir obtenu toutes les autorisations réglementaires nécessaires.
+ A l&amp;#039;exception des actions de plantation , les travaux récurrents et l&amp;#039;entretien sont inéligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de travaux de restauration doivent présenter un engagement du porteur à mettre en place un entretien pérenne des secteurs restaurés.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets sollicitant une aide régionale supérieure à 100 000€, le maître d&amp;#039;ouvrage doit s&amp;#039;engager à assurer un suivi de la qualité des milieux pour une durée fonction de la nature et de l&amp;#039;importance de l&amp;#039;opération (3 à 5 ans).
+ Les projets doivent, dans la mesure du possible, intégrer la participation des citoyens/riverains.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-en-faveur-du-bon-fonctionnement-et-de-la-valorisation</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Transition Ecologique et Energétique
+&lt;/p&gt;
+&lt;p&gt;
+ Service Eau, Milieux Aquatiques et Risques
+&lt;/p&gt;
+&lt;p&gt;
+ Nom / prénom : Alexandre CARRIER / Anne NESPOULOUS
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : prenom.nom&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 93 08 / 05 61 39 66 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d15-dispositif-en-faveur-du-bon-fonctionnement-et/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>163179</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'excellence des produits de la pêche et de l'aquaculture</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les
+filières pêche et aquaculture du Calvados fournissent des produits de très
+grande qualité, vivants, pour la majorité d’entre eux, et issus d’une
+production artisanale. Des espèces moins connues sont également présentes en
+quantité et permettent d’accéder à des produits locaux et de qualité à prix
+abordable. La population locale connaît et maîtrise mal ces produits et un
+travail de relocalisation de la consommation des produits aquatiques est à
+accompagner. La traçabilité et la transformation sont également des enjeux majeurs
+pour ces filières, tant d’un point de vue sanitaire et réglementaire que
+marketing.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Améliorer la connaissance des débouchés&lt;/li&gt;&lt;li&gt;Communiquer sur les poissons « bons
+     plans » et les produits aquacoles&lt;/li&gt;&lt;li&gt;Communiquer sur les produits de la mer locaux et
+     inciter leurs usages, notamment auprès des scolaires&lt;/li&gt;&lt;li&gt;Encourager l’obtention de labels, accompagnement
+     à la certification&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Etude&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Soutenir la R&amp;amp;D technique sur les produits&lt;/li&gt;&lt;li&gt;Etudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Développer les systèmes numériques de traçabilité&lt;/li&gt;&lt;li&gt;Encadrer et développer les points de vente
+     directe (panier de la mer, circuits courts)&lt;/li&gt;&lt;li&gt;Aider à la mise en place de la
+     transformation/décorticage&lt;/li&gt;&lt;li&gt;Améliorer les conditions d’élevage&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Mise en réseau&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Créer un lien avec les formations individuelles
+     et collectives en cuisine/restauration&lt;/li&gt;&lt;li&gt;Développer « le poisson local » dans
+     les PAT&lt;/li&gt;&lt;li&gt;Coopérer avec des territoires extérieurs
+     répondant à la stratégie du GALPA et permettant d’apporter une plus-value
+     au territoire &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
 Agriculture et agroalimentaire
 Consommation et production
-Economie sociale et solidaire
-[...3 lines deleted...]
-Qualité de l'air
+Attractivité économique
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Dépenses de personnel&lt;/li&gt;
+ &lt;li&gt;Coûts directs en lien avec
+     l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;Travaux et
+investissements matériels&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Coûts indirects : Un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
+ &lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;
+ &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
+ &lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Margaux Marie&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Téléphone : 06 59 48 87 24&lt;/strong&gt; / &lt;strong&gt;02 31 57 18 06&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/excellence-des-produits-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>163180</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité et la diversification des métiers de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Malgré un
+réel dynamisme, les métiers de la pêche et de l’aquaculture sont peu connus
+dans le département du Calvados. La main-d&amp;#039;œuvre est parfois limitante, ne
+permettant pas aux entreprises de valoriser au mieux les productions locales.
+Les professionnels sont ainsi nombreux à se poser la question de l’attractivité
+de leur métier auprès des jeunes générations et de la pérennisation de leurs
+savoir-faire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Identifier des ambassadeurs pour promouvoir les
+     métiers et/ou les formations auprès des élèves (collège, lycée)&lt;/li&gt;&lt;li&gt;Participation à des portes ouvertes au sein des
+     entreprises et des criées&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Étude&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;&lt;li&gt;Étudier le développement prévisionnel des emplois
+     du secteur de la pêche et de l’aquaculture sur le territoire&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Améliorer l’accessibilité des zones d’emploi
+     (transport, logement)&lt;/li&gt;&lt;li&gt;Créer un groupement d’employeurs&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Mise en réseau&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Créer des points de contacts avec les futurs
+     employés (forum des métiers, bourses à l’emploi, stage découverte,
+     apprentissage …)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Coopérer avec des territoires
+extérieurs répondant à la stratégie du GALPA et permettant d’apporter une
+plus-value au territoire &lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Formation professionnelle
+Emploi
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Dépenses de personnel&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Coûts directs en lien avec
+     l’opération dont : &lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Coûts indirects&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les investissements immobiliers&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
+investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Couts indirects : un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Margaux Marie&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Téléphones : 06 59 48 87 24&lt;/strong&gt; / &lt;strong&gt;02 31 57 18 06&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-diversification-des-metiers-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>163181</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité touristique orientée vers la culture maritime et la biodiversité</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;De par son ancrage territorial et sa culture maritime, les activités de production
+de la pêche et de la conchyliculture constituent un atout important pour
+l’attractivité touristique du Calvados. Ainsi, les producteurs sont nombreux à
+souhaiter ouvrir leurs portes aux activités touristiques pour trouver de
+nouveaux débouchés pour leurs produits, mais également pour donner une image
+plus réelle de leur métier. Le patrimoine maritime naturel et historique y
+compris gastronomique répondent également à ces nouvelles attentes de tourisme
+qualitatif et durable.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Réaliser
+     des supports de communication sur les savoir-faire, les métiers, les modes
+     de production et de transformation  &lt;/li&gt;
+ &lt;li&gt;Développer des outils de communication /
+     transmission d’information sur la biodiversité&lt;/li&gt;
+ &lt;li&gt;Soutenir les publications de mise en valeur du
+     patrimoine maritime et les travaux de recherche y concourant&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt; Etude&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Etudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions de développement&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Ouvrir et adapter les structures professionnelles
+     au tourisme d’entreprises&lt;/li&gt;
+ &lt;li&gt;Développer des animations professionnelles à
+     portée territoriale et touristique&lt;/li&gt;
+ &lt;li&gt;Créer des sites de valorisation de la culture
+     maritime fixes ou mobiles&lt;/li&gt;
+ &lt;li&gt;Développer des animations sur les territoires
+     remarquables (RNN, Natura 2000, PNR…)&lt;/li&gt;
+ &lt;li&gt;Soutenir la restauration de bâtiments navals ou
+     d’autres sites appartenant au patrimoine maritime historique du territoire&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt; Mise en réseau&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Créer une offre touristique globale autour de la
+     mer à l’échelle du GALPA&lt;/li&gt;
+ &lt;li&gt;Mettre en réseau les acteurs maritimes&lt;/li&gt;
+ &lt;li&gt;Coopérer avec des territoires extérieurs
+     répondant à la stratégie du GALPA et permettant d’apporter une plus-value
+     au territoire &lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
 Biodiversité
-Equipement public
-[...8 lines deleted...]
-International
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Dépenses de personnel&lt;/li&gt;
+ &lt;li&gt;Coûts directs en lien avec
+     l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
+investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Coûts indirects : Un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
+ &lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;
+ &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
+ &lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Margaux Marie&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Téléphones : 06 59 48 87 24&lt;/strong&gt; / &lt;strong&gt;02 31 57 18 06&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-diversification-des-metiers-de-la-peche-et-de-laquaculture-1/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>163209</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'économie circulaire et la gestion des déchets</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dégradation de l&amp;#039;environnement côtier, notamment liée à l&amp;#039;accumulation des déchets est une menace forte sur les territoire littoraux. Des démarches sont en cours sur le territoire pour limiter un maximum la production de déchets par les professionnels, mais également pour recycler et valoriser au maximum les coproduits. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’obtention de certifications
+     environnementales (port propre, plage sans déchets plastiques…)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Étude&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identifier des débouchés pour les espèces
+     invasives&lt;/li&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travailler sur la durabilité des matériaux
+     utilisés par les professionnels&lt;/li&gt;&lt;li&gt;Organiser et/ ou valoriser des opérations de
+     collecte de déchets sur les plages&lt;/li&gt;&lt;li&gt;Installer des hottes plasticières&lt;/li&gt;&lt;li&gt;Améliorer la récolte et le tri des déchets&lt;/li&gt;&lt;li&gt;Valoriser le réemploi de déchets&lt;/li&gt;&lt;li&gt;Valoriser les captures non désirées&lt;/li&gt;&lt;li&gt;Valoriser les coproduits&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Mise en réseau&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Partager les expériences&lt;/li&gt;&lt;li&gt;Coopérer avec des territoires extérieurs
+     répondant à la stratégie du GALPA et permettant d’apporter une plus-value
+     au territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Dépenses de personnel&lt;/li&gt;
+ &lt;li&gt;Coûts directs en lien avec
+     l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
+investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Coûts indirects : un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
+ &lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;
+ &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
+ &lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-leconomie-circulaire-et-la-gestion-des-dechets/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>142232</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>L'aide permet de mobiliser du FEAMPA</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le fonds européen pour les affaires maritimes, la pêche et l&amp;#039;aquaculture (FEAMPA) vise à soutenir le développement durable de la pêche, de l&amp;#039;aquaculture, la commercialisation et la transformation. La Région des Pays de la Loire est organisme intermédiaire pour la mise en œuvre des mesures régionales du programme national FEAMPA 2021-2027 ouvertes sur son territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de la Vendée contribue à la déclinaison du Programme National FEAMPA sur son territoire en apportant un soutien financier permettant de mobiliser du FEAMPA.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département intervient sur les actions permettant de promouvoir les activités aquacoles durables et économiquement viables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Agriculture et agroalimentaire
+Consommation et production
 Attractivité économique
-Transports collectifs et optimisation des trafics routiers
-[...3 lines deleted...]
-Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...76 lines deleted...]
- &lt;/span&gt;
+ Les conditions d&amp;#039;éligibilité, les critères de sélection, les actions et dépenses éligibles et inéligibles applicables à la subvention du Département sont identiques aux conditions d&amp;#039;attribution du FEAMPA en Région pays de la Loire. Elles sont détaillées dans les Documents de mise en œuvre (DOMO) disponibles sur le site www.paysdelaloire.fr sur le lien suivant :
+ &lt;a href="https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa#contenu" target="_self"&gt;
+  https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa#contenu
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les investissements individuels en lien avec l&amp;#039;activité de production aquacole :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+   Les investissements matériels et immatériels,
   &lt;/li&gt;
   &lt;li&gt;
-   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
-[...26 lines deleted...]
-   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+   Les prestations intellectuelles (études, formation, conseil...).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les demandes d&amp;#039;aide se font en ligne sur le Portail des aides de la Région Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ Contact Département 85 :
+&lt;/p&gt;
+&lt;p&gt;
+ Département de la Vendée / POLE INFRASTRUCTURES ET DESENCLAVEMENTS / Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche/ Service Agriculture et Pêche
+&lt;/p&gt;
+&lt;p&gt;
+ Tél.02.28.85.86.43 - Fax 02.51.44.20.25
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:agriculture&amp;#64;vendee.fr" target="_self"&gt;
+  agriculture&amp;#64;vendee.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.daviaud@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e8da-developpement-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>97331</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la filière de déconstruction de bateaux de plaisance et de sport</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 80</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par délibération n° IV-A 3 du 6 mars 2020, le Conseil Départemental a décidé de soutenir la filière de déconstruction de bateaux de plaisance et de sports hors d&amp;#039;usage  par la mise en place d&amp;#039;une aide au transport de ces bateaux vers les sites de déconstruction.
+&lt;/p&gt;
+&lt;p&gt;
+ Par délibération de la Commission Permanente n°4.19 du 10 juillet 2020, le 
+Département a mis en place une aide au transport de ces bateaux en vue de leur 
+déconstruction.
+&lt;/p&gt;
+&lt;p&gt;
+ Le transport étant normalement intégralement à la charge des propriétaires de bateaux, le but de cette aide est d&amp;#039;encourager les Vendéens à se séparer de leurs vieux bateaux de plaisance et de sport inutilisés via la filière mise en place. Cela permet de limiter le nombre de vieux bateaux potentiellement polluants navigant sur la côte vendéenne et notamment dans les ports.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, les ports vendéens étant très sollicités, cette opération pourra permettre de libérer des places en facilitant l&amp;#039;évacuation de bateaux ne prenant plus ou peu la mer.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide varie selon la taille du bateau à déconstruire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  80% du coût de transport pour les bateaux de moins de 6m avec un plafonnement de l&amp;#039;aide fixé à 350€
+ &lt;/li&gt;
+ &lt;li&gt;
+  60% du coût de transport pour les bateaux entre 6 et 12m avec un plafonnement de l&amp;#039;aide fixé à 680€
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires de l&amp;#039;aide sont les personnes physiques propriétaires de bateaux de plaisance et de sport à déconstruire sur le territoire vendéen.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bateaux appartenant à des professionnels sont exclus de dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les bateaux de moins de 12 mètres situés sur le territoire vendéen et pris en charge par une structure partenaire feront l&amp;#039;objet d&amp;#039;une aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures partenaires sont les structures de déconstruction agréées par l&amp;#039;APER et signataires d&amp;#039;une convention passée à cet effet avec le Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.recyclermonbateau.fr/l-aper-association-pour-la-plaisance-eco-responsable/</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 51 04 61 62
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : secretariat.dmd&amp;#64;vendee.fr
+ &lt;a href="mailto:amenagement-tourisme&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>amelie.boucheron@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7bc8-soutenir-la-filiere-de-deconstruction-de-bate/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>165190</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Assurer l'animation des opérations groupées pour mettre en conformité la partie privative des branchements</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Animation pour mettre en conformité la partie privative des branchements</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les 
+collectivités pour assurer l’animation des opérations groupées de 
+réhabilitation de la partie privative des branchements non conformes 
+ainsi que la gestion alternative des eaux pluviales par infiltration à 
+la source.&lt;/p&gt;
+&lt;p&gt;Cette action vise à réduire les rejets polluants des systèmes 
+d’assainissement collectifs des eaux usées existants dans le milieu 
+naturel en vue de diminuer leurs impacts sur l’eau et de préserver 
+certains usages sensibles (baignade, production de coquillages, pêche à 
+pied).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations sont conditionnées par un prix minimum du service public 
+de l’assainissement. Elles sont identifiées comme prioritaires dans le 
+schéma directeur d’assainissement collectif des eaux usées au regard de 
+la réduction des rejets directs d’eaux usées dans le milieu naturel ou 
+de la surcharge hydraulique de la station de traitement. Le schéma 
+directeur repose sur une étude de diagnostic datant de moins de 10 ans 
+et conduit a minima au respect de la directive Eaux Résiduaires Urbaines
+ et du Sdage Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass3-animation-pour-mettre-en-conformite-la-partie-privative-des.html</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/assurer-lanimation-des-operations-groupees-pour-mettre-en-conformite-la-partie-privative-des-branchements/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>165191</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une campagnes de diagnostics de branchements en domaine privé</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Campagnes de diagnostics de branchements en domaine privé</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne aide financièrement les 
+collectivités pour réaliser des campagnes de diagnostics/contrôles de 
+branchements destinées à identifier les non-conformités et préciser les 
+travaux de mise en conformité ou de gestion alternative des eaux 
+pluviales par infiltration à la source.&lt;/p&gt;
+&lt;p&gt;Cette action vise à réduire les rejets polluants des systèmes 
+d’assainissement collectifs des eaux usées existants dans le milieu 
+naturel en vue de diminuer leurs impacts sur l’eau et de préserver 
+certains usages sensibles (baignade, production de coquillages, pêche à 
+pied).&lt;/p&gt;&lt;p&gt;
+En cas d’absence, la mise en œuvre de boîtes de branchement peut également être financée afin de permettre les diagnostics&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations sont conditionnées par un prix minimum du service public 
+de l’assainissement. Elles sont identifiées comme prioritaires dans le 
+schéma directeur d’assainissement collectif des eaux usées au regard de 
+la réduction des rejets directs d’eaux usées dans le milieu naturel ou 
+de la surcharge hydraulique de la station de traitement. Le schéma 
+directeur repose sur une étude de diagnostic datant de moins de 10 ans 
+et conduit a minima au respect de la directive Eaux Résiduaires Urbaines
+ et du Sdage Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass3-campagnes-de-diagnostics-de-branchements-en-domaine-prive.html</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-une-campagnes-de-diagnostics-de-branchements-en-domaine-prive/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>165192</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études de diagnostic et schémas directeurs d’assainissement des eaux usées</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Études de diagnostic et schémas directeurs d’assainissement des eaux usées</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne financièrement les 
+collectivités pour réaliser des études de diagnostic et d’élaboration du
+ schéma directeur d’assainissement des eaux usées.&lt;/p&gt;
+&lt;p&gt;Ces études visent déterminer les actions les plus adaptées pour 
+réduire les rejets polluants des systèmes d’assainissement collectifs 
+des eaux usées existants en vue de diminuer leurs impacts sur l’eau et 
+de préserver certains usages sensibles (baignade, production de 
+coquillages, pêche à pied).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études d’aides à la décision sont réalisées par un organisme 
+extérieur et indépendant de la collectivité et de son délégataire 
+(prestataire du délégataire également exclu).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass3-etudes-de-diagnostic-et-schemas-directeurs-dassainissement.html</t>
+        </is>
+      </c>
+      <c r="W67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-de-diagnostic-et-schemas-directeurs-dassainissement-des-eaux-usees/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>165193</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de réhabilitation des branchements en domaine privé (opération groupée)</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Opération groupée de réhabilitation des branchements en domaine privé</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Particulier</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Max : 46</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne aide financièrement les 
+collectivités ou les particuliers pour les travaux de mise en conformité
+ de la partie privative des branchements ainsi que la gestion 
+alternative des eaux pluviales par infiltration à la source.&lt;/p&gt;
+&lt;p&gt;Cette action vise à réduire les rejets polluants des systèmes 
+d’assainissement collectifs des eaux usées existants dans le milieu 
+naturel en vue de diminuer leurs impacts sur l’eau et de préserver 
+certains usages sensibles (baignade, production de coquillages, pêche à 
+pied).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations sont conditionnées par un prix minimum du service public 
+de l’assainissement. Elles sont identifiées comme prioritaires dans le 
+schéma directeur d’assainissement collectif des eaux usées au regard de 
+la réduction des rejets directs d’eaux usées dans le milieu naturel ou 
+de la surcharge hydraulique de la station de traitement. Le schéma 
+directeur repose sur une étude de diagnostic datant de moins de 10 ans 
+et conduit a minima au respect de la directive Eaux Résiduaires Urbaines
+ et du Sdage Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass3-operation-groupee-de-rehabilitation-des-branchements-en-dom.html</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-de-rehabilitation-des-branchements-en-domaine-prive-operation-groupee/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>165194</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d’amélioration du fonctionnement des réseaux eaux usées en domaine public</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Travaux d’amélioration du fonctionnement des réseaux eaux usées en domaine public</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne aide financièrement les 
+collectivités pour les travaux qui doivent être réalisés sur les réseaux
+ d’assainissement des eaux usées existants en vue de réduire les rejets 
+polluants dans le milieu naturel.&lt;/p&gt;
+&lt;p&gt;L’ensemble de ces travaux vise à diminuer l&amp;#039;impact des rejets sur 
+l’eau et à préserver certains usages sensibles (baignade, production de 
+coquillages, pêche à pied).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P69" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations sont conditionnées par un prix minimum du service public 
+de l’assainissement. Elles sont identifiées comme prioritaires dans le 
+schéma directeur d’assainissement collectif des eaux usées au regard de 
+la réduction des rejets directs d’eaux usées dans le milieu naturel ou 
+de la surcharge hydraulique de la station de traitement. Le schéma 
+directeur repose sur une étude de diagnostic datant de moins de 10 ans 
+et conduit a minima au respect de la directive Eaux Résiduaires Urbaines
+ et du Sdage Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ass/ass3-travaux-damelioration-du-fonctionnement-des-reseaux-eaux-us.html</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-damelioration-du-fonctionnement-des-reseaux-eaux-usees-en-domaine-public/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>90732</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet s'intégrant dans la stratégie régionale de l'eau</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     L&amp;#039;ampleur des enjeux identifiés par la Région dans sa Stratégie Régionale de l&amp;#039;Eau ainsi que l&amp;#039;urgence d&amp;#039;atteindre les objectifs fixés par la Directive Cadre sur l&amp;#039;Eau conduisent la Région à favoriser une approche intégrée de la ressource en eau à l&amp;#039;échelle de bassins versants, seule approche cohérente et efficace au regard des enjeux. Aussi, afin d&amp;#039;inciter les acteurs de l&amp;#039;eau à s&amp;#039;organiser à cette échelle, la Région souhaite accentuer la sélectivité des projets soutenus.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Région au titre de sa politique de l&amp;#039;eau sera ainsi conditionné à :
+ &lt;br /&gt;
+ La nécessité d&amp;#039;inscrire l&amp;#039;opération dans une démarche de gestion intégrée de l&amp;#039;eau (adéquation entre le milieu naturel, le développement local et l&amp;#039;aménagement du territoire) construite de manière concertée à une échelle géographique cohérente : le bassin versant. Fort de ces éléments, la Région s&amp;#039;engage dans les démarches de contractualisation (Contrat territoriaux, ...) à l&amp;#039;échelle de bassins versant aux côtés des agences de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette politique de l&amp;#039;eau transversale se décline selon les quatre orientations stratégiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les changements de pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la prise en compte des enjeux de l&amp;#039;eau dans l&amp;#039;aménagement du territoire et à la gestion des risques naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et partager les connaissances
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La mise en œuvre de cette politique de l&amp;#039;eau se fera en collaboration étroite avec les Agences de l&amp;#039;eau Adour-Garonne et Loire-Bretagne.
+ &lt;br /&gt;
+ Au-delà de l&amp;#039;intervention de la Région dans la mise en œuvre d&amp;#039;actions en faveur de la préservation de la ressources en eau (qualité et quantité) sur les bassins versants, la Région s&amp;#039;appuiera sur des partenaires afin notamment d&amp;#039;améliorer la connaissance, de la diffuser et de mettre en cohérence les actions à l&amp;#039;échelle de la Nouvelle-Aquitaine.
+&lt;/p&gt;
+&lt;p&gt;
+ A cheval entre les bassins hydrographiques Adour-Garonne et Loire-Bretagne, la région Nouvelle-Aquitaine se caractérise par la présence de différents types de ressource en eau (cours d&amp;#039;eau, nappes, étangs, zones humides, ...), rencontrés de manière différenciée sur le territoire. Malgré leurs diversités, ces ressources sont soumises à des pressions et des sollicitations anthropiques variables selon l&amp;#039;occupation du territoire et les activités humaines présentes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces pressions se trouveront accentuées par le changement climatique qui impactera d&amp;#039;une manière significative, directement et indirectement, l&amp;#039;ensemble des écosystèmes et ressources en eau de la Nouvelle-Aquitaine, ainsi que les usages de l&amp;#039;eau associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs visés par la Région est de pouvoir répondre aux différents enjeux liés à la ressource en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention sont différentes selon les projets, elles sont détaillées dans le règlement d&amp;#039;intervention ci-après.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont à nous transmettre par voie dématérialisée à l&amp;#039;adresse : eau&amp;#64;nouvelle-aquitaine.fr et par courrier postal à Région Nouvelle Aquitaine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Les dossiers d&amp;#039;animation, les demandes au titre de l&amp;#039;année N (2019) doivent être déposés avant le 31 décembre de l&amp;#039;année N-1 (2018).
+ &lt;br /&gt;
+ Les dossiers de travaux, les demandes doivent être déposés soit avant le 31 mars ou avant le 30 juin de chaque année.
+&lt;/p&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et leurs groupements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités porteuses des contrats territoriaux de gestion intégrée des bassins versants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats mixtes et les établissements de coopération intercommunale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités productrices d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisations professionnelles agricoles donnant du conseil sur le système des exploitations et les pratiques des agriculteurs présentes sur les zones à enjeu Eau prioritaires bénéficiant d&amp;#039;un contrat territorial de bassin versant ou d&amp;#039;un contrat territorial Re-Sources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de collectivités (Communautés de Communes et Communautés d&amp;#039;Agglomération au titre de la GEMAPI, Etablissement Public Territoriaux de Bassin, Syndicats de Bassins Versants compétents)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures porteuses de SAGE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations créées sur la base de la Loi du 1er juillet 1901
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propriétaires privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations « migrateurs » : LOGRAMI, MIGADO, MIGRADOUR, Cellule migrateurs Charente Seudre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations ayant une action significative sur les espèces exotiques envahissantes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/strategie-regionale-de-leau</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : eau&amp;#64;nouvelle-aquitaine.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/393d-strategie-regionale-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>164926</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la connaissance : études générales et surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance : études générales et surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>La connaissance des milieux aquatiques et humides est indispensable à la compréhension de leurs enjeux et à l’identification des actions de préservation ou de restauration à conduire.&lt;br /&gt;
+&lt;br /&gt;
+L’agence de l’eau soutient des études générales sur le fonctionnement des hydrosystèmes, les impacts du changement climatique, ainsi que la recherche et le développement de techniques innovantes. Elle encourage également l&amp;#039;acquisition de données de surveillance pour évaluer l&amp;#039;état des eaux et soutient des projets visant à caractériser les vulnérabilités des territoires.</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance du fonctionnement des milieux aquatiques&lt;br /&gt;
+Connaissance de l&amp;#039;évolution des hydrosystèmes et analyses prospectives &lt;br /&gt;
+Projets de recherche à visée opérationnelle et expérimentation de techniques nouvelles&lt;br /&gt;
+Surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128699/fr/connaissance-etudes-generales-et-surveillance-environnementale</t>
+        </is>
+      </c>
+      <c r="W71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/connaissance-etudes-generales-et-surveillance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>30793</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Étudier et suivre la qualité des eaux brutes</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Études et suivis de la qualité des eaux brutes</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la 
+protection des captages d&amp;#039;eau potable. Ces études permettent 
+d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à
+ long terme, en développant des solutions adaptées aux spécificités 
+locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P72" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;br /&gt;Pour le suivi opérationnel de la qualité des eaux brutes : prix minimum du service public de l’eau potable sauf si le maître d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche action).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-etudes-et-suivis-de-la-qualite-des-eaux-brutes.html</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3471-etudier-et-suivre-la-qualite-de-la-ressource/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>142231</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Développer les ports de pêche</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Développement des ports de pêche</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>L'aide permet de mobiliser du FEAMPA</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le fonds européen pour les affaires maritimes, la pêche et l&amp;#039;aquaculture (FEAMPA) vise à soutenir le développement durable de la pêche, de l&amp;#039;aquaculture, la commercialisation et la transformation. La Région des Pays de la Loire est organisme intermédiaire pour la mise en œuvre des mesures régionales du programme national FEAMPA 2021-2027 ouvertes sur son territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de la Vendée contribue à la déclinaison du Programme National FEAMPA sur son territoire en apportant un soutien financier permettant de mobiliser du FEAMPA.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département intervient sur les actions permettant de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Soutenir les investissements portant sur les infrastructures physiques des ports de pêche et halles à marée en vue de répondre aux enjeux d&amp;#039;amélioration des conditions de travail, d&amp;#039;amélioration de la qualité des produits et des conditions sanitaires, de meilleure gestion des rejets, déchets et coproduits, de réduction de l&amp;#039;impact des activités portuaires sur l&amp;#039;environnement...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutenir le développement des systèmes d&amp;#039;énergie renouvelable ou d&amp;#039;amélioration de l&amp;#039;efficacité énergétique des infrastructures ainsi que le perfectionnement des process et systèmes d&amp;#039;organisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Améliorer la traçabilité des produits, notamment le développement d&amp;#039;outils informatiques et des équipements numériques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Agriculture et agroalimentaire
+Attractivité économique
+Artisanat
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité, les critères de sélection, les actions et dépenses éligibles et inéligibles applicables à la subvention du Département sont identiques aux conditions d&amp;#039;attribution du FEAMPA en Région pays de la Loire. Elles sont détaillées dans les Documents de mise en œuvre (DOMO). Les types d&amp;#039;investissement répondant aux objectifs des mesures du Fonds Européen pour les Affaires Maritimes, la Pêche et l&amp;#039;Aquaculture (FEAMPA) sont définis dans le Plan Régional d&amp;#039;Organisation et d&amp;#039;Equipement des Ports de Pêche (PROEPP).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux documents sont  disponibles sur le site www.paysdelaloire.fr sur le lien suivant :
+ &lt;a href="https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa#contenu" target="_self"&gt;
+  https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa#contenu
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements éligibles concernent les investissements à terre présentant un intérêt pour l&amp;#039;ensemble de la collectivité de pêcheurs utilisateurs ou contribuant directement au développement général du port et à l&amp;#039;amélioration des services offerts aux pêcheurs ainsi qu&amp;#039;à l&amp;#039;optimisation du fonctionnement et de la transparence du marché.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les investissements matériels et immatériels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les prestations intellectuelles (études, formation, conseil...) directement liées à la réalisation du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les financements seront réservés aux halles à marée et ports de pêche comprenant une halle à marée ou une base avancée (cas de Port Joinville à l&amp;#039;Ile d&amp;#039;Yeu). Les investissements relatifs aux points de débarquement ne seront pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>http://agriculture@vendee.fr</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les demandes d&amp;#039;aide se font en ligne sur le Portail des aides de la Région Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ Contact Département 85 :
+&lt;/p&gt;
+&lt;p&gt;
+ Département de la Vendée / POLE INFRASTRUCTURES ET DESENCLAVEMENTS / Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche/ Service Agriculture et Pêche
+&lt;/p&gt;
+&lt;p&gt;
+ Tél.02.28.85.86.43 - Fax 02.51.44.20.25
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:agriculture&amp;#64;vendee.fr" target="_self"&gt;
+  agriculture&amp;#64;vendee.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.daviaud@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1474-developpement-des-ports-de-peche/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>383</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un Prêt bonifié Vert</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>PSP Vert</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Agence Française de Développement (AFD)
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les territoires ultramarins sont de plus en plus sensibles
  aux impacts du changement climatique et aux risques
  naturels.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les soutenir, l&amp;#039;AFD accompagne la réalisation
  des investissements s&amp;#039;inscrivant dans les objectifs
  d&amp;#039;atténuation des effets du changement climatique, de
  protection de la biodiversité, et de réduction des vulnérabilités
  liées aux aléas climatiques, afin d&amp;#039;accélérer et
  d&amp;#039;amplifier le
  développement durable et la résilience de
  ces territoires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Caractéristiques du prêt :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type de prêt : prêt au secteur public bonifié
 &lt;/p&gt;
 &lt;p&gt;
@@ -2411,73 +11438,73 @@
 &lt;p&gt;
  Durée : de 3 à 25 ans avec ou sans différé
 &lt;/p&gt;
 &lt;p&gt;
  Taux : prêt bonifié, à taux fixe ou taux variable
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;instruction : 0,5 %
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;engagement : 0,5%
 &lt;/p&gt;
 &lt;p&gt;
  Amortissement : capital constant ou échéances
 constantes
 &lt;/p&gt;
 &lt;p&gt;
  Échéances : trimestrielles, semestrielles ou annuelles
 &lt;/p&gt;
 &lt;p&gt;
  Mobilisation des fonds : possible dès la signature de la
 convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Mers et océans
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet d&amp;#039;investissement intégrant une dimension en
 faveur de l&amp;#039;atténuation au changement climatique et
  de la préservation de la biodiversité ou de l&amp;#039;adaptation
  au changement climatique et de la réduction des vulnérabilités.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Prêt Secteur Public bonifié -Vert, « Composantes
   Atténuation et biodiversité » :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Efficacité et transition énergétique (production
    d&amp;#039;énergie renouvelable : éolien, photovoltaïque, biomasse) ;
  &lt;/li&gt;
  &lt;li&gt;
   Éco-quartiers (construction HQE ou norme équivalente) ;
@@ -2513,1984 +11540,1792 @@
 &lt;ul&gt;
  &lt;li&gt;
   Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
  &lt;/li&gt;
  &lt;li&gt;
   Construction ou reconstruction aux normes parasismiques suite à destruction par un évènement climatique majeur, avec prise en compte des vulnérabilités ;
  &lt;/li&gt;
  &lt;li&gt;
   Projets eau et/ou assainissement traitant une vulnérabilité en lien avec le changement climatique ;
  &lt;/li&gt;
  &lt;li&gt;
   Prévention des risques climatiques y compris les inondations ;
  &lt;/li&gt;
  &lt;li&gt;
   Projet de lutte contre les algues sargasses ;
  &lt;/li&gt;
  &lt;li&gt;
   Projet de lutte contre les épisodes de sécheresse ou canicules ;
  &lt;/li&gt;
  &lt;li&gt;
   Etc.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence régionale du Pacifique :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>belliotl@afd.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...472 lines deleted...]
-      <c r="A15" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>23856</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Préserver voire restaurer les habitats naturels exceptionnels de Méditerranée</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
+      <c r="I75" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 30</t>
         </is>
       </c>
-      <c r="J15" s="1" t="inlineStr">
+      <c r="J75" s="1" t="inlineStr">
         <is>
           <t>Le plancher minimal de subvention est de 2 000 €. Le taux maximum d'aides publiques ne peut dépasser</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Cadre d&amp;#039;intervention régional en faveur de l&amp;#039;environnement maritime
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le littoral méditerranéen de la région constitue un atout formidable d&amp;#039;attractivité et de développement du territoire. Avec 220 kilomètres de rivages, 1,3 millions d&amp;#039;habitants permanents, 20 stations balnéaires, 70 ports de plaisance, 3 ports de commerce, 40 000 hectares de lagunes et zones humides associées, 4 700 km2 d&amp;#039;aires marines protégées dont un parc naturel marin de 4 000 km2, la façade méditerranéenne offre un horizon pour l&amp;#039;économie bleue.
 &lt;/p&gt;
 &lt;p&gt;
  Les espaces naturels maritimes et terrestres participent à l&amp;#039;attractivité de l&amp;#039;Occitanie. De ce fait, la Région encourage une gestion durable de cet espace côtier et accompagne les acteurs du territoire dans leurs projets de préservation du milieu naturel, de restauration des écosystèmes et de gestion des milieux lagunaires, marins et portuaires qui constituent le support d&amp;#039;une grande biodiversité et de développement des activités économiques traditionnelles (pêche, aquaculture) et récréatives (plaisance, activités nautiques).
 &lt;/p&gt;
 &lt;p&gt;
  Le présent cadre d&amp;#039;intervention en faveur l&amp;#039;environnement maritime et portuaire d&amp;#039;Occitanie vise à maintenir cette attractivité en contribuant à limiter les concurrences entre les usages (économiques, récréatifs, de pêche...) et à préserver voire restaurer les habitats naturels exceptionnels de Méditerranée.
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Biodiversité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Le présent cadre d&amp;#039;intervention régional vise à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Soutenir la gestion intégrée des milieux marins, lagunaires (conchylicoles) et littoraux permettant la prise en compte des dynamiques écologiques à une échelle cohérente et le développement harmonieux des usages qui s&amp;#039;y développent.
   &lt;/li&gt;
   &lt;li&gt;
    Accompagner le développement de techniques innovantes de gestion environnementale des usages maritimes et portuaires permettant une préservation (voire une restauration) des milieux.
   &lt;/li&gt;
   &lt;li&gt;
    Encourager les ports de plaisance à s&amp;#039;inscrire dans une gestion environnementale de leurs infrastructures (prioritairement par le biais de la démarche de certification « Port Propre » pour laquelle des bonifications d&amp;#039;aides seront accordées). Ces objectifs s&amp;#039;inscrivent en cohérence avec le cadre d&amp;#039;intervention pour la modernisation et le développement équilibré des stations littorales et des ports de plaisance.
   &lt;/li&gt;
   &lt;li&gt;
    Développer la connaissance en matière d&amp;#039;habitats marins et de leurs fonctionnalités écologiques au travers de suivis scientifiques intégrés et d&amp;#039;actions de sensibilisation à l&amp;#039;échelle régionale.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Cadre-d-intervention-regional-en-faveur-de-l-environnement</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Région Occitanie – Pyrénées/Méditerranée Direction de la Mer
 &lt;/p&gt;
 &lt;p&gt;
  Service Aménagement Durable et Economie du Littoral
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.67.22.78.75
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e9ca-cadre-dintervention-regional-en-faveur-de-len/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>74102</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger des stratégies globales de territoires</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...22 lines deleted...]
-      <c r="L16" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...13 lines deleted...]
- La subvention régionale est attribuée pour une durée maximum de 3 ans.
+ Du fait de leur proximité avec les élus et de leur connaissance des territoires, les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la DDTM 29, sont en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
+ &lt;br /&gt;
+ Cette aide se matérialise par un appui en ingénierie technique, juridique, et financier. Un fonctionnement en mode projet et des apports méthodologiques contribuent à faire émerger des stratégies territoriales qui peuvent ensuite se traduire par une contractualisation ou la mise en place d&amp;#039;outils réglementaires. Et suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation pré-diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, analyse observatoire de faisabilité...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="R16" s="1" t="inlineStr">
+      <c r="M76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...24 lines deleted...]
- La zone d&amp;#039;éligibilité couvre l&amp;#039;ensemble des territoires tunisien et algérien. La Région Occitanie n&amp;#039;ayant pas développé de partenariats institutionnels formalisés dans ces pays, il n&amp;#039;y a pas de thématiques prioritaires fléchées pour les projets.
+ - Action Cœur de Ville &amp;amp; Opérations de Revitalisation des Territoires (ORT) ;
+ &lt;br /&gt;
+ - OPAH ;
+ &lt;br /&gt;
+ - Contrats de Ruralité (programmes pluriannuel et annuel) ;
+ &lt;br /&gt;
+ - Contrat de Transition Écologique ;
+ &lt;br /&gt;
+ - ateliers de territoire ; plan de paysage ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - AMI centres-bourgs et AàP revitalisation des centralités......
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
-[...382 lines deleted...]
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Patrimoine et monuments historiques
-[...4 lines deleted...]
-Tourisme
 Forêts
-Montagne
-Sols
 Espaces verts
-Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...13 lines deleted...]
-Tiers-lieux
 Economie circulaire
-Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-International
 Attractivité économique
-Appui méthodologique
-[...8 lines deleted...]
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...3 lines deleted...]
-Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
-Bibliothèques et livres
-Mobilité fluviale
 Milieux humides
-Inclusion numérique
-Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0519-obtenir-un-appui-pour-faire-emerger-des-strat/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>165307</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études liées au Sage</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Études liées au Sage</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
+l’agence de l’eau Loire-Bretagne finance les études liées aux 
+différentes étapes (élaboration, modification/révision, mise en œuvre) 
+du Sage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q77" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-liees-au-sage.html</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-liees-au-sage/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>165275</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les missions d’ingénierie de la participation et de la concertation (Sage et PTGE)</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Mission d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne la structuration et l’animation des 
+démarches de Sage (schéma d’aménagement et de gestion des eaux) et des 
+projets de territoire pour la gestion de l’eau (PTGE).&lt;/p&gt;
+&lt;p&gt;Elle soutient les missions d’ingénierie de la participation et de la 
+concertation dès l’émergence de la démarche, pour faciliter le dialogue.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-mission-dingenierie-de-la-participation-et-de-la-concertati.html</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-missions-dingenierie-de-la-participation-et-de-la-concertation-sage-et-ptge/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>143315</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer votre diagnostic territorial pour mettre en œuvre la Gemapi</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  L&amp;#039;adhésion
+  Votre besoin :
+  &lt;br /&gt;
  &lt;/strong&gt;
- est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ La Gestion des milieux aquatiques et la prévention des inondations impliquent la connaissance objective des enjeux, milieux et spécificités de votre territoire sous l&amp;#039;angle de ces thématiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la réalisation du diagnostic préalable, indispensable pour appréhender les scénarios de développement territorial durable et guider vos choix stratégiques.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Comment bien cerner les contours de la Gemapi ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment déterminer les enjeux liés aux milieux aquatiques, à l&amp;#039;aménagement du territoire et au risque inondation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels outils et méthodes appropriés utiliser pour élaborer votre diagnostic ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels critères retenir pour sélectionner un prestataire ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des capacités d&amp;#039;accompagnement à chaque étape : phases amont, diagnostic, aval, suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise reconnue en matière d&amp;#039;ouvrages hydrauliques (développement de méthodologies d&amp;#039;évaluation de la sécurité des ouvrages) et d&amp;#039;analyse du fonctionnement des milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des équipes au plus près des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une vision pluridisciplinaire et intégrée de la Gemapi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une participation active aux côtés des pouvoirs publics, à l&amp;#039;élaboration de méthodologies de référence dans ce domaine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner la préparation du diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration du plan de phasage des études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction du cahier des charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la maîtrise d&amp;#039;ouvrage lors de la réalisation des études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Effectuer (tout ou partie) de votre diagnostic concernant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;analyse des données utiles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La bonne compréhension du fonctionnement des milieux aquatiques et des aléas ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le recensement exhaustif des ouvrages et aménagements hydrauliques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La détermination pertinente des enjeux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Renforcer votre autonomie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Formation de vos équipes aux outils utiles au diagnostic.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
   &lt;strong&gt;
-   Etude de l&amp;#039;adhésion
+   Troyes Champagne Métropole
   &lt;/strong&gt;
-  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
- &lt;/li&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
+&lt;/p&gt;
+&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Éligibilité à l&amp;#039;adhésion
+   CO.BA.H.M.A. – EPTB Mauldre
   &lt;/strong&gt;
-  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
-[...17 lines deleted...]
-  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+ Diagnostic territorial intégrant l&amp;#039;évolution hydrologique du bassin versant, les ouvrages hydrauliques et l&amp;#039;historique des crues sur un siècle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Equipement public
+Bâtiments et construction
+Mers et océans
+Milieux humides
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/elaborer-votre-diagnostic-territorial-mettre-oeuvre-gemapi</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93dd-elaborer-votre-diagnostic-territorial-pour-me/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>164927</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'adaptation des territoires au changement climatique dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Projets multithématiques pour l'adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient des actions multithématiques pour l&amp;#039;adaptation des territoires au changement climatique dans le domaine de l&amp;#039;eau.&lt;br /&gt;
+&lt;br /&gt;
+Face aux défis tels que l&amp;#039;assèchement des sols et la diminution du niveau des aquifères, elle encourage l&amp;#039;élaboration de stratégies territoriales intégrant les enjeux des ressources en eau et des milieux aquatiques. L&amp;#039;agence favorise des approches systémiques au niveau des bassins versants et soutient l&amp;#039;animation, les études et les plans d&amp;#039;action via des contrats Eau et Climat. Elle peut également financer des projets innovants et exemplaires pour répondre aux enjeux identifiés dans le plan de bassin d&amp;#039;adaptation au changement climatique.</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P80" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q80" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128700/fr/projets-multithematiques-pour-l-adaptation-au-changement-climatique</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-multithematiques-pour-ladaptation-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>164918</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le partage de l'eau et la sobriété</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Partage de l'eau et sobriété</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>Dans un contexte de tension croissante sur la ressource en eau sous l’effet du changement climatique, le soutien de l’agence de l’eau vise à accompagner la réduction des prélèvements et l’engagement, partout et pour tous, de pratiques ou usages plus sobres en eau, en application de l’objectif national de sobriété du Plan eau.&lt;br /&gt;
+&lt;br /&gt;
+Pour cela, l’agence soutient notamment la dynamique d’émergence ou de révision des projets de territoire pour la gestion de l’eau (PTGE), afin que le partage de l’eau et l’anticipation du changement climatique s’organisent dans le dialogue territorial et à une échelle cohérente d’un point de vue hydrographique ou hydrogéologique.&lt;br /&gt;
+&lt;br /&gt;
+En priorité, l’agence accompagne les territoires les plus en tension sur la ressource en eau, identifiés par les Schémas directeurs d’aménagement et de gestion des eaux (SDAGE).</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété en eau des collectivités (réduction des fuites sur les infrastructures de distribution d&amp;#039;eau potable, actions sur la réduction de la consommation dans les bâtiments publics ou auprès des particuliers...)&lt;br /&gt;
+Sobriété en eau de l&amp;#039;agriculture&lt;br /&gt;
+Sobriété en eau des activités industrielles et économiques&lt;br /&gt;
+Partage de l&amp;#039;eau entre les usages&lt;br /&gt;
+Projets de substitution (stockage, transfert)&lt;br /&gt;
+Réutilisation des eaux usées traitées et des eaux grises&lt;br /&gt;
+Remise en état post-sinistre</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P81" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q81" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128493/fr/partage-de-l-eau-et-sobriete</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/partage-de-leau-et-sobriete/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>164919</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux aquatiques et leur biodiversité</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Milieux aquatiques et biodiversité</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>taux d'aide proportionné à l'ambition du projet au regard de ses bénéfices sur le fonctionnement du milieu</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>Pour assurer l’atteinte du bon état écologique des eaux et limiter l’érosion de la biodiversité sous l’effet conjoint des dégradations induites par les activités humaines et du changement climatique, l’agence de l’eau soutient les actions qui visent à restaurer ou préserver le bon fonctionnement de tous les milieux aquatiques, superficiels ou souterrains, humides et littoraux.&lt;br /&gt;
+&lt;br /&gt;
+L’opportunité des actions aidées par l’agence de l’eau est appréciée sur la base d’un diagnostic préalable à une échelle hydrographique cohérente, en priorité celle du bassin versant.</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des milieux aquatiques et humides dégradés&lt;br /&gt;
+Continuité écologique des cours d&amp;#039;eau&lt;br /&gt;
+Préservation des milieux aquatiques et humides&lt;br /&gt;
+Reconquête de la biodiversité&lt;br /&gt;
+Actions en faveur du milieu marin méditerranéen&lt;br /&gt;
+ Stratégies territoriales sur les milieux aquatiques, milieux humides et milieux marins&lt;br /&gt;
+Mesures hydrologiques d’atténuation de l’impact des ouvrages hydroélectriques&lt;br /&gt;
+Remise en état post-sinistre</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P82" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q82" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128693/fr/milieux-aquatiques-et-biodiversite</t>
+        </is>
+      </c>
+      <c r="W82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/milieux-aquatiques-et-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>164925</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient l&amp;#039;animation territoriale nécessaire à la réalisation des actions liées à la gestion de l&amp;#039;eau, en favorisant une gouvernance locale efficace, représentant les divers usages.&lt;br /&gt;
+&lt;br /&gt;
+Elle encourage la création de structures de concertation multi-partenariales et l&amp;#039;émergence de maîtrises d&amp;#039;ouvrage locales pour répondre aux enjeux des bassins versants. De plus, l&amp;#039;agence soutient les &amp;#34;têtes de réseau&amp;#34; qui facilitent la mise en relation et le partage de ressources entre les acteurs. En milieu rural, elle accompagne les services d&amp;#039;assistance technique pour améliorer les infrastructures d&amp;#039;eau et d&amp;#039;assainissement. Enfin, l&amp;#039;agence promeut la participation citoyenne et la concertation pour enrichir les projets liés à l&amp;#039;eau, en permettant aux citoyens de s&amp;#039;impliquer activement dans leur élaboration et leur mise en œuvre.</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>Emergence et animation de la gouvernance locale de l’eau&lt;br /&gt;
+Emergence de projets ou de maîtrise d&amp;#039;ouvrage locale multithématique&lt;br /&gt;
+Animation de démarches contractuelles multithématiques&lt;br /&gt;
+Animation visant à améliorer la synergie entre les politiques de l&amp;#039;eau et l&amp;#039;aménagement du territoire&lt;br /&gt;
+Animation portée par les têtes de réseau &lt;br /&gt;
+Animation de démarches participatives&lt;br /&gt;
+Communication, sensibilisation et éducation aux enjeux de l’eau</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P83" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q83" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128698/fr/gouvernance-locale-de-l-eau-animation-sensibilisation-et-education-aux-enjeux-de-l-eau</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gouvernance-locale-de-leau-animation-sensibilisation-et-education-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>95344</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le domaine de la Gestion des Milieux Aquatiques et de la Prévention des Inondations</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie
+Conseil départemental de l'Aude
+Agence de l'eau Rhône-Méditerranée-Corse
+Syndicat Mixte des Milieux Aquatiques et des Rivières (SMMAR)</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de l'intervention dépend du dispositif demandé</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département de l&amp;#039;Aude s&amp;#039;est engagé, suite à la catastrophe de Novembre 1999, dans un programme prioritaire de « Prévention et de Gestion du Risque inondation », destiné à se prémunir des effets dommageables des crues sur les zones habitées, dans un objectif de protection des personnes et des biens.
+&lt;/p&gt;
+&lt;p&gt;
+ Enrichis, par le bilan très positif de l&amp;#039;ensemble des PAPI « première génération », et dans une logique de transposition de la Directive Cadre Inondations (DCI), l&amp;#039;Etat a souhaité impulser une nouvelle dynamique PAPI. C&amp;#039;est pourquoi, le SMMAR EPTB a élaboré la maquette d&amp;#039;un PAPI 2 « seconde génération » pour les années 2015/2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agira de poursuivre cette orientation stratégique sur les rivières en l&amp;#039;élargissant aux risques littoraux, et à une gestion régulière du bassin versant et des milieux aquatiques pour œuvrer à la restauration et la revalorisation de zones humides et des cours d&amp;#039;eau afin de protéger les ressources en eau et lutter contre les pollutions, mais aussi afin de préserver l&amp;#039;équilibre géomorphologique du cours d&amp;#039;eau, et sa biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires de ces aides sont les collectivités territoriales et leurs groupements, les Associations Syndicales Autorisées (ASA) et leurs groupements, les Sociétés d&amp;#039;Aménagement Régionales, dans le respect de leurs compétences statutaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité des opérations
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent s&amp;#039;inscrire dans l&amp;#039;un des 7 axes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe
+  1
+  &lt;/em&gt;
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+  Amélioration des connaissances et renforcement de la conscience du risque ; c&amp;#039;est-à-dire poursuite de la sensibilisation auprès du grand public et des scolaires, pose de repères de crues et de laisses de mer pour la submersion marine mais aussi poursuite des études d&amp;#039;aléas...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe  2 :
+  &lt;/em&gt;
+  Amélioration de la surveillance et de la prévision des crues
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 3 :
+  &lt;/em&gt;
+  Alerte et gestion de crise; c&amp;#039;est-à-dire suivi de l&amp;#039;hydrologie superficielle et souterraine, prévision pluviométrique, renforcement des outils de gestion de crise
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 4 :
+  &lt;/em&gt;
+  Prise en compte du risque inondation dans l&amp;#039;urbanisme et l&amp;#039;aménagement du territoire ; c&amp;#039;est-à-dire accompagner la mise en œuvre des Plans de Prévention des Risques Inondations approuvés et assister les collectivités dans l&amp;#039;élaboration des SCOT et des schémas de ruissellement en zone urbaine et péri-urbaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 5 :
+  &lt;/em&gt;
+  Actions de réduction de la vulnérabilité des personnes et des biens ; c&amp;#039;est-à-dire réduire la vulnérabilité et augmenter la résilience des services publics et des entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 6 :
+  &lt;/em&gt;
+  Ralentissement des écoulements ; c&amp;#039;est-à-dire optimiser les champs d&amp;#039;expansion des crues, contrôler le transport solide, réaliser des ouvrages de rétention, et surtout réaliser des PPGBV, qui représentent à eux seuls environ la moitié de l&amp;#039;enveloppe financière du PAPI 2
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 7 :
+  &lt;/em&gt;
+  Gestion des ouvrages de protection hydraulique ; c&amp;#039;est-à-dire aménagement des berges au droit d&amp;#039;enjeux, confortement des digues et déversoirs, optimisation d&amp;#039;ouvrages existants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour l&amp;#039;axe spécifique des PPGBV , les opérations devront s&amp;#039;articuler autour des 5 axes d&amp;#039;actions suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 1 :
+  &lt;/em&gt;
+  Restauration physique des cours d&amp;#039;eau : Actions visant à rechercher un fonctionnement naturel des cours d&amp;#039;eau par des actions morphologiques et sédimentaires ; libérer des espaces de mobilité des cours d&amp;#039;eau dans les secteurs définis de manière concertée en veillant à préserver les zones à enjeux ; soutenir les actions de continuité écologique par l&amp;#039;effacement ou l&amp;#039;équipement de seuils et barrages.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 2 :
+  &lt;/em&gt;
+  Gestion quantitative de la ressource en eau : développer un dispositif de  gestion quantitative de la ressource en eau conformément aux conclusions de l&amp;#039;étude sur la détermination des volumes prélevables portée sous maîtrise d&amp;#039;ouvrage du SMMAR et finalisée en 2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 3 :
+  &lt;/em&gt;
+  Reconquête de la qualité de l&amp;#039;eau : accompagner les actions de lutte contre les pollutions diffuses, notamment type phytosanitaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 4 :
+  &lt;/em&gt;
+  Zones humides : protéger et gérer les zones humides inventoriées conformément à la hiérarchisation élaborée par les plans de gestion. L&amp;#039;inventaire des zones humides mené sous maîtrise d&amp;#039;ouvrage du SMMAR sera complété sur tous les secteurs à ce jour non recensés (secteurs Orbieu-Aude médiane notamment).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 5 :
+  &lt;/em&gt;
+  Gestion de la ripisylve : prévenir la formation d&amp;#039;embâcles et maintenir le développement d&amp;#039;une ripisylve équilibrée (accroître le rôle régulateur épurateur, tout en conservant le rôle protecteur, préserver le rôle de connecteur de zones humides, favoriser la biodiversité en conformité avec les inventaires réalisés dans le cadre des SAGE ou des démarches Natura 2000, PNR, ENS...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X18" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/gestion-des-milieux-aquatiques-et-prevention-des-inondations-gemapi</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...33 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+ David MOURET - Chef du Service Hydraulique - Observatoire de l&amp;#039;Eau
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  courriel :
+  &lt;a href="mailto:david.mouret&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   david.mouret&amp;#64;cg11.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Alain ERADES  - Ingénieur
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  courriel :
+  &lt;a href="mailto:alain.erades&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   alain.erades&amp;#64;cg11.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  téléphone : 04.68.11.67.62
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa9b-investir-dans-le-domaine-de-la-gestion-des-mi/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...444 lines deleted...]
-      <c r="A20" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>62848</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
+      <c r="M85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4536,277 +13371,2593 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
+      <c r="W85" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E21" s="1" t="inlineStr">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>95044</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les inondations</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les inondations</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 20</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Axes d&amp;#039;intervention ( Etudes et travaux )
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maximal d&amp;#039;intervention
+Amélioration de la connaissance et de la conscience du risque
+10% du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surveillance, prévision des crues et des inondations
+5 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte du risque inondation dans l&amp;#039;urbanisme
+10 % du montant éligible
+Actions de réduction de la vulnérabilité des biens et des personnes
+20 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ralentissement des écoulements
+20 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouvrages hydrauliques de protection
+10 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 80% d&amp;#039;aides publiques (déplafonnement possible lorsque le projet est inclus dans un CPIER) – hors autofinancement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P86" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes et groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes ouverts et fermés auxquels la compétence Inondation a été transférée, établissements publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Habitants en zones inondables, usagers de réseaux de transports impactés, acteurs économiques (entreprises, exploitations agricoles...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Amélioration de la connaissance et de la conscience du risque, actions d&amp;#039;information, de sensibilisation et de pédagogie à destination du public, des élus et des acteurs économiques pour favoriser la prise en compte du risque ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surveillance, prévision des crues et des inondations ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte du risque inondation dans l&amp;#039;urbanisme ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux d&amp;#039;amélioration des écoulements dans les zones urbanisées ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux de réduction de la vulnérabilité des réseaux, des activités économiques, et des services publics ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux de zones de ralentissement dynamique des crues, de restauration ou d&amp;#039;aménagement de zones d&amp;#039;expansion des crues ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux d&amp;#039;ouvrages hydrauliques de protection rapprochée des zones habitées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes et travaux en section investissement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/prevenir-gerer-inondations/</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0190/depot/simple</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Marie-Dominique PARANIER : 03 88 15 38 62 / marie-dominique.paranier&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Camille BARTHE : 03 87 33 67 62 / camille.barthe&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sophie PAYER : 03 26 70 31 68 / sophie.payer&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad50-prevenir-et-gerer-les-inondations/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>154066</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter la mise en œuvre de la planification de l'espace maritime dans l'UE</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>FEAMPA - Projets de planification de l'espace maritime (MSP) - 2023</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 78</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds européen pour les affaires maritimes, la pêche et l&amp;#039;aquaculture - vise à soutenir le Green Deal de l&amp;#039;UE et une économie bleue durable en mettant en œuvre des actions dans le domaine de la politique maritime de l&amp;#039;Union, de la politique commune de la pêche et du programme de gouvernance internationale des océans de l&amp;#039;UE.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Budget total de l&amp;#039;appel : 4 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant de la subvention : entre 1 million et 2,5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux de co-financement : jusqu&amp;#039;à 80% du total des
+  &lt;span&gt;
+   &lt;span&gt;
+    coûts
+   &lt;/span&gt;
+  &lt;/span&gt;
+  éligibles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/span&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faciliter la mise en œuvre de la planification de l&amp;#039;espace maritime dans l&amp;#039;UE, notamment par l&amp;#039;application effective de la directive 2014/89 établissant un cadre pour la planification de l&amp;#039;espace maritime
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financer des projets élaborant des réponses innovantes pour relever les défis spécifiques que les États membres de l&amp;#039;UE pourraient rencontrer lors de la mise en œuvre, du suivi et/ou de la révision de leurs plans d&amp;#039;aménagement de l&amp;#039;espace maritime
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ &lt;strong&gt;
+  Priorités
+ &lt;/strong&gt;
+&lt;/span&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Priorité 1 : Développer des stratégies et des approches pour revoir/réviser les plans d&amp;#039;espace maritime afin de les rendre pérennes, plus intégrés et plus cohérents, notamment dans le contexte d&amp;#039;un bassin maritime
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorité 2 : Faciliter et permettre le développement des zones marines protégées et des secteurs économiques dans le domaine maritime
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorité 3 : Concevoir des plans d&amp;#039;aménagement de l&amp;#039;espace maritime qui intègrent les objectifs et les mesures d&amp;#039;autres instruments de l&amp;#039;UE dans le but de réduire les pressions collectives et cumulatives et de veiller à ce que les écosystèmes marins soient sains, productifs et résilients
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorité 4 : Analyser la manière dont les plans d&amp;#039;aménagement de l&amp;#039;espace maritime ont identifié et traité les tensions existantes et potentielles entre les différents secteurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ &lt;strong&gt;
+  Parmi les actions financées
+ &lt;/strong&gt;
+&lt;/span&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Activités spécifiques visant à mettre en œuvre les dispositions des articles 6, 7, 8 et 9 de la directive MSP, y compris l&amp;#039;examen et/ou la révision des plans d&amp;#039;espace maritime
+ &lt;/li&gt;
+ &lt;li&gt;
+  Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 10 de la directive MSP (utilisation et partage des données)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 11 de la directive sur la planification de l&amp;#039;espace maritime (coopération entre les États membres)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Activités spécifiques visant à mettre en œuvre les dispositions de l&amp;#039;article 12 de la directive sur la planification de l&amp;#039;espace maritime (coopération avec les pays tiers)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ &lt;strong&gt;
+  Informations complémentaires
+ &lt;/strong&gt;
+&lt;/span&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cet appel à propositions est un appel à propositions ouvert.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée initiale de l&amp;#039;action : entre 24 et 48 mois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+International
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une personne morale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être une entité publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être approuvé par les autorités publiques ou les organismes chargés de la planification de l&amp;#039;espace maritime au niveau national dans les États membres côtiers concernés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être une autorité publique ou un organisme chargé de la planification de l&amp;#039;espace maritime d&amp;#039;un État membre côtier
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pays non membres de l&amp;#039;UE éligibles au programme :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pays de l&amp;#039;Atlantique,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays de la mer Baltique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays de la Mer Noire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays de la Mer du Nord,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays méditerranéens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays dont les eaux sont adjacentes aux régions ultrapériphériques de l&amp;#039;UE
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/emfaf/wp-call/2023/call-fiche_emfaf-2023-pia-msp_en.pdf</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;
+  cinea-emfaf-calls&amp;#64;ec.europa.eu
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/emfaf/wp-call/2023/call-fiche_emfaf-2023-pia-msp_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/emfaf-2023-pia-msp?tenders&amp;#61;false&amp;amp;callIdentifier&amp;#61;EMFAF-2023-PIA-MSP" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de l&amp;#039;agence exécutive
+ &lt;br /&gt;
+ &lt;a href="https://cinea.ec.europa.eu/index_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information&amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://cinea.ec.europa.eu/programmes/european-maritime-fisheries-and-aquaculture-fund_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/072f-feampa-projets-de-planification-de-lespace-ma/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>382</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt Secteur Public bonifié</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>PSP B</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification (au 1er janvier 2020) :
+6 M€ par projet
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans, avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toutes les petites  collectivités ultramarines de moins de 10 000 habitants, et l&amp;#039;ensemble des collectivités de Guyane et de Mayotte
+uniquement : toutes les opérations d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les autres acteurs publics locaux, y compris les associations, les opérations d&amp;#039;investissement s&amp;#039;inscrivant dans les secteurs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assainissement, adduction d&amp;#039;eau potable, déchets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau dans les DROM conformes aux contrats de progrès du plan d&amp;#039;action « eau-DOM » et projets eau dans les COM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le secteur sanitaire et médico-social (notamment EHPAD et petite enfance) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secteur du numérique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructures sportives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations éligibles au titre du fonds exceptionnel d&amp;#039;investissement (FEI) et au Plan de Relance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation professionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement social et intermédiaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie sociale et solidaire (ESS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets culturels et de valorisation du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc29-pret-secteur-public-bonifie-psp-b/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>384</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un préfinancement de subventions européennes et d'Etat - PS2E</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039; Agence française
+de développement
+répond aux besoins
+de financement de
+court terme des
+acteurs publics
+en préfinançant
+les subventions
+européennes, d&amp;#039;État
+ou de la Caisse
+d&amp;#039;allocations
+familiales (CAF).  Ce préfinancement permet d&amp;#039;avancer la trésorerie nécessaire au paiement des entreprises mobilisées pour la réalisation des investissements des acteurs publics; et le cas échéant, de compléter un prêt d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de la subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : 3 à 5 ans maximum
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : non applicable
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible au démarrage des travaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tout préfinancement de subventions européennes,
+d&amp;#039;État, ou de la CAF
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions européennes :
+fonds structurels européens et assimilés
+(FEDER, FEADER, FEAMP); 
+fonds européen de développement (FED); 
+autres fonds européens spécifiques
+(RTE-T, Marco-Polo, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions d&amp;#039;État et subventions des établissements
+publics nationaux et des Organismes divers d&amp;#039;adminitration
+centrale (ODAC); 
+Fonds exceptionnel d&amp;#039;investissement (FEI); dotations d&amp;#039;équipement des territoires ruraux
+(DETR); C
+entre national d&amp;#039;études spatiales (CNES); 
+Office National de l&amp;#039;Eau et des Milieux Aquatiques
+(ONEMA); 
+Agence de l&amp;#039;environnement et de la maîtrise de
+l&amp;#039;énergie (ADEME); 
+Agence nationale pour la rénovation urbaine
+(ANRU); etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f5b-prefinancement-de-subventions-europeennes-et-/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>165261</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir des connaissance et mesures de sauvegarde prévues dans les PLAGEPOMI</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de connaissance et mesures de sauvegarde prévues dans les PLAGEPOMI</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient activement la restauration 
+des milieux dégradés, des aires protégées et des continuités écologiques
+ afin de lutter contre l’érosion de la biodiversité.&lt;/p&gt;
+&lt;p&gt;En parallèle, dans le cadre des actions identifiées dans les plans de
+ gestion pour les poissons migrateurs (PLAGEPOMI), l’agence de l’eau 
+Loire-Bretagne peut accompagner l’acquisition de connaissance et 
+certaines mesures de sauvegarde rendues nécessaires par le risque de 
+disparition d’espèces.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P90" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les acquisitions de connaissance et les mesures de sauvegarde doivent être conformes aux objectifs des PLAGEPOMI.&lt;/p&gt;
+&lt;p&gt;Les mesures de sauvegarde prévues dans les PLAGEPOMI ou validées par 
+le COGEPOMI pour les espèces présentant un risque de disparition restent
+ des mesures ponctuelles. Elles s’inscrivent dans une démarche 
+territoriale de l’agence de l’eau comme mesure complémentaire à un 
+programme d&amp;#039;actions de restauration des milieux issues d’une stratégie 
+globale à l’échelle d’axe ou d’un bassin versant.&lt;/p&gt;
+&lt;p&gt;Les mesures identifiées sont le soutien d’effectif en saumons et la 
+régulation de silures. Elles doivent s’appuyer sur une analyse 
+systémique et un protocole d’action validé par un conseil scientifique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq5-acquisition-de-connaissance-et-mesures-de-sauvegarde-prevue.html</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale.
+ &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acquerir-des-connaissance-et-mesures-de-sauvegarde-prevues-dans-les-plagepomi/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>165262</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Structurer la maitrise d'ouvrage et d'organiser les compétences (études)</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Études de structuration de la maitrise d'ouvrage et d'organisation des compétences</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
+intercommunale à structurer leurs compétences au-delà des obligations 
+réglementaires. La structuration doit permettre aux collectivités d’être
+ opérationnelles, de porter des programmes d’actions ambitieux sur le 
+petit et le grand cycles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P91" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q91" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-etudes-de-structuration-de-la-maitrise-douvrage-et-dorganis.html</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/structurer-la-maitrise-douvrage-et-dorganiser-les-competences-etudes/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>90930</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la sauvegarde de la vie humaine en mer et prévenir les accidents liés au travail avec l'aide "Santé et sécurité"</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+         :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser la sauvegarde de la vie humaine en mer et prévenir les accidents liés au travail, améliorer les conditions de travail à bord,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien des investissements relatifs à la sécurité, aux conditions de travail, la santé et l&amp;#039;hygiène à bord, investissements à bord y compris les équipements individuels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces investissements vont au-delà de la réglementation européenne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les pêcheurs (y compris les pêcheurs à pied),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propriétaires de navires de pêche.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 20 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts nécessaires à l&amp;#039;achat ou à l&amp;#039;installation d&amp;#039;éléments éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études préalables à l&amp;#039;opération qui peuvent être de nature technique, scientifique, juridique, environnementale ou économique, expertises .....
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements conduisant directement ou indirectement à augmenter la capacité de pêche du navire ou sa capacité à détecter du poisson ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts relatifs aux entretiens planifiés ou préventifs de toute partie d&amp;#039;équipement permettant de maintenir un dispositif en état de marche......
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France »
+ &lt;/strong&gt;
+ :
+ http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+ &lt;br /&gt;
+ Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/sante-et-securite-pecheurs</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Gaëtan BAELEN - Instructeur
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture : 05 57 57 73 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Joëlle LIRIA-GIMENEZ - Secrétariat
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture : 05 56 5 38 10
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/00c5-sante-et-securite-pecheurs/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>391</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>554</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>DATAVIZ Cœur de Ville</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Portrait socio-démographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructurer l&amp;#039;habitat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter les mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Servir les citoyens
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Connaissance de la mobilité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>143336</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Opter pour une gestion intégrée du littoral</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aménager les espaces littoraux et fluviaux relève du défi ; les multiples pressions qui s&amp;#039;y exercent (élévation du niveau de la mer notamment) étant appelées à s&amp;#039;amplifier avec le changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema accompagne vos projets d&amp;#039;aménagement et met à votre disposition son expertise en géo-information, planification, observation du trait de côte ou réduction des impacts des activités sur le milieu marin.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le domaine de la sécurité maritime, le Cerema contribue à moderniser les systèmes de signalisation maritime internationaux et développer les systèmes de supervision des trafics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous souhaitez :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaborer une stratégie de gestion du littoral pour un aménagement durable ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recenser et évaluer l&amp;#039;état et la fonctionnalité de vos ouvrages portuaires ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envisager une opération sur le trait de côte ? sur une décharge littorale ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractériser le risque de submersion marine ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la définition du besoin, en lien avec les évolutions réglementaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audits techniques, économiques et réglementaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse et interprétation des données (ex : analyse statistique de climatologie moyenne, zoom sur les tempêtes, estimation des valeurs extrêmes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations concrètes et chiffrées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui dans la gestion et l&amp;#039;exploitation de vos infrastructures portuaires, maritimes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos grands projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Programme « Trait de Côte »
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;article 239 de la loi « Climat et résilience » introduit l&amp;#039;obligation pour une liste de 126 communes visées par décret, l&amp;#039;obligation, de cartographier les zones menacées par l&amp;#039;érosion du trait de côte. Le Cerema pilote le programme national d&amp;#039;accompagnement des communes pour la réalisation de leur outil cartographique sur la période 2022-2026.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Programme « résorption des décharges littorales »
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lors du Sommet international One Ocean Summit qui s&amp;#039;est tenu à Brest, en février 2022, la France a annoncé la résorption en 10 ans des décharges littorales présentant un risque de rejet de déchets en mer, en métropole comme en outre-mer. 67 décharges prioritaires déjà identifiées. L&amp;#039;État a confié au Cerema le pilotage du programme d&amp;#039;accompagnement des collectivités pour le traitement des décharges et de renaturation des sites (2022-2026).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ils nous font confiance :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agglomération Royan Atlantique (Charente Maritime) : Développement d&amp;#039;un système de surveillance océanométéo pour l&amp;#039;accueil des paquebots de croisière au port de Royan
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communauté d&amp;#039;agglomération de l&amp;#039;Espace Sud Martinique : Impulser un programme d&amp;#039;actions de prévention des inondations — 2022
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Métropole Toulon Provence Méditerranée : Développement d&amp;#039;outils d&amp;#039;aide à la décision pour une stratégie de gestion intégrée du littoral — 2021 - 2022
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Mers et océans
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Communes littorales</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/opter-gestion-integree-du-littoral</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68d1-opter-pour-une-gestion-integree-du-littoral/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>163041</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Santé
+Education et renforcement des compétences
+Biodiversité
+Mers et océans
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Sa raison d&amp;#039;être :
+  Sa raison d&amp;#039;être
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission :
+  Sa mission
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...7 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ses crédits :
+  Ses crédits
  &lt;/strong&gt;
-&lt;/p&gt;
-[...11 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement :
+  Son accompagnement
  &lt;/strong&gt;
-&lt;/p&gt;
-[...5 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4849,345 +16000,7323 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X21" s="1" t="inlineStr">
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...3 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Email
+  Contact
  &lt;/strong&gt;
- : adhesion&amp;#64;agence-france-locale.fr
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...26 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Du fait de leur proximité avec les élus et de leur connaissance des territoires, les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la DDTM 29, sont en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
-[...1 lines deleted...]
- Cette aide se matérialise par un appui en ingénierie technique, juridique, et financier. Un fonctionnement en mode projet et des apports méthodologiques contribuent à faire émerger des stratégies territoriales qui peuvent ensuite se traduire par une contractualisation ou la mise en place d&amp;#039;outils réglementaires. Et suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation pré-diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, analyse observatoire de faisabilité...
+ La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
 Forêts
+Montagne
+Sols
 Espaces verts
+Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
 Economie circulaire
+Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P98" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  c.maitre&amp;#64;cc-massifdusancy.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>163894</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+ÉcoQuartier
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agences de l'eau
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>90856</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Aménager et gérer durablement le littoral</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement et gestion durable du littoral</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     La Région apporte son soutien aux maîtres d&amp;#039;ouvrages publics pour un aménagement touristique des stations et des plages du littoral soumis à de fortes fréquentations, en intégrant les enjeux de respect de l&amp;#039;environnement et de changement climatique.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs :
+     &lt;/strong&gt;
+    &lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  requalifier les stations littorales et les espaces fréquentés dans le cadre d&amp;#039;un programme d&amp;#039;aménagement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménager et gérer durablement les plages en améliorant la sécurité et les conditions d&amp;#039;accueil du public, en canalisant et gérant les flux, en renforçant la préservation du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en place des expérimentations, visant à anticiper les impacts du changement climatique sur l&amp;#039;activité touristique et, réciproquement, tester de nouvelles solutions pour l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer la mobilité décarbonnée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Espace public
+Transition énergétique
+Biodiversité
+Bâtiments et construction
+Paysage
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  GIP Littoral.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Requalification des stations et les projets d&amp;#039;aménagement et de gestion durables des espaces
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25% maximum des dépenses éligibles HT pour les investissements dans les équipements et aménagements issus d&amp;#039;une programmation
+  ADS
+ &lt;/li&gt;
+ &lt;li&gt;
+  30% maximum des dépenses éligibles HT pour les investissements d&amp;#039;aménagements durables des plages et des espaces littoraux fréquentés
+ &lt;/li&gt;
+ &lt;li&gt;
+  50% maximum des dépenses éligibles HT ou TTC pour les études préalables (dispositif d&amp;#039;aide au conseil)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Expérimentations
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% maximum des dépenses éligibles HT ou TTC pour les apports de connaissance et les études
+ &lt;/li&gt;
+ &lt;li&gt;
+  30% maximum des dépenses éligibles HT ou TTC pour les investissements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;/em&gt;
+ ​​​​​​
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/amenagement-et-gestion-durable-du-littoral</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Limoges (87, 86, 23, 19)
+Direction du tourisme : 05 55 45 00 30
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Poitiers (79, 86, 17, 16)
+Direction du tourisme : 05 16 01 40 55
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Bordeaux : Direction du tourisme : 05 57 57 83 09
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/657e-amenagement-et-gestion-durable-du-littoral/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>90861</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises touristique dans l'adaptation et la diversification de leur offre d'hébergements</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide soutient les entreprises touristique dans l&amp;#039;adaptation et la diversification de leur offre d&amp;#039;hébergements.
+ L&amp;#039;objectif est de favoriser le maintien d&amp;#039;une offre de qualité respectueuse de l&amp;#039;environnement et de veiller à la mixité des clientèles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Application du Règlement d&amp;#039;Intervention en vigueur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Campings de tourisme indépendants classés minimum 3* après travaux, hors chaînes intégrées ou franchises (référence à l&amp;#039;article L330-3 du code du Commerce).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages privés et publics en zone d&amp;#039;agglomération et sur les communes relevant de la loi littoral.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les SCI sont exclues du champ des aides.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra porter sur des investissements de création, modernisation et de diversification de l&amp;#039;offre avec une approche respectueuse de l&amp;#039;environnement et de la diversité des publics accueillis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ travaux d&amp;#039;investissement intérieur et extérieur, de confort (aménagement des emplacements, rénovation de la réception, des sanitaires, des zones de loisirs, aires de campings cars...) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions
+&lt;/p&gt;
+&lt;p&gt;
+ Métropole et littoral
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements qualitatifs concourant à la gestion environnementale du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dépenses éligibles
+  &lt;/strong&gt;
+  : plan de gestion paysagère, modernisation des sanitaires dans le cadre d&amp;#039;une démarche HQE, aires de campings cars, ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Obligations
+  &lt;/strong&gt;
+  : adhérer à l&amp;#039;Office de Tourisme local, s&amp;#039;engager à maintenir l&amp;#039;activité pendant au moins 5 ans, préciser la stratégie marketing de l&amp;#039;établissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les travaux réalisés en régie directe sont exclus.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléchargez le dossier de demande via ce lien : https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/hotellerie-de-plein-air-independante et l&amp;#039;envoyer à l&amp;#039;adresse postale
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+ &lt;br /&gt;
+ 14, Rue François de Sourdis 33 077 Bordeaux Cedex
+ &lt;br /&gt;
+ 05 49 38 49 38
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/hotellerie-de-plein-air-independante</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges (départements 87-23-19) : 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers (départements 79-86-17-16) :
+ 05 16 01 40 55
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux (départements 33-24-47-40-64) :
+ 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d4f-hotellerie-de-plein-air-independante/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>143316</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Construire la résilience de son territoire : préparation à la crise et accompagnement post-crise</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes responsable d&amp;#039;une collectivité ou d&amp;#039;un groupement de collectivités territoriales, opérateur ou représentant de l&amp;#039;État. Vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  connaître la vulnérabilité de votre territoire face aux risques naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous préparer à la gestion de crise et/ou améliorer l&amp;#039;organisation en place
+ &lt;/li&gt;
+ &lt;li&gt;
+  capitaliser sur les évènements passés pour progresser et entretenir la mémoire du risque
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire appel à une expertise technique « post crise » pour préparer le retour à la normale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de son expertise technique pluridisciplinaire enrichie de retours d&amp;#039;expériences, le Cerema vous accompagne vers une gestion efficace et résiliente des crises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préparation à la gestion de crise
+ &lt;/li&gt;
+ &lt;li&gt;
+  analyse de la vulnérabilités des territoires et organisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la maîtrise d&amp;#039;ouvrage en matière de planification
+ &lt;/li&gt;
+ &lt;li&gt;
+  formations et mises en situation concrètes (exercices)
+ &lt;/li&gt;
+ &lt;li&gt;
+  expertise technique d&amp;#039;urgence « post-crise »
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les risques naturels (inondation, submersion marine, mouvement de terrain, chute de bloc, cavité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  sur les infrastructures (ouvrages d&amp;#039;art, pont de secours, ouvrages hydrauliques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  organisation de retours d&amp;#039;expérience et protocoles pour les préparer
+ &lt;/li&gt;
+ &lt;li&gt;
+  anticipation et accompagnement au retour à la normale (diagnostics, reconstruction).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  RÉPARATION À LA GESTION DE CRISE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une cellule de veille hydro-météo sur le bassin versant de l&amp;#039;Arc – 2021 – Métropole Aix Marseille Provence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un référentiel métropolitain de gestion de crise – 2021 – Grenoble Alpes Métropole
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  EXPERTISES TECHNIQUES D&amp;#039;URGENCE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Expertises des infrastructures, ouvrages d&amp;#039;art, ouvrages maritimes et bâti du littoral suite à l&amp;#039;ouragan Irma – 2017 – Saint-Barthélemy et Saint-Martin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cartographie de zones inondées de l&amp;#039;Aude appuyée par l&amp;#039;imagerie satellitaire – 2018 – DREAL Occitanie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  RETOURS D&amp;#039;EXPÉRIENCE (REX)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  REX inondations dans le Var en automne 2018-2019 – CC du Golfe de Saint-Tropez et DDTM du Var
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise hydrologique et Retour d&amp;#039;expérience sur les mouvements de terrain suite à la tempête Alex – 2020 – DDTM des Alpes-Maritimes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;un protocole de retour d&amp;#039;expérience post Inondation à l&amp;#039;échelle intercommunale – CC Méditerranée Portes des Maures – 2021, EPAGE Menelik – 2022
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACCOMPAGNEMENT AU RETOUR À LA NORMALE (DIAGNOSTICS, RECONSTRUCTION)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prévention et gestion des déchets post-inondation issus du Territoire à Risque Important d&amp;#039;Inondation (TRI) de Clermont-Ferrand-Riom : mise en œuvre d&amp;#039;une démarche d&amp;#039;anticipation – 2020 – Clermont Auvergne Métropole et CA Riom Limagne et Volcans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui aux services de l&amp;#039;État et aux collectivités dans le cadre de la reconstruction post Alex – 2022.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos ressources :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Guide pratique d&amp;#039;élaboration du volet inondation du Plan Communal de Sauvegarde – DREAL PACA, Direction Générale de la Sécurité Civile et de la Gestion des Crises, Institut des Risques Majeurs, Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guide méthodologique pour la réalisation d&amp;#039;un REX Inondation – CGEDD, DGPR
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté métier autour des PICS (via la plateforme Expertises Territoires)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plateforme muREX de capitalisation des données après inondation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Application mobile SCOUT : outil de relevé de terrain post-évènement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Montagne
+Risques naturels
+Appui méthodologique
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/resilience-territoriale-preparation-crise-accompagnement</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f6a-construire-la-resilience-de-son-territoire-pr/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>14068</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
+Grâce à un prêt vert, votre collectivité pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adopter une démarche cohérente pour l&amp;#039;ensemble de son projet en faveur de la transition énergétique, y compris sur son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer sur sa stratégie en faveur de l&amp;#039;environnement, via un crédit spécifiquement dédié à cette thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à une finance plus responsable en ciblant des investisseurs éthiques qui se préoccupent des projets sous-jacents et de leurs impacts environnementaux dans leurs choix d&amp;#039;investissement (ces prêts sont refinancés par des obligations vertes).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;eau et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;énergie (éclairage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;efficacité énergétique du bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Alimentation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Montant minimum : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt affecté à un des projets éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;indicateurs qui permettent à la banque de calculer des économies de CO2 ou d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-transition-ecologique/pret-vert.html</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/vos_besoins/financement/contacts.financement.html</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a&gt;
+  secteurpubliclocal&amp;#64;labanquepostale.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 09 69 36 88 00
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques : Appel non surtaxé, du lundi au vendredi de 9h à 17h (hors jours fériés)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W104" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J105" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>164111</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Consommation et production
+Risques naturels
+Qualité de l'air
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>99012</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine naturel et promouvoir les actions en termes d'EEDD et de sensibilisation à la préservation du patrimoine</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Environnement et activités de pleine nature - Fiche Actions 4</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>sur remboursement des dépenses du projet</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle a pour enjeux de &amp;#34;Valoriser le patrimoine naturel et promouvoir  les  actions  en  termes  d&amp;#039;EEDD  et  de  sensibilisation  à  la  préservation  du
+ patrimoine.&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Les impacts attendus sur le territoire sont:
+&lt;/p&gt;
+&lt;p&gt;
+ Effets directs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Amélioration de l&amp;#039;offre en activités pleine nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en valeur des sites naturels, de leur faune et de leur flore
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la connaissance du patrimoine naturel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Effets indirects :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Amélioration de la sensibilité du grand public aux enjeux environnementaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Augmentation de la fréquentation des sites nature
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sports et loisirs
+Forêts
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  TO 4.1 : Soutien aux actions de formations et de mise en réseau des acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 4.2 : Soutien à l&amp;#039;aménagement et mise en accessibilité de sites naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 4.3 : Soutien à la structuration et mise en place d&amp;#039;activités de pleine nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 4.4 : Soutien aux campagnes de nettoyage, sensibilisation et pédagogie à l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 4.5 : Soutien aux actions de communication, promotion, valorisation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>GAL Nord et Centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA4.pdf</t>
+        </is>
+      </c>
+      <c r="W107" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-mayotte.yt/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Romain DELARUE
+&lt;/p&gt;
+&lt;p&gt;
+ Animateur du GAL Nord et Centre de Mayotte
+&lt;/p&gt;
+&lt;p&gt;
+ 06.39.65.74.83
+&lt;/p&gt;
+&lt;p&gt;
+ adnc.mayotte&amp;#64;gmail.com
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>adnc.mayotte@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fe8c-copie-10h24-culture-patrimoine-et-traditions-/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>82912</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Val d'Oise
+CAUE de la Seine-Maritime
+CAUE de la Haute-Loire
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+CAUE des Deux-Sèvres
+CAUE de la Sarthe
+CAUE du Puy-de-Dôme
+CAUE de la Dordogne
+CAUE de la Charente
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE du Calvados
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
+CAUE du Lot
+CAUE de la Vendée
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de l'Ardèche
+CAUE du Maine-et-Loire
+CAUE de l'Yonne
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte
+CAUE du Morbihan</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Seine-Maritime
+CAUE de l'Aude
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE du Calvados
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
+CAUE des Landes
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
+CAUE du Tarn
+CAUE de la Dordogne
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Drôme
+CAUE de la Charente-Maritime
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE de la Vendée
+CAUE de la Haute-Vienne
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de la Haute-Savoie
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Ardèche
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE de Mayotte
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE de la Somme
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>131013</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"-  Grand Est</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/grand-est</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Grand Est
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nassera Deroueche
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 61 66 91
+&lt;/p&gt;
+&lt;p&gt;
+ nassera.deroueche&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Office français de la biodiversité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ David Monnier
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 62 86 07
+&lt;/p&gt;
+&lt;p&gt;
+ david.monnier&amp;#64;ofb.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b9d5-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>131012</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Union régionale des Centres permanents d'Initiative pour l'Environnement - Hauts-de-France (CPIE)</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/hauts-de-france</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;animation régionale du dispositif par l&amp;#039;URCPIE Hauts-de-France :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr" target="_self"&gt;
+  animation-ten&amp;#64;cpie-hautsdefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3266-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>131009</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W114" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Benjamin Virely
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale de la biodiversité Centre-Val de Loire
+&lt;/p&gt;
+&lt;p&gt;
+ 09 70 72 40 12
+&lt;/p&gt;
+&lt;p&gt;
+ benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df17-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>131004</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bretagne</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W115" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Anne-Hélène LE DU
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable du Pôle ingénierie de projets
+&lt;/p&gt;
+&lt;p&gt;
+ 06 02 19 65 28
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  annehelene.ledu&amp;#64;biodiversite.bzh
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e4e3-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>131003</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bourgogne Franche-Comté</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W116" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bruno Dorbani
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chef du service TerritoireChef du service Territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Agence Régionale de la Biodiversité de Bourgogne-Franche-Comté
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  bruno.dorbani&amp;#64;arb-bfc.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a952-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>131002</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Stéphanie GARRIDO / Thomas FOUREST
+&lt;/p&gt;
+&lt;p&gt;
+ ARBE
+&lt;/p&gt;
+&lt;p&gt;
+ 04.42.90.90.60-54 / 04.42.90.90.66
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a target="_self"&gt;
+   ville-nature&amp;#64;arbe-regionsud.org
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32a9-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+International
 Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
 Mers et océans
 Réduction de l'empreinte carbone
+Mobilité fluviale
 Milieux humides
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X22" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction Départementale des Territoires et de la Mer du Finistère.
-[...3 lines deleted...]
- ddtm-directeur&amp;#64;finistere.gouv.fr
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>143355</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'assainissement des infrastructures et la protection des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion des réseaux d&amp;#039;assainissement des infrastructures et la préservation des milieux aquatiques attenants sont au cœur de vos préoccupations et vous souhaitez faire les meilleurs choix en matière d&amp;#039;aménagement et/ou de politique de sécurisation pour assurer, entre autres, la gestion qualitative et quantitative de la ressource en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous souhaitez vous appuyer sur un établissement susceptible de vous offrir une large palette de prestations notamment pour optimiser l&amp;#039;évacuation des eaux de la chaussée, assurer la sécurité des usagers en évitant les risques d&amp;#039;aquaplanage et les projections d&amp;#039;eau (un assainissement correctement conçu et réalisé est gage de pérennité de la chaussée) et préserver les milieux aquatiques contre des pollutions diffuses ou accidentelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne sur ces problématiques de protection des milieux aquatiques et assainissement des infrastructures en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes préalables : assainissement routier, requalification environnementale, conception de dispositifs d&amp;#039;assainissement alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôles de chantier : gestion des eaux de ruissellement, audits environnements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation et avis dossiers loi sur l&amp;#039;eau  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et sensibilisation des acteurs publics.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Appui méthodologique
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/assainissement-infrastructures-protection-milieux-aquatiques</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f5f-assainissement-des-infrastructures-et-protect/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>143376</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude hydro-morpho-sédimentaires en appui à la gestion du Trait de Côte</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Besoin d&amp;#039;une étude globale en Appui aux Politiques Publiques pour une meilleure gestion du Trait de Côte.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  risques de sédimentation, d&amp;#039;érosion, d&amp;#039;atteinte à la qualité des eaux à l&amp;#039;intérieur ou à proximité immédiate d&amp;#039;un aménagement côtier et de ses accès (port, prise d&amp;#039;eau, rejet, site remarquable comme le Mont-Saint-Michel...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  risques d&amp;#039;affouillement autour de structures installées en mer comme les éoliennes offshore, les hydroliennes, les terminaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rejets en mer comme l&amp;#039;immersion de sédiments dragués, les rejets d&amp;#039;eau chaude ou de stations d&amp;#039;épuration ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  impacts directs et indirects régionaux générés par des aménagements ou opérations du point de vue hydrodynamique, morphodynamique, agitation, salinité, température, turbidité, transport de sédiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de baies, d&amp;#039;embouchures et d&amp;#039;estuaires : rectification du cours d&amp;#039;un chenal principal ou secondaire, calibration, approfondissement, seuil de fond, digue submersible, création de vasières, dépoldérisation et aux conséquences hydrosédimentaires et sur la qualité des eaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Le Cerema intervient sur l&amp;#039;analyse et l&amp;#039;étude de la gestion du trait de côte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &amp;gt; Les prestations du Cerema Eau, mer et fleuves comprennent :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) auprès du bénéficiaire pour la réalisation de l&amp;#039;étude de la gestion sédimentaire d&amp;#039;un site littoral : visite sur site et rencontre des différents acteurs, réalisation du CCTP, participation aux réunions préparatoires, avis, relecture et amendement des documents en discussion.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &amp;gt; Ou étude spécifique pour le bénéficiaire de la gestion du trait de côte d&amp;#039;un site littoral :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Phase 1) : étude de caractérisation du site (Tranche Ferme)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Phase 2) : étude de définition de modalités de gestion du littoral (TF)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Phase 3) : propositions d&amp;#039;actions (TF)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Phase X : étude de modélisation numérique des options retenues (Tranche Conditionnelle)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/etudes-hydro-morpho-sedimentaires-appui-gestion-du-trait</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b21-realiser-une-etude-hydro-morpho-sedimentaires/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>164440</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux naturels : Fonds NAture - Nouvelle-Aquitaine Territoire Uni pour Restaurer nos Ecosystèmes</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Fonds NAture - Nouvelle-Aquitaine Territoire Uni pour Restaurer nos Ecosystèmes</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face aux défis croissants liés à la dégradation des écosystèmes, la Fondation du patrimoine et la Région Nouvelle-Aquitaine se sont associées pour 3 ans (2025-2027) en créant un fonds inédit dédié à la préservation des milieux naturels et de la biodiversité : le Fonds NAture.
+Alimenté à parité par la Région Nouvelle-Aquitaine et la Fondation du patrimoine, et complété par du mécénat d&amp;#039;entreprises engagées dans la protection et la valorisation du patrimoine naturel de leur territoire, le Fonds NAture sera mobilisé pour financer des projets de préservation et restauration de la biodiversité, sur la base d’une sélection conjointe, par le biais d’appels à projets. &lt;/p&gt;&lt;p&gt;Objectifs &lt;/p&gt;&lt;p&gt;L&amp;#039;appel à projets du Fonds NAture a pour objectif de faire émerger et de soutenir des initiatives locales portées par des structures publiques ou associatives au service de la biodiversité. Les actions proposées devront clairement démontrer un impact positif direct sur la biodiversité et s’inscriront autant que possible dans une approche globale et territoriale de reconquête de la biodiversité. &lt;/p&gt;&lt;p&gt; Ainsi, le Fonds Nature accompagnera : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;des travaux de restauration ou de sauvegarde d’espaces naturels (zones humides, forêts, prairies, milieux littoraux, habitats d’espèces menacées…) ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;des acquisitions foncières par des structures gestionnaires reconnues, lorsqu’un projet de gestion conservatoire est préalablement défini ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;des aménagements spécifiques permettant l’amélioration de la biodiversité au sein du bâti (grilles à chiroptères, gîtes et nichoirs, protections, etc.), dans le cadre de travaux de restauration du bâti ancien d’intérêt patrimonial.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant de l&amp;#039;aide et critères d&amp;#039;éligibilité : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Seuil minimum de dépenses de 10 000 € (HT ou TTC selon le statut du porteur de projet au regard de la TVA), sauf pour les projets de biodiversité dans le bâti patrimonial (pas de seuil), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les structures publiques : obligation d&amp;#039;apporter un minimum de 20% d&amp;#039;autofinancement. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les associations, un autofinancement minimum sera exigé (étudié au cas par cas), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Montant et taux d&amp;#039;aide déterminés en fonction de la qualité des projets et de l&amp;#039;enveloppe budgétaire disponible.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q121" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles à l&amp;#039;appel à projets du Fonds NAture les maîtres d&amp;#039;ouvrages publics ou associatifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; collectivités locales et leurs groupements, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; syndicats mixtes, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; établissements publics, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; associations. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Les projets seront analysés au regard des critères suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; la robustesse du projet (plan de financement, mobilisation de partenaires, calendrier), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; la qualité patrimoniale et les enjeux de restauration ou d&amp;#039;acquisition du site (intérêt écologique, zonages environnementaux, enjeu de préservation/restauration, menaces pour la biodiversité...), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; la qualité du projet (intérêt environnemental, ambitions en termes d&amp;#039;impacts, pérennité, protocoles scientifiques...), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; l&amp;#039;intégration locale du projet (approche globale/territoriale). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Les dossiers lauréats de l’appel à projets seront sélectionnés par un comité composé de personnes représentantes de la Région Nouvelle-Aquitaine et de la Fondation du patrimoine, appuyées par un collège d&amp;#039;experts ainsi qu&amp;#039;un collège de mécènes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/fonds-nature-nouvelle-aquitaine-territoire-uni-pour-restaurer-nos-ecosystemes</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>Pour candidater, les porteurs de projets devront s&amp;#039;adresser à la Fondation du patrimoine, à l’adresse électronique suivante :
+fonds-nature&amp;#64;fondation-patrimoine.org pour obtenir le formulaire de candidature.
+Il devront ensuite déposer leur dossier de candidature complet en format dématérialisé (Word et PDF signé), via le formulaire fourni accompagné des pièces justificatives demandées (listées dans le formulaire) à la même adresse :
+fonds-nature&amp;#64;fondation-patrimoine.org.
+Un accompagnement au montage du dossier pourra être apporté par la Fondation du patrimoine et ses bénévoles présents sur le terrain aux porteurs de projets qui le souhaitent.</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-nature-nouvelle-aquitaine-territoire-uni-pour-restaurer-nos-ecosystemes/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>143320</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et analyser avec précision les états de mer « in situ » en s'appuyant sur des réseaux d'instruments</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion des projets portuaires, d&amp;#039;aménagements côtiers et du risque de submersion marine, exigent une connaissance et analyse fines des données de houle.
+&lt;/p&gt;
+&lt;p&gt;
+ En mobilisant son réseau de 35 houlographes ou des courantomètres à effet Doppler, le Cerema peut connaître et surveiller les conditions de mer sur la côte et au large, en temps réel ou différé.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous devez dimensionner un ouvrage portuaire (digue, quai) ou une structure offshore ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Votre littoral est touché par l&amp;#039;érosion ? Vous envisagez une opération sur le trait de côte ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez caractériser le risque de submersion marine ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez diffuser en temps réel les hauteurs de vagues (aux navigants, usagers ou dans le cadre de travaux en mer) ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un centre de référence : le Cerema gère, depuis 1972, le réseau national CANDHIS (Centre d&amp;#039;Archivage National de Données de Houle InSitu) de stations de mesure de houle le long du littoral français. Ce réseau compte aujourd&amp;#039;hui 35 houlographes en Métropole et en Outre-mer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise nationale reconnue auprès des organismes scientifiques et techniques (MétéoFrance, SHOM, Ifremer)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un savoir-faire en matière de positionnement, gestion de matériels et exploitation des données de houle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Assistance à maîtrise d&amp;#039;ouvrage
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance technique pour déterminer le besoin en données de houle (définition des matériels, localisation, type de diffusion souhaité en temps réel ou en différé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse et interprétation des données de houle selon l&amp;#039;activité en mer ou le projet concerné (par exemple : analyse statistique de climatologie moyenne, zoom sur les tempêtes, estimation des valeurs extrêmes)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Appui opérationnel et suivi
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Installation du matériel en mer (démarches administratives, préparation du matériel, coordination des intervenants)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation des opérations de maintenance préventives et curatives
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Port de Royan
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Développement d&amp;#039;un système de surveillance océanométéo pour l&amp;#039;accueil des paquebots de croisière au port de Royan.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   EDF
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gestion et surveillance de quatre stations de mesure de houle
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Météo-France
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Contrôle et mise à disposition en temps réel de mesures de houle
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Appui méthodologique
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/connaitre-analyser-precision-etats-mer-situ-s-appuyant</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60bf-connaitre-et-analyser-avec-precision-les-etat/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>143289</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Tester sur modèle physique le comportement des ouvrages en canal à houle</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La remontée du niveau des mers va aggraver les
+ &lt;strong&gt;
+  problèmes de protection des zones littorales
+ &lt;/strong&gt;
+ . Les structures côtières seront soumises à des conditions de
+ &lt;strong&gt;
+  houle
+ &lt;/strong&gt;
+ plus sévères. Davantage sollicitées, ces ouvrages connaîtront des dommages plus importants et verront le niveau de protection qu&amp;#039;elles offrent s&amp;#039;abaisser, en particulier leur capacité à limiter les franchissements des vagues.
+&lt;/p&gt;
+&lt;p&gt;
+ En conséquence, en fonction des enjeux de sécurité des biens et des personnes, les autorités locales pourront être amenées à étudier des renforcements ou des adaptations de leurs
+ &lt;strong&gt;
+  structures de protection
+ &lt;/strong&gt;
+ . De même, dans le cadre d&amp;#039;appels de travaux de génie côtier, des entreprises pourraient vouloir tester des variantes d&amp;#039;ouvrages dans l&amp;#039;espoir de bénéficier d&amp;#039;un avantage économique par rapport à la solution de base. Enfin, ces entreprises peuvent avoir besoin de recourir à des outils de modélisation physique dans le cadre de leur propre R&amp;amp;D.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les études de pré-dimensionnement des structures côtières s&amp;#039;appuient sur des formules analytiques très peu fiables. Dès que l&amp;#039;ouvrage est important, de par sa taille ou en raison des enjeux qu&amp;#039;il représente en termes de sécurité publique, la réalisation d&amp;#039;essais physiques pour simuler l&amp;#039;action des houles et le comportement des ouvrages devient indispensable.
+&lt;/p&gt;
+&lt;p&gt;
+ De même, dans le cadre d&amp;#039;un appel d&amp;#039;offres, lorsqu&amp;#039;une entreprise propose une variante, elle doit prouver qu&amp;#039;elle est au moins aussi performante que la solution de base. Cela signifie que l&amp;#039;entreprise devra fournir au Maître d&amp;#039;œuvre des résultats convaincants obtenus sur la base de la réalisation d&amp;#039;essais de modélisation physique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ESITC dispose des moyens techniques et humains nécessaires à la mise en œuvre de ce type d&amp;#039;essais. Le Cerema, de par ses compétences propres en génie côtier, est en mesure d&amp;#039;intervenir dans la définition du programme d&amp;#039;essais, la conception des structures à tester, l&amp;#039;exploitation des résultats et la synthèse à dégager des tests effectués.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Appui méthodologique
+Valorisation d'actions
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/tester-modele-physique-comportement-ouvrages-canal-houle</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0334-tester-sur-modele-physique-le-comportement-de/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>143292</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux (via Modélisation numérique)</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mieux appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour représenter schématiquement un site ou un phénomène dans le but de comprendre et d&amp;#039;expliquer son fonctionnement mais également de prévoir son comportement comme par exemple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaître les courants (champs de vitesse) des voies navigables à différents niveaux de débits (étiage, moyen, crue) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les courants en amont immédiat d&amp;#039;ouvrages hydrauliques transversaux des voies navigables (barrages, seuils...) à différents niveaux de débits (étiage, moyen, crue) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les conditions de navigation sur une voie navigable (simulateur trajectographie) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître l&amp;#039;agitation (états de mer), les vitesses de courants et le niveau marin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la dynamique de la propagation d&amp;#039;une crue ou d&amp;#039;une submersion marine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les champs d&amp;#039;expansion des crues ou de submersion marine (interaction niveau d&amp;#039;eau et Modèle numérique de terrain) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un outil de prévision des inondations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la modélisation numérique des phénomènes hydrauliques en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La récupération des différentes données de terrains et hydrauliques existantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;analyse et la construction du modèle numérique spécifique à la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le calage du modèle en fonction d&amp;#039;éléments ou d&amp;#039;événements connus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sorties graphiques d&amp;#039;études et rapports d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation potentielle des futurs utilisateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude qualitative et quantitative de l&amp;#039;aléa inondation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Appui méthodologique
+Valorisation d'actions
+Mers et océans
+Mobilité fluviale
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/modelisation-numerique-hydraulique-maritime-fluviale</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c2a-apprehender-les-phenomenes-hydrauliques-dans-/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J125" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P125" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q125" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>9082</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Mission régionale de conseil aux décideurs publics (MRCDP
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>97356</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la réduction de l'impact de l'assainissement en zone littorale</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Ingénierie technique
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 30</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à favoriser et accompagner les réflexions en matière d&amp;#039;assainissement et de gestion des eaux pluviales concourant à la reconquête des usages littoraux (conchyculture, pêche à  pied et baigande) et du bon état des masses d&amp;#039;eau littorales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostics de systèmes d&amp;#039;assainissement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostic des réseaux d&amp;#039;eau pluvial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  équipement des points de déversement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  étude de déconnexion et gestion alternative des eaux pluviales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  profil de vulnérabilité et études de modélisation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  campagne de suivi des sources de contamination bactériologique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires : les communes, EPCI et syndicats intercommaux compétents en matière d&amp;#039;assainissement et de gestion des eaux pluviales.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme vise en premier lieu l&amp;#039;amélioration des connaissances et l&amp;#039;identification des sources de contamination et des rejets de micropolluants. Ainsi seront éligibles les études ou diagnostics visant à l&amp;#039;amélioration des connaissances.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les masses d&amp;#039;eaux littorales dont l&amp;#039;état chimique est déclassée par des micropolluants ou en cas de contamination récurrente des sites aquacoles, des études spécifiques pourront être subventionnées (étude de source de contamination, diagnostic amont).
+&lt;/p&gt;
+&lt;p&gt;
+ Sur les communes identifiées, les éléments de diagnostic doivent permettre d&amp;#039;établir les sources principales de contamination et de les hiérarchiser. Les travaux qui en découlent ainsi identifiés pourront être accompagnés (réhabilitation structurante des réseaux, amélioration des performances de traitement de la bactériologie, renforcement des capacités de transfert et stockage des réseaux, aide aux collectivités pour la mise en oeuvre d&amp;#039;une politique d&amp;#039;incitation à la réhabilitation des assainissements non collectifs).
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux accompagnés devront nécessairement avoir été identifiés comme contributeurs significatifs par une étude préalable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Communes littorales de Vendée</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée – Service Eau
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.28.85.86.38
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:eau&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  eau&amp;#64;vendee.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>florian.sicard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/909a-accompagner-la-reduction-de-limpact-de-lassai/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>92594</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Participer aux aménagements hydrauliques et à l’équipement rural des réseaux et ouvrages pour le pluvial</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I128" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir les projets relatif au pluvial porté par une commune exerçant effectivement la compétence (exercice direct ou par délégation) et se situant dans une zone agricole ou naturelle du document d&amp;#039;urbanisme en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de la subvention Départementale : 0 à 50 % maximum du montant HT des investissements
+&lt;/p&gt;
+&lt;p&gt;
+ Une priorité est donnée aux Communes ayant un schéma directeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux maximum de 50 % ne s&amp;#039;applique que si le Conseil départemental est seul financeur et que les dossiers ont été proposés aux autres co-financeurs (Région, Agence de l&amp;#039;eau).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etudes et élaboration des schémas pluviaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de bassins de rétention pour le pluvial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux sur le réseau pluvial (zonage pluvial – article 2224-10 du CGCT)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes qualifiées de « rurales » par arrêté préfectoral, n&amp;#039;ayant pas transféré la compétence.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Communes rurales du Vaucluse</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires/les-autres-aides-aux-collectivites-locales-et-organismes-publics-2689.html</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus, contactez le : 04.90.16.15.00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f0a-participer-aux-amenagements-hydrauliques-et-a/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>74103</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui technique de proximité à la mise en oeuvre des politiques publiques prioritaires et un accompagnement amont sur les procédures réglementaires associées</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...2 lines deleted...]
-      <c r="K23" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la Direction Départementale des Territoires et de la Mer du Finistère, sont les interlocuteurs de proximité des élus qui souhaitent être accompagnés et soutenus
 dans la mise en oeuvre de projets relevant des
  &lt;strong&gt;
   politiques publiques prioritaires
  &lt;/strong&gt;
  suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   aménagement de bourgs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   transition énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   qualité de l&amp;#039;eau
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   publicité
   &lt;br /&gt;
@@ -5209,300 +23338,565 @@
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   urbanisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Cette aide se matérialise par un conseil global en aménagement, des interventions ponctuelles ou une mise en réseau.
  &lt;/strong&gt;
  Suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation prédiagnostic, conseil amont, analyse observatoire de faisabilité...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le
  &lt;/strong&gt;
  &lt;strong&gt;
   s différents services apportent dans une logique de simplification administrative, un conseil stratégique amont tenant compte du contexte local et des particularités du projet, et permet d&amp;#039;aplanir la complexité des procédures inhérentes aux projets d&amp;#039;aménagement et de développement économique.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après un examen sur la base d&amp;#039;une question et pré-dossier du porteur de projet, l&amp;#039;Atelier délivre au bénéficiaire un avis préalable sur les procédures applicables et les délais induits ainsi qu&amp;#039;une synthèse des informations utiles
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   aménagements d&amp;#039;espaces publics ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   création de nouveaux quartiers, renouvellement urbain, écoquartiers
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   rénovation thermique de bâtiments publics, production d&amp;#039;EnR ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   agendas d&amp;#039;accessibilité programmée ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   diagnostics publicité ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   diagnostics de sécurité routière ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   aires d&amp;#039;accueil des gens du voyage ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   plans communaux de sauvegarde.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   pôle d&amp;#039;échanges multi-modal,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   implantation, extension de sites d&amp;#039;activités, projets liés aux énergies renouvelables...
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   remise en culture de friches agricoles, remise en activité ou renaturation de friches artisanales et industrielles...
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Forêts
 Espace public
 Friche
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Finistère</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Départementale des Territoires et de la Mer du Finistère.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  ddtm-directeur&amp;#64;finistere.gouv.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>gwenaelle.autret@finistere.gouv.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ba53-obtenir-un-appui-technique-de-proximite-a-la-/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>165246</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Développer et structurer l'éducation à l'environnement sur le volet « eau »</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Projets régionaux d’éducation à l’environnement sur le volet « eau »</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I130" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les actions visant à développer et à 
+structurer l&amp;#039;éducation à l&amp;#039;environnement à l&amp;#039;échelle régionale autour 
+des enjeux de l&amp;#039;eau. Elle finance des actions éducatives dans le cadre 
+de partenariats concertés avec les acteurs de l&amp;#039;éducation à 
+l&amp;#039;environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Education et renforcement des compétences
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P130" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q130" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-projets-regionaux-deducation-a-lenvironnement-sur-le-volet.html</t>
+        </is>
+      </c>
+      <c r="W130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-leducation-a-lenvironnement-sur-le-volet-eau/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>165244</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser du public pendant les consultations réglementaire pour l’élaboration du Sdage</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Actions de mobilisation de l’avis du public pendant les consultations prévues réglementairement pour l’élaboration du Sdage</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I131" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne encourage les initiatives de 
+mobilisation du public pendant les consultations menées par le comité de
+ bassin Loire-Bretagne. Elle finance les actions qui favorisent 
+l&amp;#039;appropriation et la mise en œuvre du Sdage, le débat sur l&amp;#039;eau, les 
+concertations et les consultations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Médias et communication
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P131" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q131" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-actions-de-mobilisation-de-lavis-du-public-pendant-les-cons.html</t>
+        </is>
+      </c>
+      <c r="W131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-du-public-pendant-les-consultations-reglementaire-pour-lelaboration-du-sdage/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>82911</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>CAUE du Loiret
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Haute-Loire
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE de la Dordogne
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne
+CAUE du Puy-de-Dôme
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE du Pas-de-Calais
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Vendée
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE du Gers
 CAUE du Tarn
 CAUE d'Alsace
 CAUE de Corse
 CAUE de l'Yonne
 CAUE de l'Aude
 CAUE du Maine-et-Loire
 CAUE du Cher
 CAUE de l'Ardèche
-CAUE du Gers
+CAUE du Loiret
 CAUE de Corrèze
 CAUE de l'Aisne
 CAUE de l'Isère
 CAUE de l'Ain
 CAUE du Morbihan
 CAUE de la Sarthe
 CAUE du Var
 CAUE du Gard
-CAUE de la Vendée
-[...7 lines deleted...]
-CAUE du Cantal
 CAUE de la Seine-Maritime
-CAUE de l'Aveyron
-[...44 lines deleted...]
-      <c r="G24" s="1" t="inlineStr">
+CAUE de la Haute-Savoie</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
  &lt;strong&gt;
   outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
  &lt;br /&gt;
  &lt;br /&gt;
  Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   La palette de leurs interventions est multiple :
  &lt;/strong&gt;
  &lt;br /&gt;
@@ -5549,85 +23943,85 @@
  &lt;li&gt;
   Publications, ouvrages, guides
  &lt;/li&gt;
  &lt;li&gt;
   Vidéos
  &lt;/li&gt;
  &lt;li&gt;
   Expositions
  &lt;/li&gt;
  &lt;li&gt;
   Participation à des commissions techniques thématiques (commerce, agriculture...)
  &lt;/li&gt;
  &lt;li&gt;
   Actions pédagogiques en milieu scolaire et hors ce milieu
  &lt;/li&gt;
  &lt;li&gt;
   Résidences
  &lt;/li&gt;
  &lt;li&gt;
   ...
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Actions locales accompagnées liées aux politiques publiques relatives à :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  / Ecoquartier&lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -5647,79 +24041,79 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
 &lt;p&gt;
@@ -5899,4356 +24293,326 @@
  CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...2028 lines deleted...]
-      <c r="G29" s="1" t="inlineStr">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>163880</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Etude, recherche, innovation et connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H29" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
-[...117 lines deleted...]
- Informations Région Nouvelle-Aquitaine : utiliser le formulaire &amp;#039;&amp;#039;Contactez-nous&amp;#039;&amp;#039; (voir lien vers le descriptif complet)
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
+délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
+L’acquisition, le transfert et la valorisation
+de connaissances (études générales, recherchedéveloppement, prospective et
+innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
+ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
+nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
+changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
+l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
+La création et la gestion de réseaux de
+surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
+ressources en eau superficielles et souterraines, des usages et des pressions
+qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
+(qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
+et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
+complémentaires qui permettent de renforcer les programmes de surveillance de
+la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
+aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
+de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
+le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
+définies dans la lettre de cadrage du ministère avec pour objectif principal
+l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
+spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
+l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
+Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
-[...504 lines deleted...]
-          <t>Tourisme
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
 Espaces verts
 Espace public
-Transition énergétique
+Voirie et réseaux
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
 Biodiversité
-Bâtiments et construction
-[...73 lines deleted...]
- ​​​​​​
+Equipement public
+Réhabilitation
+International
+Industrie
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P133" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q133" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
+prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="H33" s="1" t="inlineStr">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>92586</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="I134" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
-[...1387 lines deleted...]
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M40" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -10287,2292 +24651,1146 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...64 lines deleted...]
-      <c r="N41" s="1" t="inlineStr">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I135" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
 Mers et océans
-Milieux humides</t>
-[...51 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q135" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G42" s="1" t="inlineStr">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>161852</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité à travers la reconquête des écosystèmes marins, terrestres et aquatiques</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...2 lines deleted...]
-      <c r="H42" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K42" s="1" t="inlineStr">
+      <c r="I136" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
-[...47 lines deleted...]
-Risques naturels
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projets de protection et restauration sur tous milieux et espèces en lien avec les stratégies nationales ou régionales, à un taux modulable en fonction de la priorité de l&amp;#039;enjeu identifié. &lt;/p&gt;&lt;p&gt;L&amp;#039;instruction de cette aide se fait tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe budgétaire totale, pour l&amp;#039;ensemble des Outre-mer, est de 4M€. Le montant minimal d&amp;#039;aide est de 100 000€ (sauf exception) et il n&amp;#039;y a pas de montant plafond. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
 Biodiversité
-Mers et océans</t>
-[...288 lines deleted...]
-      <c r="T43" s="1" t="inlineStr">
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit répondre aux objectifs des stratégies nationales et régionales de protection de la biodiversité. La durée du projet doit être de maximum 3 ans. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
-[...65 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;delegation.ocean-indien&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;celine.maurer&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>camille.charvolen@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-a-travers-la-reconquete-des-ecosystemes-marins-terrestres-et-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...558 lines deleted...]
-Intercommunalité / Pays
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE Normands
+Union régionale des CAUE des Hauts de France
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...18 lines deleted...]
-      <c r="K47" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
-[...178 lines deleted...]
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Vous souhaitez connaître vos opportunités transfrontalières ?
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
   &lt;br /&gt;
  &lt;/strong&gt;
- La Mission Opérationnelle Transfrontalière vous propose un appui individualisé afin d&amp;#039;identifier les opportunités de développement territorial liées au positionnement frontalier de votre territoire.
-[...3 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  développement territorial transfrontalier
-[...8 lines deleted...]
-  préservation de l&amp;#039;environnement transfrontalier.
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="R48" s="1" t="inlineStr">
+      <c r="M137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
-[...130 lines deleted...]
-Eau pluviale
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
 Jeunesse
-Handicap
-[...1 lines deleted...]
-Accès aux services
+Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
 Education et renforcement des compétences
-Alimentation
-[...1 lines deleted...]
-Technologies numériques et numérisation
+Commerces et services
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-Economie sociale et solidaire
+Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
 Paysage
+Accessibilité
 International
-Appui méthodologique
-[...453 lines deleted...]
-Paysage
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
+Prévention des risques
+Artisanat
 Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
+Réduction de l'empreinte carbone
 Milieux humides
+Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les communautés de communes ou d&amp;#039;agglomération accompagnées dans leur DDmarche s&amp;#039;engagent à mobiliser :
-[...40 lines deleted...]
-  contact&amp;#64;uncpie.org
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- - Tél : 01 44 61 75 35
-[...8 lines deleted...]
-  &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>119764</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une carte locale de projection du recul du trait de côte</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>carte locale de projection du recul du trait de côte prevue par la loi climat et résilience</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I138" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes dont l&amp;#039;action en matière d&amp;#039;urbanisme et la politique d&amp;#039;aménagement doivent être adaptées aux phénomènes hydrosédimentaires entraînant l&amp;#039;érosion du littoral sont identifiées dans une liste fixée par décret. Ces communes  sont soumises au paragraphe 3 de la sous-section 3 de la section 1 du chapitre Ier du titre II du livre Ier du code de l&amp;#039;urbanisme et doivent établir une carte locale de projection du recul du trait de côte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce sont ces cartes qui peuvent être aidées par l&amp;#039;État jusqu&amp;#039;à 80% de leur coût.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Mers et océans</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P138" s="1" t="inlineStr">
+        <is>
+          <t>29/03/2022</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Communes littorales</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il faut vous rapprocher de votre DDTM ou DEAL.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.herault@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26d0-carte-locale-de-projection-du-recul-du-trait-/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>117506</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>CDC Biodiversité</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J139" s="1" t="inlineStr">
+        <is>
+          <t>Pas de limites minimum ou maximum</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
+ à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
+ résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
+ ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  atténuer les changements climatiques en renforçant les
+ capacités de stockage ou de captage de CO2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et adapter les territoires à ces changements, notamment en limitant leurs
+ effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
+ inondation, sécheresse, incendie, submersion marine...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ecosystèmes marins et côtiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transitions agricole et forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Continuités écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Biodiversité en ville
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ 104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
+ &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
+  Les Réalisations Nature 2050
  &lt;/a&gt;
- pour retrouver le contact de votre CPIE local via notre carte interactive.
-[...14 lines deleted...]
-      <c r="AA51" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de projets soutenus par Nature 2050 :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
+  &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre
+&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
+  &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des projets Nature 2050 sont accessibles
+ en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Friche
+Risques naturels
+Biodiversité
+Paysage
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le porteur de projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recourir aux solutions fondées sur la nature ;
+ &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
+ &lt;li&gt;
+  Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+   Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
+  &lt;br /&gt;
+ &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
+ &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
+  Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-      <c r="A52" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>111757</v>
       </c>
-      <c r="B52" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G52" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K52" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -12609,82 +25827,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M52" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12730,751 +25948,272 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V52" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W52" s="1" t="inlineStr">
+      <c r="W140" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X52" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z52" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-[...517 lines deleted...]
-      <c r="C55" s="1" t="inlineStr">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E55" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F55" s="1" t="inlineStr">
+      <c r="F141" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat</t>
-[...12 lines deleted...]
-      <c r="L55" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J141" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
-[...29 lines deleted...]
-  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -13519,16882 +26258,377 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
-[...8 lines deleted...]
- &lt;/a&gt;
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
-[...297 lines deleted...]
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...9096 lines deleted...]
-      <c r="G108" s="1" t="inlineStr">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>104714</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’élaboration et à l’animation des SAGE (Schéma d’aménagement et de gestion de l’eau)</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Animation territoriale : Contrats et SAGE</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K108" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I142" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J142" s="1" t="inlineStr">
+        <is>
+          <t>jusqu'à 80 000€/an</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
-[...335 lines deleted...]
-      <c r="X110" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
+ &lt;strong&gt;
+  Soutenir et accompagner l&amp;#039;élaboration et la mise en œuvre des SAGE (schéma d&amp;#039;aménagement et de gestion de l&amp;#039;eau), afin de disposer de stratégies définies à l&amp;#039;échelle des bassins versants.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De même, elle souhaite favoriser la mise en œuvre opérationnelle de programmes d&amp;#039;actions à l&amp;#039;échelle des bassins versants ou de territoires hydrauliquement cohérents. Dans ce cadre, elle apportera son soutien à l&amp;#039;animation/coordination et aux études nécessaires à l&amp;#039;élaboration des programmes d&amp;#039;actions opérationnels, notamment au travers du Contrat territorial Eau.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
-[...781 lines deleted...]
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
-[...697 lines deleted...]
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
-[...735 lines deleted...]
-  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dépenses éligibles sont les charges salariales pour un équivalent temps plein (ETP) par SAGE ou Contrat et les frais de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les SAGE, par exception à cette règle, les structures porteuses de SAGE, ayant plusieurs CT Eau sur leur territoire, et assurant la coordination ET la pré-instruction des demandes d&amp;#039;engagement et de paiement liées aux actions inscrites dans ces CT Eau, pourront bénéficier d&amp;#039;un taux d&amp;#039;aide allant jusqu&amp;#039;à 40% des dépenses éligibles plafonnées à 80 000 €/an.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les contrats, par exception à cette règle, pour l&amp;#039;année transitoire entre deux contrats, le taux d&amp;#039;aide maximum est réduit à 10% des dépenses éligibles plafonnées à 80 000 €/an.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de dépôt du dossier complet fixe la date d&amp;#039;éligibilité des pièces justificatives.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra inclure les pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lettre de demande d&amp;#039;aide signée par la personne habilitée à engager l&amp;#039;organisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document autorisant le représentant de l&amp;#039;organisme à solliciter une aide (délibération, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des courriers de demande d&amp;#039;aide déposée auprès d&amp;#039;autres collectivités ou d&amp;#039;organismes de droit public ou copie des décisions d&amp;#039;attribution d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation justifiant le régime de TVA auquel est soumis le demandeur pour les dépenses correspondant à la demande d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme prévisionnel du plan d&amp;#039;actions/d&amp;#039;activité de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée, précisant l&amp;#039;état des cofinancements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/animation-territoriale-contrats-et-sage</t>
+        </is>
+      </c>
+      <c r="W142" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_ANIM_POLO/depot/simple</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Pays de la Loire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:Damien.Masinski&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  Damien.Masinski&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 0228205473
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
-[...2060 lines deleted...]
-      </c>
       <c r="Y142" s="1" t="inlineStr">
         <is>
-          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+          <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
       <c r="Z142" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-de-facon-perenne-les-fonctionnalites-des-habitats-naturels-marins-et-littoraux-etudes-et-travaux/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/307e-animation-territoriale-contrats-et-sage/</t>
         </is>
       </c>
       <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:27" customHeight="0">
       <c r="A143" s="1">
-        <v>165259</v>
+        <v>120596</v>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Restaurer des habitats pour favoriser le retour ou le maintien des espèces menacées inféodées aux milieux aquatiques, humides et marins (études)</t>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
-          <t>Études préalables aux travaux de restauration des habitats</t>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
-          <t>Agence de l'Eau Loire-Bretagne</t>
+          <t>Conseil départemental du Gers</t>
         </is>
       </c>
       <c r="G143" s="1" t="inlineStr">
-        <is>
-[...2614 lines deleted...]
-      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I163" s="1" t="inlineStr">
+      <c r="I143" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J163" s="1" t="inlineStr">
+      <c r="J143" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -30422,66 +26656,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P143" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q163" s="1" t="inlineStr">
+      <c r="Q143" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -30493,97 +26727,1363 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>121461</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Eduquer au territoire et à l'environnement</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Education au territoire et à l'environnement</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat mixte du PNR des Baronnies provençales met en relation un réseau de professionnels susceptibles d&amp;#039;intervenir dans les écoles, les collèges, les lycées et les centres de loisirs et de vacances dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement, avec les communautés pédagogiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les interventions des professionnels sont financées grâce à des subventions régionales gérées par le syndicat mixte du Parc. Les professionnels et les enseignants entrent ainsi dans un réseau de professionnels qui peut bénéficier de formations dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement. Les projets sont valorisés dans plusieurs médias portés par le syndicat mixte du Parc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ À Taulignan , la classe de Quentin Sanchez est partie sur les traces du patrimoine local grâce à l&amp;#039;œil aiguisé de la photographe Anna Puig - Rosado de l&amp;#039;Atelier Bildo photo. Mêlant histoire moderne et découverte de la photographie, les élèves de CE1- CE2 ont étudié de vieilles cartes postales du village et les lieux représentés. À partir de ces prises de vue, ils se sont concrètement aperçus des changements qu&amp;#039;a connus le village : la filature est devenue salle d&amp;#039;escalade, la gare est devenue gendarmerie, etc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se trouver dans le périmètre classé du Parc naturel régional des Baronnies provençales, se trouver dans une ville-porte du Parc
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>PNR des Baronnies provençales (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baronnies-provencales.fr/publication/le-petit-baroniard-2021/</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matthieu MORARD
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission éducation au territoire et à l&amp;#039;environnement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ mmorard&amp;#64;baronnies-provencales.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04.75.26.79.03
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>eruin@baronnies-provencales.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/300e-education-au-territoire-et-a-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>116538</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Maîtriser l’utilisation des substances polluant les masses d'eau</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations permettant de mieux connaitre, réduire ou maîtriser les rejets polluants dans les milieux aquatiques et littoraux : formations aux bonnes pratiques et à la diminution d’usages de polluants, actions d’amélioration des pratiques agricoles en vue de baisser l’usage d’intrants, gestion des substances polluantes (phytosanitaires, engrais, médicaments…), traitement d’effluents autres que domestiques, établissement de profil de vulnérabilité de zone baignade, dispositifs de dépollution des eaux pluviales via des solutions durables et adaptées localement, filets de rétention de macrodéchets situés sur des infrastructures de gestion des eaux pluviales, …&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/15af-copie-04h13-modernisation-des-services-public/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>116528</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Connaitre les espèces et le fonctionnement des écosystèmes</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Etudes, production de données et de connaissances sur les espèces et le fonctionnement des écosystèmes aquatiques : étude du cycle de vie des espèces, inventaire écologique, étude de débit minimum biologique, indicateur de qualité écologique, …&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8bb-copie-06h25-planifier-la-preservation-de-la-b/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>116527</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Planifier la préservation de la biodiversité aquatique</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I148" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations visées
+ : Etat des lieux, diagnostics territoriaux et analyses prospectives, schémas directeurs, plans d’action, plans de gestion, …&lt;br /&gt;Sont exclues les études d’impact ou les études préliminaires seules.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea3a-planifier-la-preservation-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>117484</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseiller aux décideurs locaux (CDL)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La mise en place de ce nouvel interlocuteur permet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;offrir des prestations sur mesure, adaptées au plus près des besoins de chaque collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de proposer une gratuité, une objectivité et une neutralité de la prestation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la confection d&amp;#039;un budget
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une analyse financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de nouveaux moyens de paiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision en matière financière et fiscale
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Simulations fiscales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement le déploiement du nouveau référentiel comptable M57
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la rationalisation des régies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et gestion des marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la démarche partenariale (CSCF et EP)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P149" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>102937</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>101598</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Être informé des opportunités transfrontalières</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+EUROPE - Interreg - Fonds européens
+Avenir Montagnes
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Mission opérationnelle transfrontalière (MOT)</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous souhaitez connaître vos opportunités transfrontalières ?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La Mission Opérationnelle Transfrontalière vous propose un appui individualisé afin d&amp;#039;identifier les opportunités de développement territorial liées au positionnement frontalier de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appui consiste en la réalisation d&amp;#039;une note synthétique (« rapport d&amp;#039;étonnement ») selon vos besoins et attentes spécifiques, vous informant des opportunités de coopération transfrontalière et de financement européen en matière de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  développement territorial transfrontalier
+ &lt;/li&gt;
+ &lt;li&gt;
+  services et équipements publics transfrontaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  attractivité transfrontalière
+ &lt;/li&gt;
+ &lt;li&gt;
+  préservation de l&amp;#039;environnement transfrontalier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Foncier
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Logement et habitat
+Paysage
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Connaissance de la mobilité
+Industrie
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.espaces-transfrontaliers.org/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez la MOT : mot&amp;#64;mot.asso.fr, &amp;#43;33 1 55 80 56 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>mathias.ribert@mot.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3128-etre-informe-des-opportunites-transfrontalier/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>