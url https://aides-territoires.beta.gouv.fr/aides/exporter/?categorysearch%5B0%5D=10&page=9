--- v1 (2025-12-01)
+++ v2 (2026-01-06)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA160"/>
+  <dimension ref="A1:AA157"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,98 +228,941 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>10501</v>
+        <v>381</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Fonds Départemental de développement (F2D)</t>
+          <t>Bénéficier d'un prêt secteur public - PSP</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>PSP</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental du Gers</t>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Intercommunalité / Pays</t>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissement de long terme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans, avec possibilité de différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : constant
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des Fonds : possible dès la signature de la convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations d&amp;#039;investissement du secteur public local, sous forme de projet, programme ou financement budgétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Tous secteurs d&amp;#039;intervention des bénéficiaires (aménagement, énergie, déchets, équipements, transports, eau et assainissement, agriculture, santé etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa29-pret-secteur-public-psp/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>382</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt Secteur Public bonifié</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>PSP B</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification (au 1er janvier 2020) :
+6 M€ par projet
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans, avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toutes les petites  collectivités ultramarines de moins de 10 000 habitants, et l&amp;#039;ensemble des collectivités de Guyane et de Mayotte
+uniquement : toutes les opérations d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les autres acteurs publics locaux, y compris les associations, les opérations d&amp;#039;investissement s&amp;#039;inscrivant dans les secteurs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assainissement, adduction d&amp;#039;eau potable, déchets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau dans les DROM conformes aux contrats de progrès du plan d&amp;#039;action « eau-DOM » et projets eau dans les COM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le secteur sanitaire et médico-social (notamment EHPAD et petite enfance) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secteur du numérique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructures sportives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations éligibles au titre du fonds exceptionnel d&amp;#039;investissement (FEI) et au Plan de Relance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation professionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement social et intermédiaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie sociale et solidaire (ESS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets culturels et de valorisation du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc29-pret-secteur-public-bonifie-psp-b/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>384</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un préfinancement de subventions européennes et d'Etat - PS2E</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039; Agence française
+de développement
+répond aux besoins
+de financement de
+court terme des
+acteurs publics
+en préfinançant
+les subventions
+européennes, d&amp;#039;État
+ou de la Caisse
+d&amp;#039;allocations
+familiales (CAF).  Ce préfinancement permet d&amp;#039;avancer la trésorerie nécessaire au paiement des entreprises mobilisées pour la réalisation des investissements des acteurs publics; et le cas échéant, de compléter un prêt d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de la subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : 3 à 5 ans maximum
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : non applicable
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible au démarrage des travaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tout préfinancement de subventions européennes,
+d&amp;#039;État, ou de la CAF
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions européennes :
+fonds structurels européens et assimilés
+(FEDER, FEADER, FEAMP); 
+fonds européen de développement (FED); 
+autres fonds européens spécifiques
+(RTE-T, Marco-Polo, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions d&amp;#039;État et subventions des établissements
+publics nationaux et des Organismes divers d&amp;#039;adminitration
+centrale (ODAC); 
+Fonds exceptionnel d&amp;#039;investissement (FEI); dotations d&amp;#039;équipement des territoires ruraux
+(DETR); C
+entre national d&amp;#039;études spatiales (CNES); 
+Office National de l&amp;#039;Eau et des Milieux Aquatiques
+(ONEMA); 
+Agence de l&amp;#039;environnement et de la maîtrise de
+l&amp;#039;énergie (ADEME); 
+Agence nationale pour la rénovation urbaine
+(ANRU); etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f5b-prefinancement-de-subventions-europeennes-et-/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>391</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
-[...6 lines deleted...]
-      <c r="N2" s="0" t="inlineStr">
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -347,804 +1190,417 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="R2" s="0" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- • Les projets relevant des typologies suivantes sont prioritaires :
-[...35 lines deleted...]
- Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X2" s="0" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- E-mail : subventions.dmit&amp;#64;gers.fr
-[...3 lines deleted...]
- Téléphone : 05 62 67 31 50
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E3" s="1" t="inlineStr">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>43189</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les associations face à la crise du COVID – Fonds exceptionnel de soutien aux associations d'Occitanie</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="H3" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Compte tenu de la richesse de l&amp;#039;art contemporain en région, mais aussi des fragilités identifiées dans ce secteur, la Région Occitanie a souhaité en faire un axe fort de sa politique régionale Culture et Patrimoine.
-[...3 lines deleted...]
- Les projets soutenus par la Région doivent permettre :
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la crise sanitaire et sociale liée à la pandémie du COVID-19, parce que les associations sont essentielles à la vitalité de notre territoire et à la chaîne des solidarités au plus près des habitant(e) s,   la Région met en place, à titre transitoire, le fonds Solutions associations Occitanie, un système d&amp;#039;aides exceptionnelles dans le cadre d&amp;#039;un fonds régional de soutien au tissu associatif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations concernées sont basées en Occitanie et interviennent dans les secteurs culturel, sportif, solidaire, politique de la ville, de l&amp;#039;économie sociale et solidaire, d&amp;#039;éducation populaire, de culture scientifique et technique, de sensibilisation à l&amp;#039;environnement, de valorisation patrimoniale et touristique, en direction de la jeunesse, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Le maintien d&amp;#039;événements à la veille du confinement, leur report ou leur annulation a pu créer un vrai risque sur les ressources propres des associations, mais aussi sur leur économie globale. La Région Occitanie soutient le tissu associatif au travers des subventions qu&amp;#039;elle octroie tout au long de l&amp;#039;année et souhaite réaffirmer son appui dans la traversée de cet épisode compliqué pour tous les acteurs et actrices du service public.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est pourquoi la Région Occitanie a créé Solutions associations Occitanie – Fonds exceptionnel de soutien, pour les associations opératrices d&amp;#039;événements dont le total des dépenses acquittées est supérieur à 20 000€, et dont les ressources propres seraient inférieures de 40% au montant inscrit dans le budget prévisionnel, pourront solliciter une compensation des pertes de recettes à hauteur de 25%, dans la limite de 30 000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide financière exceptionnelle doit permettre aux associations, d&amp;#039;honorer les contrats en cours avec leurs différents prestataires, et d&amp;#039;honorer les rémunérations des salarié.e.s, tout en bénéficiant du maintien des subventions dans le cadre des dispositifs régionaux votés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  A)	Aide aux manifestations récurrentes ou ponctuelles
+ &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  un maillage du territoire régional ;
-[...11 lines deleted...]
-  la réalisation de projets à rayonnement régional, national ou international.
+  La manifestation doit être récurrente (il s&amp;#039;agit au moins de la 2ème édition) ou ponctuelle (manifestation ne pouvant par nature être reconduite l&amp;#039;année suivante : commémoration, anniversaire, colloque, rencontres sportives exceptionnelles...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...21 lines deleted...]
-&lt;p&gt;
+ &lt;em&gt;
+  B)	Aide aux manifestations nouvelles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La première édition doit avoir lieu en 2020 et elle sera reconduite d&amp;#039;une année sur l&amp;#039;autre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide sera accordée sous la forme d&amp;#039;une subvention, versée en une seule fois, sous réserve de la disponibilité des crédits budgétaires votés par le Conseil régional et dans le respect des critères définis. La Région se réserve le droit d&amp;#039;effectuer un contrôle a posteriori sur les dépenses et les recettes déclarées et réelles, et procéder aux réclamations des sommes qui auraient été indument versées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  A)	Aide aux manifestations récurrentes ou ponctuelles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide versée ne pourra pas dépasser 25% de la perte de recettes (hors subventions publiques), avec un plafond de la subvention exceptionnelle de 30 000€. Le calcul du montant du soutien exceptionnel se fera sur la base du delta entre recettes propres escomptées et recettes propres réelles et sur présentation des justificatifs de dépenses acquittées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  B)	Aide aux manifestations nouvelles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide versée ne pourra pas dépasser 25 % de la perte de recettes (hors subventions publiques), avec un plafond de la subvention exceptionnelle de 20 000€. Le calcul du montant du soutien exceptionnel se fera sur la base du delta entre recettes propres escomptées et recettes propres réelles et sur présentation des justificatifs de dépenses  acquittées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres aides prévues dans le 1er Plan régional d&amp;#039;urgence sanitaire, économique et solidaire dont peuvent bénéficier les associations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure 11.2 - Continuité des paiements aux entreprises, associations, au titre du plan de continuité &amp;#61; La Région se mobilise pour assurer la continuité des paiements que ce soit pour la commande publique ou le versement des aides et subventions (rémunération des stagiaires de la formation professionnelle, bourses, subventions aux associations et aux entreprises...).
+ Une veille toute particulière est accordée aux délais de paiement des factures pour soutenir l&amp;#039;activité : la Région s&amp;#039;engage à assurer leur règlement en moins de 30 jours, de la réception de la facture au versement par le comptable public.
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure 17.3 - Appui à la continuité de l&amp;#039;aide alimentaire régionale et à l&amp;#039;approvisionnement solidaire en alimentation locale des plus démunis : de façon exceptionnelle, les associations pourront bénéficier des aides existantes ou exceptionnelles mise en place par la Région pour la collecte et la distribution des denrées alimentaires (aides à la livraison, investissements...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Culture et identité collective
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
 Arts plastiques et photographie
 Musée
-Tourisme</t>
-[...7 lines deleted...]
-      <c r="R3" s="1" t="inlineStr">
+Sports et loisirs
+Tourisme
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...262 lines deleted...]
-      <c r="U3" s="1" t="inlineStr">
+ Toutes les associations organisatrices d&amp;#039;évènements [ 1 ] culturels, sportifs, solidaires, en lien avec la politique de la ville, l&amp;#039;économie sociale et solidaire, l&amp;#039;éducation populaire, la culture scientifique et technique, la sensibilisation à l&amp;#039;environnement, la valorisation patrimoniale et touristique, en direction de la jeunesse... intervenant sur le territoire de la Région Occitanie et dont le siège est situé dans cette région. Pour le secteur des événements sportifs, sont concernées les associations bénéficiaires des dispositifs de soutien des clubs « Occitanie - Ambassadeurs Sport » et « Occitanie - Sport Performance ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclues du champ d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les sociétés, entreprises et collectivités territoriales qui peuvent bénéficier des autres dispositifs mis en place par l&amp;#039;Etat et la Région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les associations dont le siège social et l&amp;#039;activité principale sont hors région Occitanie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Conditions d&amp;#039;éligibilité :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;évènement devait avoir lieu entre le 1er mars et le 30 juin 2020 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;association doit avoir honoré les contrats avec les professionnel.le.s, personnels temporaires et prestataires prévus pour la tenue des événements, le soutien exceptionnel de la Région visant à maintenir la chaîne des paiements jusqu&amp;#039;à l&amp;#039;acteur.rice/professionnel.e de terrain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;association devra produire un budget réalisé d&amp;#039;opération supérieur à 20 000€, avec justificatif des dépenses acquittées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de maintien entre le 1er et le 15mars, de report ou d&amp;#039;annulation sans report possible de l&amp;#039;évènement, la perte de recettes doit être égale ou supérieure à 40% du prévisionnel. La perte de recettes sera calculée hors subventions publiques à partir des baisses de recettes propres telles que billetterie, vente de prestations ou de produits, locations, mécénat, etc...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concernant le montant des recettes escomptées, la Région procèdera à une évaluation de l&amp;#039;estimation transmise sur la base des éditions précédentes pour les manifestations récurrentes ou sur la base d&amp;#039;événements comparables pour les autres.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X3" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Solutions-association-Occitanie-Fonds-exceptionnel-de-soutien</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/account-management/croccitanie-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesaidesenligne.laregion.fr%2Faides%2F%23%2Fcroccitanie%2Fconnecte%2FF_FESA_OCC%2Fdepot%</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...14 lines deleted...]
- Courriel : clement.montel&amp;#64;laregion.fr
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations : Se reporter sur le site de la Région, à la rubrique &amp;#34;associations d&amp;#039;Occitanie&amp;#34; ou composer le 3010, numéro unique et gratuit.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d621-solutions-association-occitanie-fonds-excepti/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...167 lines deleted...]
-      <c r="A5" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>554</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
         </is>
       </c>
-      <c r="C5" s="1" t="inlineStr">
+      <c r="C7" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Tourisme Ingénierie Développement</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>DATAVIZ Cœur de Ville</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Portrait socio-démographique
  &lt;/li&gt;
  &lt;li&gt;
   Restructurer l&amp;#039;habitat
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser le développement économique
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter les mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Servir les citoyens
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -1160,136 +1616,136 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Connaissance de la mobilité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Action cœur de ville</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
  &lt;/li&gt;
  &lt;li&gt;
   Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>1038</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Financer l'aménagement des musées ou acquérir des équipements muséographiques</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En Grand Est, on compte 131 musées labellisés « musée de France ». Structures essentielles dans la diffusion des œuvres d&amp;#039;art, de l&amp;#039;histoire et des traditions en région, les musées contribuent à des missions scientifiques, culturelles, pédagogiques et touristiques.
 &lt;/p&gt;
 &lt;p&gt;
  Après adoption de leur projet scientifique et culturel, certains d&amp;#039;entre eux veulent engager des travaux de modernisation et de conservation, de mise en réserves, à partir de programmes de rénovation ou de constructions neuves.
 &lt;/p&gt;
 &lt;p&gt;
  Par ce dispositif, la Région Grand Est décide d&amp;#039;accompagner les porteurs de projets défendant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;excellence en matière de muséographie, incluant des outils pédagogiques utilisant les technologies du numérique,
  &lt;/li&gt;
  &lt;li&gt;
   la qualité de la conservation, pouvant inclure un programme de construction de réserves,
  &lt;/li&gt;
  &lt;li&gt;
   une intégration dans les enjeux de développement local, ex : économie, tourisme, emplois,
  &lt;/li&gt;
  &lt;li&gt;
   une ambition de rayonnement de leur collection en région, en France et en Europe.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -1316,208 +1772,208 @@
   Méthode de sélection :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le projet doit obtenir l&amp;#039;agrément préalable des services compétents de l&amp;#039;État, y compris en cas de construction ou de rénovation de réserves,
  &lt;/li&gt;
  &lt;li&gt;
   le projet doit s&amp;#039;appuyer sur un projet scientifique et culturel validé par le service des Musées de France,
  &lt;/li&gt;
  &lt;li&gt;
   un projet portant sur les réserves n&amp;#039;est pris en considération que s&amp;#039;il s&amp;#039;inscrit dans un projet muséographique plus important.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les investissements liés au développement des espaces d&amp;#039;expositions temporaires sont privilégiés afin de favoriser l&amp;#039;attractivité du musée.
 &lt;/p&gt;
 &lt;p&gt;
  En vue de privilégier les projets à caractère réellement structurant, le montant minimum de l&amp;#039;investissement envisagé doit être de 150 000 € H.T.
 &lt;/p&gt;
 &lt;p&gt;
  La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à celle du début des travaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Equipement public</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lamenagement-musees-a-lacquisition-dequipements-museographiques/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Siège du Conseil Régional - Strasbourg :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. &amp;#43;33 (0)3 88 15 68 67
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Hôtel de Région - Metz :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. &amp;#43;33 (0)3 87 33 60 00
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Hôtel de Région - Châlons-en-Champagne :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. &amp;#43;33 (0)3 26 70 31 31
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d094-soutien-a-lamenagement-des-musees-ou-a-lacqui/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>1039</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Soutenir la valorisation et la médiation du patrimoine culturel</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
+      <c r="I9" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 30</t>
         </is>
       </c>
-      <c r="J7" s="1" t="inlineStr">
+      <c r="J9" s="1" t="inlineStr">
         <is>
           <t>Cette aide est plafonnée à 20 000 € en fonctionnement. Taux maximum : 30 % en fonctionnement / 15 % </t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Par ce dispositif, la Région Grand Est décide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;encourager la création et le développement d&amp;#039;équipements et de projets oeuvrant à la valorisation et à la médiation du patrimoine culturel régional, à la sensibilisation du public par la visite, les ateliers ou les chantiers ;
  &lt;/li&gt;
  &lt;li&gt;
   de garantir la qualité des contenus et des projets culturels ;
  &lt;/li&gt;
  &lt;li&gt;
   de fédérer les monuments, sites et équipements patrimoniaux et de garantir la cohérence de l&amp;#039;offre culturelle à l&amp;#039;échelle de la région Grand Est .
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités et les établissements publics, les personnes morales de droit privé en charge d&amp;#039;un monument, d&amp;#039;un site ou d&amp;#039;un équipement patr imonial ou portant un projet de médiation et de valorisation du patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 International</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Projets éligibles :
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   &lt;em&gt;
    En fonctionnement :
   &lt;/em&gt;
  &lt;/strong&gt;
  &lt;ul&gt;
   &lt;li&gt;
    les opérations de médiation – ex : cycles de conférences, colloques, ateliers, visites, publications – sur la base d&amp;#039;une programmation annuelle ou associant au moins deux structures, sites ou monuments,
   &lt;/li&gt;
   &lt;li&gt;
    les chantiers de restauration s&amp;#039;inscrivant dans le cadre d&amp;#039;une programmation concertée avec l&amp;#039;État (DRAC).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
@@ -1627,2043 +2083,325 @@
    Ne sont pas éligibles les frais de réception, les dépenses courantes du site ; ex : frais de personnel, entretien ; ou distinctes des opérations de médiation.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Sont éligibles en investissement les dépenses liées :
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    aux dépenses de prestation ; ex : études préalables, scénographie,
   &lt;/li&gt;
   &lt;li&gt;
    à l&amp;#039;achat de matériel muséographique,
   &lt;/li&gt;
   &lt;li&gt;
    aux travaux de construction, de restauration et d&amp;#039;aménagement.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-valorisation-a-mediation-patrimoine-culturel/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7936-soutien-a-la-valorisation-et-a-la-mediation-d/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>1041</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Compléter les collections des musées régionaux</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J8" s="1" t="inlineStr">
+      <c r="J10" s="1" t="inlineStr">
         <is>
           <t>Plancher : 500 €</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds régional pour les acquisitions des musées (FRAM)
 &lt;/p&gt;
 &lt;p&gt;
  Il vise à compléter les collections des musées régionaux dans le sens de la spécificité de chaque établissement. Le FRAM est un fonds cogéré par l&amp;#039;Etat et la Région Grand Est.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Taux maxi
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   50 % du prix de l&amp;#039;oeuvre, commission comprise
  &lt;/li&gt;
  &lt;li&gt;
   60 % du prix de l&amp;#039;oeuvre, commission comprise, en cas d&amp;#039;acquisition exceptionnelle
  &lt;/li&gt;
  &lt;li&gt;
   80 % du prix de l&amp;#039;oeuvre, commission comprise, en fonction des capacités financières de la collectivité
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La demande d&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers devront être déposés avant le 31 juillet de chaque année pour permettre un examen par le Comité FRAM au cours du deuxième semestre et un passage en Commission Permanente avant la fin de l&amp;#039;année civile.
 &lt;/p&gt;
 &lt;p&gt;
  La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à la date d&amp;#039;achat de l&amp;#039;oeuvre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Musée</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Nature des projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Acquisition d&amp;#039;oeuvres ou objets majeurs et significatifs qui, par leur prix, dépassent les possibilités budgétaires normales des bénéficiaires de l&amp;#039;aide.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Méthode de sélection :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Avis positif de la Commission scientifique interrégionale des collections des Musées de France compétente ;
   &lt;/li&gt;
   &lt;li&gt;
    Montant de l&amp;#039;acquisition justifié ;
   &lt;/li&gt;
   &lt;li&gt;
    Acquisition faite dans l&amp;#039;intérêt du Musée ;
   &lt;/li&gt;
   &lt;li&gt;
    Acquisition inscrite dans un projet scientifique et culturel d&amp;#039;établissement et bénéficiant du soutien de l&amp;#039;Etat ;
   &lt;/li&gt;
   &lt;li&gt;
    Avis favorable du Comité Régional du FRAM, instance technique composée d&amp;#039;élus régionaux, de représentants de l&amp;#039;Etat et de personnes qualifiées.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  Dépenses liées à l&amp;#039;acquisition, sur présentation des factures acquittées
 </t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/fonds-regional-acquisitions-musees-fram/</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture, du Patrimoine et de la Mémoire
 &lt;/p&gt;
 &lt;p&gt;
  Uniquement pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ea17-fonds-regional-pour-les-acquisitions-des-muse/</t>
-        </is>
-[...344 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
       <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:27" customHeight="0">
       <c r="A11" s="1">
-        <v>126142</v>
+        <v>1082</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
-[...4 lines deleted...]
-          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+          <t>Soutenir les expositions labellisées « exposition d'intérêt national »</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Loire</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
-        <is>
-[...1365 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I18" s="1" t="inlineStr">
+      <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J18" s="1" t="inlineStr">
+      <c r="J11" s="1" t="inlineStr">
         <is>
           <t>L'aide est plafonnée à 50.000 €.</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par ce dispositif, la Région Grand Est décide de renforcer l&amp;#039;attractivité culturelle et touristique du Grand Est au travers de son patrimoine (Musées labellisés : « Musée de France »).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Expositions temporaires labellisées « exposition d&amp;#039;intérêt national » par le ministère de la Culture et de la Communication.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Musée ayant reçu l&amp;#039;appellation « Musée de France » du ministère de la Culture et de la Communication ; Labellisation « exposition d&amp;#039;intérêt national » par le ministère de la Culture et de la Communication : avis de la commission et convention entre le ministère de la Culture et de la Communication et l&amp;#039;autorité de tutelle du musée ;
   &lt;/li&gt;
   &lt;li&gt;
    Qualité scientifique et/ou artistique du projet, aspect novateur du propos ;
   &lt;/li&gt;
   &lt;li&gt;
    Mise en oeuvre du projet par un personnel qualifié ;
   &lt;/li&gt;
@@ -3704,181 +2442,181 @@
    Edition du catalogue de l&amp;#039;exposition ;
   &lt;/li&gt;
   &lt;li&gt;
    Coût des personnels spécifiques à l&amp;#039;exposition (médiation, intervention d&amp;#039;artiste, surveillance...)
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Ne sont pas éligibles :
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les dépenses de communication ;
   &lt;/li&gt;
   &lt;li&gt;
    Les dépenses de fonctionnement ordinaire du musée pour la durée de l&amp;#039;exposition (personnels...)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-expositions-labellisees-exposition-dinteret-national/</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   Direction de la Culture, du Patrimoine et de la Mémoire
  &lt;/p&gt;
  &lt;p&gt;
   Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6673-soutien-aux-expositions-labellisees-expositio/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
         <v>9082</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Mission régionale de conseil aux décideurs publics (MRCDP
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
 &lt;/p&gt;
 &lt;p&gt;
  Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
  &lt;/li&gt;
  &lt;li&gt;
   la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M12" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
  &lt;/li&gt;
  &lt;li&gt;
   Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3903,1105 +2641,262 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P19" s="1" t="inlineStr">
+      <c r="P12" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
 &lt;/p&gt;
 &lt;p&gt;
  Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>9129</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F20" s="1" t="inlineStr">
+      <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Philharmonie de Paris</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Association</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Démos : Dispositif d&amp;#039;éducation musicale et orchestrale à vocation sociale
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Projet de démocratisation culturelle s&amp;#039;adressant à des enfants issus de quartiers relevant de la politique de la ville ou de zones rurales insuffisamment dotées en institutions culturelles.
 &lt;/p&gt;
 &lt;p&gt;
  Démos a pour but d&amp;#039;enrichir le parcours éducatif des enfants, de favoriser la transmission du patrimoine classique et de contribuer à leur bonne insertion sociale. Il est bâti sur une coopération professionnelle forte entre acteurs de la culture et du champ social.
 &lt;/p&gt;
 &lt;p&gt;
  Dans une cohérence pédagogique et artistique globale, il propose un apprentissage de la musique classique à des enfants ne disposant pas, pour des raisons économiques, sociales et culturelles, d&amp;#039;un accès facile à cette pratique dans les institutions existantes.
 &lt;/p&gt;
 &lt;p&gt;
  Chaque enfant se voit confer un instrument de musique pendant trois ans. Encadré par des professionnels de la musique et du champ social, il suit des cours hebdomadaires de 3 h 30 en moyenne et retrouve régulièrement les autres enfants du même territoire pour une répétition en orchestre (« tutti »).  Un grand concert est organisé en fn d&amp;#039;année dans un lieu emblématique du territoir
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Jeunesse</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet s&amp;#039;adresse à des enfants de 7 à 12 ans habitants dans des quartiers relevant de la politique de la ville (QPV) ou dans des zones de revitalisation rurale (ZRR) éloignées des lieux de pratique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://demos.philharmoniedeparis.fr/le-projet.aspx</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  demos&amp;#64;philharmoniedeparis.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>lea.landrieu@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4609-demos-dispositif-deducation-musicale-et-orche/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...34 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissement de long terme.
-[...31 lines deleted...]
- Mobilisation des Fonds : possible dès la signature de la convention
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
-[...812 lines deleted...]
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -5029,3537 +2924,3675 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>44629</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Créer ou rénover  un musée</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Accompagnement et conseil en conservation préventive des collections.
+&lt;/p&gt;
+&lt;p&gt;
+ - Conseils et aides à la définition des besoins, accompagnement à l&amp;#039;élaboration d&amp;#039;un projet scientifique et culturel.
+&lt;/p&gt;
+&lt;p&gt;
+ - Accompagnement à la création d&amp;#039;outils de médiation
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 70 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rédaction d&amp;#039;un projet scientifique et culturel - Chantier de rénovation
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la rédaction du projet scientifique et culturel projet scientifique et culturel (PSC) du Centre d&amp;#039;interprétation des mégalithes
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la restructuration, réalisation d&amp;#039;un espace multifonction, redéploiement de la collection d&amp;#039;imprimerie
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un espace de vie culturel autour d&amp;#039;une Micro-Folie
+&lt;/p&gt;
+&lt;p&gt;
+ Rénovation de l&amp;#039;église et exposition de 30 œuvres
+&lt;/p&gt;
+&lt;p&gt;
+ Structuration du musée Charles Portal
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la muséographie sur une salle dédiée à la mémoire des juifs assignés à résidence
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
-[...2 lines deleted...]
-Mise en œuvre / réalisation
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X24" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7749-creer-ou-renover-un-musee/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="G25" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>44630</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les collections d'un musée</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Accompagnement et conseil en conservation préventive des collections.
+&lt;/p&gt;
+&lt;p&gt;
+ - Accompagnement à l&amp;#039;inventaire des collections, logiciel SKIN MUSEUM
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 71 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la rédaction d&amp;#039;un projet scientifique et culturel (PSC)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>http://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/95d4-gerer-des-collections/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Loiret
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Gers
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Vendée
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Seine-Maritime
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE de la Haute-Loire
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE du Puy-de-Dôme
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE de la Dordogne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE du Pas-de-Calais
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...12 lines deleted...]
-      <c r="L25" s="1" t="inlineStr">
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le programme régional Culture et Santé offre l&amp;#039;opportunité aux établissements éligibles qui le souhaitent, d&amp;#039;inscrire une démarche artistique et culturelle dans leur projet d&amp;#039;établissement et de santé. Les appels à candidature régionaux Culture Santé s&amp;#039;inscrivent dans le cadre de la politique interministérielle initiée en 1999 et renouvelée en 2010 par la convention nationale Culture Santé entre le Ministère de la Santé et le Ministère de la Culture.
-[...28 lines deleted...]
- Les objectifs généraux des appels à projets Culture et Santé sont :
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  encourager le développement de partenariats singuliers entre les professionnels de la culture, de la santé, les publics et les œuvres, et la production de nouveaux dialogues et points de vue riches d&amp;#039;enseignements partagés dans ces domaines,
-[...52 lines deleted...]
-      <c r="M25" s="1" t="inlineStr">
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Nos voix à ciel ouvert entre Loire et Forêt (Centre-Val de Loire, 2022)
-[...50 lines deleted...]
- Pour en savoir plus sur les critères d&amp;#039;éligibilité des porteurs et du projet, vous êtes invités à vous référer aux cahiers des charges ci-dessous.
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
-[...1525 lines deleted...]
-Eau pluviale
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
-Handicap
-[...1 lines deleted...]
-Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
-Alimentation
 Commerces et services
-Formation professionnelle
-Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-Emploi
 International
 Attractivité économique
-Information voyageur, billettique multimodale
-Transports collectifs et optimisation des trafics routiers
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...18 lines deleted...]
-      <c r="R30" s="1" t="inlineStr">
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  &lt;span&gt;
-[...47 lines deleted...]
- &lt;/strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>82912</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Ain
+CAUE du Lot
+CAUE du Var
+CAUE du Cher
+CAUE du Gard
+CAUE du Gers
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de la Vendée
+CAUE de l'Aude
+CAUE de l'Oise
+CAUE de l'Orne
+CAUE du Cantal
+CAUE du Loiret
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Yonne
+CAUE du Morbihan
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Calvados
+CAUE du Maine-et-Loire
+CAUE de l'Ardèche
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Puy-de-Dôme
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Dordogne
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de la Sarthe
+CAUE des Deux-Sèvres
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE du Pas-de-Calais
+CAUE de la Haute-Loire
+CAUE Lot-et-Garonne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Haute-Garonne
+CAUE de la Savoie
+CAUE de la Seine-et-Marne
+CAUE de la Seine-Maritime
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
-[...2 lines deleted...]
-      <c r="H31" s="1" t="inlineStr">
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  OPÉRATIONS CONCERNÉES
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
   &lt;br /&gt;
  &lt;/strong&gt;
-&lt;/p&gt;
-[...129 lines deleted...]
- &lt;/a&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
-[...111 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
+Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
+Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Famille et enfance
-[...1 lines deleted...]
-Accès aux services
+Recyclage et valorisation des déchets
 Cohésion sociale et inclusion
 Citoyenneté
-Technologies numériques et numérisation
+Education et renforcement des compétences
+Commerces et services
 Tiers-lieux
-Economie sociale et solidaire
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
 Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-Emploi
+International
+Attractivité économique
+Appui méthodologique
 Animation et mise en réseau
-Transports collectifs et optimisation des trafics routiers
+Valorisation d'actions
+Artisanat
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...6 lines deleted...]
-      <c r="O32" s="1" t="inlineStr">
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
-[...72 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T32" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X32" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Ardèche
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Aude
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE des Landes
+CAUE de la Dordogne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE de Mayotte
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE du Tarn-et-Garonne
+CAUE de la Charente-Maritime
+CAUE du Val-de-Marne
+CAUE du Val d'Oise
+CAUE de Guadeloupe
+CAUE de la Martinique
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion
+CAUE du Var
+CAUE de la Seine-Maritime
+CAUE de la Côte-d'Or
+CAUE des Hauts-de-Seine
+CAUE de Corse
+CAUE de la Creuse
+CAUE du Loir-et-Cher
+CAUE du Loiret
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de la Somme
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE de l'Yonne
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE de la Vendée
+CAUE de la Haute-Vienne
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de la Haute-Savoie</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="L33" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Participation aux frais d&amp;#039;inscription à un club ou une association sportive ou culturelle, dans la limite de 30€ par jeune et par an (prise en charge maximale de 15€ par la mairie &amp;#43; 15€ par la CCVS)
-[...24 lines deleted...]
- Toute activité sportive ou culturelle auprès d&amp;#039;un organisme (club, association,...).
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
-[...375 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
-Handicap
-[...1 lines deleted...]
-Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
-Alimentation
-[...1 lines deleted...]
-Technologies numériques et numérisation
+Commerces et services
 Tiers-lieux
-Economie sociale et solidaire
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
-Lutte contre la précarité
-[...8 lines deleted...]
-      <c r="R35" s="1" t="inlineStr">
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toutes les associations organisatrices d&amp;#039;évènements [ 1 ] culturels, sportifs, solidaires, en lien avec la politique de la ville, l&amp;#039;économie sociale et solidaire, l&amp;#039;éducation populaire, la culture scientifique et technique, la sensibilisation à l&amp;#039;environnement, la valorisation patrimoniale et touristique, en direction de la jeunesse... intervenant sur le territoire de la Région Occitanie et dont le siège est situé dans cette région. Pour le secteur des événements sportifs, sont concernées les associations bénéficiaires des dispositifs de soutien des clubs « Occitanie - Ambassadeurs Sport » et « Occitanie - Sport Performance ».
-[...3 lines deleted...]
-  Sont exclues du champ d&amp;#039;intervention :
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Normands
+Union régionale des CAUE des Hauts de France</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  les sociétés, entreprises et collectivités territoriales qui peuvent bénéficier des autres dispositifs mis en place par l&amp;#039;Etat et la Région ;
-[...2 lines deleted...]
-  les associations dont le siège social et l&amp;#039;activité principale sont hors région Occitanie.
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;strong&gt;
-[...1 lines deleted...]
-&lt;/strong&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  L&amp;#039;évènement devait avoir lieu entre le 1er mars et le 30 juin 2020 ;
-[...11 lines deleted...]
-  Concernant le montant des recettes escomptées, la Région procèdera à une évaluation de l&amp;#039;estimation transmise sur la base des éditions précédentes pour les manifestations récurrentes ou sur la base d&amp;#039;événements comparables pour les autres.
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X35" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Région Occitanie / Pyrénées-Méditerranée
-[...8 lines deleted...]
- Pour plus d&amp;#039;informations : Se reporter sur le site de la Région, à la rubrique &amp;#34;associations d&amp;#039;Occitanie&amp;#34; ou composer le 3010, numéro unique et gratuit.
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
-[...93 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
-Appui méthodologique</t>
-[...2 lines deleted...]
-      <c r="O36" s="1" t="inlineStr">
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
-[...5 lines deleted...]
- &lt;br /&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X36" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>71804</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Prêt Tourisme sans garantie</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets d’équipements et d’hébergements touristiques</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Nom / Prénom : Pierre Albinet
-[...80 lines deleted...]
-      <c r="N37" s="1" t="inlineStr">
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous permet de bénéficier du Prêt Tourisme Bpifrance sans garantie afin de financer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les besoins de trésorerie liés à la situation conjoncturelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;augmentation du BFR (besoin en fonds de roulement) engendré par le projet de développement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements corporels présentant une faible valeur de gage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de transmission, y compris en croissance externe :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Acquisition de fonds de commerce ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou achat de titres permettant de devenir majoritaire à l&amp;#039;issue de l&amp;#039;opération.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Les particularités du Prêt Tourisme de Bpifrance :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un montant allant de 50 000 à 2 millions d&amp;#039;euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt n&amp;#039;exigeant aucune caution personnelle du dirigeant ou garantie sur les actifs de l&amp;#039;entreprise ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt à taux fixe sur une durée allant de 2 à 10 ans ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un différé d&amp;#039;amortissement du capital de 24 mois au maximum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un suivi de 32 échéances trimestrielles à terme échu au maximum avec un amortissement linéaire du capital ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt associé en priorité à un financement extérieur, à raison de 1 pour 1.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
 Musée
-Appui méthodologique</t>
-[...2 lines deleted...]
-      <c r="O37" s="1" t="inlineStr">
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projets-equipements-hebergements-touristiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=pret_touri</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-thematiques/Pret-Tourisme?pk_campaign=Aides_Territoires&amp;pk_kwd=autres_mesures_tourisme&amp;pk_source=Affiliation</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
-[...4 lines deleted...]
-&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4143-beneficier-du-pret-tourisme-bpifrance-pour-le/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>72752</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Enrichir les collections des services d'archives</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Service Interministériel des Archives de France</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Présentation du dispositif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est accordée ponctuellement et annuellement. Elle permet de pourvoir, dans une limite de 50% du prix d&amp;#039;achat, à l&amp;#039;acquisition de documents originaux isolés, ensembles de documents, fonds iconographiques, fonds audiovisuels, cartes, plans, ouvrages imprimés anciens et toutes autres typologies documentaires correspondant à la définition légale des archives.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont éligibles que les pièces dont l&amp;#039;intérêt patrimonial au plan local est avéré.
+&lt;/p&gt;
+&lt;p&gt;
+ La priorité porte sur l&amp;#039;acquisition de fonds d&amp;#039;archives. Toutefois, l&amp;#039;intérêt patrimonial majeur d&amp;#039;un document isolé peut également justifier l&amp;#039;attribution d&amp;#039;une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;attribution et de versement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes sont instruites par le Bureau de la protection du patrimoine archivistique du Service interministériel des archives de France (SIAF). Le montant de la subvention est modulé en fonction des capacités financières de la collectivité territoriale et des crédits d&amp;#039;acquisition du SIAF.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement est effectué après réception du dossier complet de demande de la collectivité et une fois le paiement de l&amp;#039;achat effectué par la collectivité (https://francearchives.fr/fr/article/91645360).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour candidater, il est toujours préférable d&amp;#039;informer au préalable le Bureau de tout projet de demande de subvention, afin qu&amp;#039;il puisse vérifier la disponibilité des crédits.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous devez ensuite remplir le formulaire en ligne. Votre dossier sera transmis pour instruction au Service interministériel des Archives de France, Sous-direction de la collecte, de la conservation et de l&amp;#039;archivage électronique, Bureau de la protection du patrimoine archivistique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Après transmission aux services financiers, en cas d&amp;#039;accord, une notification est ensuite adressée à la collectivité.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="X37" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.culture.gouv.fr/loc_fr/mcc/requests/ARCHI_ARCHI_enrichissement_02/?__CSRFTOKEN__=2f018248-09ec-4da1-90cb-3a3b68622b01</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.culture.gouv.fr/loc_fr/mcc/account/authentification/?callback=requests/ARCHI_ARCHI_enrichissement_02/&amp;__CSRFTOKEN__=2f018248-09ec-4da1-90cb-3a3b68622b01</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Nom / Prénom : Pierre Albinet
-[...5 lines deleted...]
- Téléphone : 05 63 45 64 75
+ frederique.bazzoni&amp;#64;culture.gouv.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ nathalie.albin-portier&amp;#64;culture.gouv.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.albin-portier@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0bf-enrichir-les-collections-des-services-darchiv/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...14 lines deleted...]
-      <c r="E38" s="1" t="inlineStr">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...27 lines deleted...]
-&lt;/ul&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...63 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
-[...38 lines deleted...]
-&lt;/ul&gt;
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -8602,672 +6635,1247 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;ul&gt;
-[...30 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X38" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...8 lines deleted...]
- adhesion&amp;#64;agence-france-locale.fr
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G39" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>77377</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’image de marque du territoire Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Objectif stratégique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Grâce à une richesse et une diversité des milieux naturels du territoire, le Comminges est un lieu privilégié pour le développement d’un tourisme sportif et de loisirs de pleine nature (ski, randonnée, escalade, spéléologie, cyclotourisme, thermalisme, thermoludisme, etc.), au bénéfice des touristes extérieurs comme des habitants. Le territoire, qui compte deux Grands Sites Occitanie (Saint-Bertrand-de-Comminges et Bagnères-de-Luchon) est également un lieu privilégié pour le développement d’un tourisme culturel grâce à son patrimoine historique (préhistorique, romain, féodal…) et architectural important. Le territoire est aussi riche en animations et manifestations culturelles et a engagé une démarche précurseuse en adoptant, en 2022, une Charte de projet culturel de territoire fondée sur le respect des droits culturels de la personne.&lt;/p&gt;&lt;p&gt;Les enjeux : conforter l’attractivité de la destination Comminges Pyrénées et garantir une offre touristique et de loisirs respectueuse de l’environnement ; contribuer à la mise en œuvre des droits culturels des personnes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;br /&gt;&lt;/strong&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.1 Promouvoir la destination Comminges Pyrénées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.1.1 Soutenir les démarches mettant en valeur un site ou un thème du territoire&lt;/li&gt;&lt;li&gt;3.1.2 Valoriser la richesse environnementale du territoire&lt;/li&gt;&lt;li&gt;3.1.3 Accompagner les réseaux des acteurs du tourisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.2 Développer une offre touristique de qualité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.2.1 Développer et diversifier une offre touristique, sportive et de loisirs, durable et responsable&lt;/li&gt;&lt;li&gt;3.2.2 Accompagner la montée en gamme des professionnels du tourisme et des hébergements&lt;/li&gt;&lt;li&gt;3.2.3 Développer le tourisme alternatif&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.3 Renforcer et développer l’offre culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.3.1 Développer l’offre culturelle et les résidences d&amp;#039;artistes&lt;/li&gt;&lt;li&gt;3.3.2 Développer les actions en faveur de l’accès à la culture&lt;/li&gt;&lt;li&gt;3.3.3 Valoriser le patrimoine culturel local&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.4 Valoriser le patrimoine bâti&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.4.1 Réhabiliter et mettre en valeur le patrimoine bâti historique, de caractère ou vernaculaire&lt;/li&gt;&lt;li&gt;3.4.2 Soutenir les actions de sensibilisation, d&amp;#039;éducation et de médiation&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Diffusion de l’identité de territoire, soutien des sites classés existants ou à venir, etc. ;&lt;/p&gt;&lt;p&gt;- Rénovation d’hébergements de tourisme, amélioration de l’accueil des offices de tourisme, développement des activités de pleine nature, etc. ;&lt;/p&gt;&lt;p&gt;- Rénovation d’un théâtre municipal, agrandissement de musée, résidences d’artistes, etc. ;&lt;/p&gt;&lt;p&gt;- Valorisation des castrums, des fresques des églises, des châteaux et du patrimoine vernaculaire, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ADMISSIBILITE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;A la demande d’aide le porteur de projet devra fournir une attestation de la part du label stipulant qu’il s’engage dans la démarche.&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;Pour les opérations de création d’équipements touristiques, l’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.3 Renforcer et développer l’offre culturelle &lt;/em&gt;&lt;br /&gt;Les projets doivent s’inscrire dans une démarche partenariale rassemblant à minima 3 partenaires.&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.4 Valoriser le patrimoine bâti&lt;/em&gt;&lt;br /&gt;Les projets doivent justifier d’un programme d’animation.&lt;br /&gt;Pour le patrimoine vernaculaire, 2 éléments patrimoniaux à minima devront être concernés et mis en valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;
+&lt;p&gt;
+ 05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a328-developper-la-qualification-et-la-diversifica/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>89215</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>ADEFPAT</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des avancées concrètes dans la réalisation du projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La favorisation de l&amp;#039;ancrage territorial et professionnel
+   du projet dans son environnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des projets :
+  Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tiers lieux
+&lt;/p&gt;
+&lt;p&gt;
+ Projet alimentaire de territoire
+&lt;/p&gt;
+&lt;p&gt;
+ stratégie de developpement touristique
+&lt;/p&gt;
+&lt;p&gt;
+ équipement de loisir, touristique,
+&lt;/p&gt;
+&lt;p&gt;
+ atelier de découpe transformation
+&lt;/p&gt;
+&lt;p&gt;
+ mobilisation des acteurs : bourg centre, services aux publics,...
+&lt;/p&gt;
+&lt;p&gt;
+ boutique école
+&lt;/p&gt;
+&lt;p&gt;
+ petits commerces
+&lt;/p&gt;
+&lt;p&gt;
+ installation d&amp;#039;artisans
+&lt;/p&gt;
+&lt;p&gt;
+ Politiques et actions d&amp;#039;accueil de nouvelle population
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Bâtiments et construction
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adefpat.fr</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adefpat.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 63 36 20 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.dupre@adefpat.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>90221</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer le réseau des acteurs du patrimoine régional</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Fédération du patrimoine Aurhalpin</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Patrimoine Aurhalpin, association régionale pour la sensibilisation et la valorisation de tous les patrimoines en Auvergne-Rhône-Alpes, a pour vocation de fédérer l&amp;#039;ensemble des acteurs du patrimoine : les associations, les professionnels, les sites patrimoniaux, les institutionnels, les collectivités territoriales et les individuels.
+ &lt;br /&gt;
+ Agissant initialement sur la région Rhône-Alpes, elle poursuit son action depuis 2016 sur l&amp;#039;ensemble du territoire de la région Auvergne-Rhône-Alpes.
+&lt;/p&gt;
+&lt;p&gt;
+ Missions sont de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fédérer les acteurs du patrimoine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partager son centre de ressources ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser les Prix aurhalpins du patrimoine
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Fédérer le réseau des acteurs du patrimoine régional : nous animons des commissions thématiques, elles sont au nombre de 5 : patrimoine funéraire, patrimoine et mémoires militaires, musées locaux et lieux de collections, patrimoine industriel, patrimoine thermal.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partager son centre de ressources, grâce à des fiches pratique en ligne, différentes publications (Courrier du patrimoine, collection Vademecum, etc...), une veille patrimoniale pour être au plus proche de l&amp;#039;information.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner, informer, sensibiliser et impliquer les acteurs du patrimoine, nouveaux professionnels publics ou privés et bénévoles pour les accompagner dans la conduite de leurs projets par des rencontres : journées d&amp;#039;étude, d&amp;#039;information.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer : accroitre la visibilité des actions menées en faveur du patrimoine régional via nos réseaux sociaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser les Prix aurhalpins du patrimoine : récompensent des opérations de restauration, des actions de valorisation culturelle et touristique du patrimoine (patrimoine bâti, objets mobiliers, patrimoine industriel, etc...) achevées ou en projet, toute action de mise en valeur des savoir-faire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ils sont dotés financièrement d&amp;#039;un prix de 6000€ et d&amp;#039;une mention de 1000€ pour chaque catégorie, grâce à EDF en Auvergne-Rhône-Alpes, partenaire fondateur, par le Conseil régional Auvergne-Rhône-Alpes et par Groupama Rhône-Alpes Auvergne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour tous les acteurs du patrimoine, public ou privé.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>http://www.patrimoineaurhalpin.org/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Patrimoine Aurhalpin : contact&amp;#64;patrimoineaurhalpin.org - 04 72 41 94 47 / 06 31 80 01 03
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>coordinatrice@patrimoineaurhalpin.org</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2eee-centre-de-ressources-du-patrimoine-cuturel-re/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>74879</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Financer la valorisation du patrimoine culturel et l'archéologie</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  La Région Occitanie soutient les &amp;#34;Musées de France&amp;#34; et les bibliothèques des collectivités publiques dotées de fonds patrimoniaux dans la restauration et l&amp;#039;enrichissement de leurs collections
-[...24 lines deleted...]
- 1- au titre des « musées de France », pour les collections labellisées,
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans la chaîne opératoire du patrimoine, la mise en valeur se situe en continuité avec la connaissance (inventaire) et la conservation restauration. La Région est fortement attachée au partage des savoirs avec le grand public. Elle vise une
+ &lt;strong&gt;
+  amélioration de la médiation et la diffusion de la connaissance
+ &lt;/strong&gt;
+ , pour un accès de tous au patrimoine sous toutes ses formes.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région souhaite inscrire son action en cohérence avec l&amp;#039;action des autres partenaires et
+ &lt;strong&gt;
+  utiliser le patrimoine comme levier de projets collectifs de territoires
+ &lt;/strong&gt;
+ . En lien avec les acteurs professionnels du patrimoine culturel et tout particulièrement avec leurs réseaux organisés, la Région souhaite
+ &lt;strong&gt;
+  favoriser la mutualisation et la qualité professionnelle des opérations de valorisation du patrimoine
+ &lt;/strong&gt;
+ en vue d&amp;#039;une diffusion auprès du public le plus large possible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Collectivités locales et établissements publics (syndicats mixtes, EPCC, etc.), associations et SCI. Les opérations doivent être organisées sur le territoire d&amp;#039;Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention financière de la Région Occitanie est une aide sélective dédiée aux opérations de grande qualité et dont l&amp;#039;ambition et l&amp;#039;intérêt culturel sont de dimension régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des aides tient notamment compte :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  de la nature et de la dimension du projet ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des conditions de mise en œuvre de la coproduction ou de la mobilisation des réseaux ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la construction du partenariat financier.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dates limites pour le dépôt du dossier :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  le FRAR pour la restauration des objets,
-[...2 lines deleted...]
-  le FRAM pour l&amp;#039;achat d&amp;#039;oeuvres majeures ou remarquables ;
+  Avant le
+  &lt;strong&gt;
+   30 novembre 2020
+  &lt;/strong&gt;
+  , pour instruction au cours du 1er semestre de l&amp;#039;année 2021
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant le
+  &lt;strong&gt;
+   28 février 2021
+  &lt;/strong&gt;
+  , pour instruction au cours du 2ème semestre de la même année.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- 2- au titre des bibliothèques, le FRRAB, pour les acquisitions de fonds patrimoniaux tels
-[...52 lines deleted...]
-      <c r="R39" s="1" t="inlineStr">
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;attribution et de versement des subventions
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de ce dispositif, la Région attribue des subventions de fonctionnement. Elles sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à versement forfaitaire si inférieures ou égales à
+  &lt;strong&gt;
+   2 000 €
+  &lt;/strong&gt;
+  et font l&amp;#039;objet d&amp;#039;un versement unique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à versement proportionnel si supérieures à
+  &lt;strong&gt;
+   2 000 €
+  &lt;/strong&gt;
+  et donnent lieu aux
+  &lt;br /&gt;
+  versements suivants :
+ &lt;/li&gt;
+ &lt;li&gt;
+  une avance de
+  &lt;strong&gt;
+   30 %
+  &lt;/strong&gt;
+  (précisé dans la décision d&amp;#039;attribution de la subvention),
+ &lt;/li&gt;
+ &lt;li&gt;
+  un acompte de
+  &lt;strong&gt;
+   40 %
+  &lt;/strong&gt;
+  ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le solde
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Obligations faites aux bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets bénéficiant d&amp;#039;un soutien régional devront faire apparaître de façon bien visible sur l&amp;#039;ensemble des supports d&amp;#039;information ou de communication y compris numérique, la mention du soutien de la Région avec son logotype.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
+ Le coût plancher éligible doit être au moins égal à 5 000 € HT.
+ &lt;br /&gt;
+ Le coût TTC peut être pris en compte, si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA en fonction de l&amp;#039;opération concernée.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Sont exclus de l&amp;#039;assiette subventionnable et donc de la dépense éligible :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la valorisation du bénévolat et des mises à disposition en nature,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dotations aux amortissements et aux provisions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les intérêts des emprunts et les agios,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les impôts et taxes foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  le fonctionnement courant des structures,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les manifestations de convivialité et d&amp;#039;intérêt local, ne présentant pas de contenu scientifique, patrimonial, culturel ou artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations de fouilles archéologiques préventives.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il sera tenu compte uniquement des évènements et manifestations n&amp;#039;ayant pas encore eu lieu à la date de réception de la demande de subvention.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
   Conditions d&amp;#039;éligibilité
  &lt;/strong&gt;
-&lt;/p&gt;
-[...18 lines deleted...]
- Ces fonds sont destinés à soutenir en priorité les restaurations et acquisitions majeures, inaccessibles pour les établissements d&amp;#039;Occitanie sans le cofinancement de l&amp;#039;État et de la Région. Pour des opérations exceptionnelles dépassant le cadre budgétaire dédié à ces dispositifs, des mesures financières exceptionnelles pourront être étudiées par la Région en cohérence avec les fonds mis en place à cet effet par l&amp;#039;État pour les musées et les bibliothèques.
+ &lt;br /&gt;
+ 1- Opérations de médiation de grande qualité et visant l&amp;#039;excellence, proposées par des structures ou établissements patrimoniaux labellisés nationalement.
+ &lt;br /&gt;
+ 2- Actions portées par les réseaux du patrimoine (musées de France, VPAH, SPR, CAUE, etc.)
+ &lt;br /&gt;
+ 3- Actions et animation du réseau des biens inscrits sur la Liste du patrimoine mondial par l&amp;#039;UNESCO
+ &lt;br /&gt;
+ 4- Appel à projets « Valorisation du patrimoine d&amp;#039;Occitanie au travers de différentes formes d&amp;#039;expressions artistiques. ».
+ &lt;br /&gt;
+ 5- Patrimoine Culturel Immatériel : recherche et/ou projet de médiation
+ &lt;br /&gt;
+ 6- Diffusion de la connaissance dans le cadre des actions d&amp;#039;Inventaire du patrimoine
+ &lt;br /&gt;
+ 7- Patrimoine archéologique : opérations de recherche archéologique ou projets de valorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Obligations faites aux bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les porteurs de projets bénéficiant d&amp;#039;un soutien régional devront faire apparaître de façon bien visible sur l&amp;#039;ensemble des supports d&amp;#039;information ou de communication y compris numérique, la mention du soutien de la Région avec son logotype.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Procédure
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Chaque demande de subvention fera l&amp;#039;objet d&amp;#039;une instruction par les services de la Région. - Les pièces à fournir sont détaillées en annexe.
+ &lt;br /&gt;
+ Le dossier complet est adressé à la Région.
+ &lt;br /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X39" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Patrimoine-Aide-a-la-valorisation-du-patrimoine-culturel-et-a-l-archeologie</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Calendrier du dépôt des dossiers
-[...4 lines deleted...]
-&lt;p&gt;
  Contact
-&lt;/p&gt;
-&lt;p&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
  Région Occitanie / Pyrénées-Méditerranée
-&lt;/p&gt;
-&lt;p&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Site de Montpellier
+ &lt;br /&gt;
+ 201, avenue de la Pompignane
+ &lt;br /&gt;
+ 34064 Montpellier cedex 2
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Site de Toulouse
+ &lt;br /&gt;
+ 22, Boulevard du Maréchal Juin
+ &lt;br /&gt;
+ 31406 Toulouse cedex 9
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour plus d&amp;#039;informations :
+ &lt;br /&gt;
  Direction de la Culture et du Patrimoine
-&lt;/p&gt;
-&lt;p&gt;
+ &lt;br /&gt;
  Service Développement, Restauration et Valorisation du patrimoine
-&lt;/p&gt;
-[...58 lines deleted...]
- Mél : philippe.mondy&amp;#64;laregion.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour les projets de valorisation des musées, VPAH et des réseaux :
+ &lt;br /&gt;
+ patrimoinevalorisation&amp;#64;laregion.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour l&amp;#039;archéologie : patrimoinearcheologie&amp;#64;laregion.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour les opérations UNESCO : patrimoinevalorisation&amp;#64;laregion.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour l&amp;#039;appel à projets valorisation et les projets transversaux :
+ &lt;br /&gt;
+ patrimoinevalorisation&amp;#64;laregion.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour le Patrimoine Culturel Immatériel :
+ &lt;br /&gt;
+ patrimoinevalorisation&amp;#64;laregion.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26cf-patrimoine-aide-a-la-valorisation-du-patrimoi/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
         <v>62579</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Accéder au préfinancement des subventions ou du FCTVA par le prêt relais</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes dans l&amp;#039;attente de versement de subventions ? Du versement de FCTVA ? Des recettes d&amp;#039;une opération immobilière ?
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt relais préfinance vos recettes attendues et vous permet d&amp;#039;avancer sur vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Souple d&amp;#039;utilisation, vous pouvez procéder à son remboursement de manière anticipée et sans frais, une fois les fonds récupérés (sous réserve du respect d&amp;#039;un préavis contractuel).
 &lt;/p&gt;
 &lt;p&gt;
  Pour en savoir plus sur le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-relais.html" target="_self"&gt;
   fonctionnement d&amp;#039;un prêt relais
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Espaces verts
 Espace public
 Friche
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Paysage
 Attractivité économique
 Valorisation d'actions
 Médias et communication</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après étude et acceptation définitive de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 50 000 euros.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-relais.html</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre:
 &lt;/p&gt;
 &lt;p&gt;
  - par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4ac9-acceder-au-prefinancement-par-le-pret-relais/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>62848</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -9313,720 +7921,1284 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W41" s="1" t="inlineStr">
+      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-      <c r="A42" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>58576</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'enrichissement et la restauration des collections des musées et fonds patrimoniaux des bibliothèques</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Région Occitanie soutient les &amp;#34;Musées de France&amp;#34; et les bibliothèques des collectivités publiques dotées de fonds patrimoniaux dans la restauration et l&amp;#039;enrichissement de leurs collections
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif vise à favoriser la restauration et l&amp;#039;enrichissement des collections des « Musées de France » et des fonds patrimoniaux des bibliothèques d&amp;#039;Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le FRAM (Fonds Régional d&amp;#039;Acquisition pour les Musées de France),
+  &lt;/li&gt;
+  &lt;li&gt;
+   le FRAR (Fonds Régional d&amp;#039;Aide à la Restauration des collections des musées de France)
+  &lt;/li&gt;
+  &lt;li&gt;
+   et le FRRAB (Fonds Régional de Restauration et d&amp;#039;Acquisition pour les Bibliothèques) sont abondés annuellement par l&amp;#039;État et la Région.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les établissements peuvent solliciter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- au titre des « musées de France », pour les collections labellisées,
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le FRAR pour la restauration des objets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le FRAM pour l&amp;#039;achat d&amp;#039;oeuvres majeures ou remarquables ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2- au titre des bibliothèques, le FRRAB, pour les acquisitions de fonds patrimoniaux tels
+que, ouvrages anciens, incunables, lettres et manuscrits autographes, livres d&amp;#039;artistes, etc. Par ailleurs, le FRRAB peut être sollicité pour la restauration et la conservation des collections patrimoniales, ainsi que leur mise en valeur dans le cadre d&amp;#039;opérations particulièrement marquantes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires du FRAM et du FRAR sont les établissements labellisés par l&amp;#039;État « Musées de France » et ceux du FRRAB sont les bibliothèques des collectivités publiques dotées de fonds patrimoniaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de soutien au titre du FRAM, du FRAR et du FRRAB sont présentées par la personne morale propriétaire de la collection considérée : collectivités locales (ou leurs établissements publics) ou associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de financement est déterminé annuellement en fonction de l&amp;#039;enveloppe budgétaire, de la programmation et dans la limite maximale de 80% du coût de la dépense.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier et procédure
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque dossier fera l&amp;#039;objet d&amp;#039;une instruction par les services de la Région. Le dossier complet est adressé à la Région et en parallèle à l&amp;#039;Etat (DRAC) au plus tard le
+ &lt;strong&gt;
+  31 mai
+ &lt;/strong&gt;
+ , pour un examen en Comité de Gestion au début de l&amp;#039;été et une délibération du Conseil régional à la fin du 3ème trimestre.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au RGFR, la subvention régionale fait l&amp;#039;objet d&amp;#039;un versement unique, lorsqu&amp;#039;elle est inférieure ou égale à 2 000 € ou fractionné au-dessus de 2 000 €, si le porteur de projet le souhaite (un acompte d&amp;#039;un montant maximum de 70 %) et un solde.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Musée
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional est calculé en fonction du montant d&amp;#039;opération HT. Le coût TTC peut être pris en compte, si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA en fonction de l&amp;#039;opération concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les acquisitions des « musées de France » en vente publique, les frais spécifiques peuvent être retenus.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide accordée à un établissement ne peut en principe dépasser le tiers du montant annuel du FRAM, du FRAR ou du FRRAB.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;autofinancement du propriétaire ne peut être inférieur à 20% du montant HT (ou TTC si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces fonds sont destinés à soutenir en priorité les restaurations et acquisitions majeures, inaccessibles pour les établissements d&amp;#039;Occitanie sans le cofinancement de l&amp;#039;État et de la Région. Pour des opérations exceptionnelles dépassant le cadre budgétaire dédié à ces dispositifs, des mesures financières exceptionnelles pourront être étudiées par la Région en cohérence avec les fonds mis en place à cet effet par l&amp;#039;État pour les musées et les bibliothèques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Patrimoine-Soutien-a-l-enrichissement-et-a-la-restauration-des-collections-des</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Calendrier du dépôt des dossiers
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers de demande de financement, simultanément à la DRAC d&amp;#039;Occitanie et à la Région, au plus tard le 30 mai de l&amp;#039;année N pour instruction et décision avant la fin de l&amp;#039;année N.
+&lt;/p&gt;
+&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement, Restauration et Valorisation du patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 11, 30, 34, 48 et 66 :
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier :
+&lt;/p&gt;
+&lt;p&gt;
+ 201, avenue de la Pompignane
+&lt;/p&gt;
+&lt;p&gt;
+ 34 064 MONTPELLIER Cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Monique BENOIT
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 67 22 93 49
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : monique.benoit&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Anne-Françoise VOISIN
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 67 22 98 49
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : anne-francoise.voisin&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse :
+&lt;/p&gt;
+&lt;p&gt;
+ 22, boulevard du Maréchal Juin
+&lt;/p&gt;
+&lt;p&gt;
+ 31 406 TOULOUSE Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Radhia GHAZOUANI
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 05 61 39 62 09
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : radhia.ghazouani&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe MONDY
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 05 61 39 62 15
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : philippe.mondy&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5dca-patrimoine-soutien-a-lenrichissement-et-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>19894</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Diffuser l'art contemporain en organisant des expositions, des résidences, des événements et des festivals</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte tenu de la richesse de l&amp;#039;art contemporain en région, mais aussi des fragilités identifiées dans ce secteur, la Région Occitanie a souhaité en faire un axe fort de sa politique régionale Culture et Patrimoine.
+ Aussi, la Région impulse, facilite et accompagne des initiatives dont la vocation est de porter l&amp;#039;art contemporain au plus près de chacun avec une ambition qualitative et une volonté de rayonnement régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement d&amp;#039;artistes professionnels vivant et travaillant sur le territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional, national ou international.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide est défini en fonction de la dimension du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant d&amp;#039;un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt de la demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt de la demande doit être antérieur à la réalisation du projet.
+ Il doit être fait avant l&amp;#039;échéance fixée pour ce dispositif et pour l&amp;#039;exercice concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande doit impérativement être déposée au moyen du dossier type de demande de subvention (plus envoi par email) intégrant l&amp;#039;ensemble des pièces à fournir et accompagné d&amp;#039;un RIB et d&amp;#039;un courrier de demande de soutien adressé à la Présidente de la Région Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides et dispositions spécifiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   A/ Aide aux expositions, résidences et événements de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ concerné est celui de l&amp;#039;art contemporain et de l&amp;#039;architecture contemporaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des structures conventionnées et bénéficiant éventuellement d&amp;#039;un label d&amp;#039;État (centre d&amp;#039;art, FRAC, ...) pour l&amp;#039;ensemble de leur programme d&amp;#039;activité, c&amp;#039;est-à-dire pour leur programmation artistique et culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   des structures non conventionnées, pour le soutien à une manifestation, un projet spécifique, ou un volet de leur activité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de nouvelles organisations basées sur les principes de coopération et de mutualisation comme les tiers-lieux, les espaces de co-working et de fabrique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les actions soutenues sont des actions de diffusion de l&amp;#039;art contemporain (expositions, performances...) de rayonnement régional ou national, voire international, et qui intègrent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une dimension de soutien à la création (production, résidences)
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions en direction des publics (médiation, sensibilisation, éducation artistique)
+  &lt;/li&gt;
+  &lt;li&gt;
+   des partenariats artistiques et des actions territoriales associés
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   proposer sur le territoire une programmation artistique et culturelle de rayonnement au moins régional présentant des artistes professionnels (assujettis ou affiliés à la Maison des Artistes ou à l&amp;#039;Agessa ou diplômés d&amp;#039;un établissement supérieur d&amp;#039;enseignement artistique/architecture) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une programmation basée sur des invitations faites à des artistes extérieurs à la structure porteuse du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   affirmer un engagement auprès d&amp;#039;artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmer des actions culturelles en direction des publics, en lien avec la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   inscrire leur activité dans une complémentarité et des synergies avec l&amp;#039;environnement local et départemental (partenariats, ancrage affirmé) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de locaux et/ou moyens techniques mobilisables permettant des conditions professionnelles de monstration et de conservation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les salons et foires d&amp;#039;art contemporain sur le territoire sauf s&amp;#039;ils s&amp;#039;intègrent dans une démarche de projet de réseau professionnel de rayonnement a minima régional et de portage associatif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Seront appréciés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la cohérence, l&amp;#039;indépendance, le caractère singulier de la ligne artistique et l&amp;#039;ambition de la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication dans l&amp;#039;accompagnement des artistes par des (co)productions ou des résidences par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;attention portée à l&amp;#039;émergence de nouveaux talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre de partenariats riches et diversifiés tant au niveau artistique dans les réseaux professionnels spécialisés (coproduction, coédition...) qu&amp;#039;au niveau culturel avec la société civile (les entreprises, les milieux associatifs et scolaires). Aussi bien à une échelle de proximité que régionale et au-delà ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le caractère actif et inventif des actions culturelles ou éducatives ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme de la gestion de l&amp;#039;activité et de la communication ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la part du budget consacrée à la rémunération des artistes (honoraires) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   B/ Aide aux festivals de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide concerne les festivals :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   de rayonnement régional, national, voire international ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui œuvrent pour la promotion de la création et de la diversité de l&amp;#039;offre culturelle ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui permettent la diffusion et l&amp;#039;accès aux œuvres auprès d&amp;#039;un large public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui participent à l&amp;#039;économie du territoire et à son attractivité en terme touristique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   démontrer la viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir une durée minimale du festival de 2 jours.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les festivals off ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront appréciés les points suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1) La qualité de la programmation qui sera évaluée selon les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en œuvre une ligne artistique cohérente faisant intervenir des artistes et des photographes professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à la diversité artistique, à la singularité et à l&amp;#039;innovation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;émergence des talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée aux artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmation au minimum de 5 expositions monographiques ou collectives ou événements réparties sur au moins deux jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à une part significative du budget consacrée aux dépenses artistiques, et en particulier à la rémunération des artistes, à la production d&amp;#039;œuvres.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 2) Diffusion (politique des publics)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accessibilité et actions auprès des publics (médiation notamment, tarifs attractifs...) visant à l&amp;#039;élargissement des publics, notamment des publics empêchés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3) Attractivité économique et tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   échanges avec le secteur touristique et ses principaux opérateurs ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   retombées économiques de la manifestation pour son territoire d&amp;#039;implantation et pour la région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 4) Développement territorial
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   complémentarité et synergie avec l&amp;#039;environnement local et départemental (partenariats avec d&amp;#039;autres opérateurs culturels du territoire de proximité) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamique de réseau et lien de coopération avec d&amp;#039;autres partenaires régionaux et nationaux voire internationaux, d&amp;#039;autres territoires (Régions, Euro-région,...), d&amp;#039;autres festivals, dans la perspective d&amp;#039;optimiser la circulation des œuvres et des artistes (inscription dans les réseaux d&amp;#039;art contemporain) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement et dynamisation du territoire. Mise en œuvre d&amp;#039;actions de décentralisation avec une attention portée aux territoires ruraux et péri-urbains ainsi qu&amp;#039;à la dynamique sociale (mobilisation de la population locale...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 5) Développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   promotion du développement durable par la mise en place de dispositifs spécifiques pendant la durée du festival (transports peu polluants, gestion des déchets et de la ressource...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ Sont éligibles : Toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention (dépenses artistiques et pédagogiques, frais de personnel, de communication, de transport, ...) quelle que soit la date à laquelle la dépense est réalisée, à la condition qu&amp;#039;elles soient en lien direct et justifié avec le programme subventionné.
+&lt;p&gt;
+ Sont exclus de l&amp;#039;assiette subventionnable et donc de la dépense éligible :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la valorisation du bénévolat et des mises à disposition en nature ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dotations aux amortissements et aux provisions ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les intérêts des emprunts et les agios ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les impôts et taxes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Art-contemporain-Dispositif-d-aide-a-la-diffusion-Expositions</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11, 30, 34, 48 et 66 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Montpellier 201 avenue de Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : laurianne.hidalgo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Toulouse 22 boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : clement.montel&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0479-art-contemporain-aide-a-la-diffusion-expositi/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>20396</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Enrichir et restaurer les collections des musées et fonds patrimoniaux des bibliothèques (FRAM, FRAR et FRRAB)</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite maximale de 80% du coût de la dépense.</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif vise à favoriser la restauration et l&amp;#039;enrichissement des collections des « Musées de France » et des fonds patrimoniaux des bibliothèques d&amp;#039;Occitanie. Le FRAM (Fonds Régional d&amp;#039;Acquisition pour les Musées de France), le FRAR (Fonds Régional d&amp;#039;Aide à la Restauration des collections des musées de France) et le FRRAB (Fonds Régional de Restauration et d&amp;#039;Acquisition pour les Bibliothèques) sont abondés annuellement par l&amp;#039;Etat et la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les établissements peuvent solliciter :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- au titre des « musées de France », pour les collections labellisées,
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le FRAR pour la restauration des objets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le FRAM pour l&amp;#039;achat d&amp;#039;oeuvres majeures ou remarquables ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2- au titre des bibliothèques, le FRRAB, pour les acquisitions de fonds patrimoniaux tels
+ que, ouvrages anciens, incunables, lettres et manuscrits autographes, livres d&amp;#039;artistes, etc. Par ailleurs, le FRRAB peut être sollicité pour la restauration et la conservation des collections patrimoniales, ainsi que leur mise en valeur dans le cadre d&amp;#039;opérations particulièrement marquantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires du FRAM et du FRAR sont les établissements labellisés par l&amp;#039;Etat « Musées de France » et ceux du FRRAB sont les bibliothèques des collectivités publiques dotées de fonds patrimoniaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de soutien au titre du FRAM, du FRAR et du FRRAB sont présentées par la personne morale propriétaire de la collection considérée : collectivités locales (ou leurs établissements publics) ou associations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional est calculé en fonction du montant d&amp;#039;opération HT. Le coût TTC peut être pris en compte, si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA en fonction de l&amp;#039;opération concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les acquisitions des « musées de France » en vente publique, les frais spécifiques peuvent être retenus.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide accordée à un établissement ne peut en principe dépasser le tiers du montant annuel du FRAM, du FRAR ou du FRRAB.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;autofinancement du propriétaire ne peut être inférieur à 20% du montant HT (ou TTC si le bénéficiaire atteste son impossibilité à récupérer la TVA ou le FC TVA).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces fonds sont destinés à soutenir en priorité les restaurations et acquisitions majeures, inaccessibles pour les établissements d&amp;#039;Occitanie sans le cofinancement de l&amp;#039;État et de la Région. Pour des opérations exceptionnelles dépassant le cadre budgétaire dédié à ces dispositifs, des mesures financières exceptionnelles pourront être étudiées par la Région en cohérence avec les fonds mis en place à cet effet par l&amp;#039;État pour les musées et les bibliothèques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Soutien-a-l-enrichissement-et-a-la-restauration-des-collections</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Occitanie / Pyrénées-Méditerranée Direction de la Culture et du Patrimoine Service Développement, Restauration et Valorisation du patrimoine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11, 30, 34, 48 et 66 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : 201, avenue de la Pompignane 34 064 MONTPELLIER Cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Monique BENOIT : 04 67 22 93 49 Mél : monique.benoit&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Anne-Françoise VOISIN : 04 67 22 98 49 Mél : anne-francoise.voisin&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : 22, boulevard du Maréchal Juin 31 406 TOULOUSE Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Radhia GHAZOUANI : 05 61 39 62 09 Mél : radhia.ghazouani&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe MONDY : 05 61 39 62 15 Mél : philippe.mondy&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4dc9-patrimoine-soutien-a-lenrichissement-et-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>66398</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Implanter une micro-folie</t>
         </is>
       </c>
-      <c r="C42" s="1" t="inlineStr">
+      <c r="C34" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture
 La Villette
 Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F42" s="1" t="inlineStr">
+      <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le ministère de la Culture et le Ministère de la cohésion des territoires et des relations avec les collectivités territoriales vous proposent :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un accompagnement global de votre projet de Micro-Folie par la Direction régionale des affaires culturelles (DRAC) ou la Direction des affaires culturelles (DAC) de votre territoire
  &lt;/li&gt;
  &lt;li&gt;
   Un accompagnement technique de votre projet de Micro-Folie par l&amp;#039;établissement public du parc et de la grande halle de la Villette (calibrage et faisabilité)
  &lt;/li&gt;
  &lt;li&gt;
   Une aide à l&amp;#039;investissement (DETR, DSIL)
  &lt;/li&gt;
  &lt;li&gt;
   La mise à disposition des collections numériques des Micro-Folies, des outils de médiation et des formations
  &lt;/li&gt;
  &lt;li&gt;
   La participation au réseau national des Micro-Folies
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Musée</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>http://www.micro-folies.com</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez le référent Micro-Folie de votre DRAC ou DAC :
  &lt;a href="https://www.culture.gouv.fr/Regions"&gt;
   https://www.culture.gouv.fr/Regions
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a6c-implanter-une-micro-folie/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...343 lines deleted...]
-      <c r="E45" s="1" t="inlineStr">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...16 lines deleted...]
-&lt;/p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...35 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M45" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -10069,3783 +9241,200 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X45" s="1" t="inlineStr">
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...7 lines deleted...]
- : adhesion&amp;#64;agence-france-locale.fr
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...3580 lines deleted...]
-      <c r="A55" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>90722</v>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets portés par les jeunes constitués en association - Projets Initiatives Jeunesse</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Association
 Particulier</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Nouvelle-Aquitaine souhaite développer une politique visant à soutenir l&amp;#039;autonomie et l&amp;#039;initiative des jeunes dans tous les domaines et favoriser ainsi la créativité et l&amp;#039;innovation.
 &lt;/p&gt;
 &lt;p&gt;
  Au titre du dispositif « Projets Initiatives Jeunesse », elle soutient les projets de jeunes âgés de
  &lt;strong&gt;
   15 à 30 ans organisés
  &lt;/strong&gt;
  sous forme de
  &lt;strong&gt;
   structures associatives
  &lt;/strong&gt;
  . Ces projets peuvent avoir pour thèmes l&amp;#039;environnement, la culture, les arts, les sciences, la solidarité internationale, le journalisme, le sport...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Au titre du dispositif « Projets Initiatives Jeunesse », elle soutient les projets de jeunes âgés de
  &lt;strong&gt;
   15 à 30 ans organisés
  &lt;/strong&gt;
@@ -13859,71 +9448,71 @@
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est plafonnée à 3 000 € et ne peut excéder 50 % du budget prévisionnel. Elle est déterminée en fonction du budget prévisionnel et de la participation éventuellement attendue de la part d&amp;#039;autres co-financeurs (collectivités locales, entreprises, associations...). Le montant global des recettes pourra intégrer notamment les contributions volontaires en nature, dans la mesure où celles-ci sont objectivement quantifiées selon les règles en vigueur au plan national. La capacité d&amp;#039;autofinancement du projet est également déterminante. Le projet ne doit pas avoir été soutenu ou faire l&amp;#039;objet d&amp;#039;une sollicitation au titre d&amp;#039;un autre dispositif de la Région Nouvelle-Aquitaine.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide de la Région Nouvelle-Aquitaine est apportée sous la forme d&amp;#039;une subvention versée directement à l&amp;#039;association, désignée par le porteur du projet au moment du dépôt du dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ETAPE 1 - Inscription en ligne : Déposez votre demande en ligne via le formulaire . Il est important que vous détailliez au maximum votre dossier papier à cette étape. Note : vous trouverez au bas de cette page un modèle de dossier à télécharger. Ce document a pour objectif de vous aider à préparer votre inscription en ligne.
  &lt;/li&gt;
  &lt;li&gt;
   ETAPE 2 - Transmission du dossier administratif : votre inscription en ligne doit impérativement être complétée d&amp;#039;un envoi simultané (par mail à l&amp;#039;adresse initiativesjeunes&amp;#64;nouvelle-aquitaine.fr ) des justificatifs administratifs listés dans la fiche récapitulative téléchargeable au bas de cette page.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Jeunesse
 Citoyenneté
 Animation et mise en réseau
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les projets déposés en ligne seront étudiés au fur et à mesure et passeront en Commission permanente
  &lt;strong&gt;
   tout au long de l&amp;#039;année
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Note : Le formulaire de dépôt des projets est accessible depuis le bas de cette page. Afin d&amp;#039;anticiper l&amp;#039;ouverture du formulaire, vous pouvez toutefois préparer votre inscription à l&amp;#039;aide du &amp;#34;dossier type&amp;#34; prévu à cet effet et téléchargeable au bas de la page.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -13951,412 +9540,143 @@
 &lt;ul&gt;
  &lt;li&gt;
   Les projets des lycées pour des voyages scolaires, des séjours linguistiques ou des projets culturels ainsi que les demandes d&amp;#039;équipement et de matériels
  &lt;/li&gt;
  &lt;li&gt;
   Les dépenses d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Les projets entrant dans le cadre d&amp;#039;une formation scolaire, universitaire ou y concourant à titre obligatoire ou optionnel (ex projets « tutorés »)
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;organisation de galas de fin d&amp;#039;années ou les soirées festives
  &lt;/li&gt;
  &lt;li&gt;
   Les manifestations récurrentes de type 4L Trophy, courses croisière...
  &lt;/li&gt;
  &lt;li&gt;
   Les dépenses de création et de fonctionnement de l&amp;#039;association
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Seuls les dossiers complets seront examinés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/projets-initiatives-jeunesse-soutien-aux-projets-portes-par-les-jeunes-constitues-en-association</t>
         </is>
       </c>
-      <c r="W55" s="1" t="inlineStr">
+      <c r="W36" s="1" t="inlineStr">
         <is>
           <t>https://teleprocedures-jeunes.nouvelle-aquitaine.pro/initiatives-jeunesse.html</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Engagement Citoyen
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la jeunesse et de la citoyenneté
 &lt;/p&gt;
 &lt;p&gt;
  14, Rue François de Sourdis 33077
                                                     Bordeaux cedex
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 57 57 74 62
 &lt;/p&gt;
 &lt;p&gt;
  Mail : initiativesjeunes&amp;#64;nouvelle-aquitaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b6c3-projets-initiatives-jeunesse-soutien-aux-proj/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E56" s="1" t="inlineStr">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>90795</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la conservation et de valoriser les collections publiques des musées</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
-[...263 lines deleted...]
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette aide permet d&amp;#039;améliorer la conservation  et de valoriser les collections publiques des musées de Nouvelle-Aquitaine.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   améliorer la conservation des collections publiques,
  &lt;/li&gt;
  &lt;li&gt;
   valoriser ces collections publiques.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Calendrier: c
  ompte-tenu de la programmation pluriannuelle budgétaire des équipements culturels, les dossiers de demande de subvention doivent être déposés le plus en amont possible.
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires:
@@ -14372,62 +9692,62 @@
  &lt;/li&gt;
  &lt;li&gt;
   associations.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une bonification de 5% sera appliquée dans le cas d&amp;#039;une maîtrise d&amp;#039;ouvrage intercommunale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  taux d&amp;#039;intervention maximum de 25% modulé en fonction des critères déterminés pour le classement des communes et/ou communautés de communes et tenant compte des critères de choix,
 &lt;/p&gt;
 &lt;p&gt;
  subvention plafonnée à 250 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale sera calculée sur le budget global HT de l&amp;#039;opération (toutes tranches confondues).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères de sélection: c
  &lt;/strong&gt;
  onditions nécessaires à remplir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   musées labellisés Musées de France, reconnus à ce titre par la Direction des Musées de France,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   gestion par un personnel qualifié (conservateur du Patrimoine),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   missions du gestionnaire en matière de recherche et de conservation liées à la collection,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   respect des critères d&amp;#039;éco-conditionnalité mis en œuvre par la Région,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
@@ -14453,191 +9773,191 @@
   politique régulière d&amp;#039;acquisition dans le cadre du FRAM (Fonds Régional d&amp;#039;Acquisition des Musées),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   signalétique en langue(s) régionale(s).
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux incluant le 1er équipement,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   honoraires d&amp;#039;architectes.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/renovation-extension-et-amenagement-des-musees</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En cas de création d&amp;#039;un nouveau musée, le dossier sera traité hors règlement d&amp;#039;intervention.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dossier est à remplir avec la plus grande attention et doit être adressé en un exemplaire, accompagné d&amp;#039;une lettre de demande motivée, et des pièces techniques à :
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine - Service Aménagement culturel du territoire
 &lt;/p&gt;
 &lt;p&gt;
  27, boulevard de la Corderie
 &lt;/p&gt;
 &lt;p&gt;
  87031 Limoges
 &lt;/p&gt;
 &lt;p&gt;
  05 55 45 54 44 / 05 55 45 18 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc91-renovation-extension-et-amenagement-des-musee/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>92586</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I58" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M58" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -14676,134 +9996,134 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>92587</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Soutenir les festivals et manifestations culturelles</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une attention particulière sera portée aux manifestations organisées sur des secteurs géographiques isolés et/ou hors période estivale, ainsi qu&amp;#039;à celles œuvrant à la promotion des talents émergents, aux créations inédites ou à l&amp;#039;innovation artistique.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;envergure du festival et de la manifestation constituera un critère d&amp;#039;appréciation du projet. Cette dimension sera évaluée de la façon suivante :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   - Dimension nationale ou internationale
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Fréquentation supérieure à 10 000 spectateurs par édition
  &lt;/li&gt;
  &lt;li&gt;
   Manifestation reconnue par les professionnels dans l&amp;#039;esthétique qu&amp;#039;elle représente et identifiée comme l&amp;#039;une des plus importantes au niveau national
  &lt;/li&gt;
  &lt;li&gt;
   Personnels permanents affectés au festival
  &lt;/li&gt;
  &lt;li&gt;
   Plan de communication multiple par le biais de supports et médias nationaux
  &lt;/li&gt;
@@ -14851,2161 +10171,747 @@
   Interventions et rencontres avec des professionnels
  &lt;/li&gt;
  &lt;li&gt;
   Actions et outils de médiation associés à la manifestation (cartels, livrets pédagogiques, visites accompagnées...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   - Cinéma :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Nombre et caractéristiques des films programmés (cinéma d&amp;#039;auteurs, premiers films, thématiques,...)
  &lt;/li&gt;
  &lt;li&gt;
   Interventions et rencontres avec des professionnels
  &lt;/li&gt;
  &lt;li&gt;
   Actions de médiation
 o Jurys et prix
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M59" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Festivals et manifestations culturelles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Se déroulant sur le territoire départemental
  &lt;/li&gt;
  &lt;li&gt;
   Faisant appel à des artistes professionnels rémunérés
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles les festivals et manifestations culturelles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Se déroulant sur le territoire départemental
  &lt;/li&gt;
  &lt;li&gt;
   Faisant appel à des artistes professionnels rémunérés
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les festivals et manifestations dont la programmation est déléguée à des organisateurs de tournées à but lucratif et dont l&amp;#039;organisation ne s&amp;#039;inscrit pas dans une politique publique d&amp;#039;action culturelle
  &lt;/li&gt;
  &lt;li&gt;
   Les restitutions d&amp;#039;ateliers de travail, colloques, conférences, salons, expositions-ventes à but commercial ou dans lesquels les artistes doivent s&amp;#039;acquitter d&amp;#039;un droit de participation
  &lt;/li&gt;
  &lt;li&gt;
   Les projets initiés par un lieu permanent ou une structure de diffusion recevant une subvention pour son activité annuelle (volet 1 du présent dispositif)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aide variable en fonction de la nature et de l&amp;#039;intérêt du projet de la structure, de son implantation, des actions et partenariats menés pendant l&amp;#039;année, des co-financements mobilisés.
 &lt;/p&gt;
 &lt;p&gt;
  Assiette éligible : intégralité du budget prévisionnel sur lequel porte la demande de subvention, à l&amp;#039;exception des contributions en nature.
 Sera également prise en compte dans l&amp;#039;analyse des demandes la pluralité des financements alloués au projet. Une participation financière significative de la collectivité organisatrice (commune ou EPCI) sera attendue.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc2a-soutenir-les-festivals-et-manifestations-cult/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>92610</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Soutenir les évènements ou manifestations renforçant l’attractivité du territoire</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J60" s="1" t="inlineStr">
+      <c r="J40" s="1" t="inlineStr">
         <is>
           <t>Aide de 500 € à 20 K€ par projet dans la limite de 300 K€ par an</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les manifestations et évènements organisés à l&amp;#039;échelle locale peuvent concourir au renforcement de l&amp;#039;attractivité du territoire y compris hors de la saison touristique estivale.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département souhaite accompagner financièrement les Communes, EPCI et associations dans leurs actions et manifestations touristiques en cohérence et synergie avec les objectifs du Schéma Départemental de Développement Touristique du Vaucluse 2020-2025 (SDDT).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M60" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Actions en lien direct avec les filières touristiques définies dans le SDDT du Vaucluse (cf. ci-après) et pouvant en particulier être déployées pour allonger la saison touristique hors de la période estivale :
 &lt;/p&gt;
 &lt;p&gt;
  Filières prioritaires identifiées dans le SDDT :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La culture, le patrimoine et l&amp;#039;événementiel
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;art de vivre, identifié par sa gastronomie, son terroir et l&amp;#039;œnotourisme
  &lt;/li&gt;
  &lt;li&gt;
   Les itinérances
  &lt;/li&gt;
  &lt;li&gt;
   Le tourisme d&amp;#039;affaires
  &lt;/li&gt;
  &lt;li&gt;
   Les savoir-faire du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Les loisirs familiaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Attractivité économique
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les petites manifestations d&amp;#039;intérêt local (corso, foires locales...)
  &lt;/li&gt;
  &lt;li&gt;
   Les animations ou manifestations dont la l&amp;#039;organisation est déléguée à des organisateurs à but lucratif
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une attention particulière sera portée :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal
  &lt;/li&gt;
  &lt;li&gt;
   Au caractère innovant du projet
  &lt;/li&gt;
  &lt;li&gt;
   A l&amp;#039;articulation du projet avec les acteurs du tourisme
  &lt;/li&gt;
  &lt;li&gt;
   A la liaison entre le projet et la stratégie de communication portée par Vaucluse Provence Attractivité
  &lt;/li&gt;
  &lt;li&gt;
   A la bonne connexion du projet et le réseau de bornes wifi touristique du Département et en particulier à la web application de valorisation des sites touristiques du Vaucluse
  &lt;/li&gt;
  &lt;li&gt;
   A la dimension durable du projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa06-soutenir-les-evenements-ou-manifestations-ren/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-      <c r="A61" s="1">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
         <v>92611</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets touristiques du territoire</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J61" s="1" t="inlineStr">
+      <c r="J41" s="1" t="inlineStr">
         <is>
           <t>Aide maximale de 10 K€ par projet dans la limite de 100 K€ par an.</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par les actions qu&amp;#039;ils portent, les acteurs touristiques publics locaux participent au rayonnement du territoire, à la crédibilité de la destination, au renforcement de son attractivité et aux retombées économiques positives pour l&amp;#039;ensemble du Vaucluse.
 &lt;/p&gt;
 &lt;p&gt;
  Afin de renforcer l&amp;#039;attractivité touristique du territoire, le Département soutient financièrement les EPCI (Etablissement Public de Coopération Intercommunale), OT (Offices de Tourisme) et OTI (Offices de Tourisme Intercommunaux) dans leurs projets de développement touristiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M61" s="1" t="inlineStr">
+      <c r="M41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etudes ou projets liés à la gestion des équipements touristiques existants (ou en projets) tels que campings, plans d&amp;#039;eau, projets touristiques structurants de territoire, stratégies touristiques...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Offices de tourisme communaux ou intercommunaux
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une attention particulière sera portée :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal : les manifestations projetées devant avoir une fréquentation significative dépassant le seul public local
  &lt;/li&gt;
  &lt;li&gt;
   Au caractère innovant du projet
  &lt;/li&gt;
  &lt;li&gt;
   A l&amp;#039;articulation du projet avec les acteurs du tourisme
  &lt;/li&gt;
  &lt;li&gt;
   Aux démarches ou campagnes de communication permettant de renforcer la visibilité et la notoriété du projet (plan de communication multiple par le biais de supports et médias...)
  &lt;/li&gt;
  &lt;li&gt;
   A la dimension durable du projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus, contactez le : 04.90.16.15.00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a24d-soutenir-les-projets-touristiques-du-territoi/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="K62" s="1" t="inlineStr">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>97608</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou aménager des structures liées aux activités culturelles</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Cet appel à projets vise à soutenir la diffusion ponctuelle des créations des artistes régionaux en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion en France et à l&amp;#039;étranger, à promouvoir le rayonnement de la création et de la production artistique en région et au-delà, en partenariat avec les lieux de diffusion ayant une responsabilité essentielle dans ces domaines, à accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers de l&amp;#039;aide aux projets de diffusion.
-[...11 lines deleted...]
- Dépôt des demandes : 31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020).
+ Le Département de l&amp;#039;Aude propose des aides aux communes et leurs groupements à développer, aménager et moderniser leurs équipements culturels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
-[...2 lines deleted...]
-Arts plastiques et photographie
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Restauration du patrimoine historique et culturel
+&lt;/p&gt;
+&lt;p&gt;
+ - Constructions, restructurations et aménagements de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  bibliothèques participant au réseau départemental de lecture publique ayant reçu un avis favorable de la Bibliothèque Départementale de l&amp;#039;Aude
+ &lt;/li&gt;
+ &lt;li&gt;
+  locaux adaptés à l&amp;#039;enseignement artistique, écoles de musique s&amp;#039;inscrivant dans le schéma départemental du développement des enseignements artistiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  musées
+ &lt;/li&gt;
+ &lt;li&gt;
+  salles de spectacle
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
 Musée
-Médias et communication
+Equipement public
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
-[...15 lines deleted...]
- L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne seront pris en compte que les projets qui :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  respecter les dispositions légales et réglementaires,
-[...14 lines deleted...]
-  dépôt d&amp;#039;un seul dossier pour l&amp;#039;année civile et par bénéficiaire.
+  intègreront des exigences règlementaires en matière d&amp;#039;accessibilité aux personnes à mobilité réduite
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondront aux orientations des schémas départementaux en matière de développement des enseignements artistiques et de lecture publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  et feront un effort en matière de développement durable (performance énergétique, normes HQE, gestion économe de l&amp;#039;espace, utilisation des énergies renouvelables...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de mobilier et d&amp;#039;entretien courant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Eclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X62" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/equipements-culturels</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Candidatures à envoyer à :
-[...8 lines deleted...]
- &lt;/a&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0a3-construire-ou-amenager-des-structures-liees-a/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G63" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>111995</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Plateforme d'apprentissage Interreg Europe PLP</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-[...19 lines deleted...]
-      <c r="K63" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
-[...5 lines deleted...]
- Sont susceptibles d&amp;#039;être soutenues au titre du dispositif les opérations de fonctionnement liées à :
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  la recherche dans le domaine d&amp;#039;excellence de la structure et sa diffusion,
-[...5 lines deleted...]
-  au développement d&amp;#039;outils de structuration du réseau, ex : site internet, annuaire.
+  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
+ &lt;/li&gt;
+ &lt;li&gt;
+  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...3 lines deleted...]
- Les associations, les laboratoires et les institutions de recherche, les établissements publics, les collectivités publiques, les musées de France.
+&lt;p&gt;
+ Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
+&lt;/p&gt;
+&lt;p&gt;
+ A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
-[...22 lines deleted...]
- La demande se fait à partir d&amp;#039;un dossier comportant :
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  une présentation de la structure : domaine d&amp;#039;expertise, équipe, projets déjà menés,
-[...204 lines deleted...]
-  salles de spectacle
+  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
-[...387 lines deleted...]
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
-[...819 lines deleted...]
-          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
@@ -17015,967 +10921,499 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R71" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
-[...10 lines deleted...]
- &lt;/strong&gt;
+ Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
+ &lt;a rel="noopener" target="_blank"&gt;
+  interregeurope.eu
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X71" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction des politiques européennes
-[...3 lines deleted...]
- Contactez votre GAL référent.
+ &lt;strong&gt;
+  Point de contact national Nord de la France :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier  &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase    &amp;#43;33 (0) 491 575 606
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G72" s="1" t="inlineStr">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...2 lines deleted...]
-      <c r="H72" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I72" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L72" s="1" t="inlineStr">
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...13 lines deleted...]
- 10% de la dépense subventionnable plafonnée à 24 000 000 €.
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="R72" s="1" t="inlineStr">
+      <c r="M44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Eligibilité :
-[...75 lines deleted...]
-  Christine.Alaoui&amp;#64;paysdelaloire.fr
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Envoyer les pièces justificatives à joindre en deux exemplaires
-[...126 lines deleted...]
-          <t>Patrimoine et monuments historiques
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
-Bibliothèques et livres</t>
-[...2 lines deleted...]
-      <c r="O73" s="1" t="inlineStr">
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les conventions précisent l&amp;#039;objet de l&amp;#039;opération envisagée, le périmètre retenu, la méthodologie mise en œuvre et les objectifs attendus. Elles détaillent l&amp;#039;implication de chacun de partenaires, et s&amp;#039;il y a lieu les conditions budgétaires.
-[...2 lines deleted...]
- Les livrables d&amp;#039;une opération d&amp;#039;inventaire sont, au minimun, des dossiers électroniques d&amp;#039;inventaire illustrés et établis selon les méthodes de l&amp;#039;Inventaire général, mais ils comprennent également la plupart du temps des formes de valorisation, et notamment la publication d&amp;#039;un ou plusieurs ouvrages mettant en valeur les résultats de l&amp;#039;étude.
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X73" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction de la culture, du sport et des associations
-[...53 lines deleted...]
-      <c r="AA73" s="1" t="inlineStr">
+ &lt;strong&gt;
+  Point de contact national Nord de la France
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-[...394 lines deleted...]
-      <c r="A77" s="1">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
         <v>111757</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -18012,82 +11450,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M77" s="1" t="inlineStr">
+      <c r="M45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -18133,242 +11571,4327 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W77" s="1" t="inlineStr">
+      <c r="W45" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G78" s="1" t="inlineStr">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>111660</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Développer un projet touristique en Essonne</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme : Développement touristique de l'Essonne</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du coût HT, plafonné à 20.000€ par projet</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développement touristique de l&amp;#039;Essonne : aide à la réalisation de projet touristique en cohérence avec le shéma départemental du tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Thématiques possibles : patrimoine, nature, terroir, hébergement, accessibilité-mobilité-service.
+&lt;/p&gt;
+&lt;p&gt;
+ Appel à projet annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-02-0020 (AD du 19/11/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Forêts
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Logement et habitat
+Paysage
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projets en cohérence avec le schéma départemental du tourisme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délegation tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 26 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d012-developper-un-projet-touristique-en-essonne/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>111661</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude touristique</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme : Développement touristique de l'Essonne</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du coût HT, plafonné à 10.000€ par projet</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développement touristique de l&amp;#039;Essonne : aide à la réalisation d&amp;#039;étude touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-02-0020 (AD du 19/11/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Forêts
+Commerces et services
+Revitalisation
+Logement et habitat
+Paysage</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délegation tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 26 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f76-realiser-une-etude-touristique/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>95003</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la diffusion régionale, nationale, internationale - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la diffusion régionale, nationale, internationale - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à projets vise à soutenir la diffusion ponctuelle des créations des artistes régionaux en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion en France et à l&amp;#039;étranger, à promouvoir le rayonnement de la création et de la production artistique en région et au-delà, en partenariat avec les lieux de diffusion ayant une responsabilité essentielle dans ces domaines, à accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers de l&amp;#039;aide aux projets de diffusion.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les artistes ou les collectifs d&amp;#039;artistes professionnel sous forme associative du champ des arts visuels ayant une activité régulière de création et de diffusion d&amp;#039;œuvres originales en région Grand Est.
+&lt;/p&gt;
+&lt;h3&gt;
+ Calendrier
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt des demandes : 31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P48" s="1" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et réglementaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être implanté en région Grand Est et y mener son activité de manière effective,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de son statut d&amp;#039;artiste professionnel – numéro Siret, inscription à la Maison des artistes ou à l&amp;#039;Agessa -, ou d&amp;#039;indépendant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;un projet de diffusion en France ou à l&amp;#039;étranger accueilli par une structure professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement et de l&amp;#039;implication de la structure d&amp;#039;accueil,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépôt d&amp;#039;un seul dossier pour l&amp;#039;année civile et par bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appel-a-projets-aide-a-diffusion-regionale-nationale-internationale-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatures à envoyer à :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Demandes de paiement :
+ &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+  versements-creation&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68b3-aide-a-la-diffusion-regionale-nationale-inter/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>95011</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures réseaux dans le domaine du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux structures réseaux dans le domaine du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de la subvention : 1 000 €</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Nature des projets
+&lt;/h4&gt;
+&lt;p&gt;
+ Sont susceptibles d&amp;#039;être soutenues au titre du dispositif les opérations de fonctionnement liées à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche dans le domaine d&amp;#039;excellence de la structure et sa diffusion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la formation portées par une structure du Grand Est à l&amp;#039;adresse des autres acteurs du domaine à l&amp;#039;échelle du territoire régional ou au-delà,
+ &lt;/li&gt;
+ &lt;li&gt;
+  au développement d&amp;#039;outils de structuration du réseau, ex : site internet, annuaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Les associations, les laboratoires et les institutions de recherche, les établissements publics, les collectivités publiques, les musées de France.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P49" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Méthode de sélection
+&lt;/h4&gt;
+&lt;p&gt;
+ La demande se fait à partir d&amp;#039;un dossier comportant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une présentation de la structure : domaine d&amp;#039;expertise, équipe, projets déjà menés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la programmation annuelle chiffrée précisant les actions pour lesquelles un soutien est demandé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un descriptif des projets pour lesquels un financement est demandé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant un bilan chiffré de l&amp;#039;année antérieure.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Pour être éligibles, les projets doivent satisfaire, selon les cas, aux critères suivants :
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qualité scientifique et culturelle de la structure sur la base de ses références, des référents de la structure et de sa programmation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  capacité de la structure à rayonner, a minima, à l&amp;#039;échelle régionale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  capacité de la structure à associer d&amp;#039;autres acteurs et à les fédérer,
+ &lt;/li&gt;
+ &lt;li&gt;
+  liens avec l&amp;#039;Inventaire Général du Patrimoine Culturel ou le Comité d&amp;#039;Histoire Régionale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Président de la Région pourra solliciter l&amp;#039;avis d&amp;#039;un comité scientifique et technique ad hoc avant présentation au vote des élus.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais de personnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de déplacement : transport et nuitées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations de valorisation de la recherche : opérations de médiation, publication papier ou numérique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ La demande d&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région Grand Est. La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le nom du porteur de projet et sa taille s&amp;#039;il s&amp;#039;agit d&amp;#039;une entreprise ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la localisation du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des postes de dépenses du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant de l&amp;#039;aide sollicitée et le montant du financement public estimé nécessaire pour le projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-structures-reseaux-domaine-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0025/depot/simple</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;a href="mailto:versements-patrimoines&amp;#64;grandest.fr"&gt;
+  versements-patrimoines&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  Guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+  Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c86-soutien-aux-structures-reseaux-dans-le-domain/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>99010</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et préserver le patrimoine culturel mahorais</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Culture, patrimoine et traditions - Fiche Actions 3</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>100% (sur remboursement des dépenses du projet)</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle a pour enjeux de &amp;#34;Valorisation et préservation du patrimoine culturel et accroissement de l&amp;#039;offre culturelle&amp;#34;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les impacts attendus sur le territoire sont:
+&lt;/p&gt;
+&lt;p&gt;
+ Effets directs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Protection et valorisation du patrimoine culturel et des traditions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;offre culturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Augmentation de la fréquentation des sites historiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Effet indirect :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Amélioration de l&amp;#039;accès à la culture pour tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission intergénérationnelle
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  TO 3.1 : Soutien aux actions de formation et mise en réseau des acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 3.2 : Soutien à la création et/ou l&amp;#039;aménagement d&amp;#039;espaces multiculturels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 3.3 : Soutien à la mise-en place d&amp;#039;actions et événements culturels fédérateurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 3.4 : Soutien aux actions de communication, promotion et valorisation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>GAL Nord et Centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA3.pdf</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-mayotte.yt/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Romain DELARUE
+&lt;/p&gt;
+&lt;p&gt;
+ Animateur du GAL Nord et Centre de Mayotte
+&lt;/p&gt;
+&lt;p&gt;
+ 06.39.65.74.83
+&lt;/p&gt;
+&lt;p&gt;
+ adnc.mayotte&amp;#64;gmail.com
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>adnc.mayotte@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c37-copie-10h16-developpement-des-circuits-courts/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>104722</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la construction d'équipements publics exceptionnels/majeurs en Pays de la Loire dans les domaines culturels et sportifs</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les investissements culturels et sportifs structurants</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 10</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>Maxi : 24 000 000</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Soutenir la construction d&amp;#039;équipements publics majeurs en Pays de la Loire dans les domaines culturels et sportifs.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En complément de sa politique de contractualisation avec les territoires, la Région finance des équipements structurants, culturels et sportifs, présentant un budget et un rayonnement conséquents.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est mise en place pour permettre la réalisation de projets présentant un caractère exceptionnel d&amp;#039;intérêt régional, voire au-delà, ainsi que les dossiers inscrits au CPER et les grands travaux menés sous maîtrise d&amp;#039;ouvrage régionale, tel que le Centre de ressources, d&amp;#039;expertise et de performance sportive (CREPS).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Détermination de l&amp;#039;aide régionale :
+ &lt;/strong&gt;
+ 10% de la dépense subventionnable plafonnée à 24 000 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Eligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Caractère exceptionnel sinon unique de l&amp;#039;équipement au plan régional ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Investissement (hors acquisitions et VRD) de travaux et d&amp;#039;équipements supérieur à 2 700 000 € HT ;
+   &lt;/strong&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  En vertu de sa compétence générale d&amp;#039;aménagement du territoire, le Conseil régional pourra qualifier le caractère structurant de l&amp;#039;équipement au regard des particularités du territoire concerné et de la singularité du projet.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Les dépenses subventionnables prises en compte dans le calcul de la subvention sont les suivantes :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Les travaux (hors VRD, aménagements extérieurs et acquisitions foncières) ;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Agencement, équipement et mobilier ;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Honoraires d&amp;#039;architectes, y compris ceux antérieurs à la date de décision du Conseil régional ;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les frais d&amp;#039;études techniques ;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;assurance dommage-ouvrage obligatoire ;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    La coordination sécurité ;
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/equipements-structurants-dinteret-regional</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, du sport et des associations
+ &lt;br /&gt;
+ Pôle Coordination
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Christine Alaoui
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="mailto:Christine.Alaoui&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  Christine.Alaoui&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Envoyer les pièces justificatives à joindre en deux exemplaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lettre d&amp;#039;intention ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avant-projet sommaire comportant le plan des aménagements ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Devis estimatifs des aménagements ou des équipements ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plan de financement prévisionnel ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Projet culturel ou sportif quant à l&amp;#039;utilisation de l&amp;#039;équipement ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présentation de l&amp;#039;équipe de gestion;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Échéancier des travaux ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Relevé d&amp;#039;identité bancaire (RIB) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2a58-equipements-structurants-dinteret-regional/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>107202</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de valorisation et/ou restauration du patrimoine public ou privé</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation et restauration du patrimoine</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien financier en faveur des projets de valorisation et/ou restauration du patrimoine public ou privé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Edifices protégés monuments historiques (MH).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Edifices non-protégés mais d&amp;#039;intérêt patrimonial public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Objets classés MH.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Objets inscrits MH et collections Musées de France.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérisation d&amp;#039;archives publiques.&lt;/li&gt;&lt;li&gt;Etudes préalables à la restauration.&lt;/li&gt;&lt;li&gt;Equipements de valorisation du patrimoine (Pour le privé, uniquement les associations).&lt;/li&gt;&lt;li&gt;Equipements de conservation des archives (hors construction).&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépôt de la demande avant le démarrage des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://morbihan.fr</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaides.morbihan.fr</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Générale Adjointe Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Service de la valorisation et de la conservation du patrimoine&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 97 54 83 09&lt;/p&gt;&lt;p&gt;Mail : patrimoine&lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;&amp;#64;morbihan.fr &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>direction.territoires@morbihan.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/34e8-copie-15h00-soutenir-les-projets-de-creation-/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>102937</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>103253</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ouverture permanente
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 1 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à la numérisation des collections :
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention est de 30 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût d&amp;#039;acquisition du logiciel et des prestations de numérisation et d&amp;#039;indexation, hors coût du contrat de garantie et de maintenance.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 30 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ &lt;span&gt;
+  , la plateforme des aides régionales.
+ &lt;/span&gt;
+</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/HyI4AOCmi</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3878-aide-a-la-construction-la-restauration-lamena/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>163892</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les manifestations culturelles à vocation touristiques sur la destination Blois - Chambord - Val de Loire</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de soutien aux manifestations culturelles à vocation touristique</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'aide est variable en fonction des dépenses prévisionnelles</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le fonds de soutien aux manifestations touristiques du Pays des Châteaux aide à soutenir les manifestations publiques ou privées, qui concourent à l’attractivité et au rayonnement du territoire du Pays des Châteaux. Les recettes de ce fonds de soutien proviennent de la collecte de la taxe de séjour, les évènement soutenus doivent donc être à vocation principalement touristique, et mettre en valeur un ou des patrimoines (culturel, naturel, historique, gastronomique, savoir-faire…)&lt;/p&gt;&lt;p&gt;Cette aide s’adresse à tous types de maîtres d’ouvrage dont la manifestation se déroule sur le périmètre du Pays des Châteaux : associations, porteurs de projets privés, collectivités territoriales et groupements (EPCI).&lt;/p&gt;&lt;p&gt;Les évènement sont éligibles toute l&amp;#039;année. Attention a bien respecter les périodes de dépôt des dossiers.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avril : Vote des subventions pour les événements d’Avril à Octobre : dossiers déposés avant le 15 février&lt;/li&gt;&lt;li&gt;Septembre : Vote des subventions pour les évènements d’Octobre à Avril : dossiers déposés avant le 15 juillet&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;enveloppe globale du dispositif est voté en Mars (Vote du Budget du Pays des Châteaux par le Comité Syndical), les dossiers  sont instruits par le Bureau du Pays des Châteaux.&lt;/p&gt;&lt;p&gt;L’aide est versée à l’issue de la manifestation, sur présentation du bilan de la manifestation et du bilan comptable. Dans l’hypothèse où les réalisations seraient inférieures aux prévisions, la subvention serait réduite au prorata.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Festival de musique ou de théâtre en plein air, concert, exposition, etc...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères d’éligibilité : &lt;span&gt;Pour bénéficier d’une subvention du Pays des Châteaux, les manifestations doivent impérativement répondre aux critères suivants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;manifestation se déroulant sur minimum une des 89 communes du Pays des Châteaux&lt;/li&gt;&lt;li&gt;bénéficier obligatoirement du concours d’autres collectivités, institutions ou programmes…&lt;/li&gt;&lt;li&gt;manifestation mettant en valeur un ou des patrimoines (culturel, naturel, historique, gastronomique, savoir-faire…)&lt;/li&gt;&lt;li&gt;manifestation qui vise à la fois un public touristique et local&lt;/li&gt;&lt;li&gt;importance de la stratégie de communication et du relais-média (au minimum avoir une stratégie régionale)&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Critères supplémentaires d’appréciation des dossiers : Au-delà des critères d’éligibilité obligatoires ci-dessus, les élus valoriseront plusieurs aspects, notamment :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Les événements se déroulant sur plusieurs jours générant des nuitées touristiques&lt;/li&gt;&lt;li&gt;Les événements mettant en avant plusieurs communes du Pays des Châteaux permettant de mieux diffuser les flux touristiques&lt;/li&gt;&lt;li&gt;Les éco-manifestations répondant aux chartes mise en place sur chaque territoire, proposant des produits locaux et mettant en place un système de tri des déchets ou du co-voiturage&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Critères d’exclusion :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Les manifestations à caractère philanthropique ou caritatif sont exclues.&lt;/li&gt;&lt;li&gt;Les manifestations d’ores et déjà soutenues financièrement par l’Office de Tourisme Intercommunautaire de Blois – Chambord – Val de Loire sont exclues.&lt;/li&gt;&lt;li&gt;Les manifestations votives (ou assimilées) ainsi que les manifestations à caractère prioritairement commercial (marchés, foires…) sont exclues.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/tourisme/les-manifestations</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Lucie MORIN&lt;/p&gt;&lt;p dir="ltr"&gt;Chargée de mission Tourisme &lt;/p&gt;&lt;p dir="ltr"&gt;Tél. : 02 54 46 09 10 ou 06 88 22 65 34              &lt;/p&gt;&lt;p dir="ltr"&gt;Courriel : &lt;a target="_self"&gt;tourisme&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>developpement@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-manifestations-culturelles-a-vocation-touristiques-sur-la-destination-blois-chambord-val-de-loire/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>163815</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Mieux-vivre ensemble dans une ruralité attractive et dynamique</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Programme Leader du GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Pays Dunois
+Communauté Coeur de Beauce</t>
+        </is>
+      </c>
+      <c r="F56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 80</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;LEADER est un programme européen de développement rural, destiné à soutenir des projets portés par les acteurs locaux.&lt;/p&gt;&lt;p&gt;Il a été attribué une enveloppe de 1,2 millions d&amp;#039;euros sur la période 2023-2027 pour financer son programme d&amp;#039;actions.&lt;/p&gt;&lt;p&gt;La stratégie se décline en trois axes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1- Vivre ensemble dans une ruralité attentive aux liens sociaux &lt;/strong&gt;(lien social et intergénérationnel citoyenneté, actions culturelles participatives)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2- Mieux vivre dans une ruralité au cadre de vie préservé &lt;/strong&gt;(transition écologique, santé)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3- Vivre dans une ruralité attractive, accessible et aux filières dynamiques &lt;/strong&gt;(mobilité, nouvelles filières économiques, actions touristiques)&lt;/p&gt;&lt;p&gt;Les projets présentés doivent s&amp;#039;inscrire dans un ou plusieurs de ces axes et se dérouler sur le périmètre du GAL (Pays Dunois / Communauté de communes coeur de beauce) pour être éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples de projets soutenus sur le précédent programme Leader :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur d&amp;#039;une solidarité territoriale : pôle multi-activités pour une association d&amp;#039;aides à domicile, habitat inclusif &lt;/li&gt;&lt;li&gt;Aménagements d&amp;#039;espaces naturels à vocation pédagogique / artistique&lt;/li&gt;&lt;li&gt;Recrutement de personnel sur des thématiques innovantes : manager de commerce, chargé de projet alimentaire&lt;/li&gt;&lt;li&gt;Développement touristique et culturel : outils de visite d&amp;#039;un musée, valorisation d&amp;#039;un itinéraire cyclotouristique, festival culturel itinérant&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Personnes âgées
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les seuils d&amp;#039;éligibilité (dépenses comprises entre 7815 et 156 250 € pour un privé et entre 6250 € et 125 000 € pour un public)&lt;/li&gt;&lt;li&gt;Répondre aux critères de sélection du GAL Beauce Dunois : Caractère pilote, lien avec la stratégie, prise en compte des priorités de l&amp;#039;UE, partenariats, participation des bénéficiaires, cohérence technique et financière&lt;/li&gt;&lt;li&gt;Être auditionnés et retenus par le comité de programmation du GAL Beauce Dunois sur la base de ces critères de sélection&lt;/li&gt;&lt;li&gt;Obtenir un autre financement national (Commune, Département, Région, Etat..)&lt;/li&gt;&lt;li&gt;Ne pas avoir commencé avant le dépôt de la demande&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-dunois.fr/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Assistante administrative : &lt;a target="_self"&gt;secretaire&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Animatrice Leader :&lt;a target="_self"&gt;galbeaucedunois&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 37 96 63 96&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>secretaire@pays-dunois.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mieux-vivre-ensemble-dans-une-ruralite-attractive-et-dynamique-leurope-soutient-les-projets-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>163767</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>guichet unique de l’ingénierie territoriale ligérienne</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Agence Nationale de l'Habitat (ANAH)
+Agences de l'eau
+Agence nationale de la cohésion des territoires (ANCT)
+ALEC 42 - Agence Locale de l'Energie et du Climat
+Agence Nationale pour la Rénovation Urbaine (ANRU)
+SIEL-Territoire d’énergie Loire
+Banque des Territoires
+Cerema
+Conseil départemental de la Loire
+Commissariat du Massif Central
+Office Français de la Biodiversité (OFB)
+DDT de la Loire</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
+de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+délégués territoriaux adjoints : le secrétaire général de
+la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
+Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+le directeur départemental des territoires et la directrice
+départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
+sont les premiers interlocuteurs des maires et présidents
+d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
+collectivités territoriales ont régulièrement besoin du soutien de
+l’État pour développer leurs projets : une aide financière
+mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
+des prestations intellectuelles pour répondre aux questionnements
+autour de ces projets. Elle couvre les aspects technique,
+réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
+de prestations proposées par l’État local, le &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Conseil
+départemental, l’AMF42&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+les établissements publics membres du comité national de
+coordination (ANRU, ANAH, ADEME, CEREMA, Caisse des dépôts et des
+consignations) et les institutions, structures ou opérateurs publics
+dans la Loire est recensée dans le&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+r&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;éférentiel
+de l’ingénierie territoriale ligérienne. Ce recueil numérique de
+fiches &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+régulièrement mis à jour et accessible sur le site internet des
+services de l’État.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Un
+guichet unique regroupe des agents de l’État, du Conseil
+départemental et des principaux intervenants de l’ingénierie
+locale. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+est chargé d’apporter rapidement &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;et
+sans formalisation excessive &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+réponses &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;aux
+questionnements &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+collectivités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’adresse
+&lt;a href="mailto:ingenierie&amp;#64;loire.gouv.fr"&gt;ingenierie&amp;#64;loire.gouv.fr&lt;/a&gt; est le point d’entrée vers le guichet unique. La forme de ces
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;questionnements&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+est libre : les référents territoriaux de l’État
+compléteront une fiche normalisée, au besoin en interrogeant la
+collectivité en retour pour davantage de précision. Une fois
+complétée, cette fiche normalisée devra permettre de constater
+l’insuffisance de ressource locale en ingénierie et la fragilité
+économique, sociale, démographique ou financière de la
+collectivité (principe de subsidiarité).&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Régulièrement,
+le guichet unique se réunira pour déterminer la meilleure manière
+de répondre à cette sollicitation. Il désignera un chef de file
+qui préparera une proposition soumise à la collectivité puis aux
+autorités compétentes (bureau, conseil, commission, etc). Après
+l’accord de tous, la décision d’octroi interviendra au plus
+vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+chef de file mettra en œuvre la solution retenue ou en assurera le
+pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
+ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
+marchés à bons de commande de l’ANCT ; les appuis sur mesure
+de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
+ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
+des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
+bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
+Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
+solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
+de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+d’un tiers prise en charge par un des membres du guichet unique,
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
+participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
+dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
+les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
+éligibles : les communes, les intercommunalités, leurs
+groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
+de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
+relever de la compétence, éventuellement partagée, de la
+collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
+la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
+au cas par cas en fonction du dispositif d’appui retenu pour
+répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
+appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>michel.poiret@loire.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>163044</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier, valoriser et structurer une offre touristique durable à destination des habitants et des touristes dans le Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En alliant tourisme balnéaire, tourisme rural et forte identité culturelle, le Pays d’Auge bénéficie d’atouts touristiques indéniables. En plus de contribuer à affirmer l’identité du Pays d’Auge, le tourisme est créateur d’emplois et constitue un pilier clef de développement économique pour les collectivités et les commerçants.&lt;/p&gt;&lt;p&gt;Toutefois, ce dynamisme touristique se concentre majoritairement dans le Nord Pays d’Auge, autour des stations balnéaires dont l’afflux touristique entraîne parfois des difficultés de gestion. A l’inverse, le Sud Pays d’Auge souffre d’un certain déficit de notoriété, malgré la richesse de son patrimoine naturel (bocages, prairies…) et culturel (architecture, haras, gastronomie…).&lt;/p&gt;&lt;p&gt;Il s’agit donc de renforcer l’attractivité touristique de l’arrière-pays pour les touristes et pour les habitants, à travers l&amp;#039;essor de nouvelles activités, la mise en réseau des acteurs locaux et la valorisation de l’offre déjà existante. Afin d’assurer une mise en œuvre effective du tourisme durable et de pleinement prendre en compte les impacts actuels et futurs du tourisme sur les systèmes vivants, la biodiversité et l’intégrité culturelle, il convient aussi de réfléchir à une gestion équilibrée des ressources naturelles et d’impliquer tous les acteurs locaux.&lt;/p&gt;&lt;p&gt;Les opérations accompagnées dans le cadre de cette fiche action n°5 sont en cohérence avec 7 objectifs du SRADDET normand, notamment la promotion d’un tourisme durable, ainsi que les constats liés au changement climatique du GIEC normand.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Encourager et généraliser les démarches de tourisme durable, la randonnée et le cyclotourisme&lt;/li&gt;&lt;li&gt;Renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations d&amp;#039;aménagement, de modernisation, et de promotion d&amp;#039;équipements, de sites et d&amp;#039;&lt;strong&gt;activités touristiques valorisant les atouts et les spécificités locales du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien à l’investissement pour la réhabilitation, la rénovation ou la création d’&lt;strong&gt;hébergements touristiques publics et privés&lt;/strong&gt; dans le respect des qualités architecturales du bâti, en cohérence avec les besoins du territoire et répondant à un objectif d’amélioration de la performance thermique&lt;/li&gt;&lt;li&gt;Soutien à la réhabilitation et à l’extension de &lt;strong&gt;logements de personnels saisonniers&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions de marketing territorial et de mise en réseau des acteurs afin de &lt;strong&gt;structurer le secteur touristique à l’échelle du Pays d’Auge&lt;/strong&gt; et de renforcer l’identité culturelle locale&lt;/li&gt;&lt;li&gt;Initiatives visant à développer et à valoriser les &lt;strong&gt;savoir-faire locaux&lt;/strong&gt;, en collaboration avec les acteurs du territoire, notamment en matière d’&lt;strong&gt;artisanat et d’agritourisme&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Développement d’&lt;strong&gt;itinéraires touristiques et culturels à l’échelle du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Opérations d’animation et de sensibilisation sur les &lt;strong&gt;enjeux du tourisme durable et solidaire&lt;/strong&gt; à destination des acteurs du territoire&lt;/li&gt;&lt;li&gt;Projets visant à renforcer la rencontre et les échanges entre les acteurs agricoles et les habitants en zone rurale ainsi qu’entre les touristes et les locaux afin de &lt;strong&gt;lutter contre les conflits d’usage&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Economie sociale et solidaire
+Logement et habitat
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;encourager et généraliser les démarches de tourisme durable&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Le projet permet de valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Construction de bâtiments contribuant à l’artificialisation des sols ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-valoriser-et-structurer-une-offre-touristique-durable-a-destination-des-habitants-et-des-touristes-dans-le-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>163039</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Réinvestir, protéger, valoriser le patrimoine bâti du Pays d'Auge dans ses dimensions culturelles et énergétiques</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le patrimoine
+bâti du Pays d’Auge&lt;/strong&gt; est un marqueur fort de son identité, image d’Épinal de la
+Normandie. Ce patrimoine fait aujourd’hui face à un enjeu de conservation et de
+préservation tout en assurant une plus grande sobriété énergétique. Participant
+à 12 des 59 objectifs du SRADDET normand, la fiche-action n°1 de la stratégie Locale de développement LEADER rend nécessaire une
+meilleure connaissance et appropriation de ce patrimoine afin qu’il puisse être
+restauré en respectant les exigences en matière d’adaptation au changement climatique,
+de gestion du foncier et de valorisation des spécificités du monde rural
+notamment. Ce n’est qu’à cette condition qu’il pourra demeurer vecteur de
+développement économique, culturel et touristique pour le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Améliorer l’efficacité et la sobriété énergétique des bâtiments à valeur patrimoniale&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les changements de comportement face aux enjeux de transition énergétique&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer l’adaptation et la résilience du patrimoine bâti à valeur patrimoniale face aux effets du changement climatique &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir et valoriser les richesses patrimoniales et les savoir-faire identitaires du Pays d’Auge&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etudes pour la rénovation thermique des bâtiments à valeur patrimoniale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien à l’autoproduction d’énergie (hors photovoltaïque)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’expérimentations et d’innovations en matière d&amp;#039;écoconstruction, d’éco rénovation et d’écohabitat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sensibilisation à la sobriété énergétique dans les lieux d’habitation et de travail&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux d’inventaire, de restauration, de conservation et de valorisation du patrimoine bâti culturel et/ou touristique (hors patrimoine à usage cultuel)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions visant à repenser les usages de bâtiments patrimoniaux (dont études) tout en conservant l’identité des lieux afin de leur conférer une vocation collective &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réhabilitation des corps de ferme à valeur patrimoniale dans un objectif d’ouverture au grand public (l’aide sera soumise à l’atteinte d’un gain d’efficacité énergétique d’au moins 30%)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement de lieux d’accueil, de valorisation et actions d’animation des métiers d’art et de rénovation du patrimoine&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projet de réhabilitation d&amp;#039;une ferme augeronne en vue d&amp;#039;en faire un lieu culturel ouvert au public ; Projet de réhabilitation d&amp;#039;un bâtiment augeron pour y développer un lieu collectif ; Réhabilitation d&amp;#039;une ancienne fromagerie y installer un musée sur le savoir-faire...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Economie d'énergie et rénovation énergétique
+Tiers-lieux
+Bâtiments et construction
+Réhabilitation
+Architecture
+Artisanat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;br /&gt;&lt;/strong&gt;1/ Egalité femmes/hommes&lt;br /&gt;2/ Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;br /&gt;3/ Approche partenariale&lt;br /&gt;4/ Adaptation et/ou atténuation du changement climatique&lt;br /&gt;5/ Ruralité&lt;br /&gt;6/ Innovation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;1/ Le projet permet d&amp;#039;améliorer l’efficacité et la sobriété énergétique d&amp;#039;un bâtiment&lt;br /&gt;2/ Le projet permet d&amp;#039;accompagner les changements de comportement face aux enjeux de transition énergétique&lt;br /&gt;3/ Le projet permet de renforcer l&amp;#039;adaptation et la résilience du patrimoine bâti face aux effets du changement climatique&lt;br /&gt;4/ Le projet permet de soutenir et valoriser les richesses patrimoniales et les savoir-faire identitaires du Pays d&amp;#039;Auge&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Aménagements intérieurs et extérieurs en dehors des travaux d’aménagement paysager ; Travaux de construction/extension de bâtiment ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>163227</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Financer mon projet de pratique artistique</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projet "publics et pratiques artistiques" : Financer mon projet de pratique artistique</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Objectif &lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet « Publics &amp;amp; pratiques artistiques » est destiné à :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;favoriser la rencontre entre des publics impliqués dans une pratique artistique en amateur et des équipes artistiques professionnelles et/ou&lt;/li&gt;    &lt;li&gt;faire découvrir et rendre accessible une pratique artistique à des publics éloignés de l’offre culturelle.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Opérations éligibles&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit d’élèves inscrits dans un établissement d’enseignement artistique ou de publics engagés dans une pratique artistique au sein d’un groupement d’amateurs (chorale, fanfare, troupe de théâtre amateur, etc.).&lt;br /&gt;Le projet doit permettre la rencontre entre amateurs et artistes professionnels (ayant une actualité de création/diffusion) par la pratique artistique.&lt;br /&gt;Les échanges interdisciplinaires et l’ouverture à de nouvelles esthétiques seront à privilégier, ainsi que la coopération de plusieurs établissements d’enseignement artistique ou structures de pratiques en amateur autour d’un projet commun.&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit des publics éloignés de l’offre culturelle, prioritairement les publics situés en zone très rurale (notamment communes en ZRR-Zone de Revitalisation Rurale- et EPCI de moins de 30 hbts/km²) et les publics cibles du Département (collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance), ainsi les publics ne fréquentant pas les établissements d’enseignement artistique.&lt;br /&gt;Le projet doit permettre de favoriser l’élargissement et la diversification des publics, ainsi que l’ancrage territorial des structures sur leur bassin de vie.&lt;br /&gt;Les projets faisant appels à des artistes professionnels (ayant une actualité de création/diffusion) seront à privilégier.&lt;br /&gt;Les partenariats développés avec des lieux culturels, compagnies artistiques mais aussi les acteurs du champ social, éducatif, socio-culturel, de la santé seront à privilégier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour l’ensemble des projets, une attention particulière sera portée aux projets conçus en partenariat avec :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;les équipements culturels du Département : médiathèques départementales et bibliothèques partenaires, Musée départemental de la Résistance du Vercors, les Châteaux de la Drôme, l’Auberge des Dauphins, les archives départementales.&lt;/li&gt;    &lt;li&gt;les structures et acteurs culturels (spectacle vivant, arts visuels, cinéma d’animation, …) soutenus par le Département dans le cadre de ses dispositifs&lt;/li&gt;    &lt;li&gt;des Centres Médico-Sociaux (CMS), les services de protection de l’enfance, les établissements et services sociaux et médico-sociaux (Maisons d’enfant à caractère social, EHPAD …) et les établissements médico-sociaux (IME, ITEP…)&lt;/li&gt;&lt;li&gt;les collèges de la Drôme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Par ailleurs, l’appel à projets vise à soutenir des projets de pratique artistique en amateur &lt;/span&gt;&lt;strong&gt;inscrits dans la durée&lt;/strong&gt;&lt;span&gt;. Ils doivent être pensés dans une logique de progression et s’articuler autour de plusieurs séquences (minimum 5 jours consécutifs ou non).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le projet doit impérativement bénéficier d’un &lt;/span&gt;&lt;strong&gt;co-financement &lt;/strong&gt;&lt;span&gt;et/ou d’une part de financement sur les fonds propres.&lt;/span&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur du projet doit avoir plus de 2 ans d’existence à la date du dépôt, et son siège social doit être domicilié dans la Drôme.&lt;/p&gt;&lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique&lt;/strong&gt; : les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les groupements de pratiquants amateurs (chorale, fanfare, troupe de théâtre amateur, etc. (association, collectivités territoriales et leurs regroupements)).&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique &lt;/strong&gt;: les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les acteurs culturels (associations, collectivités territoriales, …), à l’exclusion des structures culturelles soutenues dans le cadre des Conventions Pluriannuelles d’Objectifs (CPO) ou bénéficiant d’une autre aide financière de &amp;#43; de 15 000 € émanant de la Direction Culture et Patrimoine sur l’année N.&lt;/p&gt;&lt;p&gt;Un projet par an et par structure pourra être aidé. Pour les établissements d’enseignement artistique, il sera possible d’aider deux projets par structure et par an à condition que l’un des projets s’adresse à des publics non-inscrits au sein de la structure.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Type d’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet Publics et pratiques artistiques permet l’attribution d’une subvention de fonctionnement.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépenses subventionnables&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Les dépenses éligibles sont les dépenses artistiques, pédagogiques, logistiques (frais de transport, restauration, hébergement), de communication, techniques.&lt;/p&gt;&lt;p&gt;Sont exclues les dépenses de fonctionnement liées aux activités habituelles de la structure (notamment ateliers hebdomadaires conduits sur une année scolaire).&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Montant/taux de l’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’aide départementale est attribuée sous la forme d’une subvention qui ne peut excéder 50% du budget réalisé. Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Pièces constitutives du dossier&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Les éléments demandés sont notamment :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Description détaillée du projet et calendrier&lt;/li&gt;    &lt;li&gt;Budget prévisionnel du projet&lt;/li&gt;    &lt;li&gt;CV des artistes et professionnels impliqués&lt;/li&gt;    &lt;li&gt;Détails des structures partenaires impliquées&lt;/li&gt;    &lt;li&gt;Nombre et typologie des publics concernés&lt;/li&gt;    &lt;li&gt;Préciser si le projet est gratuit pour les participants, ou indiquer les conditions tarifaires&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Instruction des dossiers_Demande dématérialisée&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépôt des dossiers : &lt;/strong&gt;&lt;br /&gt;Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme : &lt;strong&gt;&lt;span&gt;&lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôme Démat’.&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;Téléservice &lt;/strong&gt;: Culture et Patrimoine&lt;br /&gt;&lt;strong&gt;Dispositif&lt;/strong&gt; : Publics et pratiques artistiques&lt;/p&gt;    &lt;p&gt;Le dossier réputé complet est instruit par les services de la Direction Culture &amp;amp; Patrimoine, ceux-ci peuvent solliciter un rendez-vous avec le porteur de projet.&lt;br /&gt;Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Cette commission rend un avis consultatif.&lt;br /&gt;L’avis de la commission est ensuite soumis à la délibération de la Commission permanente du Conseil départemental.&lt;br /&gt;En cas d’acceptation, une notification est alors adressée au porteur de projet.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Versement&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur de projet devra se conformer aux obligations départementales de communication qui seront précisés dans la notification.&lt;br /&gt;En cas de réajustement substantiel du budget, le bénéficiaire doit en informer le Département. Il s’engage également à informer le Département dans les plus brefs délais si une modification importante ou une annulation du projet intervient.&lt;br /&gt;Le porteur de projet aura jusqu’au 31 décembre de l’année suivant l’année du vote pour justifier de la réalisation du projet, en fournissant un bilan budgétaire et qualitatif.&lt;br /&gt;Plusieurs indicateurs seront également demandés à cette occasion : nombre de participants, typologie des publics concernés par les projets (publics cibles du Département – collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance, publics inscrits au sein d’un établissement d’enseignement artistique ou d’un groupement d’amateurs, publics ne fréquentant pas les établissements d’enseignement artistique, publics situés en zone très rurale), partenaires impliqués dans le projet (dans et hors Drôme), durée du projet (nombre de jours), conditions tarifaires pour les&lt;br /&gt;participants, plus-value du projet pour les bénéficiaires, nombre de spectateurs sur les restitutions le cas échéant, nombre de structures impliquées dans le cas d’un projet de coopération, ouverture à de nouvelles esthétiques, etc. &lt;br /&gt;Le Département se réserve la possibilité de proratiser l’aide dans le cas où le budget réalisé présenterait un écart supérieur à -25% du budget prévisionnel.&lt;br /&gt;Le Département se réserve le droit de demander toute pièce justificative.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bases réglementaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Délibération du 25 mars 2024&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Direction CULTURE ET PATRIMOINE – Service Développement Culturel – &lt;/strong&gt;&lt;strong&gt;Tél : 04 75 79 26 01&lt;/strong&gt; – &lt;strong&gt;&lt;a href="mailto:culture&amp;#64;ladrome.fr" target="_self"&gt;culture&amp;#64;ladrome.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>163228</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le fonctionnement des acteurs culturels drômois</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>AIDES AUX ACTEURS CULTURELS</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide en fonctionnement général se décline en deux volets :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 : Aide à la vitalité culturelle des territoires qui vise à enrichir la vie locale par une &lt;/strong&gt;&lt;strong&gt;programmation variée pour tous.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 : Aide aux acteurs culturels structurants et rayonnants agissant en faveur de la création &lt;/strong&gt;&lt;strong&gt;artistique et scientifique drômoise et sa diffusion pour qu’elle rayonne et soit accessible au plus grand &lt;/strong&gt;&lt;strong&gt;nombre.&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;Cette aide s’inscrit dans la stratégie départementale pour la culture 2024-2028, intitulée Culturellement proche des Drômois, Un Département qui rend la culture accessible à tous, adoptée par l’Assemblée départementale le 25 mars 2024 (Cf. préambule en annexe 1).    &lt;h4&gt;&lt;strong&gt;PREMIERE PARTIE : Volet 1 : Aide à la vitalité culturelle des territoires&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;« Financer ma structure qui a pour objet la mise en oeuvre d’actions culturelles, artistiques, ou scientifiques »&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Objectif &lt;/strong&gt;&lt;/p&gt;        &lt;ul&gt; &lt;li&gt;Proposer des programmations ou actions culturelles variées à tous les publics,&lt;/li&gt;    &lt;li&gt;Augmenter la fréquentation et diversifier le public culturel sur l’ensemble du territoire,&lt;/li&gt;    &lt;li&gt;Diversifier les lieux de diffusion en Drôme, équipés ou non, extérieurs ou intérieurs (salle des fêtes, établissement médicosocial, collège, lieu patrimonial, équipement culturel du Département…),&lt;/li&gt;    &lt;li&gt;Proposer des actions d’accompagnement à la diffusion,&lt;/li&gt;    &lt;li&gt;Permettre à des acteurs culturels de s’inscrire durablement dans le territoire par des actions de création, de diffusion de connaissances ou d’oeuvres, de préservation et valorisation du patrimoine, de médiations&lt;/li&gt; &lt;/ul&gt;        &lt;p&gt;&lt;strong&gt;Opérations éligibles&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Toute dépense de fonctionnement concourant aux objectifs de l’aide.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Tout acteur public ou privé&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;organisant des actions culturelles, de médiation et d’accompagnement : lieux, compagnies artistiques, associations oeuvrant en faveur du patrimoine, etc… ;&lt;/li&gt;    &lt;li&gt;ne bénéficiant pas d’un conventionnement pluriannuel avec le Département.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Pièces constitutives du dossier&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Les éléments demandés sont notamment :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Identification administrative du demandeur (statuts, PV AG…) ;&lt;/li&gt;    &lt;li&gt;Description détaillée des actions et projets de la structure à partir du dossier type (calendrier, partenaires, nombre et typologie des publics concernés, conditions tarifaires, plan de communication, indicateurs cibles etc…) ;&lt;/li&gt;    &lt;li&gt;Budget prévisionnel équilibré mentionnant notamment les cofinancements et les fonds propres.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Instruction des dossiers_Demande dématérialisée&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépôt des dossiers : &lt;/strong&gt;&lt;br /&gt;Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme : &lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôm’ Démat&lt;/a&gt;&lt;strong&gt;&lt;span&gt;.&lt;/span&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;Téléservice &lt;/strong&gt;: Culture et Patrimoine&lt;br /&gt;&lt;strong&gt;Dispositif&lt;/strong&gt; : Création dans les territoires&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Versement&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Versement dans les délais légaux après attribution ou conformément aux délais mentionnés dans la convention concernée.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Obligations du demandeur/remboursement&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Fournir un compte rendu financier dans les 6 mois suivant la fin de l’exercice au cours duquel la subvention a été accordée, il doit être accompagné du dernier rapport annuel d’activité et des comptes approuvés du dernier exercice clos.&lt;/li&gt;    &lt;li&gt;Renseigner le bilan qualitatif type et les indicateurs demandés par le Département dont notamment les fréquentations, les publics cibles concernés (collégiens, bénéficiaires RSA, jeunes concernés par l ‘ASE, personnes en situation de handicap, personnes âgées dépendantes, habitants en zone rurale…), les partenaires socio-médico-éducatifs ou culturels concernés, etc…&lt;/li&gt;    &lt;li&gt;Informer le Département, dans les plus brefs délais, en cas de réajustement substantiel du budget ou d’évolution du projet.&lt;/li&gt;    &lt;/ul&gt;&lt;p&gt;&lt;span&gt;Se conformer aux obligations départementales de communication qui seront précisées dans la notification (insertion de logos, plaques, signalétiques, relations médias, invitations des élus départementaux…)&lt;/span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le Département se réserve le droit de demander toute pièce justificative et de demander le reversement de tout ou partie de la subvention en cas de non-respect des obligations ou de l’objet de la subvention.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;    &lt;h4&gt;&lt;span&gt;DEUXIEME PARTIE : Volet 2 : Aide aux acteurs culturels structurants et rayonnants.&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;« Financer un projet culturel structurant pour le territoire drômois »&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Objectif &lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Rendre accessible des oeuvres artistiques, scientifiques ou patrimoniales de qualité au plus grand nombre de drômois, et en particulier les publics cible du Département.&lt;/li&gt;    &lt;li&gt;Accompagner la création artistique, scientifique ou intellectuelle drômoise pour qu’elle rayonne à l’échelle régionale, nationale voire internationale&lt;/li&gt; &lt;/ul&gt;        &lt;p&gt;&lt;strong&gt;Opérations éligibles&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Toute dépense de fonctionnement concourant aux objectifs de l’aide.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Acteurs culturels disposant d’une convention pluriannuelle d’objectifs avec le Département (bipartite ou pluripartite avec d’autres financeurs publics).&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Pièces constitutives du dossier&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Les éléments demandés sont notamment :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Identification administrative du demandeur (statuts, PV AG,…)&lt;/li&gt;    &lt;li&gt;Description détaillée des actions et projets de la structure (calendrier, partenaires, nombre et typologie des publics concernés, conditions tarifaires, plan de communication, etc…)&lt;/li&gt;    &lt;li&gt;Budget prévisionnel équilibré mentionnant notamment les cofinancements et les fonds propres &lt;br /&gt;NB : l’existence d’une convention pluriannuelle d’objectifs en cours ne déclenche pas automatiquement&lt;br /&gt;des financements pluriannuels. Il est indispensable de déposer chaque année une demande de&lt;br /&gt;subvention.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Instruction des dossiers_Demande dématérialisée&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépôt des dossiers : &lt;/strong&gt;&lt;br /&gt;Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme : &lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôm’ Démat&lt;/a&gt;&lt;strong&gt;&lt;span&gt;.&lt;/span&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;Téléservice &lt;/strong&gt;: Culture et Patrimoine&lt;br /&gt;&lt;strong&gt;Dispositif&lt;/strong&gt; : Création dans les territoires&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Versement&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Conformément à la convention pluriannuelle d’objectifs&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Obligations du demandeur/remboursement&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Fournir un compte rendu financier dans les 6 mois suivant la fin de l’exercice au cours duquel la subvention a été accordée, il doit être accompagné du dernier rapport annuel d’activité et des comptes approuvés du dernier exercice clos. Transmettre les bilans qualitatifs, les indicateurs tels que mentionnés en annexe de la convention pluriannuelle et ceux spécifiques au Département, notamment les données concernant les publics cibles du Département.&lt;/li&gt;    &lt;li&gt;Renseigner les bilans qualitatifs types et les indicateurs demandés par le Département dont notamment les fréquentations, les publics cibles concernés (collégiens, bénéficiaires RSA, jeunes concernés par l‘ASE, personnes en situation de handicap, personnes âgées dépendantes, habitants en zone rurale…), les partenaires socio-médico-éducatifs ou culturels concernés, etc…&lt;/li&gt;    &lt;li&gt;Informer le Département dans les plus brefs délais en cas de réajustement substantiel du budget ou d’évolution du projet.&lt;/li&gt;    &lt;li&gt;Se conformer aux obligations départementales de communication qui seront précisées dans la notification (insertion de logos, plaques, signalétiques, relations médias, invitations des élus départementaux…)&lt;br /&gt;Le Département se réserve le droit de demander toute pièce justificative et de demander le reversement&lt;br /&gt;de tout ou partie de la subvention en cas de non-respect des obligations ou de l’objet de la subvention.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Bases réglementaires&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Délibération du 4 juillet 2024&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aides-aux-acteurs-culturels/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Direction CULTURE ET PATRIMOINE – Service Développement Culturel – &lt;/strong&gt;&lt;strong&gt;Tél : 04 75 79 26 01&lt;/strong&gt; – &lt;strong&gt;&lt;a href="mailto:culture&amp;#64;ladrome.fr" target="_self"&gt;culture&amp;#64;ladrome.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-acteurs-culturels/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>163168</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une vie culturelle et sportive créative et la valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Une vie culturelle et sportive créative au service de la population, un patrimoine mis en valeur</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le territoire du Bessin en Virois est riche
+- d&amp;#039;un dynamisme culturel qui s’illustre par une augmentation du nombre d’initiatives
+locales,
+- d&amp;#039;un patrimoine bâti parfois méconnu et qui peut s&amp;#039;avérer être une charge financière
+importante,
+- et d&amp;#039;un tissu associatif développé mais impacté par un affaiblissement du bénévolat.
+De plus le territoire dispose d&amp;#039;un important potentiel de développement culturel sousexploité et souffre parfois d&amp;#039;un défaut d’identité et d&amp;#039;appartenance.
+Les opérations accompagnées dans le cadre de cette fiche action sont en cohérence
+avec 4 objectifs du SRADDET, notamment le développement de l’offre culturelle et
+sportive, la réduction de l’artificialisation des sols et la sauvegarde des spécificités du
+monde rural. Cette fiche action prend également en compte les constats du GIEC
+normand.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Revitaliser et diversifier l&amp;#039;offre culturelle et sportive
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer et faire rayonner une identité territoriale
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Valoriser le patrimoine dans sa diversité et ses spécificités
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Préserver et renforcer un tissu associatif de proximité &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;span&gt;Votre projet doit entrer dans &lt;/span&gt;au moins un des types d&amp;#039;opération&lt;span&gt; ci-dessous) :&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Dispositifs favorisant l&amp;#039;émergence d&amp;#039;initiatives ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Création et accompagnement de projets et d&amp;#039;événements (culturels et/ou sportifs), structurants et inscrits dans le
+temps ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagnement de projets sportifs et/ou culturels orientés vers les personnes les plus éloignées ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Création d’équipements sportifs inédits pour la commune et/ou rénovation d’équipements existants ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Création de postes d&amp;#039;animateurs territoriaux à l&amp;#039;échelle des bassins de vie pour accompagner les projets ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration et valorisation du patrimoine local intégrées à une démarche collective et structurante ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organisations d’actions de sensibilisation et de découverte du patrimoine local en particulier auprès des jeunes ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Modernisation de musées valorisant le patrimoine local ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Rénovation d’équipements sportifs à dimension collective et inclusive ;
+&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagnement de projets valorisant les traditions, l’histoire et la culture normandes&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Jeunesse</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;&lt;span&gt;Le projet permet de revitaliser et diversifier l&amp;#039;offre culturelle et sportive du territoire&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet de développer et faire rayonner une identité territoriale&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet permet de valoriser le patrimoine dans sa diversité et ses spécificités&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de préserver et/ou renforcer un tissu associatif de proximité&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;:&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Amortissement de biens neufs,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribution en nature,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contrat de crédit-bail,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Infrastructures numériques fixes ou mobiles,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Etudes rendues obligatoires par la loi,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mise aux normes strictes, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux effectués en régie,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Achat de terrain et de biens immeubles,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-vie-culturelle-et-sportive-creative-et-la-valorisation-du-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>163164</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>163126</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une offre de services d'ingénierie portant sur l'étude et/ou la réalisation de projets liés à l'aménagement et au développement du territoire</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Agence des territoires de la Sarthe</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;réaliser toutes
+études, analyses et schémas directeurs pour assister à la définition de
+stratégie de développement et de promotion territoriale, &lt;/li&gt;&lt;li&gt;assurer des missions de conseil,
+d’information, et d’animation du développement du territoire, &lt;/li&gt;&lt;li&gt;étudier et mettre
+en œuvre des programmes d’intérêt général liés à la promotion économique du
+territoire ou à la gestion de services communs aux entreprises au sens de
+l’article L 1524- 7 du Code général des collectivités territoriales, &lt;/li&gt;&lt;li&gt;étudier et/ou réaliser, sous la forme
+notamment de mandats,  de contrats
+d’assistance à maîtrise d’ouvrage ou de concessions, toutes opérations
+d’aménagement au sens de l’article L. 300-1 du Code de l’urbanisme, de
+construction, de rénovation d’équipements de tout immeuble, local ou ouvrage, &lt;/li&gt;&lt;li&gt;étudier et/ou réaliser, selon notamment les
+formes précitées, des opérations d’aménagement foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;VOIRIE : &lt;/span&gt;Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) pour étude d’aménagements routiers, chiffrage des travaux d’entretien de voirie , AMO et Maîtrise d&amp;#039;Oeuvre (MOE) sur ouvrages d’art.&lt;/li&gt;&lt;li&gt;&lt;span&gt;EAU : &lt;/span&gt;assainissement collectif, assistance technique aux stations d’épuration, recherche de ressources en eau potable.&lt;/li&gt;&lt;li&gt;&lt;span&gt;TRANSITION ÉNÉRGÉTIQUE : &lt;/span&gt;accompagnement technique et administratif sur les projets de chaleur renouvelable et d’efficacité énergétique.&lt;/li&gt;&lt;li&gt;&lt;span&gt;ACTES ADMINISTRATIFS : &lt;/span&gt;opérations foncières de types cessions, acquisitions, échanges &amp;amp; servitudes de faible importance.&lt;/li&gt;&lt;li&gt;&lt;span&gt;RÈGLEMENT GÉNÉRAL SUR LA PROTECTION DES DONNÉES (RGPD) : &lt;/span&gt;accompagnement à la mise en conformité avec le RGPD, après désignation de l’ATESART comme Délégué à la Protection des Données. Les détails de cette offre sont en téléchargement ci-dessous. Plus d’information à l’adresse mail : &lt;a href="mailto:dpo&amp;#64;sarthe.fr"&gt;dpo&amp;#64;sarthe.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;MÉCÉNAT : &lt;/span&gt;plateforme de financement participatif et accompagnement pour la mise en ligne, aide à la démarche mécénat.&lt;/li&gt;&lt;li&gt;&lt;span&gt;ARCHIVAGE : &lt;/span&gt;tri, gestion des éliminations règlementaires, classement et inventaire des archives publiques des communes et des EPCI par un archiviste professionnel.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Technologies numériques et numérisation
+Equipement public
+Bâtiments et construction
+Accessibilité
+Appui méthodologique
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous actionnariat&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Sarthe</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sarthe.fr/developpement-territoires-environnement/sarterritoires-conseils-services-collectivites/atesart-au-service-des-territoires</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ATESART, &lt;a href="mailto:atesart&amp;#64;laposte.net" target="_self"&gt;atesart&amp;#64;laposte.net&lt;/a&gt;, 02 43 54 73 44&lt;/p&gt;&lt;p&gt;LECHANTEUX Sabrina, &lt;a href="mailto:sabrina.lechanteux&amp;#64;sarthe.fr" target="_self"&gt;sabrina.lechanteux&amp;#64;sarthe.fr&lt;/a&gt;, 02 43 54 73 44&lt;/p&gt;&lt;p&gt;LE ROUX Nolwenn, &lt;a href="mailto:nolwenn.leroux&amp;#64;sarthe.fr" target="_self"&gt;nolwenn.leroux&amp;#64;sarthe.fr&lt;/a&gt;, 02 43 54 70 72&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>atesart@laposte.net</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/apporter-aux-communes-et-epci-actionnaires-une-offre-de-services-dingenierie-portant-sur-letude-et-ou-realisat-de-projets-lies-a-lamenagement-et-au-dvt-de-leur-territoire/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>163085</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets qui favorisent le partage des richesses culturelles et la vie locale</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l’offre culturelle locale (dont le patrimoine), les services aux habitants pour favoriser le bien vivre ensemble dans les villages. Il vise également à trouver des solutions de mobilité durables qui permettent aux habitants d’accéder aux opportunités proches de chez eux. Enfin, il vise à renforcer le lien social, à favoriser la mixité, l’entraide et la solidarité.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Sauvegarder et transmettre les patrimoines matériels et immatériels&lt;/p&gt;&lt;p&gt;- Créer une offre culturelle locale favorisant les échanges&lt;/p&gt;&lt;p&gt;- Renforcer le lien social et les actions en faveur de la jeunesse&lt;/p&gt;&lt;p&gt;- Développer les services aux habitants&lt;/p&gt;&lt;p&gt;- Favoriser les mobilités alternatives au service du lien social ou de la vie locale&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le
+projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné
+par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union
+Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre
+cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds
+propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Restauration de patrimoine permettant de créer du lien social, recueil de récits et valorisation, etc.&lt;/p&gt;&lt;p&gt;‐ Création artistique sur le territoire, etc.&lt;/p&gt;&lt;p&gt;‐ Activités intergénérationnelles, tiers-lieu culturel, etc.&lt;/p&gt;&lt;p&gt;‐ Bibliothèque itinérante, activités inter-villages, etc.&lt;/p&gt;&lt;p&gt;‐ Rosalies, installations de racks à vélo et bornes de réparation, autopartage, navette mutualisée, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Architecture
+Paysage
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet
+se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité
+temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de
+la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte,
+notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de
+promotion et communication, formation, animation, prestation de service,
+équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou
+exemplaire &lt;/strong&gt;pour le territoire ET le projet f&lt;strong&gt;avoriser les interactions et crée du
+lien social.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement
+appeler en contrepartie un cofinancement auprès d’une structure publique (Etat,
+Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;PETR Garrigues et Costières de Nîmes&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;1 rue du Colisée - &lt;/span&gt;&lt;span&gt;30900 NÎMES&lt;/span&gt;&lt;br /&gt;06 30 07 33 52  | 04 &lt;span&gt;66 02 54 12&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-un-programme-europeen-au-service-des-ruralites/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>162988</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Aménager le territoire pour développer l’attractivité touristique</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 6 - FEDER</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
+proximité de différents sites d’intérêt touristique (littoral atlantique,
+Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
+bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers
+n’en demeure pas moins attractif pour faire découvrir ses atouts (paysages,
+itinérance pédestre, cyclo, fluviale, Patrimoine, …) pour permettre d’augmenter
+l’attractivité touristique dans un département disposant de fortes destinations
+touristiques non présentent sur le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
+touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
+d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Promotion et
+valorisation des patrimoines bâti et naturels et des savoir-faire remarquables,
+insolites ou spécifiques au territoire&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;D&lt;/span&gt;&lt;span&gt;éveloppement des
+loisirs et de l’itinérance touristiques&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement des sites pour implanter des activités de pleine nature&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Economie sociale et solidaire
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deployer-une-offre-daccueil-sportive-culturelle-et-artistique-notamment-a-destination-des-jeunes-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>162945</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier gratuitement de la compétence d'un architecte pour participer à son jury</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Architecte consultant de la MIQCP</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K78" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Mission interministérielle pour la qualité des constructions publiques (MIQCP) se fait assister par trente architectes consultants et consultantes en vue de 
+promouvoir la qualité de l&amp;#039;architecture publique dans le cadre de consultations de maîtrise d’œuvre, 
+notamment à travers des participations aux jurys de concours de maîtrise d’œuvre. &lt;/p&gt;&lt;p&gt;La mission de ces architectes consultants et consultantes de la MIQCP consiste à siéger 
+en qualité de juré/jurée intuitu personae dans le collège des personnes qualifiées des jurys et des 
+commissions chargées de donner un avis sur la sélection des candidatures et/ou des prestations 
+remises, organisés par des pouvoirs adjudicateurs ou entités adjudicatrices pour la passation de 
+marchés publics de maîtrise d’œuvre ou de marchés globaux. La participation à ces jurys est gratuite. Tout maître d&amp;#039;ouvrage public peut en bénéficier pour ses concours ou procédures de passation des marchés.&lt;/p&gt;&lt;p&gt;Ces architectes sont au nombre de 30. Sélectionnés pour leurs compétences, leur capacité à faire pédagogie, la qualité de leurs réalisations architecturales, ils et elles sont formés aux règles de la commande publique et sont légitimes, dans ce contexte, à accompagner et conseiller au mieux les maîtres d&amp;#34;ouvrage dans l&amp;#039;organisation de leur concours. &lt;/p&gt;&lt;p&gt;Leur objectif premier reste d&amp;#039;assurer l&amp;#039;avis constructif critique des projets des concurrents et de faciliter pour les maîtres d&amp;#039;ouvrage publics, notamment occasionnels, le tiers règlementaire et obligatoire de maîtres d’œuvre exigé dans les jurys par les dispositions du livre IV du code de la commande publique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Espace public
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Être un Maître d&amp;#039;ouvrage public avec une procédure règlementaire suivant le livre IV du code de la commande publique.&lt;/p&gt;&lt;p&gt;Préparer un concours et avoir la date de la réunion de son jury, ainsi que les pièces écites (règlement, projet d&amp;#039;avis)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.miqcp.gouv.fr/index.php?option=com_content&amp;view=article&amp;id=121:solliciter-la-miqcp-pour-la-participation-d-un-de-ses-architectes-consultant-a-un-jury-de-concours-de-maitrise-d-oeuvre&amp;catid=39&amp;Itemid=158&amp;lang=fr</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-prestation-d-un-architecte-consultant-p</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Carol KELLY&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.36&lt;/p&gt;&lt;p&gt;&lt;span id="cloak58914"&gt;&lt;a href="mailto:carol.kelly&amp;#64;developpement-durable.gouv.fr"&gt;carol.kelly&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;et en copie &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-gratuitement-de-la-competence-dun-architecte-pour-participer-a-son-jury/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>162939</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les atouts culturels, touristiques et patrimoniaux du territoire</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Avec sa démarche d’attractivité amorcée depuis 2019, le territoire des Coëvrons poursuit la valorisation des atouts du territoire. Ce dernier possède un patrimoine historique, naturel et bâti riche et marqué par des sites emblématiques et des espaces naturels diversifiés. Doté de propositions culturelles abondantes et d’un tissu associatif dynamique, le territoire des Coëvrons fait preuve d’un dynamisme culturel avéré.&lt;/p&gt;&lt;p&gt;L’enjeu est de renforcer l’appropriation de cette richesse patrimoniale et culturelle par les populations résidentes, de la faire connaitre à tous et de renforcer l’ancrage local des propositions culturelles.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Promouvoir le territoire par son offre touristique et patrimoniale&lt;/p&gt;&lt;p&gt;- Préserver, animer et valoriser le patrimoine naturel, historique et culturel&lt;/p&gt;&lt;p&gt;- Proposer de nouvelles offres touristiques et patrimoniales&lt;/p&gt;&lt;p&gt;- Renforcer l’offre touristique et patrimoniale accessible toute l’année&lt;/p&gt;&lt;p&gt;- Qualifier l’offre touristique et patrimoniale via des labels&lt;/p&gt;&lt;p&gt;- Contribuer à l’animation culturelle sur l’ensemble du territoire&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Entretien et restauration du patrimoine&lt;/li&gt;&lt;li&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/li&gt;&lt;li&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/li&gt;&lt;li&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/li&gt;&lt;li&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/li&gt;&lt;li&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/li&gt;&lt;li&gt;- Actions de promotion du territoire&lt;/li&gt;&lt;li&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/li&gt;&lt;li&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/li&gt;&lt;li&gt;- Développement de formes culturelles innovantes&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;- Entretien et restauration du patrimoine&lt;/p&gt;&lt;p&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/p&gt;&lt;p&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/p&gt;&lt;p&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/p&gt;&lt;p&gt;Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/p&gt;&lt;p&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/p&gt;&lt;p&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/p&gt;&lt;p&gt;- Actions de promotion du territoire&lt;/p&gt;&lt;p&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/p&gt;&lt;p&gt;Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/p&gt;&lt;p&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/p&gt;&lt;p&gt;- Développement de formes culturelles innovantes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Technologies numériques et numérisation
+Tiers-lieux
+Artisanat
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P69" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables-1/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>162828</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Friche
+Biodiversité
+Architecture
+Paysage
+Attractivité économique
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>162705</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'écotourisme, la valorisation et l'accès au patrimoine naturel et culturel</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond à 50 000€ (15 000€ pour le patrimoine)</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le &lt;/span&gt;&lt;span&gt;programme
+européen de subvention LEADER 2023-2027&lt;/span&gt;&lt;span&gt;, le GAL souhaite accompagner le
+développement de l’écotourisme sur son territoire. C’est un tourisme
+responsable qui intègre la découverte de la nature dans le respect de
+l’environnement et de la culture locale. Il cible en particulier la création et
+l’aménagement de sentiers, la restauration/valorisation de petits patrimoines,
+les &lt;/span&gt;&lt;span&gt;hébergeurs touristiques
+professionnels &lt;/span&gt;&lt;span&gt;(campings, hôtels, gîtes) et les &lt;/span&gt;&lt;span&gt;sites
+ouverts à la visite&lt;/span&gt;&lt;span&gt;. Les projets doivent permettre
+une &lt;/span&gt;&lt;span&gt;gestion écoresponsable du site&lt;/span&gt;&lt;span&gt; :
+type d’infrastructure d’accueil, sources d’énergies, approvisionnements,
+gestion des déchets, animation du site. &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Exemples de projets :
+Hébergements de plein air en bois local ; Travaux de rénovation écologique ;
+Labélisation Accueil vélo…; Installation de toilettes sèches ; Signalétique ;
+restauration d’un lavoir, …&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Handicap
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
-[...20 lines deleted...]
-      <c r="M78" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+TPE/PME, une association ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les hébergeurs, un enregistrement RCS et une
+adhésion Atout France sont demandés.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Bât.
+ATOME, 2 rue Michelet 30100
+Alès&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;04
+66 25 32 88 / 06 86 94 62 87&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lecotourisme-la-valorisation-et-lacces-au-patrimoine-naturel-et-culturel/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J72" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
-[...14 lines deleted...]
-      <c r="N78" s="1" t="inlineStr">
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -18382,5643 +15905,3716 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>159910</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Sauvegarder le patrimoine mobilier (objets mobiliers et œuvres d’art protégées et non protégées au titre des Monuments historiques)</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Aide départementale pour la sauvegarde du patrimoine mobilier (objets mobiliers et œuvres d’art protégées et non protégées au titre des Monuments historiques)</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objets mobiliers non protégés Monuments historiques (communes – de 5000 habitants)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Objets mobiliers protégés Monuments historiques (communes – de 5000 habitants)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Objets mobiliers protégés Monument historique (communes &amp;#43; 5 000 habitants, EPCI, communes classée tourisme, établissement public, association reconnue d&amp;#039;utilité publique, propriétaire privé)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Protégé MH :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes et travaux (sécurisation, restauration, soclage)
+&lt;/p&gt;
+&lt;p&gt;
+ 30% du coût HT pour les communes et TTC pour les propriétaires privés et associations reconnues d&amp;#039;utilité publique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Non protégé ( communes de moins de 5 000 habitants éligibles au FDTADE) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes
+&lt;/p&gt;
+&lt;p&gt;
+ 30 % montant HT des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux
+&lt;/p&gt;
+&lt;p&gt;
+ 30 % montant HT dans le cadre d&amp;#039;un projet global de restauration de l&amp;#039;édifice
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Conditions spécifiques pour les travaux :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Seuil : 1 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ - Plafond : 50 000 € de travaux éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Valorisation: Signalétique, cartels, éclairage, vitrine :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 50 % du coût HT avec un plafond à 10 000 € de dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour vérifier la protection MH d&amp;#039;un objet mobilier, vous pouvez vous adresser à la Conservation des antiquités et objets d&amp;#039;art (CAOA) ou vous rendre sur le site sur le lien en bas du formulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses non éligibles : entretien courant (par exemple, contrat d&amp;#039;entretien des orgues, dépenses exclusivement liées au culte).
+&lt;/p&gt;
+&lt;p&gt;
+ Critères obligatoires pour la valorisation : aspects qualitatifs et durables, accessibilité des dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; La participation du Département peut s&amp;#039;ajouter aux aides :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De l&amp;#039;Etat : subvention de la DRAC pour les Monuments historiques, subvention de la préfecture pour les édifices non protégés (Dotation d&amp;#039;équipement des territoires ruraux – DETR et dotation de soutien à l&amp;#039;investissement local - DSIL).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certaines intercommunalités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des divers fonds privés (associations, fondations, mécénat). Cf. fiche conseil CD50 mécénat et souscriptions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; La participation de la commune doit représenter au moins 20% du montant total des financements apportés par les personnes publiques. La collectivité territoriale maître d&amp;#039;ouvrage est elle-même incluse dans « les financements apportés par les personnes publiques ». Les fonds apportés par le mécénat (Fondation du patrimoine, dons, souscriptions, collectes des associations, etc.) constituent un financement privé, ils ne sont donc pas comptabilisés parmi les financements publics et ne viennent donc pas abonder l&amp;#039;autofinancement minimal de la commune (on ne tient pas compte des ressources autres que les financements publics pour effecteur le calcul du taux d&amp;#039;autofinancement de la commune).
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions n&amp;#039;ont pas un caractère automatique ; elles relèvent d&amp;#039;une programmation et dépendent des crédits disponibles ainsi que des urgences sanitaires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;accompagnement du projet par le Département implique le respect de sa charte de visibilité pour tout ce qui relève de la communication : relations avec la presse, temps protocolaires et supports de communications.
+&lt;/p&gt;
+&lt;p&gt;
+ Selon l&amp;#039;importance et la durée des travaux, et afin de mobiliser la population autour du projet (appropriation, information, connaissance des dépenses publiques), le Département préconise une communication adaptée et pédagogique auprès des habitants du territoire concerné : nature des travaux, parties prenantes, intérêt patrimonial du bâtiment. Des opérations ponctuelles d&amp;#039;ouverture du chantier au public (scolaires, habitants, mécènes), peuvent aussi être envisagées, dans le respect des règles de sécurité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-departementale-pour-la-sauvegarde-du-patrimoine-mobilier-objets-mobiliers-et-oeuvres-dart-protegees-et-non-protegees-au-titre-des-monuments-historiques/</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DGA &amp;#34;Appui aux territoires et attractivité&amp;#34; Conseil départemental de la Manche - Direction du patrimoine et des musées  Pôle administratif
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.55.50
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:patrimoine&amp;#64;manche.fr" target="_self"&gt;
+  patrimoine&amp;#64;manche.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b41-aide-departementale-pour-la-sauvegarde-du-pat/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>159895</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F74" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J74" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des villages et des espaces les plus ruraux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global de redynamisation de cœur de village
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels, notamment de la rivière Adour, ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation, et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux événements culturels, sportifs et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Espace public
+Friche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>159894</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F75" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J75" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des centres-bourgs, villes ou quartiers, sur le plan de l&amp;#039;image et du cadre de vie
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global d&amp;#039;aménagement de centre-bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables, y compris la redynamisation de stations touristiques existantes et des offices de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutiens aux événements culturels, et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P75" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>162531</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et préserver le patrimoine culturel et naturel</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Événements culturels ou
+actions permettant l’accès à la culture à des publics habituellement éloignés
+de l’offre culturelle existante. &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions visant à préserver,
+restaurer, aménager et/ou valoriser le petit patrimoine bâti dans le but d’y
+accueillir du public : protection, valorisation ; actions
+d’acquisition, de restauration et de réhabilitation ; mise en son et
+lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions visant à préserver,
+restaurer, aménager et/ou valoriser la biodiversité et les systèmes naturels :&lt;span&gt; &lt;/span&gt;renaturation,
+protection, valorisation ; actions d’acquisition, de restauration et de réhabilitation ; mise en son
+et lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Actions de valorisation et de
+sensibilisation du public sur le patrimoine culturel et/ou naturel du
+territoire : expositions, circuits découverte, visites commentées, animations, ateliers
+et matériels pédagogiques ; éducation à l’histoire du territoire et à ses
+spécificités ; actions de connaissances (inventaires) et de partage de
+connaissances, … &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accompagner les
+professionnels sur ces thématiques de valorisation et préservation du
+patrimoine (actions de formation).&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;On entend par petit patrimoine bâti les lavoirs,
+moulins, pressoirs, bornes historiques, canaux d&amp;#039;irrigation, chapelles, croix
+de chemin, fontaines, fours à pain, oratoires, ponts ruraux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P76" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q76" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le territoire du Pays de Coutances a un patrimoine naturel et culturel
+unique mais trop souvent méconnu par les habitants et les visiteurs. La
+protection et la préservation du patrimoine naturel et culturel passe par un
+plus grand partage de la connaissance de ces richesses patrimoniales. &amp;#34;On
+protège mieux, en effet, ce qu’on connait&amp;#34;. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Cette fiche-action vise donc à soutenir les initiatives qui permettront
+d’accroitre les connaissances des habitants et des visiteurs sur la
+biodiversité et les systèmes naturels, l’histoire du territoire et son
+patrimoine. Les actions permettant de toucher plus spécifiquement un public
+habituellement éloigné des offres culturelles ou de sensibilisation à
+l’environnement seront particulièrement appréciées.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-le-bati-existant-fiche-action-4/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>161679</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser votre projet pour optimiser son financement</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Recherche d'outils financiers innovants</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous aimeriez valoriser votre projet en impulsant une démarche permettant une identification qualitative et apportant une plus value dans l&amp;#039;accompagnement financier des co-financeurs publics ? &lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans la recherche de labels visant à identifier qualitativement votre projet auprès des co-financeurs.&lt;/p&gt;&lt;p&gt;Elle vous accompagne également dans la mise en œuvre d&amp;#039;un financement participatif permettant une levée de fonds ou du mécenat afin de renforcer la visibilité du projet et sa faisabilité financière.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-votre-projet-par-une-mise-en-valeur-qualitative/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>161677</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'élaboration des plans de financement afin de sécuriser la faisabilité financière de votre projet</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Elaboration de plans de financement prévisionnels</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez avoir une vision affinée, pertinente et réaliste des taux d&amp;#039;intervention financière de chaque co-financeur public ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie vous propose de vous accompagner dans l&amp;#039;élaboration des plans de financements prévisionnels, au vu de l&amp;#039;avant projet détaillé, vous permettant d&amp;#039;avoir une projection de la faisabilité financière de votre projet en intégrant les subventions mobilisables et en calculant votre reste à charge.&lt;/p&gt;&lt;p&gt;L&amp;#039;optimisation de vos plans de financements vous permettra de réduire votre autofinancement et de maîtriser l&amp;#039;impact financier du projet dans votre budget.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/simuler-laccompagnement-des-financeurs-pour-la-faisabilite-financiere-de-votre-projet/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>161676</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans une démarche d'identification exhaustive des subventions mobilisables</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>CONSEIL FINANCIER OPERATIONNEL</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous recherchez des subventions pour financer vos projets quelle qu&amp;#039;en soit la thématique ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie  vous propose un conseil opérationnel dans la recherche des financements institutionnels (Etat, Région, Département).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Tiers-lieux
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rechercher-et-mobiliser-les-subventions-selon-la-nature-du-projet/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>161671</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J80" s="1" t="inlineStr">
+        <is>
+          <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P80" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2023</t>
+        </is>
+      </c>
+      <c r="Q80" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
+existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Allier</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>i.charnet@agglo-moulins.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>161669</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Développer les usages innovants du numérique</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Développer les usages  innovants du numérique</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour favoriser leur duplicabilité et/ou leur extension par :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La mise en place ou le développement de projets expérimentaux, pilotes et/ou innovants&lt;/p&gt;&lt;p&gt;• Le soutien de poste d’animateur dédié au développement des usages et projets numériques répondant aux spécificités territoriales&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour favoriser l&amp;#039;innovation collective, le partage d’information et la transmission de &lt;/strong&gt;&lt;strong&gt;compétences grâce à la création des tiers-lieux numériques. &lt;/strong&gt;La Région finance les tiers-lieux d’idéation-expérimentation et de fabrication et médiation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour accompagner le développement des Micro-Folies. &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour la Région, la transformation numérique passe par le développement d’usages innovants dans de nombreux domaines : tourisme / patrimoine, éducation, e-santé, agriculture … La collectivité accompagne les expérimentations de nouveaux usages du numérique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Technologies numériques et numérisation
+Tiers-lieux
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q81" s="1" t="inlineStr">
+        <is>
+          <t>02/01/2027</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les projets seront sélectionnés selon
+plusieurs critères techniques : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;- &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’aspect
+innovant (expérimentation ou action novatrice territoriale) ou pilote
+(déploiement d’une expérimentation) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
+portée territoriale du projet (les projets de portée intercommunale et au-delà
+seront privilégiés) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
+proposition de contenus et de services numériques mis en œuvre ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’intégration
+de dispositif d’animation favorisant une bonne appropriation de l’action par le
+public cible ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;leur
+réplicabilité et interopérabilité ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;la
+participation aux réseaux (Ex : Association des tiers-lieux, Micro-Folies) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux de la donnée (ouverture,
+valorisation, protection, sécurisation…) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux du numérique
+responsable sur la base des 4 piliers du numérique responsable : numérique
+sobre, numérique au service du bien commun, numérique éthique et l’inclusion
+numérique …)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Délégation à la Transformation Numérique  - contacts : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;France Guillemin 06 74 97 43 20 - &lt;a target="_self"&gt;france.guillemin&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;       &lt;/p&gt;&lt;p&gt;Anne-Claire Sanz 06 59 42 51 65  &lt;a href="mailto:anneclaire.sanz&amp;#64;bourgognefranchecomte.fr"&gt;anneclaire.sanz&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>france.guillemin@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-usages-innovants-du-numerique/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
+Prévention des risques
 Artisanat
-Information voyageur, billettique multimodale
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
-Industrie
-[...1 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
-Cimetières et funéraire
-[...4 lines deleted...]
-      <c r="O78" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
-[...7 lines deleted...]
-  &lt;/span&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
-[...61 lines deleted...]
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G79" s="1" t="inlineStr">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>160859</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, valoriser et promouvoir les patrimoines bâti et naturel du territoire</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 2</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...1 lines deleted...]
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...2 lines deleted...]
-      <c r="H79" s="1" t="inlineStr">
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 € de subvention</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renforcer la promotion du patrimoine naturel et bâti en particulier auprès du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer le positionnement stratégique dans la préservation du patrimoine naturel et bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+  La valeur ajoutée de LEADER sur le patrimoine se concentrera sur des actions immatérielles ainsi que sur la valorisation des petits patrimoines bâti et naturel reconnus dans le cadre du Pays d&amp;#039;Art et d&amp;#039;Histoire afin de permettre une meilleur mise en valeur et une appropriation de ses patrimoines. La mise en réseau des acteurs favorisera l&amp;#039;animation et la communication des sites du territoire.
+ &lt;/span&gt;
+ Le &amp;#43; LEADER sur le patrimoine : le changement d&amp;#039;échelle, le rayonnement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Augmentation du nombre de sites accompagnés, mis en valeur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une protection et un rayonnement renforcés des patrimoines bâti et naturel du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de sensibilisation, de communication, de médiation, sur les patrimoines :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Bâtis,
+&lt;/p&gt;
+&lt;p&gt;
+ - Naturels bénéficiant soit d&amp;#039;un classement ou d&amp;#039;une labélisation,
+&lt;/p&gt;
+&lt;p&gt;
+ - Immatériels (dont mémoriels)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;animation sur les sites naturels ou bâtis reconnus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de préservation, de conservation, de restauration du patrimoine bâti reconnus
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Tous les projets devront être reconnus d&amp;#039;intérêt par le Pays d&amp;#039;Art et Histoire du PETR pour la préservation, valorisation et promotion du patrimoine relevant de cette labellisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Forêts
+Friche
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5b1a-preserver-accompagnemer-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
+l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
+dispositifs d’aides à l’ingénierie et de financements recensés sur la
+plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
+communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
+spécialiste des cofinancements, mais vous apportera une vision plus claire de
+la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
+recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
+de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
+territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
+Président, vice-président, conseiller communautaire en fonction à la date de la
+formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
+portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
+d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
+dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
+gagnant-gagnant entre les collectivités et les entreprises locales ou
+nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
+permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
+potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
+2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
+mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
+délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
+collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
+financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
+donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
+structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
+mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
+potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
+engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
+et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
+projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
+financements (mécénat) pour les projets (petits et grands) portés par les
+communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
+projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
+d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue
+de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>157561</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I79" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L79" s="1" t="inlineStr">
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
-[...11 lines deleted...]
- Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+ Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   seuil minimum des dépenses éligibles : 20.000€ HT :
+  &lt;/li&gt;
+  &lt;li&gt;
+   participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide départementale cumulable avec d&amp;#039;autres financements publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les études préalables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux d&amp;#039;entretien ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P86" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="Q86" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les communes « Petites villes de demain » :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les autres bourgs structurants :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://subvention.somme.fr/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>157095</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Aide montage des dossiers de subventions</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
-[...6 lines deleted...]
-  &lt;/span&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
  &lt;/a&gt;
-&lt;/p&gt;
-[...27 lines deleted...]
-      <c r="N79" s="1" t="inlineStr">
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>157093</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'inclusion et l'épanouissement des habitants</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°4 : Favoriser l'inclusion et l'épanouissement des habitants</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J88" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe LEADER entend favoriser l&amp;#039;accès à la pratique sportive, à la culture et aux services pour le plus grand nombre. À travers les différentes initiatives qui seront soutenues, il s&amp;#039;agira de dynamiser la vie locale en poursuivant les objectifs opérationnels suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un renforcement des solidarités et du lien social.
+&lt;/p&gt;
+&lt;p&gt;
+ - Des associations valorisées et un intérêt retrouvé pour le bénévolat.
+&lt;/p&gt;
+&lt;p&gt;
+ - Une fidélisation des acteurs associatifs et des bénévoles du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - La promotion du sport comme facteur de santé et d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le maintien et la diversité de l&amp;#039;offre culturelle, de loisirs et évènementielle pour tous les publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Création matérielle et/ou immatérielle de diffusion culturelle et artistique.
+&lt;/p&gt;
+&lt;p&gt;
+ - Promotion de projets associatifs, culturels et artistiques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement/équipements d&amp;#039;espaces dédiés à la pratique sportive et/ou de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de mise en réseau et de montée en compétence des acteurs associatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement de lieux d&amp;#039;accueil pour les personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Création, développement ou amélioration de l&amp;#039;offre culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création, développement de l&amp;#039;offre de sports/loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions d&amp;#039;animation et de formation visant à la création ou au développement de projets culturels, artistiques et de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements et création d&amp;#039;outils de communication (portées par les collectivités locales uniquement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Handicap
+Cohésion sociale et inclusion
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/737c-leader-action-n4-favoriser-linclusion-et-lepa/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
-Montagne
-[...934 lines deleted...]
-Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-International
 Attractivité économique
-Transports collectifs et optimisation des trafics routiers
-[...1124 lines deleted...]
-Valorisation d'actions
 Artisanat
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-[...3 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O89" s="1" t="inlineStr">
         <is>
-          <t>Récurrente</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="P89" s="1" t="inlineStr">
         <is>
-          <t>20/04/2023</t>
-[...4 lines deleted...]
-          <t>20/02/2026</t>
+          <t>12/01/2024</t>
         </is>
       </c>
       <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour candidater, il convient de faire parvenir à la CCMS :
-[...11 lines deleted...]
-&lt;/ul&gt;</t>
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...4 lines deleted...]
-          <t>Dépenses d’investissement</t>
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U89" s="1" t="inlineStr">
         <is>
-          <t>CC du Massif du Sancy</t>
-[...4 lines deleted...]
-          <t>http://www.cc-massifdusancy.fr</t>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
       <c r="X89" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...9 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y89" s="1" t="inlineStr">
         <is>
-          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+          <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
       <c r="Z89" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
       <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:27" customHeight="0">
       <c r="A90" s="1">
-        <v>142678</v>
+        <v>154982</v>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mettre en place des projets d'olympiade culturelle visant à faire participer les publics visés à des activités culturelles mêlant l'art et le sport</t>
+          <t>Développer l'attractivité et l'identité du territoire</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>Olympiade culturelle</t>
+          <t>LEADER Fiche Action n°2</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Albigeois et des Bastides (PETR)</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
-        <is>
-[...1139 lines deleted...]
-      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K95" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+ L&amp;#039;objectif cette subvention est de développer les services, tout en favorisant l&amp;#039;innovation et les approches collaboratives pour renforcer l&amp;#039;attractivité et l&amp;#039;identité du territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maintenir et développer les services qui répondent aux besoins de la population
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Adapter l&amp;#039;offre de soins aux besoins actuels et futurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Favoriser le développement culturel et artistique :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
-[...14 lines deleted...]
-  Animation, communication, gestion et évaluation du GAL
+  Accompagner la définition et la mise en place des projets culturels des Communautés de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider la création culturelle et l&amp;#039;organisation de manifestations culturelles sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la présence artistique dans les territoires
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
-[...112 lines deleted...]
-      <c r="X95" s="1" t="inlineStr">
+      <c r="M90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ •    Création/développement/équipement d&amp;#039;un EVS itinérant/des lieux de vie partagés
+ &lt;br /&gt;
+ •    Création/développement/modernisation des maisons de santé ; favoriser le développement des Communauté Professionnelle Territoriale de Santé
+ &lt;br /&gt;
+ •    Développement d&amp;#039;une manifestation culturelle itinérante sur le territoire ;
+ &lt;br /&gt;
+ •    Aménagement d&amp;#039;espaces multiculturel
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
-[...666 lines deleted...]
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
-Sports et loisirs
+Santé
+Commerces et services
+Revitalisation
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7eee-developper-lattractivite-et-lidentite-du-terr/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E97" s="1" t="inlineStr">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>150674</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Enrichir les collections des musées de France (FRAM)</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’enrichissement des collections des musées de France (FRAM)</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G97" s="1" t="inlineStr">
-[...751 lines deleted...]
-      <c r="F98" s="1" t="inlineStr">
+      <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
-[...264 lines deleted...]
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;enrichissement des collections d&amp;#039;un musée permet de contribuer à la diffusion de l&amp;#039;art, à sa connaissance par le grand public et au plaisir des visiteurs. Cet enrichissement peut se faire grâce aux dons et au mécénat ou grâce à l&amp;#039;achat d&amp;#039;œuvres. Le ministère de la Culture soutient les propriétaires et gestionnaires qui aident leurs musées à conserver et protéger leurs collections, par le biais des Fonds régionaux d&amp;#039;acquisition pour les musées (FRAM).
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;h3&gt;
  Qu&amp;#039;est-ce que le Fonds régional d&amp;#039;acquisition pour les musées (FRAM) ?
 &lt;/h3&gt;
 &lt;p&gt;
  Créés en 1982 à l&amp;#039;initiative du ministère de la Culture, dans le cadre de la politique globale de décentralisation, les Fonds régionaux d&amp;#039;acquisition pour les musées (FRAM) sont financés par l&amp;#039;État (Direction régionale des affaires culturelles) et le Conseil régional. Ils sont à destination des musées détenant l&amp;#039;appellation Musée de France.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif permet d&amp;#039;aider une collectivité territoriale, une association ou un établissement public à acquérir de nouveaux objets, œuvres ou collections particulièrement représentatifs sur le plan régional et dont le coût ne permettrait pas l&amp;#039;achat sans aide extérieure.
 &lt;/p&gt;
 &lt;h3&gt;
  Objectifs de la démarche
 &lt;/h3&gt;
 &lt;h4&gt;
  Accompagner les mutations des Musées de France
 &lt;/h4&gt;
 &lt;p&gt;
  Un musée est en perpétuelle évolution. Enrichir, compléter et renouveler les collections publiques constitue une des missions fondamentales des musées de France. Le dispositif permet d&amp;#039;accompagner ces établissements dans leur perspective de développement.
 &lt;/p&gt;
@@ -24240,426 +19836,152 @@
  &lt;li&gt;
   Départements Gironde, Landes, Lot-et-Garonne, Pyrénées Atlantiques : Matthieu DUSSAUGE,
   &lt;a href="mailto:matthieu.dussauge&amp;#64;culture.gouv.fr"&gt;
    matthieu.dussauge&amp;#64;culture.gouv.fr
   &lt;/a&gt;
   , 05 57 95 02 81 / son assistante : Brigitte MOREAU,
   &lt;a href="mailto:brigitte2.moreau&amp;#64;culture.gouv.fr"&gt;
    brigitte2.moreau&amp;#64;culture.gouv.fr
   &lt;/a&gt;
   , 05 57 95 02 10
  &lt;/li&gt;
  &lt;li&gt;
   Départements Corrèze, Creuse, Dordogne, Haute-Vienne : Nicolas BEL,
   &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
    nicolas.bel&amp;#64;culture.gouv.fr
   &lt;/a&gt;
   , 05 55 45 66 75 / son assistante : Marie-Pierre LEMERY,
   &lt;a href="mailto:marie-pierre.lemery&amp;#64;culture.gouv.fr"&gt;
    marie-pierre.lemery&amp;#64;culture.gouv.fr
   &lt;/a&gt;
   , 05 55 45 66 74
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R91" s="1" t="inlineStr">
         <is>
           <t>Selon région
 &lt;br /&gt;
 périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
 &lt;br /&gt;
 date de clôture de l&amp;#039;aide : Selon région</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T91" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-enrichissement-des-collections-des-musees-de-france-fram</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1c81-aide-a-lenrichissement-des-collections-des-mu/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E100" s="1" t="inlineStr">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>150680</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études et travaux sur les bâtiments des Musées de France (hors monuments historiques)</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux sur les bâtiments des musées de France (hors monuments historiques)</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F100" s="1" t="inlineStr">
-[...273 lines deleted...]
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La DRAC/DAC/DCJS/MAC, en lien avec le service des musées de France du ministère de la Culture, peut apporter son aide scientifique, technique et financière aux projets dont les dépenses concernent les travaux de construction et d&amp;#039;aménagement des équipements constitutifs du musée tels que : la construction de bâtiments neufs, dont les réserves, l&amp;#039;extension ou le réaménagement de bâtiments anciens, dont les réserves, la mise aux normes des bâtiments (accessibilité/sécurité/sûreté), la restauration des collections / chantier des collections si cumul avec une subvention pour rénovation architecturale et muséographique.
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;h3&gt;
  Que sont les études et travaux sur les bâtiments des &amp;#34;Musées de France&amp;#34; ?
 &lt;/h3&gt;
 &lt;p&gt;
  Le soutien et le contrôle scientifique et technique de l&amp;#039;État s&amp;#039;exercent dès le début du projet, tout particulièrement durant l&amp;#039;élaboration du projet scientifique et culturel (rendu obligatoire pour tous les musées de France par la loi relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine (LCAP) du 7 juillet 2016), l&amp;#039;étude de programmation et les phases d&amp;#039;avant-projet sommaire (APS) et d&amp;#039;avant-projet définitif (APD). Ils associent le(la) conseiller(e) pour les musées de la DRAC/DAC/DCJS/MAC, le Service des musées de France (conservateur référent au bureau des réseaux territoriaux, architecte-conseil et ingénieur-conseil du Bureau de l&amp;#039;expertise architecturale, muséographique et technique), auxquels peuvent être associés les experts du Centre de recherche et de restauration des musées de France (C2RMF) ou les conseillers de la Mission de la sécurité, de la sûreté et de l&amp;#039;audit (MISSA) de la Direction générale des patrimoines du ministère de la Culture.
 &lt;/p&gt;
 &lt;h3&gt;
  À quel stade du projet sera déterminé le montant de son financement ?
 &lt;/h3&gt;
 &lt;p&gt;
  Le coût d&amp;#039;un projet d&amp;#039;investissement de musée bénéficiant de l&amp;#039;appellation « Musée de France » est déterminé lors de la phase des études en deux temps :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Lors de l&amp;#039;étude de programmation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -24980,152 +20302,602 @@
   Départements Corrèze, Creuse, Dordogne, Haute-Vienne : Nicolas BEL,
   &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
    nicolas.bel&amp;#64;culture.gouv.fr
   &lt;/a&gt;
   , 05 55 45 66 75 / son assistante : Marie-Pierre LEMERY,
   &lt;a href="mailto:marie-pierre.lemery&amp;#64;culture.gouv.fr"&gt;
    marie-pierre.lemery&amp;#64;culture.gouv.fr
   &lt;/a&gt;
   , 05 55 45 66 74
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;a href="https://www.demarches-simplifiees.fr/commencer/aide-investissement" rel="noopener" target="_blank"&gt;
  Accéder au formulaire - Demande de subvention
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;a href="https://www.demarches-simplifiees.fr/commencer/compte-rendu-subvention" rel="noopener" target="_blank"&gt;
  Accéder au formulaire - Compte-rendu de subvention
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R92" s="1" t="inlineStr">
         <is>
           <t>Environ 15% du montant HT des dépenses subventionnables
 &lt;br /&gt;
 périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
 &lt;br /&gt;
 date de clôture de l&amp;#039;aide : Selon région</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-des-musees-de-france-hors-monuments-historiques</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1e47-etudes-et-travaux-sur-les-batiments-des-musee/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G102" s="1" t="inlineStr">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J93" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Architecture
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -25166,390 +20938,434 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H103" s="1" t="inlineStr">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>150675</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Financer la restauration et la conservation préventive des collections des musées de France (FRAR)</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et la conservation préventive des collections des musées de France (FRAR)</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F96" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I103" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L103" s="1" t="inlineStr">
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Afin de poursuivre le déploiement d&amp;#039;une politique de solidarité territoriale volontariste auprès de l&amp;#039;échelon communal, le Département met en œuvre un fonds d&amp;#039;appui mobilisable par l&amp;#039;ensemble des communes samariennes en 2025.
-[...52 lines deleted...]
-      <c r="M103" s="1" t="inlineStr">
+ Etudier l&amp;#039;état des collections et leurs conditions de conservation, œuvrer à la conservation et à la restauration des œuvres de leurs fonds sont des enjeux majeurs pour les musées bénéficiant de l&amp;#039;appellation musée de France. Le ministère de la Culture soutient les propriétaires et gestionnaires qui aident leurs musées à conserver et protéger leurs collections, par le biais des Fonds régionaux d&amp;#039;aide à la restauration (FRAR).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le Fonds régional d&amp;#039;aide à la restauration pour les musées (FRAR) ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créés en 2000 à l&amp;#039;initiative du ministère de la Culture, dans le cadre de la politique globale de décentralisation, les Fonds régionaux d&amp;#039;aide à la restauration pour les musées (FRAR) sont des dispositifs d&amp;#039;accompagnement financés par l&amp;#039;État (Direction régionale des affaires culturelles) et le Conseil régional. Ils sont à destination des musées détenant l&amp;#039;appellation musée de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce fonds a pour vocation d&amp;#039;aider une collectivité territoriale ou une association à financer des opérations de restauration ou de conservation préventive d&amp;#039;œuvres d&amp;#039;art ou d&amp;#039;objets afin de protéger leurs collections, et dont le coût ne permettrait pas la réalisation sans aide extérieure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Préserver les collections des Musées de France
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collections des musées sont en permanence soumises à des contraintes et des agressions (humidité, poussière, choc, chaleur, infestation, etc.) mettant en péril leur intégrité voire pouvant mener à leur destruction. Prévenir ces risques, intervenir sur leurs conséquences constitue une des missions fondamentales des musées de France. Le dispositif permet d&amp;#039;accompagner ces établissements dans leur perspective de conservation et de prévention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Renforcer l&amp;#039;attractivité touristique et culturelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FRAR permet de soutenir les collectivités et les associations dans la préservation des collections des musées et dans leurs projets de restauration d&amp;#039;œuvres majeures, remarquables ou significatives, menacées. L&amp;#039;entretien des collections assure leur préservation pour les générations futures tout en permettant de les rendre accessibles aux publics dans les meilleures conditions possibles de lisibilité. Ces actions permettent également de collaborer avec des spécialistes, restaurateur et préventistes, habilités à intervenir sur les collections musée de France et ainsi développer un tissu économique de haute technicité sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est le coût de restauration HT d&amp;#039;une œuvre ou d&amp;#039;un lot d&amp;#039;œuvres qui est éligible touchant à toutes les techniques (peinture, gravure, dessin, sculpture, photographies, etc.), tous les domaines (beaux-arts, archéologie, mode, design, histoire, histoire naturelle, ethnographie, etc.) et toutes périodes (de la préhistoire à l&amp;#039;art contemporain).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le co-financement Etat/région intervient sous la forme d&amp;#039;une subvention d&amp;#039;investissement attribuée aux institutions propriétaires ou gestionnaires des musées.
+&lt;/p&gt;
+&lt;p&gt;
+ Il ne peut excéder 80% du coût total de l&amp;#039;opération de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après la tenue du comité FRAR, si le dossier reçoit un avis favorable, la subvention est adressée à l&amp;#039;acquéreur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité FRAR, co-présidé par des représentants de l&amp;#039;État et du Conseil régional, est composé de conservateurs, d&amp;#039;attachés de conservation du patrimoine et de personnalités qualifiées. Sont examinés la pertinence d&amp;#039;une aide à la restauration et le montant de subventionnement, l&amp;#039;aspect scientifique ayant été validé en commission scientifique régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité FRAR se réunit une fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rendez-vous sur le site du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez pour connaître le calendrier de chaque région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Dépenses éligibles :
-[...81 lines deleted...]
-      <c r="T103" s="1" t="inlineStr">
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements
+  &lt;/li&gt;
+  &lt;li&gt;
+   EPCI à fiscalité propre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Régions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une aide est conditionnée par plusieurs critères :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   S&amp;#039;agissant d&amp;#039;opération touchant à la matérialité d&amp;#039;objet de collection &amp;#34;musée de France&amp;#34;, le projet de restauration doit avoir reçu au préalable un avis favorable de la Commission scientifique régionale pour les restaurations (format plénier ou délégation permanente) dans les 12 mois précédant la date du comité FRAR. La commission apprécie la pertinence des objectifs du projet, celle du cahier des charges scientifique et technique établi par le responsable scientifique, la conformité des propositions du restaurateur au cahier des charges, la prise en compte de la conservation préventive dans la politique générale du musée, l&amp;#039;analyse des moyens proposés par le restaurateur ou le prestataire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;intervention revêt une importance majeure pour la sauvegarde de l&amp;#039;objet et la préservation du patrimoine local et régional.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont donc pas éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les dossiers n&amp;#039;ayant pas reçu d&amp;#039;avis favorable en Commission scientifique régionale d&amp;#039;acquisition (format plénier ou délégation permanente).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dossiers n&amp;#039;ayant pas reçu d&amp;#039;avis favorable en Commission scientifique régionale de restauration (format plénier ou délégation permanente).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dossiers présentés en commission plus de douze mois avant la date du comité FRAR.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X103" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-la-restauration-et-la-conservation-preventive-des-collections-des-musees-de-france-frar</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Conseil départemental de la Somme
-[...5 lines deleted...]
- Tél : 03 22 71 81 71
+ Pour toute question sur les FRAM, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980d-aide-a-la-restauration-et-la-conservation-pre/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>152446</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Aider à la création et la réhabilitation du patrimoine bâti des collectivités (hors scolaire et périscolaire)</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>CONSTRUCTIONS ET RÉNOVATIONS PUBLIQUES</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I104" s="1" t="inlineStr">
+      <c r="I97" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J104" s="1" t="inlineStr">
+      <c r="J97" s="1" t="inlineStr">
         <is>
           <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, la rénovation, la réhabilitation et à l&amp;#039;extension du patrimoine bâti des collectivités (hors scolaire et périscolaire).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M104" s="1" t="inlineStr">
+      <c r="M97" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;une crèche écologique &amp;#34;les petits écoliers&amp;#34; - isolation thermique et mobilier
  &lt;/li&gt;
  &lt;li&gt;
   Extension du centre de santé &amp;#34;santé pour tous&amp;#34; - construction d&amp;#039;un nouveau bâtiment
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du monument aux morts &amp;#34;à nos héros&amp;#34; - conservation du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de réfection du square &amp;#34;le jardin du bonheur&amp;#34; - espaces verts et aires de jeux
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement numérique de la bibliothèque &amp;#34;lire connecté&amp;#34; - équipement informatique
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation de l&amp;#039;ancienne école en salle de réunion &amp;#34;espace commun&amp;#34; - isolation et aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes d&amp;#039;accessibilité de la mairie &amp;#34;l&amp;#039;accès pour tous&amp;#34; - rampes et sanitaires adaptés
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un centre culturel &amp;#34;l&amp;#039;art en herbe&amp;#34; en partenariat avec la médiathèque départementale
@@ -25562,66 +21378,66 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation lourde du café-restaurant &amp;#34;au bon goût&amp;#34; - réhabilitation du dernier commerce local
  &lt;/li&gt;
  &lt;li&gt;
   Construction de maisons d&amp;#039;assistantes maternelles &amp;#34;les petits explorateurs&amp;#34; - mobilier inclus de création d&amp;#039;un établissement d&amp;#039;accueil pour jeunes enfants &amp;#34;petite enfance heureuse&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Alarmes anti-intrusions pour la salle des associations &amp;#34;sécurité communale&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisitions de matériel informatique &amp;#34;connectivité villageoise&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Démolition de bâtiments dangereux &amp;#34;sécurisation de l&amp;#039;environnement&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Extension du cimetière communal &amp;#34;espace sérénité&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du local des services techniques &amp;#34;outils modernes pour la commune&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Espace public
 Bâtiments et construction
 Réhabilitation
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -25941,4874 +21757,687 @@
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Conventionnement, si le besoin est avéré, avec le Département pour l&amp;#039;attribution de plages horaires pour les médecins de la protection maternelle et infantile (PMI).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien ;
  &lt;/li&gt;
  &lt;li&gt;
   Tous travaux dans des bâtiments donnant lieu à la perception de loyers (hors maintien de l&amp;#039;activité économique et de service public en zone rurale, de logement social, de maison de santé, de maisons médicales, et de Maisons d&amp;#039;Assistantes Maternelles) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les acquisitions foncières et l&amp;#039;équipement des structures médicales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W104" s="1" t="inlineStr">
+      <c r="W97" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1e2-aider-a-la-realisation-de-travaux-damenagemen/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-[...191 lines deleted...]
-      <c r="G106" s="1" t="inlineStr">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...1 lines deleted...]
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="K106" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
-[...85 lines deleted...]
-  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
-[...2 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
-Tourisme
+Sports et loisirs
 Forêts
-Espaces verts
-[...3 lines deleted...]
-Voirie et réseaux
+Sols
 Transition énergétique
-Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
-Commerces et services
-Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
-Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
-Equipement public
-[...4 lines deleted...]
-Accessibilité
 Lutte contre la précarité
-Attractivité économique
+Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
-Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
-Médias et communication
-Industrie
 Réduction de l'empreinte carbone
+Milieux humides
 Inclusion numérique
-Protection animale</t>
-[...149 lines deleted...]
-  Favoriser la présence artistique dans les territoires
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P98" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
-[...251 lines deleted...]
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X108" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...9 lines deleted...]
-  martine.leroy&amp;#64;culture.gouv.fr
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>144491</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la restauration du patrimoine culturel des communes ou de leurs groupements</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration du patrimoine culturel des communes ou de leurs groupements</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 17</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>17 % du coût HT de la dépense subventionnable, modulé par le CSD défini pour l'année en cours</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une subvention départementale peut être octroyée à une commune ou à un groupement de communes pour la réalisation des études diagnostic sanitaires préalables à la réalisation des travaux ainsi que pour les travaux de restauration d&amp;#039;un meuble ou d&amp;#039;un immeuble dont la gestion et le fonctionnement leur incombent directement et dont l&amp;#039;intérêt patrimonial et historique est reconnu par l&amp;#039;État (inscription ou classement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le meuble ou l&amp;#039;immeuble sur lequel l&amp;#039;étude porte et/ou les travaux sont réalisés doit faire l&amp;#039;objet d&amp;#039;une mesure de protection par l&amp;#039;administration du Ministère de la Culture au sens de l&amp;#039;article L 111-1 du Code du Patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;étude et/ou le projet de restauration, pour ouvrir droit à une aide, devra avoir reçu l&amp;#039;aval technique du Ministère de la Culture, et avoir bénéficié de l&amp;#039;attribution d&amp;#039;une subvention de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département limite son soutien à une subvention par commune ou groupement de communes par an, sauf cas d&amp;#039;urgence liée à la sécurité attestée par la Direction Régionale des Affaires culturelles ou l&amp;#039;Architecte des bâtiments de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est plafonné à 60 000 € par tranche de travaux par an et par collectivité, dans la limite des crédits inscrits.
+&lt;/p&gt;
+&lt;p&gt;
+ La dépense subventionnable retenue par le Département sera celle que l&amp;#039;État aura utilisée pour le calcul de sa propre subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=88</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
  &lt;/a&gt;
- &lt;br /&gt;
-[...352 lines deleted...]
-      <c r="AA108" s="1" t="inlineStr">
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2276-aider-a-la-restauration-du-patrimoine-culture/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G109" s="1" t="inlineStr">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>144492</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Musées, le Patrimoine et l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Réglement des aides départementales aux Musées, au Patrimoine, et à l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-[...7 lines deleted...]
-      <c r="H109" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique
-[...14 lines deleted...]
-      <c r="K109" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
-[...470 lines deleted...]
- &lt;/strong&gt;
+ Reconnaissant le patrimoine comme facteur d&amp;#039;identité et d&amp;#039;attractivité des territoires, de développement personnel du citoyen, le Département des Landes soutient et promeut une action culturelle et patrimoniale globale s&amp;#039;appuyant sur un réseau de partenaires structurants, qui vise la qualité, l&amp;#039;accessibilité pour tous les publics, l&amp;#039;implication des territoires et des populations, et l&amp;#039;équité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du règlement d&amp;#039;aide à la restauration du patrimoine protégé des communes et de leur groupement, le présent règlement d&amp;#039;aides aux musées, au patrimoine et à l&amp;#039;archéologie des Landes a pour objectifs de :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
+   conforter les musées de France comme des acteurs-équipements structurants de cette dynamique par leurs missions permanentes réglementaires inscrites dans un projet scientifique et culturel pluriannuel (telles que définies à l&amp;#039;article L441-2 du Code du Patrimoine, et conformément à la loi du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine).
   &lt;/li&gt;
   &lt;li&gt;
-   taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
+   renforcer les actions en réseau, afin de mieux valoriser les Landes comme destination muséale et patrimoniale.
   &lt;/li&gt;
   &lt;li&gt;
-   aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
+   soutenir des actions d&amp;#039;études, recherches et inventaires qui favorisent des projets territoriaux, en matière de culture, tourisme et patrimoine, ou y participent ;
   &lt;/li&gt;
   &lt;li&gt;
-   seuil minimum des dépenses éligibles : 20.000€ HT :
+   valoriser le patrimoine landais auprès du plus grand nombre par des expositions et manifestations présentant un caractère départemental et un intérêt scientifique et culturel avérés ;
   &lt;/li&gt;
   &lt;li&gt;
-   participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
+   favoriser le &amp;#34;&amp;#34;parcours d&amp;#039;éducation artistique et culturelle&amp;#34;&amp;#34; de l&amp;#039;élève, instauré par la loi du 8 juillet 2013 d&amp;#039;orientation et de programmation pour la refondation de l&amp;#039;école de la République et formalisé dans la loi du 7 juillet 2016 relative à la liberté de création, à l&amp;#039;architecture et au patrimoine ;
   &lt;/li&gt;
   &lt;li&gt;
-   aide départementale cumulable avec d&amp;#039;autres financements publics.
+   encourager le partage, la mutualisation d&amp;#039;expériences, la formation des acteurs du territoire, l&amp;#039;implication citoyenne.&amp;#34;
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="M111" s="1" t="inlineStr">
+</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ L&amp;#039;aide départementale sera octroyée à partir des critères suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
+   la spécificité des territoires concernés (rural, urbain, éloigné ou proche d&amp;#039;une offre culturelle et patrimoniale) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les caractéristiques des projets (intérêt départemental, cohérence de la programmation, qualité des contenus scientifiques et culturels, respect des cadres réglementaires et déontologiques, intérêt éducatif, originalité, accessibilité, pertinence des actions proposées et leur adéquation avec les publics visés) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la contribution au renforcement du réseau ou au projet territorial ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la concertation avec la conservation départementale et la cohérence des projets avec les missions et prérogatives des services de l&amp;#039;Etat (DRAC Nouvelle-Aquitaine) et de la Région Nouvelle-Aquitaine.
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;&lt;/p&gt;
-[...131 lines deleted...]
- 03 22 71 81 71
+&lt;p&gt;
+ Le montant de l&amp;#039;aide départementale tiendra compte d&amp;#039;une éventuelle contribution en nature du Département. En outre, ne seront pas retenues dans le cadre du présent règlement les actions déjà financés par ailleurs par la politique culturelle et patrimoniale du Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
-[...189 lines deleted...]
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
-[...83 lines deleted...]
-      <c r="L113" s="1" t="inlineStr">
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=90</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...661 lines deleted...]
-&lt;p&gt;
  Email :
- &lt;a href="mailto:patrimoine&amp;#64;manche.fr" target="_self"&gt;
-  patrimoine&amp;#64;manche.fr
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ee-soutenir-les-musees-le-patrimoine-et-larcheol/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-[...1803 lines deleted...]
-      <c r="E127" s="1" t="inlineStr">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K127" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="N127" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -30822,4093 +22451,6569 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
 Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
 Médias et communication
 Industrie
+Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
+Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
-[...9 lines deleted...]
-      <c r="S127" s="1" t="inlineStr">
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
- &lt;p&gt;&lt;strong&gt;Téléphone
-[...4 lines deleted...]
-      <c r="Y127" s="1" t="inlineStr">
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-[...440 lines deleted...]
-      <c r="G131" s="1" t="inlineStr">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>142678</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des projets d'olympiade culturelle visant à faire participer les publics visés à des activités culturelles mêlant l'art et le sport</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Olympiade culturelle</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat</t>
-[...32 lines deleted...]
-Culture et identité collective
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Olympiade culturelle a pour objectif de faire dialoguer art et sport, à travers des propositions artistiques invitant le public à participer aux différentes activités culturelles mises en place dans le cadre de cette démarche. Ces propositions sont soutenues grâce à une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;Olympiade culturelle en Ile-de-France ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Olympiade culturelle est une programmation artistique et culturelle pluridisciplinaire qui se déploie
+ &lt;strong&gt;
+  jusqu&amp;#039;en septembre 2024
+ &lt;/strong&gt;
+ sur tout le territoire français. La DRAC (Direction régionale des affaires culturelles) d&amp;#039;Ile-de-France contribue à la construction de cette programmation, en allouant une subvention aux organisateurs de projets qui font dialoguer &amp;#34;art et sport&amp;#34; et mettent en lumière les valeurs de l&amp;#039;Olympisme. Le Comité d&amp;#039;Organisation des Jeux Olympiques et Paralympiques &amp;#34;Paris 2024&amp;#34; est le maître d&amp;#039;œuvre de cette programmation, qu&amp;#039;il construit en s&amp;#039;appuyant sur le ministère de la Culture et ses services déconcentrés en régions.
+&lt;/p&gt;
+&lt;p&gt;
+ La DRAC Ile-de-France contribue ainsi, en lien avec les collectivités territoriales et les acteurs culturels, à construire cette programmation qui permet de faire dialoguer les arts et le sport, avec la volonté de refléter la vitalité de la création artistique ou de valoriser la richesse du patrimoine francilien, à travers des propositions artistiques inclusives et participatives se déployant sur tout le territoire francilien et s&amp;#039;adressant aux publics les plus nombreux.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Olympiade culturelle est un label attribué par le Comité d&amp;#039;organisation des Jeux Olympiques et Paralympiques Paris 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets ont vocation à faire participer les publics visés à des activités culturelles mêlant l&amp;#039;art et le sport.
+&lt;/p&gt;
+&lt;p&gt;
+ Calendrier
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 02 juin 2023.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 juin 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annonce des résultats : les projets retenus seront informés par email, au plus tard le 31 juillet 2023 (à l&amp;#039;adresse utilisée pour compléter le dossier sur Démarches Simplifiées).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le bilan du projet devra être transmis au plus tard le 31 mars 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention versée couvrira au maximum 20% du budget total du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs des projets devront au préalable solliciter, auprès de Paris 2024,
+ &lt;strong&gt;
+  le label &amp;#34;Olympiade culturelle&amp;#34;.
+ &lt;/strong&gt;
+ Cette démarche est obligatoire et conditionne le versement de la subvention de la DRAC Ile-de-France au titre de l&amp;#039;Olympiade culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une fois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers déposés sont examinés selon les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité artistique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertinence, recherche, inventivité dans les liens construits entre art et sport ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport au public : les manifestations doivent être le plus participative et le plus inclusive possible ; liens avec les publics et réseaux sportifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amplitude du déploiement territorial du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ont déjà été soutenus des projets de création chorégraphique, participatifs, impliquant des sportifs amateurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
-Espace public
-[...14 lines deleted...]
-      <c r="O131" s="1" t="inlineStr">
+Education et renforcement des compétences
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S131" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / Services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet est porté par une structure culturelle, il doit associer une collectivité territoriale. La structure doit pouvoir justifier d&amp;#039;une activité au minimum sur les deux années écoulées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent être des leviers pour associer plusieurs partenaires (financiers, notamment) et la dimension partenariale, amenant à un rayonnement territorial significatif du projet, est importante dans l&amp;#039;appréciation qui sera faite par l&amp;#039;administration des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets doivent établir un lien entre art et sport ou avec les valeurs olympiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit en convoquant le sport comme thématique, soit en se tenant dans un lieu sportif ou en lien avec un évènement sportif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit en mettant en lumière les valeurs olympiques, communes au sport et à la culture : respect, excellence, égalité femme-homme, diversité, universalisme, inclusion.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets doivent être
+ &lt;strong&gt;
+  les plus participatifs et inclusifs possibles
+ &lt;/strong&gt;
+ (avec une attention aux jeunes publics, scolaires, publics empêchés ou éloignés de l&amp;#039;offre culturelle).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets se déroulent sur l&amp;#039;année 2023 et peuvent se prolonger jusqu&amp;#039;au 8 septembre 2024 (date de clôture des Jeux Paralympiques).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles les projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;art et sport&amp;#34; au périmètre restreint - par exemple, centrés sur un quartier, le territoire d&amp;#039;une commune, un établissement scolaire, une structure culturelle/sociale, un patrimoine sportif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  n&amp;#039;impliquant pas de rapport construit avec un public et la participation active de publics
+  &lt;em&gt;
+   (par exemple, un programme de diffusion de spectacles ou d&amp;#039;œuvres cinématographiques dont le programme ne comporte pas de dimension de médiation à l&amp;#039;attention de publics considérés &amp;#34;prioritaires&amp;#34; - scolaires, publics empêchés, etc)
+  &lt;/em&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent les coûts directement liés à la conception et à la mise en œuvre du projet artistique (dépenses artistiques : recherche, production, diffusion ; techniques ; médiation avec les publics ; administration du projet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T131" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/olympiade-culturelle</t>
+        </is>
+      </c>
+      <c r="W102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/dev-culturel_olympiade-idf</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur l&amp;#039;Olympiade culturelle en Ile-de-France, vous êtes invités à vous adresser à :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction régionale des affaires culturelles (DRAC) Ile-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Service régional des Populations, de l&amp;#039;Accompagnement, de la Coopération et des Territoires (SRPACTE)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:olympiadeculturelle.idf&amp;#64;culture.gouv.fr" target="_self"&gt;
+  olympiadeculturelle.idf&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 47 Rue Le Peletier, 75009 Paris
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b8c-olympiade-culturelle/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-[...45 lines deleted...]
-      <c r="K132" s="1" t="inlineStr">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N132" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides financières de la CCMS.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
+Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
-[...171 lines deleted...]
-      <c r="S133" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  c.maitre&amp;#64;cc-massifdusancy.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C134" s="1" t="inlineStr">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>139433</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Repenser les façons d'habiter</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G134" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>LEADER</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>PETR des Communautés du pays de Saint-Malo</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I134" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
-[...285 lines deleted...]
-      <c r="N136" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez un projet de
+ &lt;strong&gt;
+  transition écologique
+ &lt;/strong&gt;
+ en lien avec la
+ &lt;strong&gt;
+  qualité de vie
+ &lt;/strong&gt;
+ &amp;amp; l&amp;#039;
+ &lt;strong&gt;
+  habitat
+ &lt;/strong&gt;
+ sur le
+ &lt;strong&gt;
+  pays de Saint-Malo
+ &lt;/strong&gt;
+ ? Peut-être pouvez-vous bénéficier d&amp;#039;une aide européenne au titre du programme LEADER !
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Qu&amp;#039;est-ce que LEADER ?
+  &lt;/strong&gt;
+  &lt;span&gt;
+   &lt;em&gt;
+    (Liaisons entre action de développement de l&amp;#039;économie rural)
+   &lt;/em&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  C&amp;#039;est un programme européen de développement des zones rurales.  C&amp;#039;est à la fois une
+ &lt;/span&gt;
+ &lt;strong&gt;
+  a
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ide financière
+ &lt;/strong&gt;
+ &lt;span&gt;
+  alimentée par le FEADER (Fonds Européen Agricole pour le Développement Rural) p
+ &lt;/span&gt;
+ &lt;span&gt;
+  our des porteurs de projets publics (communes, EPCI...) ou privés (associations, entreprises...). et une
+ &lt;/span&gt;
+ &lt;strong&gt;
+  stratégie spécifique au territoire.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La stratégie LEADER s&amp;#039;intitule comme suit
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &amp;#34;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   5 ans pour repenser ensemble les façons d&amp;#039;habiter le pays de Saint-Malo&amp;#34;
+  &lt;/strong&gt;
+  . Elle s&amp;#039;articule autour des mots clés suivants « sobriété, innovation, résilience, solidarités, équilibre territorial ».
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En effet, le pays est l&amp;#039;un des territoires les plus attractifs de Bretagne. Pour maintenir cette capacité d&amp;#039;accueil, il s&amp;#039;avère que l&amp;#039;habitat est un enjeu clé.  C&amp;#039;est aussi une problématique qui croise de nombreuses autres problématiques sociales, économiques, ou encore d&amp;#039;aménagement du territoire. Il s&amp;#039;agit ainsi de changer l&amp;#039;habitat et les façons de vivre pour transformer notre modèle de développement (rénovation énergétique, économies d&amp;#039;énergie, sobriété dans les comportements, formes d&amp;#039;habitat alternatif et d&amp;#039;usages alternatifs à la façon d&amp;#039;habiter).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   3.
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;strong&gt;
+  Type de projets attendus
+ &lt;/strong&gt;
+ :  des
+ &lt;strong&gt;
+  projets locaux innovants
+ &lt;/strong&gt;
+ axés autour de l&amp;#039;habitat pourront être soutenus. Des solutions nouvelles aux enjeux du territoire sont encouragées ainsi que la mise en œuvre d&amp;#039;actions de coopération avec la France et/ou l&amp;#039;Europe. La stratégie LEADER est organisée en
+ &lt;span&gt;
+  fiches-actions
+ &lt;/span&gt;
+ . Celles-ci indiquent précisément les conditions de financement des projets attendus.
+ &lt;strong&gt;
+  &lt;em&gt;
+   &lt;br /&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;em&gt;
+    &amp;#34;Projet&amp;#34; ?
+   &lt;/em&gt;
+  &lt;/strong&gt;
+  Ensemble d&amp;#039;activités coordonnées et maîtrisées comportant des dates de début et de fin, entrepris dans le but d&amp;#039;atteindre un objectif conforme à des exigences spécifiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   &lt;strong&gt;
+    &amp;#34;Local&amp;#34; ?
+   &lt;/strong&gt;
+  &lt;/em&gt;
+  Seuls les
+  &lt;strong&gt;
+   projets réalisés
+  &lt;/strong&gt;
+  sur les
+  &lt;strong&gt;
+   64 communes rurales du pays de Saint-Malo
+  &lt;/strong&gt;
+  peuvent prétendre à une aide LEADER.
+  &lt;a href="https://www.pays-stmalo.fr/fichiers/perimetre_gal_FeChcX.pdf" target="_self"&gt;
+   Liste des communes rurales
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   &lt;strong&gt;
+    &amp;#34;Innovant&amp;#34; ?
+   &lt;/strong&gt;
+  &lt;/em&gt;
+  C&amp;#039;est un projet qui résout une problématique existante de façon nouvelle (nouvelle manière de faire ; nouvelle organisation/gouvernance, une manière plus efficiente, adaptée) ou bien c&amp;#039;est un projet qui résout une problématique non traitée jusqu&amp;#039;alors sur le territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Comment est calculée l&amp;#039;aide LEADER ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   LEA
+  &lt;/span&gt;
+  &lt;span&gt;
+   DER ne peut jamais financer entièrement un projet !
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  LEADER ne prend en compte que certains types de dépenses, c&amp;#039;est la notion de &amp;#34;dépenses éligibles&amp;#34; à LEADER. Il faut se référer aux fiches-actions pour connaître la liste des dépenses éligibles à LEADER.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   &lt;strong&gt;
+    LEADER intervient uniquement en complément d&amp;#039;autres aides publiques que vous pourrez mobiliser/rechercher pour votre projet
+   &lt;/strong&gt;
+   (Etat, collectivités locales, établissements publics, autofinancement du maître d&amp;#039;ouvrage public ou Organisme Qualifié de Droit Public..). LEADER agit ainsi &amp;#34;en levier&amp;#34;.
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1€ d&amp;#039;aide publique mobilisée (autre que LEADER) permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de LEADER.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le taux d&amp;#039;intervention LEADER peut varier en fonction du montage financier de chaque projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   43 000 € : c&amp;#039;est la moyenne du montant LEADER attribué par dossier entre 2015 et 2020.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ &lt;br /&gt;
+&lt;/strong&gt;
+&lt;strong&gt;
+ 5. F
+&lt;/strong&gt;
+&lt;strong&gt;
+ iches-actions:
+&lt;/strong&gt;
+&lt;em&gt;
+ l&amp;#039;ambition de ces fiches-actions n&amp;#039;est pas de soutenir massivement des investissements mais d&amp;#039;assurer un effet-levier en complément des aides nationales, régionales et locales pour accélérer et faciliter l&amp;#039;émergence de projets ruraux innovants les plus à mêmes de proposer une solution répondant à des besoins locaux et partagés sur le territoire.
+&lt;/em&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;a href="https://www.pays-stmalo.fr/fichiers/fiches-actions_kNXDiF.pdf" target="_self"&gt;
+   &lt;strong&gt;
+    Consulter les fiches-actions
+   &lt;/strong&gt;
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   &lt;strong&gt;
+    Des nouvelles façons de se loger plus en phase avec les modes de vie et le défi de la transition énergétique
+   &lt;/strong&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des nouvelles façons d&amp;#039;habiter contribuant à la cohésion sociale et territoriale
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Anticiper et prévoir l&amp;#039;offre foncière pour maîtriser l&amp;#039;empreinte environnementale de l&amp;#039;habitat durable
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Coopération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  - Améliorer la qualité de l&amp;#039;habitat
+ &lt;/strong&gt;
+ : il s&amp;#039;agit de créer des logements agréables à habiter et de qualité d&amp;#039;un point de vue environnemental, esthétique, et d&amp;#039;usage. Cela peut conduire à penser le logement ou le bâtiment comme étant modulable et évolutif (adaptation de la taille, de l&amp;#039;aménagement intérieur en fonction des besoins des occupants). Il s&amp;#039;agit aussi d&amp;#039;encourager l&amp;#039;adoption de ces nouvelles formes urbaines en changeant la perception sur l&amp;#039;habitat collectif/intermédiaire et individuel et en intégrant les occupants à la co-conception. Cet engagement des futurs habitants peut également se traduire sous la forme d&amp;#039;un accompagnement à l&amp;#039;habitat participatif.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Adapter l&amp;#039;habitat aux publics, aux trajectoires résidentielles, aux modes de vie :
+ &lt;/strong&gt;
+ il s&amp;#039;agit de penser l&amp;#039;habitat pour tous en s&amp;#039;adressant aux populations aux besoins spécifiques (personnes âgées, handicapées, saisonniers, jeunes actifs, familles monoparentales, etc.) mais également en intégrant la notion de parcours résidentiel, c&amp;#039;est-à-dire à l&amp;#039;évolution dans le temps des besoins en termes de logement. Ceux-ci évoluent en fonction des changements de situation, notamment du nombre de personnes qui composent le foyer et des moyens financiers. Cela peut conduire là aussi à penser le logement ou le bâtiment comme étant modulable et évolutif mais aussi de mettre l&amp;#039;accent sur la production d&amp;#039;espaces communs (services ou usages partagés : chambre d&amp;#039;amis, buanderie, jardins partagés, etc.) et à la multifonctionnalité/mutualisation des services, des espaces, des équipements entourant l&amp;#039;habitat. Il s&amp;#039;agit également de travailler sur la mobilisation des acteurs et sur leur participation dans la conception des opérations pour assurer la compatibilité des solutions aux besoins réels.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Ré-interroger la chaîne de production :
+ &lt;/strong&gt;
+ il s&amp;#039;agit de recourir à des matériaux biosourcés/éco-matériaux (bois, paille, terre crue, bauge etc.) et de renforcer les filières locales pour diminuer la pollution et les consommations énergétiques du bâtiment. Il s&amp;#039;agit aussi d&amp;#039;agir sur l&amp;#039;accessibilité financière du logement en réfléchissant à de outils d&amp;#039;ingénierie novateurs (Organismes de foncier solidaire, BRS...). C&amp;#039;est aussi repenser la participation des acteurs en mettant en place par exemple une démarche de maîtrise d&amp;#039;usage, en développant des dispositifs d&amp;#039;accompagnement à la réhabilitation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Adapter l&amp;#039;habitat à la transition écologique :
+ &lt;/strong&gt;
+ l&amp;#039;habitat est lieu privilégié d&amp;#039;accompagnement à la transition écologique des habitants. Ainsi il s&amp;#039;agit de sensibiliser encore plus la population à la préservation des ressources naturelles mais aussi à l&amp;#039;adoption d&amp;#039;autres comportements tel que le recours à des modes de transport alternatifs ou encore le développement local d&amp;#039;énergies renouvelables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
+Espaces verts
+Espace public
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Attractivité économique
+Mobilité partagée
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •	Être cohérent avec la stratégie,
+&lt;/p&gt;
+&lt;p&gt;
+ •	Être localisé sur le territoire d&amp;#039;intervention,
+&lt;/p&gt;
+&lt;p&gt;
+ •	Correspondre à une dépense éligible (il faut pour cela se référer aux fiches actions) ;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Apporter une vraie plus-value pour le territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-stmalo.fr/avec-leader-repensons-les-facons-d-habiter-C270.html</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous avez un projet et vous souhaitez savoir s&amp;#039;il peut être financé par LEADER ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacter-nous : contractualisation&amp;#64;pays-stmalo.fr  02 99 21 17 28
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Vous bénéficierez d&amp;#039;une aide pour le montage de la demande d&amp;#039;aide LEADER, le suivi administratif et technique du projet et la mise en paiement.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>contractualisation@pays-stmalo.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d2d-repenser-les-facons-dhabiter/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>129731</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Répondre collectivement aux défis éducatifs des enfants et des jeunes - Cité éducative de Chambéry</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>Cités éducatives
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Caisse des écoles de Chambéry</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J105" s="1" t="inlineStr">
+        <is>
+          <t>Taux moyen de 50%, autofinancement et/ou cofinancements obligatoires</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions accordées par la cité éducative doivent contribuer à un ou plusieurs des objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter les coopérations entre les membres de la communauté éducative
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter l&amp;#039;engagement des jeunes et des parents dans la vie des associations et des institutions du champ éducatif (sport, culture, éducation populaire...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir les parents dans la relation avec leurs enfants et sur les questions éducatives
+ &lt;/li&gt;
+ &lt;li&gt;
+  enrichir les parcours d&amp;#039;éducation et d&amp;#039;insertion des enfants et des jeunes (sport, culture, numérique, santé, citoyenneté, écologie...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit répondre à des besoins des enfants et des jeunes de 0 à 25 ans ou des parents des quartiers prioritaires qui ne trouvent pas de réponse dans l&amp;#039;offre de service existante ou renforcer un service existant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renforcement de l&amp;#039;animation de rue à destination des jeunes, renforcement de l&amp;#039;offre culturelle, sportive, numérique et de plein air, découverte du monde professionnel, actions favorisant l&amp;#039;acquisition du langage chez les tout-petits, soutien aux parents et aux professionnels (usage des écrans par les enfants et les jeunes, égalité filles-garçons...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Lutte contre la précarité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit impliquer plusieurs établissements, associations, institutions ou entreprises compétents sur la thématique du projet, en particulier pour améliorer la continuité éducative entre école et temps libre ou pour faciliter le passage de la petite enfance à l&amp;#039;enfance, de l&amp;#039;enfance à l&amp;#039;adolescence ou de l&amp;#039;adolescence à l&amp;#039;âge adulte.
+&lt;/p&gt;
+&lt;p&gt;
+ Des enfants, des jeunes ou des parents des quartiers prioritaires doivent participer au moins à l&amp;#039;évaluation du projet, à sa définition (au sein de focus groupes, groupes de travail, panels d&amp;#039;usagers...) et si possible à la mise en oeuvre (assurer des permanences, être relais d&amp;#039;information, former ses pairs, participer à l&amp;#039;animation ou l&amp;#039;organisation d&amp;#039;événements...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions doivent se dérouler dans un ou plusieurs quartiers prioritaires : Hauts de Chambéry, Biollay, Bellevue. Si ce n&amp;#039;est pas le cas, le projet doit agir sur les freins qui limiteraient l&amp;#039;accès des habitants des quartiers prioritaires aux actions proposées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet et l&amp;#039;ensemble de ses partenaires doivent respecter les valeurs de la république et les principes de laïcité et intégrer la question de l&amp;#039;égalité entre les femmes et les hommes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Chambéry</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.chambery.fr/3704-chambery-cite-educative.htm</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les habitants, les associations, les institutions autres que l&amp;#039;Education Nationale :
+&lt;/p&gt;
+&lt;p&gt;
+ Clémentine Mouilleron, 07 84 06 20 47, cite.educative&amp;#64;mairie-chambery.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;Education Nationale :
+&lt;/p&gt;
+&lt;p&gt;
+ Gisèle Beck, 06 10 81 42 23, referenten.citeduc&amp;#64;ac-grenoble.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>c.mouilleron@mairie-chambery.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/feee-cite-educative-de-chambery/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
 Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
 Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
 Architecture
 Paysage
+Accessibilité
 Lutte contre la précarité
-Appui méthodologique
-[...1 lines deleted...]
-Artisanat
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
-Spectacle vivant
-[...117 lines deleted...]
-formes précitées, des opérations d’aménagement foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M137" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G138" s="1" t="inlineStr">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>131364</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de contribuer au développement patrimonial et touristique du département, le règlement valorisation du patrimoine (naturel, matériel, immatériel) vise plus spécifiquement à encourager :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le développement de projets patrimoniaux d&amp;#039;animation culturelle et pédagogique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;organisation de manifestations temporaires (d&amp;#039;envergure nationale) des arts visuels et du monde littéraire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la valorisation scientifique, pédagogique, et muséographique via la réalisation de  supports multimédias, mis à disposition du plus grand nombre : production d&amp;#039;expositions temporaires, ouverture de sites patrimoniaux au public, mise en place d&amp;#039;une signalétique, etc.,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la production d&amp;#039;ouvrages ou d&amp;#039;œuvres portant sur le département et/ou ses communes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers seront examinés au regard des éléments suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la qualité artistique et culturelle du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le rayonnement territorial du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;inscription dans un projet culturel de territoire et la capacité du projet à fédérer (autres acteurs culturels, inscription dans des réseaux locaux...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diversité des publics cibles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les critères suivants seront obligatoirement remplis :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;aide au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication d&amp;#039;un EPCI ou de deux autres partenaires au moins dans l&amp;#039;élaboration et le plan de financement du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un seul financement du conseil départemental par structure,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la conformité de la structure avec la réglementation en vigueur,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le dossier complet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/reglement_valorisation_du_patrimoine%20modifi%C3%A9%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W107" s="1" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, des sports et du monde associatif
+&lt;/p&gt;
+&lt;p&gt;
+ Service action culturelle, sportive et territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 25 32 88 19
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toute correspondance doit être adressée à :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Monsieur le Président du conseil départemental
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Direction de la culture, des sports et du monde associatif
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service action culturelle, sportive et territoriale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1 rue du Commandant Hugueny – CS 62127
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  52905 Chaumont Cedex 9
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b306-accompagner-les-projets-de-valorisation-du-pa/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>128974</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Demander une subvention au titre de la convention interrégionale du Massif central (CIMAC) 2021-2027</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Convention interrégionale du Massif central (CIMAC) 2021-2027</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Commissariat du Massif Central</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...115 lines deleted...]
-Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H139" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K139" s="1" t="inlineStr">
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
-[...36 lines deleted...]
-Culture et identité collective
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
 Musée
 Sports et loisirs
-Jeunesse</t>
-[...2 lines deleted...]
-      <c r="O139" s="1" t="inlineStr">
+Tourisme
+Forêts
+Montagne
+Espace public
+Accès aux services
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Réhabilitation
+Paysage
+Accessibilité
+Attractivité économique
+Animation et mise en réseau
+Artisanat
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S139" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Consulter la
+ &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/1.-CIMAC-21-27.pdf" target="_self"&gt;
+  convention de massif
+ &lt;/a&gt;
+ et sa
+ &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/2.-Plaquette-presentation_convention_massif_central_21_27.pdf" target="_self"&gt;
+  plaquette de présentation
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T108" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Massif central</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.massif-central.eu/jai-un-projet/deposer-un-dossier/je-ne-sollicite-pas-de-feder/</t>
+        </is>
+      </c>
+      <c r="W108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-subvention-cimac-2021-2027</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ANCT Commissariat du Massif central
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.massif-central.eu/contact/carnets-de-contacts/animateurs-thematiques/" target="_self"&gt;
+  Coordonnées des chargés de mission thématiques
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ et
+ &lt;a target="_self"&gt;
+  massif.central&amp;#64;anct.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>massif.central@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G140" s="1" t="inlineStr">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>135556</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et enrichir les patrimoines détenus dans les musées (schéma départemental des musées)</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Shéma départemental des musées</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H140" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I140" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="N140" s="1" t="inlineStr">
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>Aide allant de 20% à 10% suivant la maîtrise d ouvrage</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Préserver et enrichir les patrimoines détenus dans les musées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir :  &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Description du projet&lt;/li&gt;&lt;li&gt;Délibération (pour EPCI / communes)&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété ( CERFA / Spécifique)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention EN FONCTIONNEMENT : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt; &lt;/p&gt;&lt;p&gt;Pour
+le formulaire spécifique de
+demande de subvention : se rapprocher du gestionnaire&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Acquisition d&amp;#039;œuvre d&amp;#039;art : exemple le reliquaire de Chamalières entré au musée Crozatier
+&lt;/p&gt;
+&lt;p&gt;
+ Création, réaménagement, extension (Investissement)
+&lt;/p&gt;
+&lt;p&gt;Exposition, colloque, publication, communication, collection (Fonctionnement)&lt;/p&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Musée</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être inscrit dans le schéma muséal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet émargeant à la liste des projets accompagnés dans le cadre du schéma.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les dépenses d&amp;#039;investissement (bâtiments, collections) : 10 à 20% et pour les dépenses de fonctionnement (médiation) : 10 à 20% maximum&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine : culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;/p&gt;&lt;p&gt;Gestionnaire : Angélique LAFABRIE RAMONA : &lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;angelique.lafabrie&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 40 85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dcac-preserver-et-enrichir-les-patrimoines-detenus/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>135555</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la présence de grandes expositions dans les sites emblématiques du Département</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux grandes expositions</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J110" s="1" t="inlineStr">
+        <is>
+          <t>10% du budget de l exposition avec un plafond d aide maximum de 30.000€</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la diffusion de grandes expositions dans les sites emblématiques du département ; mettre en place des actions en direction des publics cibles identifiés par le Département ; permettre aux publics d&amp;#039;accéder sur différents territoires à une offre culturelle diversifiée structurée et adaptée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA)&lt;/li&gt;&lt;li&gt;Délibération (EPCI / Communes)&lt;/li&gt;&lt;li&gt;Description du projet&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ permanente&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention EN FONCTIONNEMENT : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;br /&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exposition Dubuffet à l&amp;#039;hôtel du Doyenné de Brioude ou Japon au musée Crozatier du Puy en Velay en 2025.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 3 types d&amp;#039;expositions distinguées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  grandes expositions à budget minimum de 100 000 euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  expositions intermédiaires à budget compris entre 50 000 et 100 000 euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  expositions découvertes à budget minimum de 20 000 euros.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutes doivent disposer d&amp;#039;un service des publics et/ou éducatif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - &lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;culture.patrimoine&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 43 76&lt;/p&gt;&lt;p&gt;Gestionnaire : Angélique LAFABRIE RAMONA - angelique.lafabrie&lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;&amp;#64;hauteloire.fr&lt;/a&gt;  - 04 71 07 40 85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8edf-aider-aux-grandes-expositions/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>139925</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans la culture, sur des biens et équipements qui seront majoritairement utilisés pour des activités culturelles</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Projets Culture Sancy</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Culture Sancy concerne les projets d&amp;#039;investissement en lien avec la culture notamment des biens et équipements qui seront majoritairement utilisés pour des activités culturelles.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée sur plusieurs critères à savoir, l&amp;#039;intérêt pour la mise en oeuvre d&amp;#039;activités culturelles et son rayonnement sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière de 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention de 20 000 € ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention de 15 000 € ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième tranche financière, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi la participation financière de la CCMS pourra aller jusqu&amp;#039;à 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide financière est cumulable avec les autres aides financières proposées par la CCMS.
+&lt;/p&gt;
+&lt;p&gt;
+ Par respect au principe du fonds de concours, l&amp;#039;intervention financière de la CCMS est limitée à 50% du reste à charge du projet, cofinancements déduits.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
+Sports et loisirs
 Spectacle vivant
-Médias et communication</t>
-[...7 lines deleted...]
-      <c r="S140" s="1" t="inlineStr">
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P111" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q111" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ c.maitre&amp;#64;cc-massifdusancy.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9d4f-dotations-avenir-sancy-projets-culture-sancy/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="H141" s="1" t="inlineStr">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
-[...197 lines deleted...]
-      <c r="N142" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I115" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J115" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P115" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q115" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Milieux humides</t>
-[...2 lines deleted...]
-      <c r="O142" s="1" t="inlineStr">
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="S142" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>120979</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Prêt social</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
+  Qu&amp;#039;est-ce que le prêt social ?
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisissez une
+  &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
+   banque engagée en matière de RSE
+  &lt;/a&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  et dotée d&amp;#039;une trajectoire de décarbonation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  5 thématiques éligibles :
+ &lt;/li&gt;
+ &lt;li&gt;
+  1) L&amp;#039;action sanitaire, sociale et familiale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  2) Le développement et la cohésion territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  3) L&amp;#039;enseignement et la formation professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  4) Le sport, culture et vie associative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  5) Les services d&amp;#039;incendies et de secours.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Valorisation d'actions
+Bibliothèques et livres
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 300 000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  via le
+  &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
+   formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>126137</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J118" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C143" s="1" t="inlineStr">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>120300</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Créer ou rénover un musée</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Création ou rénovation d’un musée</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de construction, d&amp;#039;extension, de rénovation d&amp;#039;un musée, d&amp;#039;aménagement muséographique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le cadre juridique , le contexte réglementaire (Département, Région Auvergne-Rhône-Alpes), la procédure administrative et financière, les partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil sur la méthodologie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Visite sur site
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la définition des besoins (objectifs, priorités, opportunités, contraintes)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conseil à l&amp;#039;élaboration du projet (programme muséographique, projet scientifique et culturel...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Préconisations techniques et scientifiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   Participation aux réunions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Diagnostic des collections et du lieu
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement à la rédaction du projet scientifique et culturel et à la création d&amp;#039;un conseil scientifique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Appui à la définition des conditions de conservation, de restauration, d&amp;#039;exposition
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide au montage du projet (financement, calendrier, suivi et évaluation)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Contribution à la rédaction du cahier des charges, au recrutement des prestataires
+  &lt;/li&gt;
+  &lt;li&gt;
+   Supervision des opérations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/creation-ou-renovation-musee/</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme – Conservation du patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 79 27 17
+&lt;/p&gt;
+&lt;p&gt;
+ Emails :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:nyounsi&amp;#64;ladrome.fr"&gt;
+    nyounsi&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:mduchamp&amp;#64;ladrome.fr"&gt;
+    mduchamp&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e6f2-creation-ou-renovation-dun-musee/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>119877</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>aide financière forfaitaire de 60€ attribuée pour un accès à: culture, loisirs et sport; cette aide individuelle, est réservée sous conditions de ressources ( minima sociaux )</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif+ culture, sports, loisirs</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Saint-André-de-Cubzac</t>
+        </is>
+      </c>
+      <c r="F120" s="1" t="inlineStr">
+        <is>
+          <t>Centre communal d'action sociale (CCAS) de Saint-André-de-Cubzac</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Dispositif&amp;#43; se traduit par une participation financière à hauteur de 60€ maximum.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est proposée une fois par an et par personne. Ce dispositif d&amp;#039;aide est exclusivement réservé à une utilisation dans les associations, clubs, ou organismes de la commune de Saint-André-de-Cubzac pour des activités culturelles, sportives ou de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi le CCAS peut participer au financement d&amp;#039;une licence de sport pour un enfant, une inscription à une activité de loisir, à l&amp;#039;accès au centre aquatique l&amp;#039;Hippocampe, ou un pass culturel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inscription à des cours de sport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un pass 10 places de cinéma
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un pass illimité pour des spectacles à la salle du Champ de Foire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de tenues ou d&amp;#039;équipements sportifs
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Famille et enfance
+Lutte contre la précarité
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre bénéficiaire du minima social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Condition de ressources du demandeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présenter un devis de la dépense souhaitée dans la structure choisie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisir un organisme de Saint-André-de-Cubzac exclusivement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Saint-André-de-Cubzac</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>http://saintandredecubzac.fr</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:social&amp;#64;saintandredecubzac.fr" rel="noopener" target="_blank"&gt;
+  social&amp;#64;saintandredecubzac.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 57 45 10 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>pierre.coussy@saintandredecubzac.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae60-dispositif-culture-sports-loisirs/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I121" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J121" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>119919</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé financièrement pour les frais d'inscription à un club ou une association sportive ou culturelle</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Pass'Sports &amp; Culture</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Saint-Germain-le-Châtelet
+Communauté de Communes des Vosges du Sud (CCVS)</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participation aux frais d&amp;#039;inscription à un club ou une association sportive ou culturelle, dans la limite de 30€ par jeune et par an (prise en charge maximale de 15€ par la mairie &amp;#43; 15€ par la CCVS)
+&lt;/p&gt;
+&lt;p&gt;
+ S&amp;#039;adresse aux enfants et jeunes de 3 à 18 ans domiciliés sur le Territoire de la CCVS.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en bénéficier :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   téléchargez l&amp;#039;attestation sur le site de la CCVS https://www.ccvosgesdusud.fr/pass-sports-et-culture.htm (disponible également en mairie)
+  &lt;/li&gt;
+  &lt;li&gt;
+   faites compléter l&amp;#039;attestation en mairie avec pièce d&amp;#039;identité de l&amp;#039;enfant, justificatif de domicile des parents et coordonnées de l&amp;#039;organisme choisi
+  &lt;/li&gt;
+  &lt;li&gt;
+   remettez l&amp;#039;attestation complétée à l&amp;#039;organisme lors de l&amp;#039;inscription et vous bénéficierez immédiatement de la réduction. L&amp;#039;aide sera ensuite versée directement à l&amp;#039;organisme
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute activité sportive ou culturelle auprès d&amp;#039;un organisme (club, association,...).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Jeunesse
+Accès aux services
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avoir entre 3 et 18 ans
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être domicilié sur le territoire de la CCVS
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir fait compléter l&amp;#039;attestation en mairie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Limité à une aide par personne et par an
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>CC des Vosges du Sud</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ccvosgesdusud.fr/pass-sports-et-culture.htm</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ CCVS
+ &lt;br /&gt;
+ 26 bis Grande Rue - 90170 ETUEFFONT
+ &lt;br /&gt;
+ Téléphone : 03.84.54.70.80
+ &lt;br /&gt;
+ Mail :
+ &lt;a href="mailto:contact&amp;#64;ccvosgesdusud.fr" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;ccvosgesdusud.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mairie de Saint-Germain-le-Châtelet
+ &lt;br /&gt;
+ 3 rue de Bourg - 90110 SAINT GERMAIN LE CHATELET
+ &lt;br /&gt;
+ Téléphone : 03.84.23.71.92
+ &lt;br /&gt;
+ Mail :
+ &lt;a href="mailto:mairie&amp;#64;saint-germain-le-chatelet.fr" rel="noopener" target="_blank"&gt;
+  mairie&amp;#64;saint-germain-le-chatelet.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>mairie@saint-germain-le-chatelet.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f991-passsports-culture/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>165403</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les filières économiques et les acteurs en faveur de la valorisation des ressources locales</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="G143" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA2</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H143" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K143" s="1" t="inlineStr">
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J123" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Culture et identité collective
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;économie des territoires ruraux s&amp;#039;est tournée depuis des dizaines d&amp;#039;années vers l&amp;#039;extérieur et demeure très dépendante de fluctuations sur lesquels ils n&amp;#039;ont aucun contrôle. La crise du Covid puis la crise énergétique ont largement illustré ce fait et la fragilité qu&amp;#039;elles ont provoqué sur le territoire. Certains secteurs sont plus impactés que d&amp;#039;autres. Les acteurs institutionnels et économiques ont entamé, à travers diverses stratégies, un travail pour une autonomie du territoire grâce à la valorisation optimale des ressources présentes localement. Le maintien des activités et le développement de filières de proximité sur les territoires est un enjeu pour les populations et l&amp;#039;attractivité de ces territoires.&lt;/p&gt;&lt;p&gt;Cette fiche action a pour but d&amp;#039;identifier les leviers pour capter le potentiel des ressources directement sur le territoire. Ces ressources concernent notamment:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La requalification des déchets par le réemploi et la réutilisation&lt;/li&gt;&lt;li&gt;La valorisation de la ressource foncière du territoire&lt;/li&gt;&lt;li&gt;La valorisation des productions agricoles et alimentaires grâce à la mise en place de circuits courts et de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;appuyer la création de filières, ainsi que leur développement notamment par le soutien à des chainons manquants dans la chaine de la filière. Ces actions ont aussi pour but de valoriser les dynamiques de création d&amp;#039;emploi, notamment par des initiatives sociales et solidaires : actions de réutilisation des déchets, revalorisation des friches en changeant de destination par exemple, ou encore soutien à des acteurs dans les chaines de valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions:&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.1 : Développer le réemploi des matériaux et déchets&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.1.1 : &lt;/strong&gt;&lt;span&gt;Appui à l&amp;#039;émergence de filières et aux initiatives de réemploi, de réutilisation et de recyclage&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de low-tech&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.3 :&lt;/strong&gt;&lt;span&gt; Appui aux systèmes innovants de lutte contre le gaspillage alimentaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.2 : Revaloriser les friches agricoles, résidentielles et industrielles du territoire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.2.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux actions de valorisation du foncier communal en friche&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.2 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des terres et bâti agricole&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.3 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des bâtiments résidentiels et commerciaux abandonnés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.3 : Accompagner les structures valorisant les ressources locales &lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.3.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation des produits issus de ressources locales&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.2 :&lt;/strong&gt;&lt;span&gt; Actions favorisant l&amp;#039;alimentation en circuit court&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.3 :&lt;/strong&gt;&lt;span&gt; Actions de mise en valeur de la ressource oenotouristique du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.4 : Accompagner les structures valorisant les ressources archéologiques et le patrimoine vernaculaire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.4.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation et restauration du patrimoine archéologique et du patrimoine vernaculaire&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.4.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux projets participatifs permettant la valorisation du patrimoine archéologique et du patrimoine vernaculaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ressourcerie du bâtiment, déchets du bâtiment, développement de la consigne, soutien aux démarches de valorisation des déchets verts, formation et ateliers sur les démarches, lowtech, centre lowtech, commerce lowtech, repair café, participation aux évènements et salons lowtech hors territoire, centre de tri et réutilisation des textiles, etc. ;&lt;/li&gt;&lt;li&gt;Etude pour la réouverture d&amp;#039;une friche bâtie agricole, enquêtes de proximité, accompagnement à maitrise d&amp;#039;ouvrage, etc. ;&lt;/li&gt;&lt;li&gt;Création d&amp;#039;une unité de création de biomatériaux locaux, soutien aux entreprises transformant localement des ressources locales, campagne de promotion innovante, soutien de filières émergentes et entreprises de ces filières, accompagnement à la relocalisation de la filière alimentaire, mise en valeur de la ressource oenotouristique du territoire, etc. ;&lt;/li&gt;&lt;li&gt;Chantier participatif de restauration du patrimoine, action de valorisation et de vulgarisation d&amp;#039;un patrimoine archéologique, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
 Musée
-Sports et loisirs
-[...1 lines deleted...]
-Espaces verts
+Friche
 Transition énergétique
-Personnes âgées
-[...5 lines deleted...]
-Alimentation
+Recyclage et valorisation des déchets
 Commerces et services
-Tiers-lieux
+Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Economie sociale et solidaire
-[...4 lines deleted...]
-Accessibilité
+Consommation et production
+Bâtiments et construction
+Réhabilitation
 Attractivité économique
-Mobilité partagée
-[...18 lines deleted...]
-      <c r="T143" s="1" t="inlineStr">
+Artisanat
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P123" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q123" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous&lt;/u&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-filieres-economiques-et-les-acteurs-en-faveur-de-la-valorisation-des-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G144" s="1" t="inlineStr">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>165314</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>[FORMATION] Scénariser la visite d’un lieu culturel avec l’application Pégase</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé : Atelier Canopé 21 Dijon
+Réseau Canopé : Atelier Canopé 71 Macon
+Réseau Canopé : Atelier Canopé 58 Nevers
+Réseau Canopé : Atelier Canopé 70 Vesoul
+Réseau Canopé : Atelier Canopé 89 Auxerre
+Réseau Canopé : Atelier Canopé 90 Belfort
+Réseau Canopé : Atelier Canopé 25 Besançon
+Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
+Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​L’application payante Pégase, proposée par Réseau Canopé, permet de mettre en oeuvre des activités ludiques pour diversifier la médiation culturelle et ainsi faire découvrir les lieux et les collections. ​Cette formation de 6 heures permet d’apprendre à concevoir des jeux de piste sur application mobile pour les rendre disponibles sur les matériels numériques de la structure comme sur ceux des visiteurs. &lt;/p&gt;&lt;p&gt;​&lt;strong&gt;​Contenu de la formation :  &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;​Installation de l’application et des parcours. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;​Présentation du catalogue. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;​Présentation et test des possibilités de Pégase. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;​Construction et publication d’un premier jeu de piste.​ &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​Scénariser la visite d’une exposition &lt;/p&gt;&lt;p&gt;​Favoriser la découverte du patrimoine local à travers un jeu de piste &lt;/p&gt;&lt;p&gt;​Découvrir un livre ou un album à travers une activité ludique avec les plus jeunes &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​Public cible : PERSONNELS DES RESEAUX DE LECTURE PUBLIQUE, MÉDIATEURS CULTURELS.&lt;/p&gt;&lt;p&gt;Session de 15 participants au maximum​ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank" rel="noreferrer noopener"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt;​ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>christel.renaud@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/scenariser-la-visite-dun-lieu-culturel-avec-lapplication-pegase/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>165289</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>LEADER</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Grand Beauvaisis (PETR)</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...2 lines deleted...]
-      <c r="H144" s="1" t="inlineStr">
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
-Ingénierie financière</t>
-[...7 lines deleted...]
-      <c r="K144" s="1" t="inlineStr">
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N144" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen issu de la Politique Agricole Commune (PAC) ayant pour objectif le développement des zones rurales. Il s&amp;#039;inscrit dans le Fond Européen Agricole pour le Développement Rural (FEADER).&lt;/p&gt;&lt;p&gt;Le Pôle Territorial du Grand Beauvaisis (PETR) porte un nouveau programme LEADER pour la période 2023 - 2027. Ce nouveau programme repose sur une Stratégie Locale de Développement (SDL) intitulée &amp;#34; LEADER, le sens du collectif pour agir plus durablement et efficacement dans le Grand Beauvaisis&amp;#34;. Cette SLD a été construite à partie des priorités retenues en réponse aux enjeux et besoins du territoire.&lt;/p&gt;&lt;p&gt;Les objectifs stratégiques
+sont les suivants :&lt;/p&gt;&lt;p&gt; 1 : Améliorer
+l’organisation des mobilités alternatives à l’usage individuel de la voiture,&lt;/p&gt;&lt;p&gt; 2 : Agir pour consommer
+et produire plus durablement dans le Grand Beauvaisis,&lt;/p&gt;&lt;p&gt; 3 : Accroître
+l&amp;#039;attractivité touristique du Grand Beauvaisis pour ses habitants et ses
+visiteurs.&lt;/p&gt;&lt;p&gt;La stratégie locale de développement 2023 - 2027 du GAL du Grand Beauvaisis se décline en 4 fiches actions thématiques et comprennent les priorités retenues en réponse aux enjeux et besoins du territoire:&lt;/p&gt;&lt;p align="center"&gt;1: Préparation et mise en œuvre des
+activités de coopération du GAL,&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;2: Engager le territoire en faveur des
+solutions de mobilité alternatives,&lt;/p&gt;&lt;p align="center"&gt;3: Favoriser la coordination des acteurs propice
+au développement de filières locales ,&lt;/p&gt;&lt;p align="center"&gt;4: Créer les conditions d’émergence d’une
+destination touristique en Grand Beauvaisis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types de projets:&lt;/p&gt;&lt;p&gt;* projet de coopération&lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de service
+permettant le déploiement des mobilités douces&lt;/p&gt;&lt;p&gt;* projets
+visant à développer l’intermodalité, le covoiturage, l’autopartage&lt;/p&gt;&lt;p&gt;* projets de petits
+aménagements et équipements en faveur de la mobilité douce&lt;/p&gt;&lt;p&gt;* projets d&amp;#039;aménagements et équipements contribuant à la
+sensibilisation des habitants du territoire et des entreprises aux transitions &lt;/p&gt;&lt;p&gt;* projets d&amp;#039;aménagements et équipements pour l’amélioration et le développement de
+filières locales &lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de service participant à la structuration et/ou à
+l’émergence de filières locales&lt;/p&gt;&lt;p&gt;* projets visant à développer une offre de
+service favorisant la sensibilisation des habitants du territoire et des entreprises aux transitions&lt;/p&gt;&lt;p&gt;* projets
+visant à développer une offre de service adaptée aux attentes de clientèles cibles dans une logique d’attractivité globale&lt;/p&gt;&lt;p&gt;* projets de création d’offres touristiques
+nouvelles identifiées par la mise en œuvre de la stratégie touristique &lt;/p&gt;&lt;p&gt;* projets de petits
+aménagements et équipements participant à la
+valorisation des sites touristiques &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
 Musée
 Tourisme
-Spectacle vivant</t>
-[...12 lines deleted...]
-      <c r="S144" s="1" t="inlineStr">
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P125" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2025</t>
+        </is>
+      </c>
+      <c r="Q125" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité de votre projet pour candidater au LEADER :&lt;/p&gt;&lt;p&gt;*Votre projet se réalise sur le périmètre des cinq intercommunalités membres du PETR du Grand Beauvaisis: Communauté d’agglomération du Beauvaisis,  Communauté de communes de l’Oise Picarde, Communauté de communes du Pays de Bray, Communauté de communes de la Picardie Verte et Communauté de Communes du Clermontois,&lt;/p&gt;&lt;p&gt;*Vous représentez une association, une entreprise, une collectivité territoriale ou tout autre structure d’ordre privé ou public,&lt;/p&gt;&lt;p&gt;*Votre projet s’inscrit au travers des axes thématiques prioritaires 2023 - 2027 définis par le GAL,&lt;/p&gt;&lt;p&gt;*Vous n&amp;#039;avez pas encore engagé de dépenses sur votre projet (attention, les dépenses engagées avant le dépôt d&amp;#039;une demande d&amp;#039;aide ne pourront pas être prises en compte pour le LEADER).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Grand Beauvaisis</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://grandbeauvaisis.fr/nos-actions-et-reflexions/leader/</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://euro-pac.hautsdefrance.fr/sub/tiers/authentification</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Magalie MAUDUIT, Animatrice Leader au PETR du Grand Beauvaisis&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;03.44.15.68.86&lt;/p&gt;
+&lt;p&gt;&amp;#64; &lt;a href="mailto:m.mauduit&amp;#64;beauvaisis.fr"&gt;m.mauduit&amp;#64;beauvaisis.fr&lt;/a&gt; OU &amp;#64; &lt;a href="mailto:leader&amp;#64;grandbeauvaisis.fr"&gt;leader&amp;#64;grandbeauvaisis.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Vanessa MONSTERLET, Gestionnaire Finances Générales - Gestionnaire Leader au PETR du Grand Beauvaisis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;03.44.15.68.69&lt;/p&gt;&lt;p&gt;&amp;#64; &lt;a href="mailto:v.monsterlet&amp;#64;beauvaisis.fr"&gt;v.monsterlet&amp;#64;beauvaisis.fr&lt;/a&gt; OU &amp;#64; &lt;a href="mailto:leader&amp;#64;grandbeauvaisis.fr"&gt;leader&amp;#64;grandbeauvaisis.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>m.mauduit@beauvaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-lies-au-developpement-rural/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G145" s="1" t="inlineStr">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>90731</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'organisation de manifestations culturelles</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Manifestations culturelles</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...2 lines deleted...]
-      <c r="H145" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I145" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="N145" s="1" t="inlineStr">
+      <c r="I126" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Nouvelle-Aquitaine accompagne l&amp;#039;organisation des manifestations culturelles implantées sur l&amp;#039;ensemble de son territoire en cohérence avec un des axes majeurs de sa politique culturelle : l&amp;#039;aménagement culturel durable du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement culturel durable du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diversité des expressions artistiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès à la culture pour l&amp;#039;ensemble des personnes et notamment les jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partenariats et ancrage territorial
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Budget plancher de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  20 000 € pour les esthétiques suivantes : spectacle vivant, musiques, cinéma.
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 000 € pour les esthétiques : livre, arts plastiques, langues et cultures régionales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Valorisation des contributions volontaires en nature: Le budget prévisionnel peut intégrer des contributions volontaires relatives au bénévolat, à la mise à disposition gratuite de prestations et de biens. Ce montant ne peut excéder 30% du budget prévisionnel global ; il doit apparaître en dépenses et recettes.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond du taux d&amp;#039;aide : 20% du budget.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
-Jeunesse
-[...13 lines deleted...]
-Prévention des risques
 Spectacle vivant
 Médias et communication
-Bibliothèques et livres
-[...3 lines deleted...]
-      <c r="O145" s="1" t="inlineStr">
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q145" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S145" s="1" t="inlineStr">
+      <c r="Q126" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2026</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fin de dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avant le 31 décembre 2020 pour les manifestations ayant lieu entre le 1er janvier et le 31 mai 2021,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant le 28 février 2021 pour les manifestations ayant lieu entre le 1er juin et le 30 septembre 2021,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant le 30 avril 2021 pour les manifestations ayant lieu entre le 1er octobre et le 31 décembre 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etude des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vie d&amp;#039;un dossier après son dépôt par voie dématérialisée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Envoi d&amp;#039;un accusé de réception d&amp;#039;enregistrement du dossier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction par le service d&amp;#039;un accusé de réception de dossier complet ou incomplet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction de la demande par le service &amp;#34;Aménagement culturel du territoire&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echanges entre le porteur de projets et le service instructeur, si besoin, pour des éléments ou pièces complémentaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des projets en Commission Permanente avec vote des élus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Notification d&amp;#039;attribution ou de refus selon la décision des élus.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prise de décision :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La décision est prise en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé (association, entreprise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit public (Collectivité, établissement public)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le service instructeur de la Région étudie l&amp;#039;ensemble de votre dossier de demande et les pièces justificatives fournies.
+ &lt;br /&gt;
+ L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un ancrage territorial par des partenariats avec des structures locales notamment culturelles et artistiques et par l&amp;#039;implication des habitants dans la mise en œuvre de la manifestation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Se dérouler à une fréquence annuelle ou biannuelle :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Pour le spectacle vivant et le cinéma : avec une programmation d&amp;#039;au moins 6 propositions professionnelles différentes sur une durée minimale de 2 jours,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour le livre : sur une durée minimale de 2 jours,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les arts plastiques et visuels : sur une durée minimale de 4 jours.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre soutenu financièrement par au moins une collectivité locale dont celle du lieu de réalisation de la manifestation, que ce soit en subvention ou en valorisation par mise à disposition de compétences ou de matériels.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/manifestations-culturelles</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e30e-manifestations-culturelles/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C146" s="1" t="inlineStr">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>164421</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
-[...328 lines deleted...]
-      <c r="E148" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.1 "Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire"</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I148" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J148" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
+        <is>
+          <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
+transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être identifiés tels que :&lt;/p&gt;&lt;p&gt;− La diversification du tissu touristique autour de valeurs partagées ;&lt;/p&gt;&lt;p&gt;− La montée en gamme de l’offre proposée à la fois par une meilleure structuration de celle-ci et une meilleure valorisation des atouts du territoire ;&lt;/p&gt;&lt;p&gt;− L&amp;#039;amélioration de la capacité d’accueil notamment en prenant en compte tous les types de publics (famille, séniors, personnes en situation de handicap, affinitaires, couples jeunes sans enfants, etc.) ;&lt;/p&gt;&lt;p&gt;− La nécessité de faire redécouvrir le territoire aux habitants en faisant également des sites touristiques des lieux de vie, de loisirs et de rencontre pour les populations locales.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la médiation et l’accessibilité des sites pour un accueil facilité de tous&lt;/p&gt;&lt;p&gt;− Mettre en valeur et préserver de manière innovante les sites et patrimoines emblématiques&lt;/p&gt;&lt;p&gt;− Faire découvrir le territoire à travers les itinérances&lt;/p&gt;&lt;p&gt;− Garantir une qualité d’accueil&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la biodiversité dans les projets d’aménagement touristique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources (foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets structurants de :&lt;/p&gt;&lt;p&gt;− Valorisation touristique et d’amélioration de conditions d’accueil des visiteurs sur des sites patrimoniaux ;&lt;/p&gt;&lt;p&gt;− Développement de l’offre touristique et d’amélioration de conditions d’accueil des visiteurs en lien avec des sites et activités de pleine nature, des grandes itinérances, des circuits patrimoniaux locaux et leurs connexions entre eux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisitions de matériels et d’équipement ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;− Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de développement touristique éligibles au dispositif 7.5.2.5 du FEDER.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− La création, rénovation ou modernisation d’hébergements touristiques (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel non liées à une activité touristique (éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;− Les initiatives culturelles particulièrement innovantes dont l’objectif principal est la valorisation des centres-bourgs et favorisant le bien-vivre ensemble (éligible à l’AAP 3.1-2) ;&lt;/p&gt;&lt;p&gt;− Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; : un projet structurant est un projet dont la finalité est de participer à l’attractivité du territoire. Cette notion peut s’apprécier au regard des critères suivants :&lt;/p&gt;&lt;p&gt;− Le périmètre de son rayonnement participant à l’attractivité du territoire ;&lt;/p&gt;&lt;p&gt;− La mise en place des organisations, réseaux ou des outils ayant un impact en termes de synergie et de développement pour une communauté, une filière, le territoire ;&lt;/p&gt;&lt;p&gt;− Générer ou appuyer d’autres projets ;&lt;/p&gt;&lt;p&gt;− Fédérer des acteurs locaux d’horizons différents autour d’un objectif commun.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Handicap
+Accès aux services
+Paysage
+Accessibilité
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P127" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q127" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets concernant des musées devront justifier d’un projet d’établissement ou d’une démarche scientifique et culturelle valide ou en cours d’élaboration. Un justificatif sera demandé au porteur de projet à la demande d’aide.&lt;/p&gt;&lt;p&gt;• Seront éligibles uniquement les projets répondant à la définition des sites et activités présentés à l’annexe 1.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à la définition de projet structurant (cf. 1.3. Définition). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les acquisitions de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie, réseaux divers et d’entretien des chemins ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Ce taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.1_VALORISATION_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+04 74 87 52 01&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-le-patrimoine-local-les-activites-touristiques-en-ameliorant-les-conditions-daccueil-des-visiteurs-du-gal-loire/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>164416</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I128" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J128" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M148" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P148" s="1" t="inlineStr">
+      <c r="P128" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q148" s="1" t="inlineStr">
+      <c r="Q128" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
         </is>
       </c>
-      <c r="W148" s="1" t="inlineStr">
+      <c r="W128" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
 04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C149" s="1" t="inlineStr">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>164286</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G149" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I129" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;2.1     
+Créer du lien et
+de l’interrelation : « faire territoire ensemble »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.1.1    
+Mettre en réseau
+les acteurs&lt;/p&gt;&lt;p&gt;2.1.2    Améliorer la
+communication pour rendre l’offre accessible à tous&lt;/p&gt;&lt;p&gt;2.1.3    Encourager et
+valoriser le bénévolat par la formation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.2     
+Développer l’offre
+culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk155954921"&gt;&lt;strong&gt;2.3     
+Renforcer le
+maillage des équipements culturels&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.4     
+Préserver,
+valoriser, transmettre les patrimoines et matrimoines&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.4.1     Sauvegarder le patrimoine emblématique,
+remarquable, rare et favoriser sa découverte&lt;/p&gt;&lt;p&gt;2.4.2     Favoriser la transmission intergénérationnelle et
+la collecte de mémoires&lt;/p&gt;&lt;p&gt;2.4.3  Créer, accompagner et mettre en réseau les lieux
+d’interprétation, de conservation et de découverte&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.5     
+Créer des
+aménagements paysagers et accompagner les réseaux paysagers&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création d’outils de communication, etc. ;&lt;/li&gt;&lt;li&gt;Résidence contextuelle, pratique artistique,
+création participative, offre/spectacles          itinérants, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’une salle
+culturelle, achat d’une scène mobile, etc. ;&lt;/li&gt;&lt;li&gt;Création et aménagement de
+lieux d’interprétation, montage d’expositions, etc. ;&lt;/li&gt;&lt;li&gt;Aménagement de points de
+vue, journées de sensibilisation, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Paysage
+Animation et mise en réseau
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q129" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les festivals, saisons
+et événements culturels pourront être aidés 2 ans maximum (soit un projet
+sur 2 ans ou 2 mêmes projets d’un an), pendant la durée du programme. Seules les opérations présentant un financement d’un EPCI
+seront éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>103383</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets des musées œuvrant à la valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux projets des musées œuvrant à la valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région accompagne les musées de France, dont les projets favorisent la découverte des collections constitutives du patrimoine francilien. Très ancrés dans les territoires franciliens, ces musées contribuent à un accès à la culture pour tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Ouverture permanente
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement doit être labellisé « Musée de France ».
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40% maximum des dépenses éligibles liées au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 30.000€.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de valorisation (expos physiques ou virtuelles, journées d&amp;#039;étude, site internet, publications, documentaires...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de médiation  (cartes et itinéraires papier ou numériques, livrets de visite, outils numériques, multimédia, parcours d&amp;#039;interprétation...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs pédagogiques (mallettes pédagogiques, Moocs, supports de visite à destination des jeunes...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Événements rayonnant à l&amp;#039;échelle de l&amp;#039;Île-de-France.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Une attention particulière sera portée à la qualité des contenus, à l&amp;#039;originalité et la pertinence des outils ou actions proposés, et à leur adéquation avec les publics ciblés.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-aux-projets-des-musees-oeuvrant-la-valorisation-du-patrimoine</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;br /&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/77f9-aide-aux-projets-des-musees-uvrant-a-la-valor/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>121764</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, la restauration, l'aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est plafonnée à 1 000 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Soutien à la numérisation des collections :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le taux d&amp;#039;intervention est de 30 % maximum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses éligibles correspondent au coût d&amp;#039;acquisition du logiciel et des prestations de numérisation et d&amp;#039;indexation, hors coût du contrat de garantie et de maintenance.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est plafonnée à 30 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  .Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ &lt;span&gt;
+  , la plateforme des aides régionales.
+ &lt;/span&gt;
+</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-construction-la-restauration-lamenagement-des-musees-et-la-numerisation-des-collections</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c054-aide-a-la-construction-la-restauration-lamena/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>164171</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Développer et valoriser le territoire par le Slow Tourisme</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Slow Tourisme : Fiche-action 3 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I149" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I132" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J149" s="1" t="inlineStr">
-[...166 lines deleted...]
-      <c r="K150" s="1" t="inlineStr">
+      <c r="J132" s="1" t="inlineStr">
+        <is>
+          <t>70 000 € d'aide maxi</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
-[...288 lines deleted...]
-      <c r="N152" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;/strong&gt;&lt;br /&gt;Le
+territoire du GALest propice au développement d&amp;#039;un tourisme &amp;#34;différent&amp;#34; qui
+propose une découverte des milieux naturels, des produits locaux, du patrimoine
+et de ses habitants... Il s&amp;#039;agit d&amp;#039;un tourisme respectueux du territoire, qui
+favorise l&amp;#039;itinérance douce et qui invite à regarder, à prendre son temps. Ce
+type de tourisme est favorable à l’épanouissement, au bien-être, des touristes
+comme des habitants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;br /&gt;&lt;/strong&gt;- Favoriser l’itinérance douce pour relier les sites
+touristiques du territoire&lt;br /&gt;- Développer des actions permettant l’immersion,
+l’initiation, la découverte du territoire, de son histoire, de sa culture&lt;br /&gt;- Être un territoire plus inclusif par les vecteurs
+touristiques et culturels&lt;br /&gt;- Sensibiliser les acteurs locaux aux enjeux du tourisme
+durable&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Etudes préalables, aménagements d’itinéraires doux
+touristiques, services et équipements liés&lt;br /&gt;- Equipements, services et aménagements pour favoriser
+la pratique d’activités en lien avec les milieux naturels du type pêche,
+navigation…&lt;br /&gt;- Actions de découverte insolite / innovante,
+pédagogiques, du territoire, de son histoire et de ses savoir-faire (y compris
+l’agriculture, l’artisanat et l’industrie locale)&lt;br /&gt;- Actions d’animation et aménagements de sites
+touristiques inclusifs : personnes en situation de handicap, publics
+vulnérables (personnes âgées, jeunes enfants, familles aux revenus modestes…)&lt;br /&gt;- Actions culturelles (animation, médiation) liées aux
+thématiques de la résilience&lt;br /&gt;- Projets mêlant différentes sphères (artistique,
+culturelle, loisir, environnementale…), différents types d’activités (agricole,
+artisanat, ressourcerie…)&lt;br /&gt;- Actions de formation et d’information des prestataires
+et de la clientèle au tourisme durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
-Friche
-[...18 lines deleted...]
-      <c r="O152" s="1" t="inlineStr">
+Tourisme
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P152" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q152" s="1" t="inlineStr">
+      <c r="Q132" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T152" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements,
+matériels, mobiliers, panneaux et signalétiques dédiés à l’opération&lt;br /&gt;- Travaux
+d&amp;#039;aménagement et de réhabilitation d’itinéraires et de sites touristiques&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
+d’animation&lt;br /&gt;- Dépenses de communication : création, impression
+et diffusion de documents et de supports papiers, multimédias, outils
+numériques&lt;br /&gt;- Acquisition ou développement de logiciels
+informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
+commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
+traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
+notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
+personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-valoriser-le-territoire-par-le-slow-tourisme/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G153" s="1" t="inlineStr">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>116475</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les centralités et les intercommunalités du Calvados via les contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...7 lines deleted...]
-      <c r="H153" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K153" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J133" s="1" t="inlineStr">
+        <is>
+          <t>Taux variables en fonction de la nature des projets, des enjeux locaux, des priorités départementales et bonus mobilisables.</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="N153" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec près de 700 000 habitants, le Calvados connaît une croissance démographique régulière. Le Département, garant de la solidarité territoriale, subventionne de nombreux équipements publics qui participent à la qualité de vie des habitants quel que soit leur âge : gymnases, médiathèques, crèches, mais aussi équipements touristiques, résidences autonomies pour les seniors ou encore pépinières d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un socle de discussion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les accords Calvados 2030 seront signés entre le Département, les Établissements publics de coopération intercommunale (EPCI) et les communes pôle sur chaque territoire. Ils comprendront une feuille de route de projets envisagés par les collectivités pour les années à venir, ainsi que les projets départementaux programmés par le Département (collèges, routes, ports...) et constitueront le socle de discussion entre le Département et les collectivités signataires des contrats de territoire 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les contrats de territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conclus entre le Département, les EPCI et les communes pôles principaux et secondaires du Calvados (et syndicats intercommunaux en fonction des projets éligibles), les contrats de territoire permettent aux collectivités signataires de bénéficier d&amp;#039;aides financières en investissement pour leurs projets d&amp;#039;aménagement et d&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Entre 2017 et 2021, 60 millions d&amp;#039;euros ont été consacrés aux contrats de territoire. Entre 2022 et 2026, ce sont 100 millions d&amp;#039;euros supplémentaires qui seront mobilisés par le Département pour soutenir les projets des collectivités à travers les contrats de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Renforcer les centralités du Calvados, préserver l&amp;#039;environnement et lutter contre le dérèglement climatique, favoriser la solidarité entre les hommes et entre les territoires sont les grandes ambitions de cette nouvelle politique territoriale. L&amp;#039;objectif est de faire du Calvados un département où il fait bon vivre, où chaque habitant a accès en un temps réduit à des services de qualité, afin de s&amp;#039;épanouir pleinement à tout âge de la vie (équipements sportifs, de lecture publique, d&amp;#039;accueil de spectacles, de petite enfance, bâtiments publics isolés énergétiquement, accessibles aux personnes à mobilité réduite, aménagements et équipements adaptés aux seniors, itinéraires cyclables de qualité, eau et espaces naturels préservés et accessibles au public...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Priorites_2030.jpeg" /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Eau potable
-Eau pluviale
 Assainissement des eaux
-Eau souterraine
-[...3 lines deleted...]
-Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
-Sols
 Espaces verts
 Espace public
 Friche
+Voirie et réseaux
+Transition énergétique
 Economie d'énergie et rénovation énergétique
-Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
-Famille et enfance
-[...4 lines deleted...]
-Citoyenneté
 Santé
-Alimentation
-[...2 lines deleted...]
-Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
-Innovation, créativité et recherche
 Risques naturels
-Qualité de l'air
-Biodiversité
 Equipement public
 Réhabilitation
+Logement et habitat
 Paysage
-Accessibilité
-[...2 lines deleted...]
-International
 Attractivité économique
-Appui méthodologique
-[...6 lines deleted...]
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
-Médias et communication
-Réduction de l'empreinte carbone
 Bibliothèques et livres
-Inclusion numérique
-[...23 lines deleted...]
-      <c r="S153" s="1" t="inlineStr">
+Milieux humides
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé transmise à réception du dossier complet au stade résultat d&amp;#039;appel d&amp;#039;offre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucune prorogation de ces délais ne pourra être accordée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets non éligibles : projets inférieurs à 50.000€ HT ; projets non éligibles dans le cadre de l&amp;#039;APCR et de l&amp;#039;APCR&amp;#43; ; travaux de construction ou rénovation de salles communales ou intercommunales louées aux privés (sauf si usage mutualisé et travaux de rénovation énergétique permettant d&amp;#039;atteindre une amélioration de 40% ou la classe C) ; projets ne répondant pas aux critères d&amp;#039;éligibilité départementaux ; projets de plus de 100.000€ HT ne répondant pas aux critères d&amp;#039;éco-conditionnalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *Le seuil de 50.000€ de dépenses éligibles est réduit à 1.000€ pour l&amp;#039;adressage et à 5.000€ pour les projets de développement de services aux usagers et de mise en réseau en bibliothèque (dont les véhicules électriques à l&amp;#039;usage des bibliothèques, RFID...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...34 lines deleted...]
-      <c r="AA153" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/calvados-territoires-2030</t>
+        </is>
+      </c>
+      <c r="W133" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.teleservices.calvados.fr/pmc-communes/</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+  territoires&amp;#64;calvados.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9695-accompagner-les-centralites-du-calvados/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>117484</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseiller aux décideurs locaux (CDL)
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
  &lt;br /&gt;
  &lt;br /&gt;
  La mise en place de ce nouvel interlocuteur permet :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -34921,90 +29026,90 @@
  &lt;li&gt;
   de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aide dans la confection d&amp;#039;un budget
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une analyse financière
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de nouveaux moyens de paiement
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la décision en matière financière et fiscale
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Simulations fiscales
  &lt;/li&gt;
  &lt;li&gt;
   Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement le déploiement du nouveau référentiel comptable M57
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement dans la rationalisation des régies
  &lt;/li&gt;
  &lt;li&gt;
   Suivi et gestion des marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Promotion de la démarche partenariale (CSCF et EP)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -35029,941 +29134,6098 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P154" s="1" t="inlineStr">
+      <c r="P134" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>117403</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Aider les collectivités pour leurs recherches et leurs études historiques</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Diffuser les ressources des Archives départementales et les mettre à disposition des territoires :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Conseils sur les instruments de recherche, sur la méthode à mettre en œuvre ou les acteurs à associer pour développer un projet historique
   &lt;/li&gt;
   &lt;li&gt;
    Participation à la conception de projets sur l&amp;#039;histoire de la commune, éventuellement subventionnable.
   &lt;/li&gt;
   &lt;li&gt;
    Communications d&amp;#039;actes à des fins légales
   &lt;/li&gt;
   &lt;li&gt;
    Expertise sur l&amp;#039;héraldique (blasons) et la paléographie (connaissance des écritures anciennes)...
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Gratuit si conseil /
  Selon tarif si fournitures de photocopies et dans le respect du règlement sur la réutilisation des données publiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Appui méthodologique
 Valorisation d'actions
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W155" s="1" t="inlineStr">
+      <c r="W135" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/10df-aider-les-colletcivites-pour-leurs-recherches/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>117399</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la prise de compétence culture et son développement</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre aux communes et EPCI de définir leur politique culturelle :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etat des lieux du territoire
   &lt;/li&gt;
   &lt;li&gt;
    Diagnostic et préconisations
   &lt;/li&gt;
   &lt;li&gt;
    Réalisation d&amp;#039;une étude du territoire par la rencontre des acteurs concernés
   &lt;/li&gt;
   &lt;li&gt;
    Constitution d&amp;#039;un comité de pilotage pour le suivi de la réalisation de l&amp;#039;étude jusqu&amp;#039;à la remise des préconisations
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Appui méthodologique
 Animation et mise en réseau
 Médias et communication</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W156" s="1" t="inlineStr">
+      <c r="W136" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56ee-accompagner-les-collectivites-dans-la-prise-d/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>117400</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer le patrimoine mobilier protégé ou non protégé (statuaire, tableau,…)</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre aux communes et aux particuliers de conserver et de protéger des œuvres et objets d&amp;#039;art :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Expertise
   &lt;/li&gt;
   &lt;li&gt;
    Diagnostic
   &lt;/li&gt;
   &lt;li&gt;
    Préconisations
   &lt;/li&gt;
   &lt;li&gt;
    Repérage in situ des antiquités et objets d&amp;#039;art concernés.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Prestation assurée par la Direction des Affaires Culturelles.
 &lt;/p&gt;
 &lt;p&gt;
  Co-financement possible sur la restauration.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Bâtiments et construction
 Réhabilitation
 Architecture
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W157" s="1" t="inlineStr">
+      <c r="W137" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f6a1-preserver-et-restaurer-le-patrimoine-mobilier/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>117401</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Conserver et valoriser des collections muséales</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les communes et EPCI dans leur projet de création ou de développement d&amp;#039;un musée :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Expertise
   &lt;/li&gt;
   &lt;li&gt;
    Diagnostic
   &lt;/li&gt;
   &lt;li&gt;
    Préconisations
   &lt;/li&gt;
   &lt;li&gt;
    Mise à disposition de documents de référence
   &lt;/li&gt;
   &lt;li&gt;
    Rédaction d&amp;#039;une aide à la définition au projet.
   &lt;/li&gt;
   &lt;li&gt;
    Accompagnement scientifique et stratégique
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Prestation assurée par la Dir. Des Affaires Culturelles.
 &lt;/p&gt;
 &lt;p&gt;
  Co-financement possible selon la nature du projet avec la DRAC Ile-de-France.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Musée
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W158" s="1" t="inlineStr">
+      <c r="W138" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8150-conserver-et-valoriser-des-collections-museal/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>117156</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités à la conception et à la mise en réseau d'équipements culturels</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Participer à la réalisation d&amp;#039;un diagnostic, permettant de définir les besoins, les cibles, les moyens, les stratégies d&amp;#039;aménagement...afin de mettre en réseau un ensemble de partenaires, acteurs, financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  Ingénierie proposée :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Réalisation de diagnostics partagés, animation et apport d&amp;#039;expertise en matière d&amp;#039;aménagement culturel (réunion, note, atelier..).
   &lt;/li&gt;
   &lt;li&gt;
    Mise à disposition du réseau et partage de connaissances sur les dispositifs de soutien.
   &lt;/li&gt;
   &lt;li&gt;
    Outils d&amp;#039;évaluation
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Accompagnement faisant l&amp;#039;objet d&amp;#039;une convention entre le Département et la collectivité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Espace public
 Equipement public
 Appui méthodologique
 Animation et mise en réseau
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W159" s="1" t="inlineStr">
+      <c r="W139" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2b27-conseiller-les-collectivites-a-la-conception-/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G160" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H160" s="1" t="inlineStr">
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K160" s="1" t="inlineStr">
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="N160" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Eau potable
+Eau pluviale
 Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
+Sols
 Espaces verts
 Espace public
 Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>112060</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement des musées de pays et les manifestations touristiques</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux musées de pays, et aux manifestations touristiques</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Doubs</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SOUTIEN AUX MUSEES RURAUX
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;Dans le cadre de sa politique en faveur du développement et à l’aménagement touristique du territoire, le Département apporte un soutien financier aux initiatives locales en termes d’animation des territoires.&lt;/p&gt;&lt;p&gt;Cet appui répond à la volonté exprimée dans le projet C&amp;#64;P 25 de développer une offre de produits et de services qui soit en phase avec les besoins des clientèles et qui contribue à l’attractivité du Doubs.&lt;/p&gt;&lt;p&gt;Dans ce cadre, le Département a élaboré un dispositif permettant de soutenir le programme d’actions annuel des « musées ruraux » du Doubs qui, au regard notamment de leur potentiel en termes d’accueil et par la mise en valeur de traditions et savoir-faire populaires qu’ils proposent, constituent un vecteur d’attractivité touristique du territoire.&lt;/p&gt;&lt;p&gt;
+ Date limite de dépôt des dossiers : 31 mars de l&amp;#039;année N
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  SOUTIEN AUX MANIFESTATIONS TOURISTIQUES DE PROXIMITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;Dans le cadre du projet C&amp;#64;P 25 et plus particulièrement de sa politique d’aménagement touristique et d’animation des territoires, le Département a pour objectif de soutenir financièrement, conjointement avec le bloc communal (communes et groupements), les manifestations locales contribuant à l’attractivité touristique du Doubs et qui ont démontré leur pertinence pour le territoire.&lt;/p&gt;&lt;p&gt;Ces manifestations, qui participent à la promotion des savoir-faire locaux (artisanat, métiers d’art, …) et à la valorisation des filières et produits identitaires du Doubs (gastronomie, productions locales,…) constituent, de ce fait, des vecteurs d’attractivité touristique pour les habitants du Doubs et les clientèles accueillies, et permettent également de diversifier l’offre touristique en termes d’animation des territoires.&lt;/p&gt;&lt;p&gt;
+ Date limite de dépôt des dossiers : 31 mars de l&amp;#039;année N
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Musée
+Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Doubs</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://mademat.doubs.fr/catalogue/soutien-aux-musees/</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>https://mademat.doubs.fr/</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ ☏ : 03.81.25.82.70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>aide.mademat@doubs.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a10-soutenir-le-developpement-des-musees-de-pays-/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>103252</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de restauration et de numérisation d’œuvre d’un fonds patrimonial identifié</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et numérisation d'œuvre d'un fonds patrimonial identifié</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient la préservation et la conservation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié. Constitutives du patrimoine matériel et immatériel, ces archives présentent un réel intérêt à être valorisées auprès du public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux coûts de la restauration de l&amp;#039;œuvre, des travaux de numérisation et d&amp;#039;indexation des données, sur la base du devis présenté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles est plafonné à 1 000 000 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit être financé à hauteur de 20 % minimum par la structure porteuse du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide porte sur les travaux de restauration et de numérisation d&amp;#039;archives photographiques, audiovisuelles, papier qu&amp;#039;elles soient privées ou publiques en lien avec l&amp;#039;histoire et la mémoire de l&amp;#039;Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales. La plateforme sera accessible à compter d&amp;#039;avril 2019.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-restauration-et-numerisation-doeuvre-dun-fonds-patrimonial-identifie</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+&lt;/p&gt;
+&lt;p&gt;
+ Service Patrimoines et inventaire
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+&lt;/p&gt;
+&lt;p&gt;
+ Héloïse Maillé
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 66 27
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ Tél. : 01 53 85 64 72
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;br /&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c39-aide-a-la-restauration-et-numerisation-duvre-/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>103396</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Accroître la collection des musées</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'acquisition exceptionnelle pour les collections des musées</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I143" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région soutient la politique d&amp;#039;acquisition des musées de France dont les collections sont constitutives du patrimoine francilien. Par cette action, elle renforce l&amp;#039;attractivité touristique et culturelle de l&amp;#039;Île-de-France.
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant et taux
+&lt;/h4&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention régional est de 50% maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 80.000€.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à 
+l&amp;#039;exclusion des musées nationaux.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement doit être labellisé « Musée de France ».
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement les acquisitions exceptionnelles d&amp;#039;œuvres, objets ou 
+collections.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce projet d&amp;#039;acquisition doit s&amp;#039;inscrire dans le cadre du projet scientifique et culturel 
+du musée et être cohérent avec la collection existante du musée.
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-dacquisition-exceptionnelle-pour-les-collections-des-musees</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bb46-fonds-dacquisition-exceptionnelle-pour-les-co/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>104724</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Financer les opérations d'inventaire général du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Convention de coopération pour la réalisation d&amp;apos;opérations d&amp;apos;inventaire général du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Mener une opération d&amp;#039;inventaire du patrimoine en partenariat avec les territoires afin de favoriser la connaissance, la mise en valeur et l&amp;#039;appropriation du patrimoine régional par le plus grand nombre.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Reconnaître, connaître et faire connaître.
+ &lt;br /&gt;
+ Créé en 1964 par André Malraux, l&amp;#039;
+ &lt;strong&gt;
+  Inventaire général du patrimoine culturel
+ &lt;/strong&gt;
+ a pour mission de recenser, d&amp;#039;étudier et de faire connaître le patrimoine de la France. Depuis 2007, cette mission relève de la compétence des Régions. Patrimoine architectural et mobilier, urbain et rural, civil et religieux, technique et  industriel, l&amp;#039;Inventaire prend en compte tous les éléments d&amp;#039;un territoire. Selon une approche topographique ou thématique, ce recensement exhaustif, complété d&amp;#039;un travail de recherche, permet d&amp;#039;établir une documentation illustrée complète, homogène et pérenne sur le patrimoine régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conventions de partenariat avec les collectivités et les pays permettent à la Région d&amp;#039;assurer l&amp;#039;encadrement et l&amp;#039;accompagnement scientifique et technique de ces opérations, au titre de sa compétence en matière d&amp;#039;Inventaire général du patrimoine culturel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Sous réserve du vote des crédits correspondants, l&amp;#039;
+ &lt;strong&gt;
+  aide de la Région peut également se traduire par la prise en charge à hauteur de 30 à 50% du poste d&amp;#039;un chargé d&amp;#039;études d&amp;#039;inventaire recruté spécifiquement pour cette mission.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conventions précisent l&amp;#039;objet de l&amp;#039;opération envisagée, le périmètre retenu, la méthodologie mise en œuvre et les objectifs attendus. Elles détaillent l&amp;#039;implication de chacun de partenaires, et s&amp;#039;il y a lieu les conditions budgétaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les livrables d&amp;#039;une opération d&amp;#039;inventaire sont, au minimun, des dossiers électroniques d&amp;#039;inventaire illustrés et établis selon les méthodes de l&amp;#039;Inventaire général, mais ils comprennent également la plupart du temps des formes de valorisation, et notamment la publication d&amp;#039;un ou plusieurs ouvrages mettant en valeur les résultats de l&amp;#039;étude.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/convention-de-cooperation-pour-la-realisation-doperations-dinventaire-general-du-patrimoine-culturel</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, du sport et des associations
+ &lt;br /&gt;
+ Service Patrimoine
+ &lt;br /&gt;
+ Pôle Inventaire
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Fournis
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:Frederic.Fournis&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  &lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+   Frederic.Fournis&amp;#64;paysdelaloire.fr
+  &lt;/p&gt;
+&lt;p&gt;
+ 0228205177
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Procédure :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les territoires intéressés par une opération d&amp;#039;Inventaire général du patrimoine culturel sur leur territoire (commune, pays, département) prennent l&amp;#039;attache du service Patrimoine de la Région afin d&amp;#039;étudier ensemble la pertinence du projet et les conditions de sa mise en œuvre.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La Région élabore ensuite un projet de convention sur le modèle en vigueur, qui est discuté avec le partenaire.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présentées en commission permanente du Conseil régional, ainsi que devant l&amp;#039;instance délibérante du partenaire, les conventions sont pour la plupart établies pour une durée de trois ans, et entrent en vigueur en général au 1er janvier ou au 1er juillet d&amp;#039;une année.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Après la signature de la convention, la subvention annuelle est versée selon les modalités prévues, conformément au règlement budgétaire et financier en vigueur. Pour chacune des années suivantes, un avenant prévoit le versement de la subvention annuelle selon les mêmes modalités.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8ff1-convention-de-cooperation-pour-la-realisation/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
 Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
+Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
 Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>164104</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les initiatives locales, culturelles, patrimoniales et citoyennes</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche action  10</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher: 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs Stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Valoriser l’identité territoriale plurielle autour d’initiatives culturelles, patrimoniales ou citoyennes &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer de la cohésion sociale sur le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir le modèle associatif&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Qualifier et valoriser le patrimoine naturel et culturel local, participant à l’identité du territoire du Calaisis (bâti et non bâti)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Conforter l’offre culturelle et la création artistique, vectrice d’attractivité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Former des ambassadeurs du territoire du GAL&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Améliorer la diffusion de l’offre culturelle&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager les actions de mutualisation, de partenariats, de mise en réseau des structures à vocation artistiques, culturelles, citoyennes ou patrimoniales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Impliquer les habitants dans les projets associatifs &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser la population locale à son environnement proche&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir la création d’associations à vocation artistique, culturelle, citoyenne ou patrimoniales  &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a71c0522-cf33-4d6c-8a23-b2e9d2e1a5a8/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q146" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/725ad43d-eaa8-4c22-b568-02eefef89ed9/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-encourager-les-initiatives-locales-culturelles-patrimoniales-et-citoyennes/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>165531</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités territoriales pour la rénovation de leurs bâtiments tertiaires publics - Fonds CHÊNE - saison 6</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Fonds CHÊNE - saison 6</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l'Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J147" s="1" t="inlineStr">
+        <is>
+          <t>La taux de subvention varie selon les typologies d'action et leurs bénéficiaires (bonus pour les communes rurales notamment)</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds CHÊNE apporte une aide financière aux collectivités territoriales (et assimilées) pour les accompagner dans la phase amont de leurs projets de rénovation énergétique. &lt;/p&gt;&lt;p&gt;A ce titre, le Fonds CHÊNE finance 5 grands lots d&amp;#039;actions complémentaires :&lt;br /&gt;- des postes d&amp;#039;économes de flux&lt;br /&gt;- des outils de suivi et de mesure des consommations&lt;br /&gt;- des études énergétiques&lt;br /&gt;- des études de MOE&lt;br /&gt;- des AMO techniques, juridiques, ou financières&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Financements d&amp;#039;un audit énergétique sur une école ; financement d&amp;#039;un poste d&amp;#039;économe de flux en charge du suivi des consommation de sa collectivité et de piloter des projets de rénovation ; financement de capteurs de température ; financement de la MOE pour la rénovation d&amp;#039;une piscine visant à réduire d&amp;#039;au moins 40% sa consommation d&amp;#039;énergie finale, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P147" s="1" t="inlineStr">
+        <is>
+          <t>13/11/2025</t>
+        </is>
+      </c>
+      <c r="Q147" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Etre une structure éligible à nos aides (collectivité territoriales ou assimilée, voir le détail dans le cahier des charges)  située en France&lt;/p&gt;&lt;p&gt;- Avoir un projet de rénovation énergétique pour son patrimoine tertiaire&lt;/p&gt;&lt;p&gt;- L&amp;#039;action, objet de la subvention, ne doit pas avoir été réalisée&lt;/p&gt;&lt;p&gt;- Respecter les critères d&amp;#039;éligibilité technique et calendaires indiqués dans le cahier des charges CHÊNE&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.programme-cee-actee.fr/public/dossier</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;actee&amp;#64;fnccr.asso.fr&lt;/p&gt;&lt;p&gt;https://programme-cee-actee.fr/contact&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>so.potier@fnccr.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-territoriales-pour-la-renovation-de-leurs-batiments-tertiaires-publics/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>120634</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets culturels et artistiques organisés pendant l’été</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;apos;Été culturel</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F148" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J148" s="1" t="inlineStr">
+        <is>
+          <t>12.000€</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de favoriser la participation à la vie culturelle, le ministère de la Culture apporte son soutien à des projets culturels et artistiques organisées pendant l&amp;#039;été.
+&lt;/p&gt;
+&lt;p&gt;
+ Votre structure propose un projet culturel en été ? Le ministère de la Culture apporte un soutien financier à des projets culturels et artistiques en ce sens, organisés en juillet et en août.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que l&amp;#039;été culturel ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancé en 2020, l&amp;#039;été culturel est une opération nationale visant à
+ &lt;strong&gt;
+  soutenir des propositions artistiques et culturelles
+ &lt;/strong&gt;
+ (concerts, représentations, ateliers, projets participatifs...), toutes disciplines confondues, ayant lieu en juillet et août. Ces  projets peuvent être proposés par une association, un particulier, une collectivité (territoriale, régionale, départementale, communale), un établissement public ou bien un organisme privé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de la démarche
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser la participation à la vie culturelle, avec des
+  &lt;strong&gt;
+   propositions gratuites accessibles à toutes et tous
+  &lt;/strong&gt;
+  , ciblant en particulier les Français ne partant pas en vacances, les jeunes publics et les publics empêchés (personnes âgées résidant en EHPAD, personnes en établissements pénitentiaires, personnes en établissements de soin ou en situation de handicap).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Faciliter
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   l&amp;#039;insertion professionnelle
+  &lt;/strong&gt;
+  des jeunes diplômés d&amp;#039;établissements d&amp;#039;Enseignement Supérieur Culture (ESC).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une attention particulière est portée aux territoires prioritaires
+ &lt;/strong&gt;
+ &lt;span&gt;
+  : les quartiers prioritaires de la politique de la ville et les zones rurales. L&amp;#039;été culturel est un facteur d&amp;#039;attractivité des territoires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Dans le cadre du plan été culturel lancé en 2020, la DRAC des Hauts-de-France a créé le programme de diffusion artistique à es fins d&amp;#039;éducation artistique et culturelle &amp;#34;Plaines d&amp;#039;été&amp;#34; afin de :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  - soutenir directement les artistes et compagnies souhaitant investir la période estivale de propositions d&amp;#039;impromptus artistiques
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   dans des lieux qui ne sont pas dédiés à la culture
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   prenant des formes légères et courtes
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   faisant régulièrement usage de l&amp;#039;effet de surprise
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ - proposer une présence artistique visant en priorité
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   les habitants non forcément usagers de l&amp;#039;offre culturelle
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   qui ne partent pas en vacances.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les impromptus peuvent être suivis d&amp;#039;un moment de médiation et d&amp;#039;échanges avec le public si le lieu / site et le moment retenus s&amp;#039;y prêtent.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  L&amp;#039;association CARMEN, missionnée par la DRAC Hauts de France, a conçu un blog avec des journalistes et des réalisateurs professionnels membres du réseau EMi&amp;#039;cycle – réseau d&amp;#039;acteurs de l&amp;#039;éducation aux médias et à l&amp;#039;information des Hauts-de-France. Le blog &amp;#34;Plaines d&amp;#039;été&amp;#34; jouera un rôle de coordination pour les artistes et permettra de communiquer sur les impromptus artistiques.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Montant de la subvention
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Chaque équipe ou artiste retenu sera accompagnée par la DRAC Hauts-de-France à hauteur de 12 000 €.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Modalités d&amp;#039;attribution de la subvention
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La subvention est versée dans son entièreté dès que les résultats de la commission sont connus et que le dossier de subvention est complet.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Dans le cadre de l&amp;#039;Eté culturel 2022, en Normandie, dix musiciens à vélos ont proposé des concerts, une découverte des instruments baroques, des étapes cyclistes avec le public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une compagnie a proposé dans des quartiers prioritaires de la métropole de Bordeaux des ateliers de médiation ainsi que la création d&amp;#039;un spectacle de danse verticale par les artistes et les habitants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En Martinique, des comédiens ont animé le quotidien des personnes âgées et des équipes de 4 EHPAD. Ces derniers ont découvert la nouvelle création de la compagnie, ont participé à des ateliers et se sont laissés surprendre par des jeux de clown impromptus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En Grand Est, le dispositif Jeunes ESTivants a compté 63 projets artistiques, 210 jeunes artistes et 60 lieux mobilisés en 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont sollicités dans ce cadre des compagnies ou collectifs artistiques, des ensembles musicaux ou vocaux, des regroupements factuels d&amp;#039;artistes, des artistes des arts visuels, des artistes auteurs illustrateurs – tous professionnels souhaitant s&amp;#039;engager collectivement ou individuellement dans la réalisation de ces impromptus.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces artistes et compagnies doivent avoir une expérience professionnelle dans les Hauts-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures culturelles, lieux de diffusion et agences de production ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes ou artistes, volontaires et autonomes, doivent proposer au minimum 10 impromptus artistiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de courte durée (n&amp;#039;excédant pas 45 minutes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  au dispositif technique le plus léger possible
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettant leur diffusion en une grande diversité de lieux/sites et à toutes sortes de moments
+ &lt;/li&gt;
+ &lt;li&gt;
+  se déroulant au cours de la période allant du 1er juin au 30 septembre 2023.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette série peut prendre la forme de différents impromptus sur un même lieu, d&amp;#039;un impromptu identique proposé dans différents lieux ou un mix des deux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/l-ete-culturel</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/dev-culturel_plaines-ete</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur la démarche &amp;#34;Plaines d&amp;#039;été&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC des Hauts-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Publics, territoires et industries culturelles
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:plaines-drac-hauts-de-france&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  plaines-drac-hauts-de-france&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 03 28 36 61 89
+&lt;/p&gt;
+&lt;p&gt;
+ 3 Rue du Lombard, 59800 Lille
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fad-ete-culturel/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>155545</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Traiter, numériser et valoriser les archives à l'échelle communale, départementale et régionale</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Traitement, numérisation et valorisation d&amp;apos;archives à l&amp;apos;échelle communale, départementale et régionale</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F149" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le classement, la numérisation et la valorisation des archives assurent leur pérennité autant qu&amp;#039;ils en favorisent l&amp;#039;accès et contribuent à la diffusion des savoirs et des connaissances auprès des publics. Le ministère de la Culture soutient les porteurs de tels projets en leur allouant une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le traitement, la numérisation et la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale et régionale ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nombreux sont les acteurs territoriaux à détenir des archives qu&amp;#039;ils souhaitent rendre accessibles le plus largement possible aux publics. Cette mise à disposition peut passer par la restauration d&amp;#039;archives ; le traitement, c&amp;#039;est-à-dire le classement des documents ; la numérisation, c&amp;#039;est-à-dire la conversion d&amp;#039;un support physique vers un support numérique ; ou encore la valorisation, qui peut se faire par la mise en ligne de documents, la publication d&amp;#039;ouvrages, le montage d&amp;#039;expositions, l&amp;#039;organisation de journées d&amp;#039;étude, la mise en œuvre de projets culturels et éducatifs, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche a vocation à permettre aux demandeurs de déposer en ligne une demande de subvention concernant des projets destinés à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sauvegarder des archives au niveau communal, départemental ou régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer leurs conditions de communication, notamment par leur numérisation et leur mise en ligne ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  établir leur classement et leur inventaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les mettre en valeur par l&amp;#039;organisation d&amp;#039;expositions, de publications, de colloques et de journées d&amp;#039;étude. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant de la subvention accordée est de 1.000 à 10.000 euros par projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les demandes sont instruites par chacune des directions régionales des affaires culturelles et, dans les outre-mer, par chacune des directions des affaires culturelles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant de la subvention est déterminé selon la nature du projet et les dépenses nécessaires à sa réalisation. La subvention est versée en une seule fois.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le versement de la subvention interviendra entre 3 et 6 mois après instruction et vérification de la complétude du dossier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de projets soutenus précédemment
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aide à la restauration d&amp;#039;un compoix de la ville d&amp;#039;Uzès (région Auvergne-Rhône-Alpes) : 1 500 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la numérisation du fonds photographique de la Maison Léger (région Auvergne-Rhône-Alpes) : 5 000 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien à l&amp;#039;exposition « Au pays de l&amp;#039;or bleu : maîtriser, utiliser, préserver l&amp;#039;eau en Lozère », du 17 octobre 2023 au 12 avril 2024 (région Occitanie).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien aux commémorations de la mort de Toussaint-Louverture à La Réunion.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Technologies numériques et numérisation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Vous êtes une structure de rang communal, départemental ou régional et vous souhaitez sauvegarder, traiter, numériser ou valoriser des archives ? Ce dispositif est fait pour vous !
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont éligibles les personnes morales qui entendent mener une opération de traitement, de numérisation ou de valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Modalités d&amp;#039;évaluation des dossiers
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les projets sont évalués selon leur apport en matière d&amp;#039;accès aux sources et de valorisation des archives et selon leur faisabilité au regard du calendrier et du budget prévus.
+ &lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/traitement-numerisation-et-valorisation-d-archives-a-l-echelle-communale-departementale-et-regionale2</t>
+        </is>
+      </c>
+      <c r="W149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine-2024</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale, vous êtes invités à vous adresser à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des patrimoines et de l&amp;#039;architecture
+ &lt;br /&gt;
+ Service interministériel des archives de France
+ &lt;br /&gt;
+ &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr"&gt;
+  martine.leroy&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 01 40 15 09 52
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+  Auvergne-Rhône-Alpes
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT-LANDRE ;
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Bourgogne-Franche-Comté
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Bourgogne-Franche-Comté, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL ;
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN ;
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Bretagne
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Bretagne, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULCHEN​​​​ ;
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Centre-Val de Loire
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Centre-Val de Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Damien LEROY​​​​​ ;
+  &lt;a href="mailto:damien.leroy&amp;#64;culture.gouv.fr"&gt;
+   damien.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Corse
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Corse, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valérie PAOLI ; ​​​​​
+  &lt;a href="mailto:valerie.paoli&amp;#64;culture.gouv.fr"&gt;
+   valerie.paoli&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Grand Est
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Grand Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Philippe CHARRIER ;
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX ;
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER ;
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Hauts-de-France
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale dans les Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Colette DREAN ;
+  &lt;a href="mailto:colette.drean&amp;#64;culture.gouv.fr"&gt;
+   colette.drean&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Ile-de-France
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Ile-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylvie BONNEL​​​​​ ;
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Normandie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Normandie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS​​​​​​ ;
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agnès LEROY ;
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Nouvelle-Aquitaine
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Nouvelle-Aquitaine, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Justine DUJARDIN ;
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO​​​​​​ ;
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE ;
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Occitanie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Occitanie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Magali CASTILLON ;
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Pays de la Loire
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Pays de la Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alexandra MANIERE ;
+  &lt;a href="mailto:alexandra.maniere&amp;#64;culture.gouv.fr"&gt;
+   alexandra.maniere&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Provence-Alpes-Côte d&amp;#039;Azur, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE​​​​​​ ;
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Guadeloupe
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Guadeloupe, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie ERNY​​​​​​ ;
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Guyane
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Guyane, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA ; ​​​​​​
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr%C2%A0"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  La Réunion
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à La Réunion, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE​​​​​​ ;
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Martinique
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Martinique, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande Salomé TOUMSON ;
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Mayotte
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à Mayotte, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED ​​​​​​;
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Nouvelle-Calédonie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Nouvelle-Calédonie, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Polynésie française
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Polynésie française, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Saint-Pierre-et-Miquelon
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à Saint-Pierre-et-Miquelon, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/57d8-traitement-numerisation-et-valorisation-darch/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>120623</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Culture et Justice</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Ministère de la Justice</t>
+        </is>
+      </c>
+      <c r="F150" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Grand Est</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture et le ministère de la Justice soutiennent le développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse, en allouant une subvention aux organisateurs de tels projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Depuis le premier protocole d&amp;#039;accord signé en 1986, la politique interministérielle Culture &amp;amp; Justice a pour objectif de mettre en œuvre, pour les personnes placées sous main de justice, une politique culturelle de qualité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans cette optique, le ministère de la Culture favorise l&amp;#039;accès de tous et de chacun, et notamment des personnes les plus éloignées voire exclues, à l&amp;#039;art et à la culture. L&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; soutient, dans les établissements pénitentiaires et les services de la protection judiciaire, un programme d&amp;#039;actions culturelles en liaison avec les collectivités territoriales et les organismes qui souhaiteraient s&amp;#039;associer au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions culturelles prennent en compte la diversité des secteurs d&amp;#039;expression et des modes d&amp;#039;interventions tels que : le livre et la lecture, le théâtre, les arts du cirque, la musique et la danse, les arts plastiques, le cinéma, l&amp;#039;audiovisuel, le multimédia et le patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Un plan de développement des bibliothèques et de la lecture est mis en œuvre ainsi que des actions culturelles et artistiques en direction des publics relevant du ministère de la Justice dans le cadre des politiques d&amp;#039;insertion et d&amp;#039;éducation. Ce plan favorise l&amp;#039;accès aux pratiques culturelles et artistiques et doit contribuer à la lutte contre l&amp;#039;illettrisme par l&amp;#039;appropriation et la réappropriation de la culture. L&amp;#039;évaluation des actions culturelles et des pratiques artistiques réalisées ces dernières années confirme leur capacité à susciter l&amp;#039;expression des personnes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce partenariat se situe dans le contexte du grand projet national pour l&amp;#039;éducation artistique et culturelle. Ainsi, considérant que l&amp;#039;éducation artistique et culturelle, placée dans un principe de continuité des politiques publiques menées en lien par l&amp;#039;État et les collectivités territoriales, participe à la réussite personnelle des individus et notamment des jeunes. Elle contribue à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la construction de la personnalité et à l&amp;#039;acquisition des savoirs et compétences nécessaires à la vie en société,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la créativité, la capacité d&amp;#039;Initiative et l&amp;#039;esprit d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réduction des inégalités et permet la construction de l&amp;#039;Identité culturelle de chacun dans l&amp;#039;ouverture aux cultures des autres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Ce partenariat vise à privilégier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le développement d&amp;#039;activités culturelles spécifiques dans les établissements pénitentiaires co-construit avec les acteurs de la justice et en faveur du plus grand nombre de détenus (résidence, programme thématique...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement de la lecture et la maîtrise de la langue au sein d&amp;#039;actions valorisant les bibliothèques/médiathèques des trois établissements pénitentiaires concernés
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement des liens avec les réseaux artistiques  et culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inscription des établissements pénitentiaires dans les manifestations culturelles nationales et locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  la valorisation à l&amp;#039;extérieur des activités menées en milieu pénitentiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → L&amp;#039;Académie Fratellini et la Maison d&amp;#039;arrêt de Villepinte (93) - 2021
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Académie Fratellini a développé en 2021 à la Maison d&amp;#039;arrêt de Villepinte (93) des ateliers de découverte des arts du cirque, orchestrés de manière à ce que les personnes détenues puissent découvrir plusieurs agrès au fil des séances.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs suivis :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  valorisation des capacités et qualités individuelles au sein du groupe ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  apprentissage de l&amp;#039;écoute de l&amp;#039;autre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  retrouver la confiance en soi et dans les autres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Passage / Parenthèse et l&amp;#039;Agence régionale du livre PACA - 2022
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention versée : 30.000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Passage&amp;#34; et &amp;#34;Parenthèse&amp;#34; sont deux dispositifs portés par l&amp;#039;Agence Régionale du Livre Provence-Alpes-Côte d&amp;#039;Azur en direction des publics placés sous main de justice.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, &amp;#34;Passage&amp;#34; s&amp;#039;attache à aménager et à animer des espaces de lecture dans les foyers de la Protection judiciaire de la jeunesse. &amp;#34;Parenthèse&amp;#34;, initié en 2015, contribue au développement des bibliothèques en milieu carcéral pour les populations majeures et mineures et à la mise en œuvre d&amp;#039;actions culturelles de sensibilisation à la lecture (ateliers d&amp;#039;écriture journalistique, résidences d&amp;#039;auteurs etc).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles à l&amp;#039;appel à projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les structures ayant pour principal objectif la création et la diffusion d&amp;#039;œuvres artistiques et culturelles. Pour les institutions culturelles relevant du ministère de la Culture (structures labellisées aidées au fonctionnement : centres dramatiques nationaux, scènes nationales, scènes de musiques actuelles, centres d&amp;#039;art etc.), un bilan préalable sera demandé dans le cadre de leur CPO (convention pluriannuelle d&amp;#039;objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les artistes, collectifs d&amp;#039;artistes ou professionnels de la culture (journaliste etc.) justifiant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ - d&amp;#039;une structuration juridique au moment de leur inscription (intermittence, maison des artistes, autoentrepreneur etc.) ou ayant recours à une personne morale pour soutenir leur activité (ex. : coopérative d&amp;#039;activité et d&amp;#039;emploi
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;span&gt;
+ - d&amp;#039;une actualité de création et d&amp;#039;une expérience artistique reconnue, attestées par l&amp;#039;envoi d&amp;#039;un CV
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les établissements et services pénitentiaires et de la protection judiciaire de la jeunesse
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet artistique mené par une même équipe artistique ne pourra pas être soutenu au-delà de trois appels à projets successifs. L&amp;#039;équipe artistique est invitée à se tourner vers de nouveaux établissements pénitentiaires, services pénitentiaires d&amp;#039;insertion et de probation ou établissements et services sociaux et médico-sociaux partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées constituent une participation financière au projet et ne sauraient constituer une prise en charge globale. Elles sont fléchées exclusivement sur les dépenses artistiques, qui comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rémunération des artistes (pour rappel, la participation financière de la DRAC à la rémunération des artistes est de 60€/h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de transport, d&amp;#039;hébergement et de restauration, qui ne peuvent excéder 50% du coût total du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  le matériel nécessaire à l&amp;#039;action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce dispositif n&amp;#039;a pas vocation à financer des frais de coordination. Les porteurs de projet sont incités à trouver des cofinancements (collectivités locales, mécénat, contributions volontaires en nature...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la DRAC et le SPIP (Service pénitentiaire d&amp;#039;insertion et probation), la mise en paiement de la subvention nécessite l&amp;#039;envoi préalable d&amp;#039;un dossier Cerfa au service référent dont les coordonnées figurent ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ Le règlement de la part PJJ (Protection judiciaire de la jeunesse) est réalisé via un système de facturation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un comité de sélection, associant des représentants de la DISP, de la DIRPJJ Grand Est et de la DRAC se réunira courant décembre 2023 pour sélectionner les projets et déterminer le montant des subventions accordées.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée aux éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité du projet artistique et culturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adéquation avec les objectifs de l&amp;#039;accompagnement des personnes placées sous main de justice
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modalités de mise en œuvre du partenariat artiste / structure / bénéficiaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouverture culturelle proposée aux bénéficiaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertinence des objectifs et des modalités pratiques de l&amp;#039;évaluation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-justice</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;opération Culture et Justice en Grand Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - À la DRAC Grand Est :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Département des Ardennes :
+  &lt;a href="mailto:frederique.petit&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   frederique.petit&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 60 44 22 84
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de l&amp;#039;Aube et de la Haute-Marne :
+  &lt;a href="mailto:pascale.valentin-bemmert&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   pascale.valentin-bemmert&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 98 73 96 74
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Marne :
+  &lt;a href="mailto:elise.merigeau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   elise.merigeau&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 34 08 96 23
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de la Meurthe-et-Moselle et de la Moselle :
+  &lt;a href="mailto:emmanuelle.brandenburger&amp;#64;culture.gouv.fr" target="_self"&gt;
+   emmanuelle.brandenburger&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ; 06 60 39 22 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de la Meuse et des Vosges :
+  &lt;a href="mailto:anais.guedon&amp;#64;culture.gouv.fr" target="_self"&gt;
+   anais.guedon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ; 06 64 37 61 61
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements du Bas-Rhin et du Haut-Rhin :
+  &lt;a href="mailto:pierre.vogler&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   pierre.vogler&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 27 26 12 82
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - À la DISP Grand Est-Strabourg :
+ &lt;/strong&gt;
+ &lt;a href="mailto:elodie.roche&amp;#64;justice.fr" rel="noopener" target="_blank"&gt;
+  elodie.roche&amp;#64;justice.fr
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ ; 03 88 56 81 72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b040-culture-justice/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>150672</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement des musées de France</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Dispositifs d’aide pour le développement des musées de France</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du développement et du rayonnement des musées de France, les directions régionales des affaires culturelles (DRAC) peuvent soutenir et favoriser les projets qui concourent à leur mise aux normes réglementaires, à leur valorisation scientifique, au développement de leurs publics et qui contribuent à ancrer leur rôle dans la structuration culturelle et sociale du territoire . Ainsi des actions peuvent être soutenues par des crédits d&amp;#039;intervention, qu&amp;#039;elles participent de la diffusion - expositions, publications, journées d&amp;#039;étude, conservation-restauration, recherche, enrichissement des collections, récolement décennal - ou qu&amp;#039;elles concernent des opérations de numérisation, d&amp;#039;éditorialisation et de mise en réseau des collections des musées de France - équipementnumérique, logiciels spécialisés d&amp;#039;inventaire, numérisation, saisie -.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;aide au fonctionnement des musées de France ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les services déconcentrés du ministère de la Culture apportent leur soutien aux musées qui répondent ou s&amp;#039;engagent à répondre aux obligations liées à l&amp;#039;appellation musée de France (code du patrimoine) : les activités scientifiques doivent être réalisées sous la responsabilité de personnels qualifiés, le musée doit comporter un service des publics, les collections sont inscrites sur un inventaire normalisé, l&amp;#039;établissement doit procéder au récolement de ses collections au moins une fois tous les dix ans, les acquisitions et les restaurations, pour être subventionnées doivent être soumises à l&amp;#039;avis préalable d&amp;#039;une commission scientifique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au titre du fonctionnement, les projets suivants peuvent être soutenus en fonction de priorités définies par les DRAC sur le territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide au récolement et aux chantiers des collections hors travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conservation préventive comprenant l&amp;#039;acquisition d&amp;#039;équipements et de matériels ainsi que les études de conservation préventive ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration d&amp;#039;œuvres après obtention préalable d&amp;#039;un avis favorable de la Commission scientifique régionale des collections des musées de France, formation conservation-restauration (si pas de FRAR) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création de service des publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informatisation et numérisation des collections muséographiques comprenant l&amp;#039;acquisition de logiciels de gestion documentaire des collections (en savoir plus sur le
+  &lt;a href="https://www.culture.gouv.fr/Thematiques/Innovation-numerique/Soutien-a-la-numerisation-a-la-diffusion-et-a-la-valorisation-des-contenus-culturels/Accompagnement-a-la-numerisation/Programme-national-de-numerisation-et-de-valorisation-des-contenus-culturels"&gt;
+   Programme national de numérisation et de valorisation des contenus culturels
+  &lt;/a&gt;
+  ) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation culturelle (activités pédagogiques et culturelles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils d&amp;#039;aide à la visite ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de faisabilité, de programmation, audit de gestion d&amp;#039;un équipement, études des publics, etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publication ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exposition.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définie par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la nature du projet et les dépenses nécessaires à sa réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ Le compte rendu financier et qualitatif doit parvenir à la DRAC au plus tard 6 mois après la clôture de l&amp;#039;année de versement de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations auxquelles adhèrent ces musées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une aide est conditionnée par plusieurs critères :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  tout musée bénéficiant de l&amp;#039;appellation musée de France dont les collections n&amp;#039;appartiennent pas à l&amp;#039;État ou à ses établissements publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans le cadre de demande d&amp;#039;aide à la restauration (si pas de comité FRAR dans votre région) obtention préalable d&amp;#039;un avis favorable de la Commission scientifique régionale des collections des musées de France ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit être inscrit dans le projet scientifique et culturel (PSC) du musée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/dispositifs-d-aide-pour-le-developpement-des-musees-de-france</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur le dispositif d&amp;#039;aide pour le développement des musées de France, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3428-dispositifs-daide-pour-le-developpement-des-m/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>150664</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la vie littéraire (résidence)</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux résidences d’auteurs</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche s&amp;#039;adresse aux porteurs de projets de résidences à destination des auteurs et autrices du livre et qui s&amp;#039;inscrivent dans les objectifs de la politique publique du livre et de la lecture du ministère de la Culture.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;h3&gt;
+ Que sont les résidences ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Le soutien des services déconcentrés du ministère de la Culture s&amp;#039;adresse à des projets de résidence conformément à la circulaire du 8 juin 2016 relative au soutien d&amp;#039;artistes et d&amp;#039;équipes artistiques dans le cadre de résidence. Les projets doivent être portés par une structure d&amp;#039;accueil (quelle que soit sa forme juridique) disposant d&amp;#039;un référent affecté au projet. Les auteurs et autrices accueillis peuvent être des écrivains, traducteurs ou illustrateurs ayant publié au moins un livre à compte d&amp;#039;éditeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères appréciés pour évaluer la demande sont notamment l&amp;#039;implication des différents acteurs de la chaîne du livre, l&amp;#039;implantation dans un territoire et les partenariats avec d&amp;#039;autres structures locales, la qualité des propositions de médiation proposées, et la diversité des publics touchés et des lieux où les actions de médiation sont proposées ; selon les objectifs du ministère de la Culture.
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs de la démarche
+&lt;/h3&gt;
+&lt;p&gt;
+ La présente démarche a pour objectif de soutenir les projets de résidences à destination des auteurs et autrices du livre, afin de soutenir les auteurs et autrices du livre en proposant des conditions propices à la création, de favoriser la rencontre dans la durée entre les auteurs et les autrices, leurs œuvres et le public dans leur territoire, de diffuser les œuvres des auteurs et autrices du livre et de favoriser leur fréquentation par le public.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;examen et la décision d&amp;#039;acceptation de la demande relèvent des services déconcentrés du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;une subvention dans le cadre d&amp;#039;une demande ou d&amp;#039;une réponse à un appel à projet.
+&lt;/p&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité locale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Être une personne de droit moral privé ou public.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les personnes physiques.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nature des dépenses éligibles
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le soutien prend la forme d&amp;#039;une subvention de fonctionnement et/ou d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le montant total de la subvention est de 500 à 1M €.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour les subventions d&amp;#039;investissement : versement dans le respect du décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les subventions de fonctionnement : versement de la subvention au plus tard à la notification d&amp;#039;acceptation de la demande.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les dossiers sont étudiés par les services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ Le service déconcentré prendra contact avec le demandeur pour examiner son dossier de demande de subvention et, le cas échéant, préparer la convention de subventionnement.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;h2&gt;
+ Une question ?
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien à la vie littéraire (résidence), vous êtes invités à vous adresser au Service du Livre et de la Lecture :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des médias et des industries culturelles (DGMIC)
+ &lt;br /&gt;
+ Service du Livre et de la Lecture
+ &lt;br /&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ &lt;a href="mailto:livre-lecture&amp;#64;culture.gouv.fr"&gt;
+  livre-lecture&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacqueline BROLL,
+  &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr"&gt;
+   jacqueline.broll&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nicolas DOUEZ (pour les départements : 03, 07, 15, 42, 43, 63),
+  &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr"&gt;
+   nicolas.douez&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 73 41 27 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anne-Marie BOYER (pour les départements : 26, 38, 73, 74),
+  &lt;a href="mailto:anne-marie.boyer&amp;#64;culture.gouv.fr"&gt;
+   anne-marie.boyer&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+  &lt;br /&gt;
+  04 72 00 44 82
+ &lt;/li&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT LANDRE, (pour les départements 01, 69 et Métropole de Lyon),
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 72 00 44 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pierre-Olivier ROUSSET,
+  &lt;a href="mailto:pierre-olivier.rousset&amp;#64;culture.gouv.fr"&gt;
+   pierre-olivier.rousset&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 11 79 05 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL,
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 80 68 50 11
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN,
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 81 65 72 78
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN,
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 99 29 67 88
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michèle PREVOST,
+  &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr"&gt;
+   michele.prevost&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 38 78 85 70
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie-Lou COMITI,
+  &lt;a href="mailto:mary-lou.comiti&amp;#64;culture.gouv.fr"&gt;
+   mary-lou.comiti&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 95 51 52 06
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Claire RANNOU,
+  &lt;a href="mailto:claire.rannou&amp;#64;culture.gouv.fr"&gt;
+   claire.rannou&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER,
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER,
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX,
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 96
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Peggy LE ROY,
+  &lt;a href="mailto:peggy.le-roy&amp;#64;cluture.gouv.fr"&gt;
+   peggy.le-roy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel DUCHEMANN,
+  &lt;a href="mailto:christel.duchemann&amp;#64;culture.gouv.fr"&gt;
+   christel.duchemann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 22 97 33 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques SAUTERON,
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 28 36 61 92
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Françoise DEKOWSKI (pour les départements : 78, 91, 92, 94),
+  &lt;a href="mailto:francoise.dekowski&amp;#64;culture.gouv.fr"&gt;
+   francoise.dekowski&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 51 54
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile HAUSER de BISSCHOP (pour les départements : 77, 93, 95),
+  &lt;a href="mailto:cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr"&gt;
+   cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 50 91
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylvie BONNEL,
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agnès LEROY,
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 31 38 39 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS,
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 32 10 71 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud TRAVADE,
+  &lt;a href="mailto:arnaud.travade&amp;#64;culture.gouv.fr"&gt;
+   arnaud.travade&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 75/76/78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justine DUJARDIN,
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 66
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO,
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ​​​​​​, 05 55 45 66 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE,
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 25/26
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frédéric BOURDIN,
+  &lt;a href="mailto:frederic.bourdin&amp;#64;culture.gouv.fr"&gt;
+   frederic.bourdin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CASTILLON,
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Henri GAY,
+  &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr"&gt;
+   henri.gay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fleur BOUILLANNE,
+  &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr"&gt;
+   fleur.bouillanne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 67 02 32 15
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT,
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  François-Xavier ANDRE (pour les départements : 44, 53, 85),
+  &lt;a href="mailto:francois-xavier.andre&amp;#64;culture.gouv.fr"&gt;
+   francois-xavier.andre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sèverine BOULLAY (pour les départements : 72, 49 et Métropole de Nantes),
+  &lt;a href="mailto:severine.boullay&amp;#64;culture.gouv.fr"&gt;
+   severine.boullay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 28 21
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE,
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 42 16 14 22
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria MONES,
+  &lt;a href="mailto:maria.mones&amp;#64;culture.gouv.fr"&gt;
+   maria.mones&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 18 03 66 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie BIRAUD,
+  &lt;a href="http://sophie,biraud&amp;#64;culture.gouv.fr"&gt;
+   sophie,biraud&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie ERNY,
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 90 41 14 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA,
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+  , 05 94 25 54 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE,
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 62 21 94 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON,
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 96 60 87 61
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED,
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 69 63 00 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Calédonie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franck LEANDRI, 06 87 24 21 84
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizarraga&amp;#64;culture.gouv.fr"&gt;
+   rosiane.de-lizarraga&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture" rel="noopener noreferrer" target="_blank"&gt;
+ Accéder au formulaire - Demande de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/compte-rendu-subvention" rel="noopener noreferrer" target="_blank"&gt;
+ Accéder au formulaire - Compte-rendu de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>500 à 1M €
+&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-aux-residences-d-auteurs</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>Service déconcentré du ministère de la Culture territorialement compétent (DRAC/DAC/DCJS/MAC)</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f9b9-soutien-a-la-vie-litteraire-residence/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>120635</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Développer des actions d'éducation artistique et culturelle à destination des habitants des quartiers prioritaires de la politique de la ville</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Culture et lien social</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Culture et lien social a pour but de développer des actions d&amp;#039;éducation artistique et culturelle à destination des habitants des quartiers prioritaires de la politique de la ville. Il est mis en place par la direction régionale des affaires culturelles (DRAC) de la région dans laquelle le projet est réalisé.
+Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?
+&lt;/p&gt;
+&lt;h4&gt;
+ Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?
+&lt;/h4&gt;
+&lt;p&gt;
+ À travers cette politique, les DRAC (directions régionales des affaires culturelles) affirment une politique volontariste auprès des structures culturelles en accompagnant, en lien étroit avec les acteurs de la politique de la ville, les projets artistiques et culturels mis en œuvre en faveur des habitants des quartiers politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est vivement conseillé aux porteurs de projets candidats de consulter, dès la conception du projet et en amont de toute autre démarche, les services de la DRAC/DAC, qui pourront leur prodiguer des conseils.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs de la démarche
+&lt;/h4&gt;
+&lt;p&gt;
+ Les pratiques artistiques et culturelles sont de puissants leviers d&amp;#039;émancipation personnelle et de cohésion sociale. Pour autant, les freins à la pratique artistique et à la fréquentation des lieux culturels sont nombreux : accessibilité géographique, moyens financiers, mécanismes d&amp;#039;exclusion sociale...
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a donc vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagner les artistes, les équipes artistiques, les lieux dans le développement d&amp;#039;actions sur les territoires prioritaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  lever ces freins
+ &lt;/li&gt;
+ &lt;li&gt;
+  et, par une présence sur le temps long, permettre la pérennisation des pratiques culturelles des habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers seront examinés sur la base des critères suivants mis en place dans chaque DRAC.
+&lt;/p&gt;
+&lt;h4&gt;
+ Grand Est (dépôt jusqu&amp;#039;au 30 novembre 2022)
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets Culture et politique de la ville en Grand-Est consiste en un co-financement, par le ministère de la Culture, de projets soutenus par ailleurs dans le cadre des contrats de ville du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur du projet s&amp;#039;engage à déposer également cette demande de subvention
+ &lt;strong&gt;
+  sur la plateforme Dauphin
+ &lt;/strong&gt;
+ , selon le calendrier du contrat de ville de la collectivité concernée.
+&lt;/p&gt;
+&lt;h5&gt;
+ Montant de la subvention
+&lt;/h5&gt;
+&lt;p&gt;
+ La participation de la DRAC à la rémunération horaire de l&amp;#039;artiste intervenant est de 50 € TTC, charge à l&amp;#039;employeur de respecter la convention collective en vigueur.
+&lt;/p&gt;
+&lt;h5&gt;
+ Modalités d&amp;#039;attribution de la subvention
+&lt;/h5&gt;
+&lt;p&gt;
+ Un comité de sélection, associant la DRAC, les délégués du Préfet, la DDETSPP (direction départementale de l&amp;#039;emploi, du travail, des solidarités et de la protection des populations) et, le cas échéant, les représentants des collectivités locales, se réunira
+ &lt;strong&gt;
+  courant février 2023
+ &lt;/strong&gt;
+ pour sélectionner les projets et déterminer le montant des subventions accordées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires du soutien de la DRAC s&amp;#039;engagent à mettre en œuvre le projet tel que présenté lors de la candidature. Ils informent de l&amp;#039;avancement du projet, notamment par l&amp;#039;envoi du calendrier ajusté des interventions. Toute modification substantielle du projet devra obtenir l&amp;#039;accord préalable de la DRAC.
+&lt;/p&gt;
+&lt;h5&gt;
+ Calendrier
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 novembre 2022 à 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte passé cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annonce des résultats : 1
+  er
+  trimestre 2023. Les candidats seront informés par courrier électronique de leur sélection et du montant de la subvention accordée. Les structures retenues formaliseront leur demande par l&amp;#039;envoi du dossier Cerfa 12156*06.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Comment déposer un dossier ?
+&lt;/h5&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Téléchargez le formulaire ci-dessous.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le formulaire et retournez-le par mail en cliquant sur le bouton &amp;#34;Déposer mon dossier&amp;#34; de votre département.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Votre dossier devra être accompagné des pièces jointes suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la fiche de candidature complétée et signée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier de présentation du projet artistique (format libre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les curriculum vitae de tous les artistes ou professionnels de la culture amenés à intervenir dans le projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant : le bilan et l&amp;#039;évaluation des projets développés en 2022.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Egalité des chances
+Cohésion sociale et inclusion
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être déposés par une structure culturelle ayant pour objectifs principaux, établis dans ses statuts, la création et la diffusion d&amp;#039;œuvres artistiques, culturelles, patrimoniales ou scientifiques et techniques : association culturelle, compagnie, artiste inscrit à la maison des artistes, musée, médiathèque, lieu patrimonial, structure de diffusion scientifique et technique à l&amp;#039;exception des établissements publics nationaux du ministère de la Culture, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;adresser aux habitants d&amp;#039;un quartier politique de la ville.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets culturels et artistiques proposés doivent être le fruit d&amp;#039;une co-construction entre une structure culturelle et une structure du champ social (maison de quartier, centre d&amp;#039;hébergement et de réinsertion sociale, centre social, bailleur social, association œuvrant dans le champ social, centre d&amp;#039;animation, mission locale, centre d&amp;#039;accueil de demandeurs d&amp;#039;asile, foyers d&amp;#039;accueil, résidence sociale...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent s&amp;#039;inscrire dans la nouvelle géographie prioritaire – loi de programmation pour la ville et la cohésion urbaine du 21 février 2014 Ouvre une nouvelle fenêtre – en proposant des projets dans les territoires cibles que sont les quartiers politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures peuvent s&amp;#039;appuyer sur les outils de localisation suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une carte interactive des quartiers prioritaires Ouvre une nouvelle fenêtre sur le site Internet de Système d&amp;#039;information géographique de la Politique de la ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  les quartiers prioritaires de la politique de la ville sur le géoportail Ouvre une nouvelle fenêtre
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-lien-social</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Cumul possible avec les amendes de police (02.31.57.12.91) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
-[...14 lines deleted...]
-  Projets non éligibles : projets inférieurs à 50.000€ HT ; projets non éligibles dans le cadre de l&amp;#039;APCR et de l&amp;#039;APCR&amp;#43; ; travaux de construction ou rénovation de salles communales ou intercommunales louées aux privés (sauf si usage mutualisé et travaux de rénovation énergétique permettant d&amp;#039;atteindre une amélioration de 40% ou la classe C) ; projets ne répondant pas aux critères d&amp;#039;éligibilité départementaux ; projets de plus de 100.000€ HT ne répondant pas aux critères d&amp;#039;éco-conditionnalité
+  Aube / Marne : M. SALINGUE (
+  &lt;a href="mailto:guillaume.salingue&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   guillaume.salingue&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 26 70 36 93)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ardennes / Haute-Marne : Mme TABOURIN (
+  &lt;a href="mailto:chantal.tabourin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   chantal.tabourin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 26 70 36 86)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Meurthe-et-Moselle / Meuse / Moselle / Vosges : Mme MARTINET (
+  &lt;a href="mailto:frederique.martinet&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   frederique.martinet&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 87 56 41 00)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bas-Rhin / Haut-Rhin : Mme BLONDEAU (
+  &lt;a href="mailto:nicole.blondeau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   nicole.blondeau&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 88 15 57 10)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bdf7-culture-et-lien-social/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>120641</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Faire découvrir des lieux patrimoniaux, leur histoire et leurs collections aux jeunes et à leurs familles à travers une pratique artistique</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>C&amp;apos;est mon Patrimoine !</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La découverte et la familiarisation des enfants et des adolescents à la culture passe par la découverte d&amp;#039;un patrimoine et d&amp;#039;une pratique artistique. Le ministère de la Culture soutient ces actions en allouant une subvention aux porteurs de projets dans le cadre de l&amp;#039;appel à projets &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancée en 2005 par le ministère de la Culture (&amp;#34;Les Portes du temps&amp;#34;), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; contribue à l&amp;#039;émancipation des jeunes par les arts et la culture et repose sur les trois piliers de l&amp;#039;éducation artistique et culturelle (EAC) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rencontre avec les artistes et les œuvres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la connaissance des arts et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  et la pratique artistique.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- *Le seuil de 50.000€ de dépenses éligibles est réduit à 1.000€ pour l&amp;#039;adressage et à 5.000€ pour les projets de développement de services aux usagers et de mise en réseau en bibliothèque (dont les véhicules électriques à l&amp;#039;usage des bibliothèques, RFID...)
+ Cette opération a vocation à s&amp;#039;inscrire dans les projets de territoire contractualisés. Elle encourage des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; est coordonné, au niveau national, par la délégation générale à la transmission, aux territoires et à la démocratie culturel (DG2TDC) du ministère de la Culture et l&amp;#039;Agence nationale de la cohésion des territoires (ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; s&amp;#039;appuie sur l&amp;#039;intervention de divers professionnels du monde de la culture et de l&amp;#039;éducation populaire. Cet appel à projets, qui implique une pratique artistique, doit permettre aux jeunes et à leurs familles de s&amp;#039;approprier de façon originale les lieux patrimoniaux, leur histoire et leurs collections.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisée en partenariat avec l&amp;#039;Agence nationale de la cohésion des territoires (ANCT), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; poursuit des objectifs communs de cohésion sociale, d&amp;#039;accès à l&amp;#039;offre culturelle des personnes qui en sont les plus éloignées et de participation à la vie culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Contexte de création
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accès aux patrimoines (architecture, musées, monuments, archéologie, patrimoine immatériel, paysages, archives, etc.) occupe une place significative et structurante dans les parcours d&amp;#039;éducation artistique et culturelle à destination des enfants et adolescents et constitue l&amp;#039;un des leviers des politiques territorialisées de démocratisation culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; vise à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  couvrir la diversité des territoires urbains, périphériques et ruraux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à toucher des publics diversifiés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en compte la pluralité des patrimoines (ensembles urbains, patrimoine immatériel, patrimoine rural de proximité, friches industrielles par exemple),
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en avant des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;enjeu reste toutefois prioritairement la découverte et l&amp;#039;accès à des lieux patrimoniaux dont la fréquentation spontanée par les publics visés peut rencontrer des freins.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle tend aussi à développer de nouvelles temporalités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Possibilité de dérouler les activités durant l&amp;#039;ensemble du temps extrascolaire, sur tous les temps de vacances scolaires (pas uniquement sur la période estivale) ou jours isolés dans l&amp;#039;année (mercredis, samedis)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en avant des temps de restitution des projets, ouverts à tous les publics, par exemple en lien avec les Journées européennes du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention versée par l&amp;#039;État ne peut excéder 80 % du budget total du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financement &amp;#34;politique de la ville&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets visent l&amp;#039;ensemble des territoires prioritaires, dont les territoires ruraux. Pour être éligible à un financement spécifique des crédits politiques de la ville, le public bénéficiaire visé par le projet doit être composé d&amp;#039;au moins 60 % de jeunes issus des quartiers prioritaires de la politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets touchant majoritairement d&amp;#039;autres publics éloignés peuvent être financés sur d&amp;#039;autres crédits, notamment apportés par le ministère de la Culture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligibles à un financement, les projets devront remplir les conditions suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Co-construction et co-financement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être co-construit entre professionnels de différentes disciplines : médiateurs des patrimoines, artistes professionnels, acteurs de l&amp;#039;enfance et de la jeunesse, du secteur public ou de l&amp;#039;éducation populaire, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur un partenariat impliquant au moins un service ou une structure patrimoniale : le partenaire patrimonial est pleinement associé à l&amp;#039;élaboration et à la réalisation du projet. Deux services différents d&amp;#039;une même collectivité, patrimoine et jeunesse, peuvent par dérogation être considérés comme partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une formation préalable est attendue pour chaque projet à destination des différents acteurs, notamment les animateurs encadrant les jeunes. Cette formation peut être dispensée par l&amp;#039;établissement patrimonial, par une structure d&amp;#039;accueil de jeunes et/ou un réseau d&amp;#039;éducation populaire (dans le cadre d&amp;#039;un seul projet ou pour un territoire plus vaste et pour plusieurs projets mutualisés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités se dérouleront durant le temps extrascolaire, ou périscolaire dans le cas du plan mercredi.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet global comportera au moins 7 jours, pour une participation à la journée ou sous forme de stage de plusieurs jours.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du plan mercredi, des demi-journées peuvent être programmées, à condition que chacun des participants soit bénéficiaire d&amp;#039;un minimum de 2 demi-journées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Publics cibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit viser particulièrement les jeunes de 6 à 18 ans et notamment les adolescents. Les parents et les familles peuvent être associés à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de partenariats avec des structures d&amp;#039;accueil, l&amp;#039;opération est également ouverte aux jeunes placés sous-main de justice, aux personnes en situation de handicap, ainsi qu&amp;#039;aux réfugiés et migrants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités doivent se dérouler sur un site patrimonial (ou plusieurs) et/ou s&amp;#039;articuler autour d&amp;#039;éléments du patrimoine culturel immatériel de la région concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Restitution
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La restitution, à laquelle sont conviés les familles, les amis et si possible le grand public, prend la forme d&amp;#039;une exposition avec un temps de réunion type inauguration ou d&amp;#039;un spectacle impliquant les jeunes (spectacle vivant avec présence des jeunes sur le plateau ou projection d&amp;#039;une œuvre réalisée par/avec eux).
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures sont encouragées à prévoir un temps de restitution des projets pendant les Journées européennes du patrimoine (16, 17 et 18 septembre 2022). Les réalisations des jeunes seront valorisées auprès d&amp;#039;un large public.
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation du projet fera l&amp;#039;objet d&amp;#039;une valorisation sur le site internet de l&amp;#039;établissement patrimonial.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles les projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qui ne respectent pas la composition du public cible (jeunes de 6 à 18 ans, issus à 60% minimum des quartiers prioritaires de la ville),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne comportant pas d&amp;#039;axe de pratique artistique avec un professionnel du domaine artistique concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le partenaire patrimonial n&amp;#039;est pas explicitement impliqué dans l&amp;#039;élaboration et la réalisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne reposant pas sur plusieurs financements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une simple visite au musée ou dans un monument historique, sans contrepartie créative de la part des jeunes, n&amp;#039;est pas considérée comme déterminante dans la validation des projets.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T160" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X160" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/c-est-mon-patrimoine</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Service des territoires du Département du Calvados
-[...4 lines deleted...]
-  territoires&amp;#64;calvados.fr
+ Pour toute question sur l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la DRAC :
+  &lt;a href="mailto:CMP.drac.hdf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   CMP.drac.hdf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au SGAR :
+  &lt;a href="mailto:sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr" rel="noopener" target="_blank"&gt;
+   sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a2f0-cest-mon-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>120656</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions de coopérations entre le secteur culturel et les milieux de santé</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Culture &amp;amp; Santé, handicap et dépendance</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de santé (ARS) — Occitanie
+Direction régionale des Affaires culturelles (DRAC) — Occitanie</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme régional Culture et Santé offre l&amp;#039;opportunité aux établissements éligibles qui le souhaitent, d&amp;#039;inscrire une démarche artistique et culturelle dans leur projet d&amp;#039;établissement et de santé. Les appels à candidature régionaux Culture Santé s&amp;#039;inscrivent dans le cadre de la politique interministérielle initiée en 1999 et renouvelée en 2010 par la convention nationale Culture Santé entre le Ministère de la Santé et le Ministère de la Culture.
+&lt;/p&gt;
+&lt;h4&gt;
+ Qu&amp;#039;est-ce que Culture et Santé ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Le ministère de la Culture et le ministère de la Santé mènent depuis plus de vingt ans une politique commune d&amp;#039;accès à la culture pour tous les publics en milieu hospitalier et médico-social.
+&lt;/p&gt;
+&lt;p&gt;
+ Destinée à promouvoir les actions en faveur du rayonnement et de la visibilité de la thématique &amp;#34;Culture et Santé&amp;#34;, cette politique interministérielle participe à amener la Culture « près » des citoyens et à développer le partage d&amp;#039;expériences entre les acteurs. L&amp;#039;ensemble de la communauté sanitaire est visée : personnes hospitalisées, personnes âgées, familles, professionnels de la santé et du médico-social.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans chaque région,
+ &lt;strong&gt;
+  la déclinaison de ce programme est confiée aux Directions Régionales des Affaires Culturelles
+ &lt;/strong&gt;
+ (DRAC/DAC)
+ &lt;strong&gt;
+  et aux Agences régionales de Santé
+ &lt;/strong&gt;
+ (ARS) qui définissent conjointement leurs axes de priorités. Ainsi des appels à candidature régionaux permettent de soutenir des actions de coopérations entre le secteur culturel et les milieux de santé.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs de la démarche
+&lt;/h4&gt;
+&lt;p&gt;
+ Prendre part à la vie culturelle réduit l&amp;#039;isolement du malade et respecte la dimension existentielle de la personne. La culture, vecteur de valorisation personnelle, professionnelle et sociale, est considérée comme une contribution à la politique de santé qui accorde une nouvelle place à l&amp;#039;usager. Une action culturelle au sein des établissements de santé contribue également à la qualité des relations professionnelles et améliore l&amp;#039;inscription des établissements dans la cité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs généraux des appels à projets Culture et Santé sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  encourager le développement de partenariats singuliers entre les professionnels de la culture, de la santé, les publics et les œuvres, et la production de nouveaux dialogues et points de vue riches d&amp;#039;enseignements partagés dans ces domaines,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider au développement et au déploiement d&amp;#039;actions spécifiques favorisant l&amp;#039;inclusion des personnes en situation de handicap, quel que soit le type de handicap,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer l&amp;#039;apport des arts et de la culture aux soins de santé auprès de tous les publics dépendants et empêchés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour obtenir plus d&amp;#039;informations sur le dispositif Culture &amp;amp; Santé, rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Developpement-culturel/Le-developpement-culturel-en-France/Culture-et-Sante" rel="noopener" target="_blank"&gt;
+  En savoir plus
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
-&lt;p&gt;
- Téléphone : 02 31 57 11 25
+&lt;h4&gt;
+ Le dispositif se décline en région Occitanie en deux volets : Culture &amp;amp; Santé et Culture, Handicap &amp;amp; Dépendance.
+&lt;/h4&gt;
+&lt;h5&gt;
+ Calendrier
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 décembre 2022, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Notification de subvention : à compter d&amp;#039;avril 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Comment déposer un dossier ?
+&lt;/h5&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; correspondant à votre situation en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nos voix à ciel ouvert entre Loire et Forêt (Centre-Val de Loire, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 800 €
+&lt;/p&gt;
+&lt;p&gt;
+ Ce projet propose une découverte de sa voix au sein de la nature en lien avec celles des autres. Il se déploiera en trois volets:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des ateliers chants et des résidences avec l&amp;#039;équipe artistique, l&amp;#039;équipe éducative, les résidents et les jeunes de deux institutions et un réalisateur
+ &lt;/li&gt;
+ &lt;li&gt;
+  quatre concerts-restitutions en extérieur avec chant partagé avec le public
+ &lt;/li&gt;
+ &lt;li&gt;
+  un film artistique témoignant de cette aventure en plein nature entre Forêt et Loire. Le répertoire s&amp;#039;étend de la chanson, à l&amp;#039;opéra et au rap.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Handicap
+Egalité des chances
+Santé
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements sanitaires publics, ESPIC ou associatifs peuvent déposer un dossier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements à vocation sociale et établissements privés à but lucratif sont éligibles uniquement s&amp;#039;ils sont associés à un établissement sanitaire public, ESPIC ou associatif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les critères d&amp;#039;éligibilité des porteurs et du projet, vous êtes invités à vous référer aux cahiers des charges ci-dessous.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-sante-handicap-et-dependance</t>
+        </is>
+      </c>
+      <c r="W155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/2022-12-appel-a-projet-culture-sante</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Pour toute question sur le dispositif Culture et Santé en Occitanie, vous êtes invités à vous adresser à :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;lamecano.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;lamecano.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  06 12 22 64 11
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4937-culture-sante-handicap-et-dependance/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>150667</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les maisons d’édition et structures collectives d’édition</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux maisons d’édition et structures collectives d’édition</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche s&amp;#039;adresse aux maisons d&amp;#039;édition et à leurs structures collectives afin de les soutenir dans leurs projets : création, reprise d&amp;#039;un fonds, modernisation de l&amp;#039;activité, publication, lancement de collection, etc.
+ &lt;br /&gt;
+ Les maisons d&amp;#039;édition dont l&amp;#039;activité contribue à stimuler la diversité de la création peuvent bénéficier de soutiens de la part des services déconcentrés. Selon les spécificités du paysage éditorial régional et de la politique régionale du territoire, ces aides peuvent être destinées à soutenir des projets de publication, à accompagner des projets de développement et de modernisation des maisons d&amp;#039;édition ou à favoriser des projets collectifs structurants pour la profession.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;h3&gt;
+ Que sont les maisons d&amp;#039;édition et les structures collectives d&amp;#039;édition ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Le ministère de la Culture peut soutenir leur action en leur allouant une subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs de la démarche
+&lt;/h3&gt;
+&lt;p&gt;
+ Le soutien aux maisons d&amp;#039;édition et structures collectives d&amp;#039;édition vise à encourager la publication et la diffusion d&amp;#039;ouvrages de qualité. Il permet également de favoriser des projets structurants pour les métiers de l&amp;#039;édition.
+&lt;/p&gt;
+&lt;p&gt;
+ Les maisons d&amp;#039;édition contribuent à stimuler la diversité de la création littéraire. La démarche s&amp;#039;inscrit dans une logique de soutien des maisons d&amp;#039;édition et des structures collectives d&amp;#039;édition afin d&amp;#039;encourager la publication et la diffusion d&amp;#039;ouvrages de qualité. L&amp;#039;examen et la décision d&amp;#039;acceptation de la demande relèvent des services déconcentrés du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du ministère de la Culture a pour objectif de soutenir les maisons d&amp;#039;édition et leurs structures collectives dans leurs projets de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  création
+ &lt;/li&gt;
+ &lt;li&gt;
+  reprise d&amp;#039;un fonds
+ &lt;/li&gt;
+ &lt;li&gt;
+  développement et modernisation d&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  publication
+ &lt;/li&gt;
+ &lt;li&gt;
+  lancement de collection
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Est éligible l&amp;#039;aide aux maisons d&amp;#039;édition et aux structures collectives d&amp;#039;édition toute structure qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  est une personne morale de droit privé
+ &lt;/li&gt;
+ &lt;li&gt;
+  exerce une activité d&amp;#039;édition de livres ou d&amp;#039;accompagnement des maisons d&amp;#039;édition (dispositions statutaires)
+ &lt;/li&gt;
+ &lt;li&gt;
+  dispose d&amp;#039;une résidence fiscale française
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les structures dont la résidence fiscale n&amp;#039;est pas située en France ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les personnes physiques ne peuvent être subventionnées au titre de l&amp;#039;aide aux maisons d&amp;#039;édition et aux structures collectives d&amp;#039;édition.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nature des dépenses éligibles
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le soutien aux maisons d&amp;#039;édition et aux structures collectives d&amp;#039;édition prend la forme d&amp;#039;une subvention de fonctionnement et/ou d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le montant total de la subvention est de 500 à 1M €.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour les subventions d&amp;#039;investissement : versement dans le respect du décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les subventions de fonctionnement : versement de la subvention au plus tard à la notification d&amp;#039;acceptation de la demande.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les dossiers sont étudiés par les services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ Le service déconcentré prendra contact avec le demandeur pour examiner son dossier de demande de subvention et, le cas échéant, préparer la convention de subventionnement.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;h2&gt;
+ Une question ?
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien aux maisons d&amp;#039;édition et structures collectives d&amp;#039;édition, vous êtes invités à vous adresser au Service du Livre et de la Lecture :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des médias et des industries culturelles (DGMIC)
+ &lt;br /&gt;
+ Service du Livre et de la Lecture
+ &lt;br /&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ &lt;a href="mailto:livre-lecture&amp;#64;culture.gouv.fr"&gt;
+  livre-lecture&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacqueline BROLL,
+  &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr"&gt;
+   jacqueline.broll&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nicolas DOUEZ (pour les départements : 03, 07, 15, 42, 43, 63),
+  &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr"&gt;
+   nicolas.douez&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 73 41 27 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anne-Marie BOYER (pour les départements : 26, 38, 73, 74),
+  &lt;a href="mailto:anne-marie.boyer&amp;#64;culture.gouv.fr"&gt;
+   anne-marie.boyer&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+  &lt;br /&gt;
+  04 72 00 44 82
+ &lt;/li&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT LANDRE, (pour les départements 01, 69 et Métropole de Lyon),
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 72 00 44 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pierre-Olivier ROUSSET,
+  &lt;a href="mailto:pierre-olivier.rousset&amp;#64;culture.gouv.fr"&gt;
+   pierre-olivier.rousset&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 11 79 05 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL,
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 80 68 50 11
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN,
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 81 65 72 78
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN,
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 99 29 67 88
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michèle PREVOST,
+  &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr"&gt;
+   michele.prevost&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 38 78 85 70
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie-Lou COMITI,
+  &lt;a href="mailto:mary-lou.comiti&amp;#64;culture.gouv.fr"&gt;
+   mary-lou.comiti&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 95 51 52 06
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Claire RANNOU,
+  &lt;a href="mailto:claire.rannou&amp;#64;culture.gouv.fr"&gt;
+   claire.rannou&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER,
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER,
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX,
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 96
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Peggy LE ROY,
+  &lt;a href="mailto:peggy.le-roy&amp;#64;cluture.gouv.fr"&gt;
+   peggy.le-roy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel DUCHEMANN,
+  &lt;a href="mailto:christel.duchemann&amp;#64;culture.gouv.fr"&gt;
+   christel.duchemann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 22 97 33 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques SAUTERON,
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 28 36 61 92
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Françoise DEKOWSKI (pour les départements : 78, 91, 92, 94),
+  &lt;a href="mailto:francoise.dekowski&amp;#64;culture.gouv.fr"&gt;
+   francoise.dekowski&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 51 54
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile HAUSER de BISSCHOP (pour les départements : 77, 93, 95),
+  &lt;a href="mailto:cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr"&gt;
+   cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 50 91
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylvie BONNEL,
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agnès LEROY,
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 31 38 39 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS,
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 32 10 71 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud TRAVADE,
+  &lt;a href="mailto:arnaud.travade&amp;#64;culture.gouv.fr"&gt;
+   arnaud.travade&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 75/76/78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justine DUJARDIN,
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 66
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO,
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ​​​​​​, 05 55 45 66 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE,
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 25/26
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frédéric BOURDIN,
+  &lt;a href="mailto:frederic.bourdin&amp;#64;culture.gouv.fr"&gt;
+   frederic.bourdin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CASTILLON,
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Henri GAY,
+  &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr"&gt;
+   henri.gay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fleur BOUILLANNE,
+  &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr"&gt;
+   fleur.bouillanne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 67 02 32 15
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT,
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  François-Xavier ANDRE (pour les départements : 44, 53, 85),
+  &lt;a href="mailto:francois-xavier.andre&amp;#64;culture.gouv.fr"&gt;
+   francois-xavier.andre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sèverine BOULLAY (pour les départements : 72, 49 et Métropole de Nantes),
+  &lt;a href="mailto:severine.boullay&amp;#64;culture.gouv.fr"&gt;
+   severine.boullay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 28 21
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE,
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 42 16 14 22
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria MONES,
+  &lt;a href="mailto:maria.mones&amp;#64;culture.gouv.fr"&gt;
+   maria.mones&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 18 03 66 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie BIRAUD,
+  &lt;a href="http://sophie,biraud&amp;#64;culture.gouv.fr"&gt;
+   sophie,biraud&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie ERNY,
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 90 41 14 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA,
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+  , 05 94 25 54 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE,
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 62 21 94 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON,
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 96 60 87 61
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED,
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 69 63 00 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Calédonie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franck LEANDRI, 06 87 24 21 84
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Polynésie française
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Paul LEANDRI,
+  &lt;a href="mailto:mac&amp;#64;polynesie-francaise.pref.gouv.fr"&gt;
+   mac&amp;#64;polynesie-francaise.pref.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizarraga&amp;#64;culture.gouv.fr"&gt;
+   rosiane.de-lizarraga&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture" rel="noopener noreferrer" target="_blank"&gt;
+ Accéder au formulaire - Demande de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/compte-rendu-subvention" rel="noopener noreferrer" target="_blank"&gt;
+ Accéder au formulaire - Compte-rendu de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>500 à 1M €
+&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-aux-maisons-d-edition-et-structures-collectives-d-edition</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>Service déconcentré du ministère de la Culture territorialement compétent (DRAC/DAC/DCJS/MAC)</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e68-soutien-aux-maisons-dedition-et-structures-co/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>161850</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et développer des outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels - Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F157" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds d’accessibilité des œuvres permet l’acquisition et le développement d’outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels. En application de la convention internationale des droits des personnes handicapées signée à New York le 30 mars 2007*, pour favoriser la participation des personnes handicapées à la vie culturelle, le ministère de la Culture soutient l’engagement des structures culturelles dans leur politique d’accessibilité à l’offre culturelle.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que le Fonds d&amp;#039;accessibilité des œuvres ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Depuis 2018, le Fonds accessibilité permet de contribuer à l’effort de développement d’actions et de dispositifs permettant de &lt;strong&gt;lever les freins à la participation à la vie culturelle&lt;/strong&gt;, pour les personnes en situation de handicap, les personnes âgées et à l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico sociaux.&lt;/p&gt;&lt;p&gt;Les crédits accordés dans ce cadre porteront sur l’acquisition et le&lt;strong&gt; développement d’outils d’accessibilité&lt;/strong&gt; et devront permettre &lt;strong&gt;d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette année, une attention particulière sera portée aux projets menés par des structures culturelles qui ne sont pas encore engagées dans une dynamique de mise en accessibilité et qui souhaitent obtenir un soutien dans le cadre du Fonds d&amp;#039;accessibilité pour initier cette démarche. &lt;strong&gt;Par ailleurs, le développement et l’acquisition d’outils mutualisés entre plusieurs opérateurs culturels pourra être encouragé.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* &lt;em&gt;Notamm&lt;/em&gt;​​​​​​​&lt;em&gt;ent ses articles 1er, 2 et 30 ; décret n° 2010-356 du 1er avril 2010 portant publication de la convention relative aux droits des personnes handicapées (ensemble un protocole facultatif), signée à New York le 30 mars 2007 - JORF n°0079 du 3 avri&lt;/em&gt;&lt;em&gt;l 2010.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de&lt;/strong&gt;&lt;strong&gt; la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette démarche vise à démocratiser l&amp;#039;accès à la culture, en abordant directement les défis liés à l&amp;#039;accessibilité pour les personnes en situation de handicap. Elle permet d’encourager les structures culturelles non engagées dans des initiatives d&amp;#039;accessibilité à initier cette démarche, et promouvoir le développement d&amp;#039;outils partagés entre plusieurs opérateurs culturels pour améliorer l&amp;#039;accessibilité de manière collaborative.&lt;/p&gt;&lt;p&gt;Le dispositif finance non seulement l&amp;#039;équipement spécialisé, mais aussi les initiatives de formation et les technologies favorisant l&amp;#039;inclusion.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le Fonds d’accessibilité des œuvres en région : procédure&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour en savoir plus sur les contacts et le calendrier mis en place dans votre région, merci de vous reporter aux onglets ci-dessous.&lt;/p&gt;
+    &lt;section&gt;
+        &lt;p&gt;
+            &lt;/p&gt;&lt;p id="head_accordion_345"&gt;
+                &lt;/p&gt;&lt;h4&gt;&lt;strong&gt;&lt;em&gt;→ Ile-de-France (dépôt jusqu&amp;#039;au 10 avril 2024)
+                                            &lt;/em&gt;&lt;/strong&gt;&lt;/h4&gt;
+            &lt;p id="collapse_accordion_345"&gt;
+                &lt;/p&gt;&lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seules les demandes ayant fait l’objet d’une discussion préalable avec un conseiller de la Drac seront examinées.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le montant des subventions accordés est entre 5000 et 20 000 euros. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention sera versée au demandeur durant la période du printemps à l&amp;#039;été 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;inscription dans une démarche d’accessibilité de la structure ;&lt;/li&gt;&lt;li&gt;la pertinence des outils choisis ; &lt;/li&gt;&lt;li&gt;le budget prévisionnel. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 10 avril 2024, 23h59 (heure de Paris)&lt;/strong&gt;. Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Une question ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Ile-de-France vous êtes invités à vous adresser à : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aurélie Lesous, &lt;a href="mailto:aurelie.lesous&amp;#64;culture.gouv.fr%C2%A0"&gt;aurelie.lesous&amp;#64;culture.gouv.fr &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;strong&gt;&lt;span&gt;&lt;em&gt;→ Occitanie (dépôt jusqu&amp;#039;au 30 avril 2024)&lt;/em&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/h4&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;
+            &lt;/p&gt;&lt;p id="collapse_accordion_346"&gt;
+                &lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de la subvention &lt;/span&gt;&lt;/p&gt;
+            &lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant des subventions accordées ne pourra pas être inférieur à 3.000 euros. Le plafond du taux d&amp;#039;intervention de la DRAC est fixé à 80 % du coût total du projet. Les structures ayant déposé un projet seront informées, par la DRAC, de la suite donnée à leur demande de financement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’attribution de la subvention&lt;/span&gt;&lt;/p&gt;
+        &lt;p&gt;&lt;span&gt;La subvention sera versée en une seule fois après la tenue de la commission. La subvention sera versée trois mois après la tenue de la commission.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’évaluation des dossiers&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’équilibre géographique des porteurs de projets ;&lt;/li&gt;&lt;li&gt;de la représentativité des différentes disciplines et domaines artistiques et culturels ;&lt;/li&gt;&lt;li&gt;du renouvellement des bénéficiaires ;&lt;/li&gt;&lt;li&gt;du taux d&amp;#039;intervention de la structure.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Calendrier&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 30 avril 2024, 23h59 (heure de Paris).&lt;/strong&gt; Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Une question ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Occitanie vous êtes invités à vous adresser à : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vivien Chabrol, 05 67 73 20 88 ; &lt;a href="mailto:vivien.chabrol&amp;#64;culture.gouv.fr"&gt;vivien.chabrol&amp;#64;culture.gouv.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/pol-culturelles_fonds-accessibilite-occitanie" target="_blank" rel="noopener noreferrer"&gt;
+        Accéder au formulaire - Occitanie
+        &lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;                
+    &lt;/section&gt;
+    &lt;section&gt;
+        &lt;h4&gt;&lt;span&gt;&lt;span&gt;&lt;strong&gt;&lt;em&gt;→ Autres régions&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;&lt;span&gt;Pour plus d&amp;#039;informations sur le Fonds d&amp;#039;accessibilité des œuvres dans votre région, nous vous invitons à contacter la Direction régionale des affaires culturelles (DRAC/DAC) de votre région &lt;/span&gt;&lt;a href="https://www.culture.gouv.fr/Regions" target="_blank"&gt;ici&lt;/a&gt;&lt;span&gt;.  &lt;/span&gt;&lt;/p&gt;
+    &lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Entreprises publiques locales &lt;/li&gt;&lt;li&gt;EPCI à fiscalité propre &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La nature des projets éligibles est large : outre l’acquisition de matériel spécifique, le Fonds permet également de soutenir des formations et le développement d’outils de communication adaptés mais aussi la mise en œuvre d’audiodescription ou de traduction. Pour tour les projets, les crédits accordés devront permettre d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap, les personnes âgées et l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico-sociaux. &lt;/p&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;A titre d’exemple, les actions suivantes sont éligibles : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Boucles magnétiques, dispositifs de sur-titrage ;&lt;/li&gt;&lt;li&gt;Maquettes tactiles ; &lt;/li&gt;&lt;li&gt;Livrets en braille ; &lt;/li&gt;&lt;li&gt;Documents FALC visant à permettre l’accessibilité des œuvres ;&lt;/li&gt;&lt;li&gt;Outils et dispositifs d’accompagnement à la rencontre avec œuvres pour les personnes ayant des troubles autistique ou un handicap mental ; &lt;/li&gt;&lt;li&gt;Signalétique accessible ; &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation à la prise en main et à l’utilisation de ces outils…&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/section&gt;&lt;section&gt;Ne sont pas éligibles :&lt;/section&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Les projets d’action culturelle ou d’éducation artistique et culturelle ;&lt;/li&gt;&lt;li&gt;les interventions sur le cadre bâti ;&lt;/li&gt;&lt;li&gt;les projets de formation n’incluant pas la prise en main et l’utilisation de ces outils.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/fonds-d-accessibilite-des-oeuvres</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service déconcentré du ministère de la Culture territorialement compétent (DRAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-daccessibilite-des-oeuvres/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>