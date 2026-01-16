--- v0 (2025-11-19)
+++ v1 (2026-01-16)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA221"/>
+  <dimension ref="A1:AA214"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -3640,290 +3640,92 @@
  Service Développement local et Aides aux collectivités
 &lt;/p&gt;
 &lt;p&gt;
  05.65.53.41.15
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>corinne.bladou-grenier@lot.fr</t>
         </is>
       </c>
       <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7f41-financer-les-equipements-lies-au-cadre-de-vie/</t>
         </is>
       </c>
       <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:27" customHeight="0">
       <c r="A20" s="1">
-        <v>46985</v>
+        <v>49783</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Financer vos projets en zone rurale (LEADER)</t>
+          <t>Être accompagné dans la rénovation énergétique du patrimoine public</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
-EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux programmes Action Cœur de Ville</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Groupe d'action locale Alpes et Azur (GAL)</t>
-[...4 lines deleted...]
-          <t>Groupe d'action locale Alpes et Azur (GAL)</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
-        <is>
-[...195 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose des solutions d&amp;#039;accompagnement er de financement des projets de rénovation énergétique du patrimoine public, et ce, dans le cadre du programme national Action Cœur de Ville. Vous pouvez y prétendre si vous souhaitez :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -3955,308 +3757,308 @@
   Traiter des friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil dédiées aux personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études préalables visant à déterminer l&amp;#039;opportunité et le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études de structuration du montage juridique, économique et financier ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser une prise de participation en fonds propres et quasi fonds propres dans les sociétés de projet et les Sociétés d&amp;#039;Économie Mixte agissant en qualité d&amp;#039;aménageurs ou d&amp;#039;opératrices ;
  &lt;/li&gt;
  &lt;li&gt;
   Assurer un accompagnement en ingénierie sur les projets identifiés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Commerces et services
 Innovation, créativité et recherche
 Equipement public
 Réhabilitation
 Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Action cœur de ville</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-action-coeur-de-ville?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_acv_osat</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez votre contact régional sur :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c235-etre-soutenu-dans-vos-projets-cur-de-ville-pr/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>50283</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Investir en Fonds propres ou quasi fonds propres</t>
         </is>
       </c>
-      <c r="D22" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Découvrez nos offres pour les Entreprises publiques locales</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires encadre juridiquement et financièrement les collectivités territoriales et les SEM qui souhaitent développer des projets impactant pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des territoires opère en fonds propres et quasi fonds propres mais peu également faire intervenir d&amp;#039;autres ressources.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Friche
 Transition énergétique
 Bâtiments et construction
 Réhabilitation
 Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/entreprises-publiques-locales?mtm_campaign=Aides_Territoires&amp;mtm_kwd=EPL&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=fondspropres_qfp_at</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dcdd-financer-un-projet-territorial-en-fonds-propr/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-      <c r="A23" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>52290</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissement</t>
         </is>
       </c>
-      <c r="C23" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &amp;#34;
   &lt;em&gt;
    Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
@@ -4332,96 +4134,96 @@
   Plus petit crédit : 11 000€
  &lt;/li&gt;
  &lt;li&gt;
   Plus gros crédit : 50 millions €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
  &lt;/li&gt;
  &lt;li&gt;
   Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Social et Petite enfance
   &lt;/strong&gt;
   (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Revitalisation des centres villes
   &lt;/strong&gt;
   (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Rayonnement culturel
   &lt;/strong&gt;
   (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transition énergétique
   &lt;/strong&gt;
   (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement des mobilités douces
   &lt;/strong&gt;
   (Bordeaux Métropole, 33)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement sportif
   &lt;/strong&gt;
   (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4464,473 +4266,473 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Etude de l&amp;#039;adhésion
   &lt;/strong&gt;
   : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Éligibilité à l&amp;#039;adhésion
   &lt;/strong&gt;
   : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vote de la délibération de la collectivité
   &lt;/strong&gt;
   : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Versement de l&amp;#039;Apport en capital initial
   &lt;/strong&gt;
   : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
   &lt;/strong&gt;
   : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W23" s="1" t="inlineStr">
+      <c r="W22" s="1" t="inlineStr">
         <is>
           <t>https://portail.agence-france-locale.fr/</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>60891</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Pour investir au capital de jeunes start-ups - French Tech Accélération</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI intervient en capital amorçage, capital-risque et fonds de fonds (Fonds dédiés aux accélérateurs et fonds d&amp;#039;investissement d&amp;#039;accélération).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Fiche d&amp;#039;identité
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Société de gestion :
   Bpifrance Investissement
  &lt;/li&gt;
  &lt;li&gt;
   Zone d&amp;#039;implantation : France
  &lt;/li&gt;
  &lt;li&gt;
   Date de création : décembre 2015
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Fonds financé dans le cadre du Programme d&amp;#039;investissement d&amp;#039;avenir (PIA)
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;intervention
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Investissements en fonds propres ou quasi-fonds propres
   &lt;/li&gt;
   &lt;li&gt;
    Tickets entre 1M€ et 20 M€, en co-investissement avec des acteurs privés
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   Interventions en capital amorçage et en capital-risque, et fonds de fonds
   &lt;br /&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous développez un modèle d&amp;#039;accélérateur pour start-up et vous investissez au capital de ces jeunes pousses.
 &lt;/p&gt;
 &lt;h4&gt;
  Entreprises cibles
 &lt;/h4&gt;
 &lt;p&gt;
  Structurées en SAS ou en fonds d&amp;#039;investissement, toutes structures dédiées à l&amp;#039;accompagnement des entreprises innovantes secteurs divers (digital, medtechs...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Participation-au-capital/Fonds-d-investissement-thematiques/French-Tech-Acceleration</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b7d5-french-tech-acceleration/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>60892</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises de la filière aéronautique</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Avance récupérable</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 35</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avance récupérable jusqu&amp;#039;à 35 % de vos dépenses éligibles
 &lt;/p&gt;
 &lt;p&gt;
  Nous pouvons vous aider financièrement à répondre aux appels d&amp;#039;offres et aux besoins de donneurs d&amp;#039;ordre aéronautique.
 &lt;/p&gt;
 &lt;h4&gt;
  Dépenses éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Dépenses internes ou externes directement liées au projet d&amp;#039;innovation et relatives au lot d&amp;#039;équipements concernés : frais de personnel, achats, sous-traitance, amortissement des investissements matériels et immobiliers...
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;intervention
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Avance récupérable en cas de succès, plafonnée à 35 % des coûts retenus ;
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement soumis à actualisation (taux de référence communautaire) ainsi qu&amp;#039;à redevances complémentaires si le succès dépasse fortement les prévisions.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les aides sont accordées sous forme d&amp;#039;
  &lt;strong&gt;
   avance récupérable
  &lt;/strong&gt;
  conformément aux dispositions des régimes d&amp;#039;aide SA.31561, N395/2010 et à l&amp;#039;encadrement communautaire des aides d&amp;#039;Etat à la recherche, au développement et à l&amp;#039;innovation.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif a fait l&amp;#039;objet d&amp;#039;une convention conclue avec la Direction générale de l&amp;#039;aviation civile (DGAC) en décembre 2011.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Consommation et production
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes une entreprise sous-traitante ou d&amp;#039;ingénierie de la filière aéronautique (rang 1,2 voire plus)
 &lt;/p&gt;
 &lt;h4&gt;
  Entreprises éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Entreprises implantées en France de moins de 2 000 personnes indépendantes d&amp;#039;un groupe de plus de 2 000 personnes.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;p&gt;
  Projet d&amp;#039;ingénierie de mise au point de produit ou équipement destiné à être installé en première monte ou rechange sur un aéronef, dans la mesure où une commande ou un projet de commande est identifié
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-aux-entreprises-de-la-filiere-aeronautique</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
  : Bpifrance de votre région
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aee7-aide-aux-entreprises-de-la-filiere-aeronautiq/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>60894</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Renforcer vos fonds propres et rechercher des investisseurs - EuroQuity</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI vous propose de présenter votre projet sur EuroQuity, le service en ligne gratuit vous permettant de rencontrer vos futurs investisseurs.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  Vous pouvez vous inscrire gratuitement sur EuroQuity. Pour y accéder, vous devez compléter votre profil utilisateur, présenter votre activité et votre projet d&amp;#039;augmentation de capital.
  &lt;br /&gt;
  Vous pouvez ensuite postuler à un ou plusieurs labels ou
  &lt;a href="https://www.euroquity.com/fr/universe/communitieslist"&gt;
   communautés
  &lt;/a&gt;
  , ce qui vous permet à la fois d&amp;#039;être plus visible auprès des autres utilisateurs d&amp;#039;EuroQuity.
 &lt;/p&gt;
 &lt;p&gt;
  Les principales fonctionnalités du service sont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un moteur de recherche qui vous permet d&amp;#039;accéder aux sociétés et investisseurs EuroQuity en fonction de vos centres d&amp;#039;intérêt : montant d&amp;#039;investissement recherché, zone géographique, secteurs d&amp;#039;activité...
  &lt;/li&gt;
  &lt;li&gt;
@@ -4951,161 +4753,161 @@
 &lt;/p&gt;
 &lt;p&gt;
  Les sociétés françaises inscrites sur
  &lt;a href="http://www.euroquity.com/"&gt;
   http://www.euroquity.com/
  &lt;/a&gt;
  peuvent trouver des partenaires et investisseurs européens. Elles disposent d&amp;#039;une interface multilingue pour présenter leur profil en français, anglais et en allemand.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;p&gt;
  Son objectif est d&amp;#039;accompagner la croissance des PME par la rencontre de leurs futurs partenaires pour leurs besoins d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  EuroQuity regroupe en France plus de 14 000 membres dont 5 500 sociétés, 6 600 investisseurs et 2 600 structures d&amp;#039;accompagnement.
 &lt;/p&gt;
 &lt;h4&gt;
  Bilan
 &lt;/h4&gt;
 &lt;p&gt;
  Depuis le lancement du service, plus de 415 millions d&amp;#039;euros ont été déclarés levés par les entreprises, avec un taux de satisfaction et une intention de réutilisation du service supérieurs à 80 %.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez renforcer vos fonds propres et recherchez des investisseurs.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  Le service en ligne
  &lt;a href="http://www.euroquity.com/"&gt;
   http://www.euroquity.com/
  &lt;/a&gt;
  s&amp;#039;adresse aux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entreprises qui souhaitent renforcer leurs fonds propres,
  &lt;/li&gt;
  &lt;li&gt;
   investisseurs : sociétés de capital investissement, &amp;#34;business angels&amp;#34;, investisseurs individuels, qui recherchent des opportunités d&amp;#039;investissement,
  &lt;/li&gt;
  &lt;li&gt;
   conseils (expert-comptables, avocats, CIF) qui les accompagnent dans leurs démarches.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Mises-en-reseau/EuroQuity</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fc0a-euroquity/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>60895</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Vous aider dans la préparation de votre projet d'innovation - Aide pour la faisabilité de l'innovation</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI vous aide dans la préparation de votre projet d&amp;#039;innovation (Subvention ou avance récupérable pour valider la faisabilité de votre projet).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Projets éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Tout projet de recherche, développement et innovation (RDI) de produits, procédés ou services innovants présentant des perspectives d&amp;#039;industrialisation et/ou de commercialisation.
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance a noué un partenariat avec le ministère de l&amp;#039;Agriculture et de l&amp;#039;Alimentation pour renforcer son soutien à des projets d&amp;#039;innovation dans l&amp;#039;industrie agroalimentaire en finançant les études amont de faisabilité ou de recherche de partenaires.
 &lt;/p&gt;
 &lt;h4&gt;
  Dépenses éligibles
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Etudes d&amp;#039;évaluation et d&amp;#039;analyse du potentiel d&amp;#039;un projet mettant en exergue les perspectives et les risques du projet et précisant les ressources nécessaires pour le mener à bien.
  &lt;/li&gt;
  &lt;li&gt;
   Conception et définition du projet, planification, validation de la faisabilité technico-économique, veille, étude de positionnement stratégique, démarche design, recrutement de cadres de R&amp;amp;D...
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -5114,157 +4916,157 @@
 &lt;/h4&gt;
 &lt;p&gt;
  Participation au financement de l&amp;#039;étude sous forme de subvention ou sous forme d&amp;#039;avance récupérable.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;p&gt;
  Inciter l&amp;#039;entreprise à innover en l&amp;#039;aidant dans la préparation de projets de recherche, développement et innovation (RDI) par :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    des études de faisabilité,
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;intégration de compétences,
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   permettant de valider les différentes composantes du projet de RDI : ingénierie commerciale et marketing, technique, juridique et propriété intellectuelle, financière et managériale.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous vérifiez la faisabilité de votre projet d&amp;#039;innovation.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  PME (1) et entreprises de moins de 2 000 salariés (2).
 &lt;/p&gt;
 &lt;p&gt;
  _____________
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Selon la définition européenne de la PME : entreprise de moins de 250 salariés déclarant soit un CA annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
  &lt;/li&gt;
  &lt;li&gt;
   Indépendantes d&amp;#039;un groupe de plus de 2 000 personnes.
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-pour-la-faisabilite-de-l-innovation</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a5cf-aide-pour-la-faisabilite-de-linnovation/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>60900</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Garantir les prêts qui accompagneront l’innovation de votre entreprise - Garantie Innovation</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI garantit les prêts qui accompagneront l&amp;#039;innovation de votre entreprise: Cette offre vous permettra de garantir des prêts visant à rendre votre entreprise plus innovante.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  Garantie de prêts à moyen ou long terme ou de crédit-bail, y compris les prêts personnels aux associés pour réaliser des apports en fonds propres, ayant pour objet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les investissements incorporels ou corporels à faible valeur de gage,
  &lt;/li&gt;
  &lt;li&gt;
   le préfinancement des subventions publiques attribuées aux associations de gestion et aux PME des pôles de compétitivité et des grappes d&amp;#039;entreprises,
  &lt;/li&gt;
  &lt;li&gt;
   le préfinancement du CIR : crédit moyen terme (24 mois minimum)
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;augmentation du besoin en fonds de roulement induit par le projet innovant,
  &lt;/li&gt;
  &lt;li&gt;
@@ -5299,300 +5101,300 @@
 &lt;/h4&gt;
 &lt;p&gt;
  En général quotité maximale de 60 % et commission* 0,80 %.
  &lt;br /&gt;
  *
  En pourcentage annuel du capital restant dû du prêt. Prélèvement en une seule fois après décaissement.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalités
 &lt;/h4&gt;
 &lt;p&gt;
  Cette garantie vise :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la conception et le développement de produits ou services nouveaux (recherche, développement, industrialisation, commercialisation...),
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;introduction d&amp;#039;une technologie ou technique nouvelle dans un des processus de l&amp;#039;entreprise (fabrication, commercialisation, gestion,...).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous recherchez un financement pour développer l&amp;#039;innovation au sein de votre entreprise.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  PME et TPE innovantes de plus de trois ans.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Garanties-et-assurances/Garanties-aux-banques/Garantie-Innovation</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7614-garantie-innovation/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>60902</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Engager / structurer démarche et plan d’actions RSE - Accompagnement à la RSE</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI accompagne des entreprises dans l&amp;#039;appropriation des enjeux et opportunités d&amp;#039;une stratégie RSE.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  Le programme prévoit 3,5 jours en collectif entre entrepreneurs et consultant formateur et 2 jours de présence du consultant en entreprise, sur une durée de 3 à 4 mois, et un retour d&amp;#039;expérience au bout de 9 à 12 mois.
  &lt;br /&gt;
  Il inclut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les fondamentaux de la RSE et échanges avec les autres entrepreneurs, Bpifrance et le consultant
  &lt;/li&gt;
  &lt;li&gt;
   le diagnostic RSE des entreprises
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;accompagnement à la mise en place d&amp;#039;une démarche RSE adaptée à l&amp;#039;entreprise et à ses objectifs de développement
  &lt;/li&gt;
  &lt;li&gt;
   le retour d&amp;#039;expériences des entreprises
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Partenaires
 &lt;/h4&gt;
 &lt;p&gt;
  Greenflex, société de services en Développement Durable, est partenaire de ce programme.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalités
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Définir une stratégie RSE et mettre en œuvre un plan d&amp;#039;actions adapté.
  &lt;/li&gt;
  &lt;li&gt;
   Disposer d&amp;#039;outils de pilotage, de suivi et de communication.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mettre en place une démarche de Responsabilité Sociétale d&amp;#039;Entreprise pour dynamiser votre activité et vos collaborateurs.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  TPE, PME, ETI de tous secteurs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/nous-decouvrir/notre-accompagnement</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction du Développement Durable et de la RSE :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:philippe.kunter&amp;#64;bpifrance.fr"&gt;
   Philippe Kunter
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:catherine.maille&amp;#64;bpifrance.fr"&gt;
   Catherine Maille
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d762-accompagnement-a-la-rse/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
         <v>60903</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Pour accompagner les dirigeants dans leur développement - Les publications du Lab</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI développe un laboratoire d&amp;#039;idées pour accompagner les dirigeants dans leur développement.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  Le fruit des travaux du Lab fait l&amp;#039;objet de publications, à retrouver gratuitement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   en version papier, dans les directions régionales
  &lt;/li&gt;
  &lt;li&gt;
   en version numérique, sur
   &lt;a href="https://www.bpifrance-lelab.fr/"&gt;
    www.bpifrance-lelab.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Exemples de sujets traités par Le Lab :
 &lt;/p&gt;
@@ -5657,304 +5459,304 @@
  Il s&amp;#039;appuie également sur des Comités de pilotage, dont la composition varie selon les sujets d&amp;#039;étude.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalités
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Nourrir sa réflexion stratégique sur les questions de croissance et de gouvernance de l&amp;#039;entreprise
   &lt;/li&gt;
   &lt;li&gt;
    Bénéficier des meilleures pratiques de marché issues de ses pairs et de la recherche académique
   &lt;/li&gt;
   &lt;li&gt;
    Comprendre les grandes tendances socio-économiques, notamment les transitions numérique et écologique, et leurs impacts sur l&amp;#039;entreprise
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Le Lab croise les points de vue de la recherche académique, des dirigeants eux-mêmes et des lignes métiers de Bpifrance.
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;appuie sur une méthodologie robuste et inédite : de l&amp;#039;analyse quantitative à partir des données dont Bpifrance dispose, de l&amp;#039;analyse qualitative à partir d&amp;#039;enquêtes et d&amp;#039;interviews réalisées auprès de dirigeants. Le Lab fait régulièrement appel à des disciplines complémentaires, telles que la psychologie, la sémiologie, etc.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez bénéficier des réflexions du Lab.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  Dirigeants de PME et ETI françaises.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Universite/Les-publications-du-Lab</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance-lelab.fr/"&gt;
   Bpifrance le Lab
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/050e-les-publications-du-lab/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>60908</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Aider les PME à innover - Prêt participatif de développement Innovation</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>France 2030</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI aide les PME qui souhaitent développer, industrialiser et commercialiser des innovations d&amp;#039;usages et de service.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Montant du prêt compris entre :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ol&gt;
  &lt;li&gt;
   30 et 75 000 € pour les entreprises en création (1 à 3 ans) et
  &lt;/li&gt;
  &lt;li&gt;
   30 à 150 000 € pour les entreprises en développement (&amp;gt; 3 ans), sans dépasser le montant des fonds propres de l&amp;#039;emprunteur.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Assiette constituée prioritairement par des investissements immatériels, des investissements corporels ayant une faible valeur de gage et par l&amp;#039;augmentation du besoin en fonds de roulement générée par le projet de développement.
  &lt;/li&gt;
  &lt;li&gt;
   Durée de 5 ou 7 ans.
  &lt;/li&gt;
  &lt;li&gt;
   Les prêts de 7 ans bénéficient systématiquement d&amp;#039;un différé d&amp;#039;amortissement du capital de 2 ans. Leur remboursement s&amp;#039;effectue par échéances trimestrielles constantes à terme échu.
  &lt;/li&gt;
  &lt;li&gt;
   Les PPDI ne font l&amp;#039;objet d&amp;#039;aucune sûreté réelle ni garantie personnelle délivrée par le bénéficiaire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Partenaires
 &lt;/h4&gt;
 &lt;p&gt;
  Grâce à l&amp;#039;intervention de la Région à hauteur de 20 % sur le volet création et 40 % sur le volet développement, ces prêts bénéficient de conditions  financières préférentielles.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalités
 &lt;/h4&gt;
 &lt;p&gt;
  Aider aux développements de l&amp;#039;innovation des PME.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez développer, industrialiser et commercialiser une innovation de service ou d&amp;#039;usage.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  PME des Hauts-de-France exerçant leurs activités depuis plus de 1 an et appartenant au secteur de l&amp;#039;industrie ou des services aux entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  Sont exclues les opérations relatives au financement de la transmission d&amp;#039;entreprises.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-regionaux/Pret-participatif-de-developpement-Innovation</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c999-pret-participatif-de-developpement-innovation/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>60909</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Mise en ligne des formations, courtes et ciblées, conçues sur mesure - Bpifrance Université e-learning</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une plateforme de formation à la demande, accessible gratuitement, à tout moment, sur simple inscription, dédiée aux dirigeants d&amp;#039;entreprises et aux porteurs de projet.
 &lt;/p&gt;
 &lt;p&gt;
  La BPI met en ligne des formations, courtes et ciblées, conçues sur mesure pour les chefs d&amp;#039;entreprises avec les meilleurs experts.
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;accès à la plateforme e-learning Bpifrance Université est gratuit, sur simple inscription.
 &lt;/p&gt;
 Le portail se compose de modules thématiques, courts et orientés vers la mise en application.
 &lt;br /&gt;
 Chaque module, d&amp;#039;une durée d&amp;#039;environ 30 minutes, est segmenté en séquences vidéos de 4 à 6 minutes dans lesquelles l&amp;#039;apprenant peut se déplacer de manière interactive et offre des compléments d&amp;#039;informations optionnels.
 &lt;br /&gt;
 Une application IOS et Android dédiée permet de visionner les modules en mode déconnecté.
 &lt;h4&gt;
  Contenus
 &lt;/h4&gt;
 &lt;p&gt;
  Les modules de formation sont conçus et réalisés sur mesure avec les meilleurs experts :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -5963,152 +5765,152 @@
  &lt;/li&gt;
  &lt;li&gt;
   experts issus d&amp;#039;organismes reconnus : INPI, AFTE...
  &lt;/li&gt;
  &lt;li&gt;
   consultants spécialisés
  &lt;/li&gt;
  &lt;li&gt;
   experts internes Bpifrance
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le catalogue est enrichi en continu, à raison d&amp;#039;un nouveau module tous les 15 jours.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalités
 &lt;/h4&gt;
 &lt;p&gt;
  Mettre à disposition, gratuitement, des connaissances fiables, opérationnelles et de haute qualité sur tous les thèmes touchant au développement et management des entreprises : stratégie, finance, international, développement personnel, management, innovation, juridique, marketing, transformation digitale...
 &lt;/p&gt;
 &lt;p&gt;
  Le dirigeant d&amp;#039;entreprise s&amp;#039;appuie sur son équipe et sur des conseils extérieurs, mais l&amp;#039;accès direct et immédiat à un ensemble de connaissances fiables lui est nécessaire pour orienter ses réflexions, challenger ses interlocuteurs et, en définitive, conforter ses décisions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez un accès rapide et facile à des connaissances fiables et de haute qualité, disponibles à tout moment.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  Les dirigeants de PME ou d&amp;#039;ETI, les porteurs de projet, clients ou non de Bpifrance.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Universite/Bpifrance-Universite-e-learning</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance-universite.fr/"&gt;
   Bpifrance Université
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2b9a-bpifrance-universite-e-learning/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>60910</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Aider le développement de l'innovation</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Avance récupérable</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI participe au financement de votre innovation avant son lancement industriel et commercial.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Projets éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Tout projet de recherche, développement et innovation (RDI), collaboratif ou non, visant le développement de produits, procédés ou services innovants et présentant des perspectives concrètes d&amp;#039;industrialisation et de commercialisation.
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance a noué des partenariats avec le Centre national du cinéma et de l&amp;#039;image animée (CNC), la Direction Générale de l&amp;#039;Armement (DGA) et le Secrétariat Général de la Défense et de la Sécurité Nationale et l&amp;#039;Agence Nationale de la Sécurité des Systèmes d&amp;#039;Information (SGDSN/ANSSI) pour renforcer son soutien à des projets des secteurs du cinéma, de l&amp;#039;audiovisuel, du multimédia et du jeu vidéo, des domaines des applications des technologies duales et de la sécurité des systèmes d&amp;#039;information.
 &lt;/p&gt;
 &lt;h4&gt;
  Dépenses éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Les dépenses internes ou externes directement liées au développement de l&amp;#039;innovation (activités de recherche industrielle et/ou de développement expérimental).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide pourra couvrir, notamment, la réalisation et la mise au point de prototypes, préséries, installations pilotes ou de démonstration, les dépenses de propriété intellectuelle (le dépôt et l&amp;#039;extension de brevet uniquement pour les PME...) ou de mise aux normes, la démarche design, les études de marché tests, l&amp;#039;actualisation du plan d&amp;#039;affaires du lancement industriel et commercial...
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;intervention
@@ -6137,172 +5939,172 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    à mettre au point des produits, procédés ou services innovants, présentant des perspectives concrètes d&amp;#039;industrialisation et de commercialisation,
   &lt;/li&gt;
   &lt;li&gt;
    à financer leur participation à des partenariats technologiques nationaux ou internationaux, dans le cadre de projets de recherche, développement et innovation (RDI).
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   Développer une innovation en collaboration avec un partenaire étranger :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     participation d&amp;#039;au moins deux entités (une entreprise française et une entité établie hors de France),
    &lt;/li&gt;
    &lt;li&gt;
     contributions des partenaires équilibrées (un pays ou un partenaire ne peut dépasser 75 % du montant total du projet) et collaboration effective.
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous concevez et développez une innovation, seul ou en partenariat.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  PME(1) et entreprises de moins de 2 000 salariés(2).
 &lt;/p&gt;
 &lt;p&gt;
  ____________
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   PME : selon la définition européenne, moins de 250 salariés, déclarant soit un CA annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
  &lt;/li&gt;
  &lt;li&gt;
   Indépendantes d&amp;#039;un groupe de plus de 2 000 personnes. Pour les entreprises de plus de 2 000 personnes, à titre exceptionnel et sur dérogation.
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-pour-le-developpement-de-l-innovation</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d271-aide-pour-le-developpement-de-linnovation/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>60911</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Soutenir prioritairement les PME innovantes, à fort potentiel de croissance, engagées dans des projets collaboratifs - Eurostars</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>France 2030</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme, élaboré par EUREKA et la Commission européenne, destiné à soutenir prioritairement les PME innovantes, à fort potentiel de croissance, engagées dans des projets collaboratifs.
 &lt;/p&gt;
 &lt;p&gt;
  La BPI participe au financement de votre projet collaboratif de RDI transnational.
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  Chaque partenaire des projets lauréats est financé par son financeur national.
  &lt;br /&gt;
  En France par Bpifrance, en subvention selon les taux suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   PME Eurostars
   (1)
   : 40 % des dépenses éligibles
  &lt;/li&gt;
  &lt;li&gt;
   PME Non Eurostars : 30 % des dépenses éligibles
  &lt;/li&gt;
  &lt;li&gt;
@@ -6413,178 +6215,178 @@
 &lt;h4&gt;
  Dépenses éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Les dépenses internes ou externes HT directement liées au développement de l&amp;#039;innovation (activités de recherche industrielle et de développement expérimental).
 &lt;/p&gt;
 &lt;h4&gt;
  Appel à projets
 &lt;/h4&gt;
 &lt;p&gt;
  Deux appels à projets par an, en continu,  sur toute la période du Programme &amp;#34;Horizon 2020&amp;#34; 2014 - 2020.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Financer des partenaires français engagés dans des projets d&amp;#039;innovation collaboratifs transnationaux de toutes thématiques et proches du marché.
  &lt;/li&gt;
  &lt;li&gt;
   Attribuer le label EUREKA aux projets lauréats Eurostars.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous participez à un projet collaboratif de Recherche, Développement et Innovation (RDI) transnational.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires éligibles
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Entreprises innovantes de moins de 2 000 salariés,
  &lt;/li&gt;
  &lt;li&gt;
   Partenaires académiques.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-collaboratifs/Eurostars</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Bpifrance en région
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  et la Direction du Développement et Support Innovation/Programmes Internationaux Innovation
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:odile.henin&amp;#64;bpifrance.fr"&gt;
   Odile Hénin
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a&gt;
   Mael Mbaye
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7e07-eurostars/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>60912</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Renforcer la structure financière de votre entreprise pour accompagner une levée de fonds - Prêt d'amorçage investissement avec le FEI</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI accompagne le développement et la croissance de votre entreprise.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Soutien de l&amp;#039;Union européenne
 &lt;/h4&gt;
 &lt;p&gt;
  Ce prêt est soutenu par « la garantie PME InnovFin » (InnovFin SME Guarantee), avec le soutien financier de l&amp;#039;Union européenne dans le cadre du programme Horizon 2020 Instruments Financiers et du
  Fonds européen pour les investissements stratégiques
  (EFSI) mis en place dans le cadre du programme d&amp;#039;investissement pour l&amp;#039;Europe. Le but du EFSI est de soutenir le financement,  la mise en œuvre d&amp;#039;investissements rentables  au  sein de l&amp;#039;Union européenne et d&amp;#039;assurer un accès  facilité au financement.
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  Le prêt devra être mis en œuvre concomitamment à la réalisation de la levée de fonds et au plus tard dans les 3 mois qui suivent afin de rester dans le même niveau de risque que les investisseurs.
 &lt;/p&gt;
 &lt;h4&gt;
  Montant
 &lt;/h4&gt;
 &lt;p&gt;
  Au plus égal à la moitié de la levée de fonds réalisée (fonds propres et quasi fonds propres), dans la limite de la nouvelle situation nette de l&amp;#039;emprunteur.
 &lt;/p&gt;
@@ -6610,158 +6412,158 @@
    &lt;/li&gt;
   &lt;/ul&gt;
 &lt;h4&gt;
  Conditions financières
 &lt;/h4&gt;
 &lt;p&gt;
  Un taux fixe ou variable selon barème en vigueur
 &lt;/p&gt;
 &lt;h4&gt;
  Garantie
 &lt;/h4&gt;
 &lt;p&gt;
  Aucune garantie sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant.
 &lt;/p&gt;
 &lt;p&gt;
  Seule une retenue de garantie de 5 % est prélevée lors du décaissement.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;p&gt;
  Renforcer la trésorerie de l&amp;#039;entreprise qui vient de réussir sa levée de fonds et l&amp;#039;accompagner dans son développement et sa croissance en lui apportant un financement complémentaire sous forme de prêt de développement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous venez de réussir votre levée de fonds.
 &lt;/p&gt;
 &lt;h4&gt;
  Entreprises éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Petites entreprises au sens de la définition européenne, de moins de 8 ans, ayant réussi leur levée de fonds d&amp;#039;amorçage d&amp;#039;un montant minimum de 200k€.
 &lt;/p&gt;
 &lt;p&gt;
  Le tour de table devra être composé d&amp;#039;investisseurs professionnels « avisés » (fonds d&amp;#039;investissement - société de capital-risque - Business Angels professionnel, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Les plateformes de crowdfunding qui ont un statut d&amp;#039;investisseur dont le règlement est enregistré par l&amp;#039;AMF sont éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Pret-d-amorcage-investissement-avec-le-FEI</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/713a-pret-damorcage-investissement-avec-le-fei/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>60915</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Pour vous accompagner dans une première démarche d'innovation - Diagnostic Innovation</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI vous propose d&amp;#039;être accompagné(e) par un expert conseil et/ou technique et nous participons au financement de ce diagnostic.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;offre se traduit par une prestation de conseil et/ou technique. Pour mettre en oeuvre ce dispositif, Bpifrance s&amp;#039;appuie sur des opérateurs régionaux présents dans chaque territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Prestations éligibles
  :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pré-études techniques, essais, modélisations, études de marché, recherches de partenaires technologiques, dépôt d&amp;#039;un premier brevet français...
 &lt;/p&gt;
 &lt;p&gt;
  Sont exclues :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -6777,317 +6579,317 @@
 &lt;/h4&gt;
 &lt;p&gt;
  Le Diagnostic Innovation est une
  &lt;strong&gt;
   subvention plafonnée à 8 000 €
  &lt;/strong&gt;
  , pour une prise en charge de la prestation de Diagnostic Innovation à hauteur de 50 % de son montant HT (*).
 &lt;/p&gt;
 &lt;p&gt;
  (*) Sauf spécificités régionales. Pour plus de précisions, se rapprocher de la direction Bpifrance de votre Région, ou de l&amp;#039;opérateur régional en charge du dispositif.
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités de versement de l&amp;#039;aide
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide est versée directement au prestataire après réalisation du Diagnostic Innovation et acquittement par l&amp;#039;entreprise de sa quote-part.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;p&gt;
  Ce Diagnostic Innovation consiste en une prestation de conseil et/ou technique. Elle permet ainsi aux PME peu familiarisées avec l&amp;#039;innovation d&amp;#039;intégrer cette dimension dans leur stratégie de développement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous initiez une démarche d&amp;#039;innovation et avez besoin de faire appel à un prestataire
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Les PME (selon la définition européenne) n&amp;#039;ayant pas bénéficié d&amp;#039;aide à l&amp;#039;innovation depuis au moins 2 ans inclus (à l&amp;#039;exception du Diagnostic Innovation «1
  er
  Brevet» ouvert à toutes les PME déposant leur premier brevet).
 &lt;/p&gt;
 &lt;p&gt;
  Sont exclues du Diagnostic Innovation :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les personnes physiques, les professions libérales, les organismes publics ou privés ayant une activité de recherche, de conseil, d&amp;#039;assistance ou de transfert de technologie.
  &lt;/li&gt;
  &lt;li&gt;
   Les entreprises en difficulté au sens de la réglementation européenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Conseil/Diagnostic-Innovation</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour bénéficier du Diagnostic Innovation, les dirigeants intéressés sont invités à se rapprocher soit :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  des chargés d&amp;#039;affaires innovation, présents sur tout le territoire dans les
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   directions régionales Bpifrance
  &lt;/a&gt;
  ,
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  ou
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  des opérateurs régionaux en charge du dispositif présents dans chaque territoire et impliqués dans le développement économique et l&amp;#039;innovation (CCI, DIRECCTE, DRRT, SATT, Pôles de compétitivité...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6b1e-diagnostic-innovation/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>60916</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>S’entraîner à pitcher devant des investisseurs et/ou des clients - Pitch&amp;Win</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI propose une formation au pitch, sur le fond et la forme, délivrée par un prestataire référencé par Bpifrance.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  Les grandes étapes :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une phase préparatoire sur le fond et la forme du pitch : appropriation d&amp;#039;une méthodologie de rédaction d&amp;#039;un pitch, définition du contenu, acquisition des éléments indispensables pour bien structurer un pitch... ; 2 entretiens téléphoniques personnalisés de 30 minutes chacun.
  &lt;/li&gt;
  &lt;li&gt;
   Un entraînement en présentiel d&amp;#039;une demi-journée sur la « forme » (posture, voix, rythme...) en petit groupe de 4 à 6 dirigeants, pour une analyse constructive du formateur et des autres participants.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  En bonus, les entreprises qui le souhaitent peuvent bénéficier du label « Pitch&amp;amp;Win » sur
  EuroQuity
  , plateforme de Bpifrance de mise en relation entre les sociétés de croissance et leurs partenaires de développement, notamment les investisseurs.
 &lt;/p&gt;
 &lt;p&gt;
  Tarif
  : 750 € HT par entreprise (1 pers./entreprise)
 &lt;/p&gt;
 &lt;h4&gt;
  Finalités
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Revoir la pertinence et l&amp;#039;exhaustivité du contenu du pitch (focus sur le fond)
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;entraîner à la prise de parole afin de réaliser un pitch efficace, en français ou en anglais
   &lt;/li&gt;
   &lt;li&gt;
    Etre mis en contact avec des investisseurs nombreux via la plateforme en ligne dédiée de Bpifrance : EuroQuity
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez lever des fonds et vous entraîner à délivrer un pitch efficace et percutant auprès des investisseurs (en français ou en anglais), ou simplement vous entraîner à faire des pitchs commerciaux (en français ou en anglais).
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  Dirigeants d&amp;#039;entreprises souhaitant réaliser un tour de table (dans le cas d&amp;#039;un pitch investisseur) ou améliorer leurs performances en pitch commercial.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Universite/Pitch-Win</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour participer à un Pitch &amp;amp; Win, rapprochez-vous de la Délégation Innovation de votre
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   direction régionale Bpifrance
  &lt;/a&gt;
  , à l&amp;#039;initiative de l&amp;#039;organisation d&amp;#039;une session.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d1fa-pitchwin/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-      <c r="A38" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>60917</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Financer le lancement industriel et commercial d’une innovation en France ou à l'étranger - Prêt Innovation FEI</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI finance les dépenses immatérielles liées au lancement industriel et commercial de votre innovation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Soutien de l&amp;#039;Union européenne
 &lt;/h4&gt;
 &lt;p&gt;
  Ce prêt est soutenu par « la garantie PME InnovFin » (InnovFin SME Guarantee), avec le soutien financier de l&amp;#039;Union européenne dans le cadre du programme Horizon 2020 Instruments Financiers et du
  Fonds européen pour les investissements stratégiques
  (EFSI) mis en place dans le cadre du programme d&amp;#039;investissement pour l&amp;#039;Europe. Le but du EFSI est de soutenir le financement,  la mise en œuvre d&amp;#039;investissements rentables  au  sein de l&amp;#039;Union européenne et d&amp;#039;assurer un accès  facilité au financement.
 &lt;/p&gt;
 &lt;h4&gt;
  Montant
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   De 50 000 euros à 5 000 000 euros
  &lt;/li&gt;
  &lt;li&gt;
   Dans la limite du double des fonds propres et quasi-fonds propres de l&amp;#039;entreprise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
@@ -7101,69 +6903,69 @@
   Echéances trimestrielles à terme échu avec amortissement linéaire du capital
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Conditions financières
 &lt;/h4&gt;
 &lt;p&gt;
  Taux fixe ou taux variable selon barème en vigueur
 &lt;/p&gt;
 &lt;h4&gt;
  Garantie
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aucune garantie sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant,
  &lt;/li&gt;
  &lt;li&gt;
   Seule une retenue de garantie de 5 % est prévue,
  &lt;/li&gt;
  &lt;li&gt;
   Assurance décès invalidité obligatoire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez lancer sur le marché un produit ou un service innovant
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Entreprise (PME et ETI) créée depuis plus de trois ans, développant ou commercialisant un nouveau produit, procédé ou service et pouvant justifier d&amp;#039;une innovation, par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;obtention d&amp;#039;une aide récente à la Recherche-Développement et Innovation (RDI) ou du Crédit Impôt Recherche,
  &lt;/li&gt;
  &lt;li&gt;
   le dépôt d&amp;#039;un brevet ou d&amp;#039;une création numérique,
  &lt;/li&gt;
  &lt;li&gt;
   des dépenses des R&amp;amp;D significatives.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Dépenses éligibles
 &lt;/h4&gt;
 &lt;p&gt;
@@ -7172,292 +6974,292 @@
 &lt;ul&gt;
  &lt;li&gt;
   les actifs immatériels permettant une optimisation des ressources et des processus,
  &lt;/li&gt;
  &lt;li&gt;
   la conception du produit ou du processus de fabrication,
  &lt;/li&gt;
  &lt;li&gt;
   la mise en place du processus de fabrication,
  &lt;/li&gt;
  &lt;li&gt;
   la mise en œuvre de normes et/ou de certifications,
  &lt;/li&gt;
  &lt;li&gt;
   la protection de la propriété intellectuelle,
  &lt;/li&gt;
  &lt;li&gt;
   le marketing,
  &lt;/li&gt;
  &lt;li&gt;
   la commercialisation (ressources humaines spécifiques, partenaires de distribution...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Pret-Innovation-FEI</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/08dc-pret-innovation-fei/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-      <c r="A39" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>60919</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Faire passer des projets à leur phase d’industrialisation - Fonds SPI  (Sociétés de projets industriels)</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>France 2030</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI investit sous forme de participations minoritaires dans des sociétés de projet créées en partenariat avec des industriels, pour faire passer des projets à leur phase d&amp;#039;industrialisation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Caractéristiques du fonds
 &lt;/h4&gt;
 &lt;p&gt;
  Un fonds financé par le Programme d&amp;#039;Investissement d&amp;#039;Avenir (PIA), et géré par Bpifrance Investissement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   800 M€ mobilisés sous formes de fonds propres (et quasi fonds propres) ;
  &lt;/li&gt;
  &lt;li&gt;
   Investissement avisé en minoritaire dans des sociétés de projets, aux côtés de partenaires essentiellement industriels ;
  &lt;/li&gt;
  &lt;li&gt;
   Ticket de 10 M€ minimum;
  &lt;/li&gt;
  &lt;li&gt;
   Durée du fonds : 12 ans &amp;#43; 2 x 2 ans.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Comment déposer son projet ?
 &lt;/h4&gt;
 &lt;p&gt;
  Pour vous permettre de déposer votre projet dans le cadre de ce nouveau fonds,
  répondez à l&amp;#039;
  &lt;a href="https://www.bpifrance.fr/A-la-une/Actualites/Fonds-SPI-Societes-de-projets-Industriels-appel-a-manifestation-d-interet-9172"&gt;
   appel à manifestation d&amp;#039;intérêts (AMI)
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Les premiers investissements
 &lt;/h4&gt;
 &lt;p&gt;
  Sunchim
  &lt;br /&gt;
  YposKesi
  &lt;br /&gt;
  Carbiolice
  &lt;br /&gt;
  Evertree
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous avez besoin d&amp;#039;un apport de fonds propres pour accompagner l&amp;#039;industrialisation de votre projet. Celui-ci est en relation avec les 34 plans de la Nouvelle France Industrielle.
 &lt;/p&gt;
 &lt;h4&gt;
  Les projets visés
 &lt;/h4&gt;
 &lt;p&gt;
  Ces projets, qu&amp;#039;il s&amp;#039;agisse de mutualisation d&amp;#039;équipements par des industriels, de création de nouvelles capacités de production, de développement de nouveaux marchés à l&amp;#039;export ou encore de développement de services structurants pour une filière, demandent des investissements significatifs et comportent une phase de démarrage parfois risquée.
 &lt;/p&gt;
 &lt;p&gt;
  Exemples de projets visés
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la création de sites industriels partagés intégrant des acteurs aujourd&amp;#039;hui disjoints ;
  &lt;/li&gt;
  &lt;li&gt;
   la création d&amp;#039;un équipement partagé par plusieurs industriels ;
  &lt;/li&gt;
  &lt;li&gt;
   le développement de services de nature à permettre le développement d&amp;#039;une industrie ;
  &lt;/li&gt;
  &lt;li&gt;
   la création de &amp;#34;vitrines&amp;#34; permettant à une filière française de se développer à l&amp;#039;export.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Participation-au-capital/Investissement-projet/Fonds-SPI-Societes-de-projets-industriels</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a9fb-fonds-spi-societes-de-projets-industriels/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>60920</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Renforcer la trésorerie de votre entreprise pour préparer une levée de fonds - Prêt d'amorçage avec le FEI</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI renforce la trésorerie de votre entreprise pour préparer une levée de fonds.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Soutien de l&amp;#039;Union européenne
 &lt;/h4&gt;
 &lt;p&gt;
  Ce prêt est soutenu par « la garantie PME InnovFin » (InnovFin SME Guarantee), avec le soutien financier de l&amp;#039;Union européenne dans le cadre du programme Horizon 2020 Instruments Financiers et du
  Fonds européen pour les investissements stratégiques
  (EFSI) mis en place dans le cadre du programme d&amp;#039;investissement pour l&amp;#039;Europe. Le but du EFSI est de soutenir le financement, la mise en œuvre d&amp;#039;investissements rentables au sein de l&amp;#039;Union européenne et d&amp;#039;assurer un accès facilité au financement.
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  Pour être éligible, l&amp;#039;entreprise doit avoir bénéficié depuis moins de deux ans à la date de demande du prêt d&amp;#039;amorçage :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;une aide à l&amp;#039;innovation de Bpifrance ou d&amp;#039;un prix au titre du concours national d&amp;#039;aide à la création d&amp;#039;entreprises de technologies innovantes (i-LAB),
  &lt;/li&gt;
  &lt;li&gt;
   ou d&amp;#039;une aide à un projet de recherche, développement et d&amp;#039;innovation (RDI).
@@ -7490,156 +7292,156 @@
  Un taux fixe ou variable selon barème en vigueur.
 &lt;/p&gt;
 &lt;h4&gt;
  Garantie
 &lt;/h4&gt;
 &lt;p&gt;
  Aucune garantie sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant.
  &lt;br /&gt;
  Seule une retenue de garantie de 5 % du montant du prêt est prélevée lors du décaissement .
 &lt;/p&gt;
 &lt;h4&gt;
  Partenariats avec les Régions
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;intervention de la Région en garantie permet d&amp;#039;augmenter jusqu&amp;#039;à 300 000 euros le montant maximum du Prêt d&amp;#039;Amorçage. Les modalités sont définies par conventions avec chaque Région.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;p&gt;
  Renforcer votre trésorerie et créer les conditions favorables à la préparation d&amp;#039;une levée de fonds auprès de fonds d&amp;#039;amorçage ou plus généralement à l&amp;#039;entrée d&amp;#039;investisseurs tout en poursuivant le développement de votre entreprise.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous préparez une levée de fonds, auprès de fonds d&amp;#039;amorçage ou d&amp;#039;investisseurs, tout en poursuivant le développement de votre entreprise.
 &lt;/p&gt;
 &lt;h4&gt;
  Entreprises éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Petite entreprise au sens de la définition européenne (moins de 50 salariés, bilan ou CA inférieur à 10 millions d&amp;#039;euros) innovante de moins de 5 ans, en phase d&amp;#039;amorçage, et ayant bénéficié d&amp;#039;un soutien public à l&amp;#039;innovation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Pret-d-amorcage-avec-le-FEI</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1fba-pret-damorcage-avec-le-fei/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>60921</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Aider le développement deeptech</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>France 2030</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI participe au financement de votre projet d&amp;#039;innovation de rupture avant son lancement industriel et commercial.
 &lt;/p&gt;
 &lt;h4&gt;
  Projets éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Tous projets de R&amp;amp;D visant le développement d&amp;#039;une innovation de rupture à fort contenu technologique, qualifiée deeptech.
 &lt;/p&gt;
 &lt;p&gt;
  Le terme deeptech qualifie des projets reposant sur des technologies ou des combinaisons de technologies :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Issues d&amp;#039;un laboratoire de recherche (public/privé) et/ou s&amp;#039;appuyant sur une équipe/gouvernance en lien fort avec le monde scientifique (profil scientifique/technologie clé)
  &lt;/li&gt;
  &lt;li&gt;
   Qui présentent de fortes barrières à l&amp;#039;entrée, matérialisées par des verrous technologiques difficiles à lever,
  &lt;/li&gt;
  &lt;li&gt;
   Qui constituent un avantage fortement différenciateur par rapport à la concurrence,
  &lt;/li&gt;
  &lt;li&gt;
   Caractérisées par un go-to-market (développement, industrialisation, commercialisation) long/complexe donc probablement capitalistique.
@@ -7663,157 +7465,157 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;intervention
 &lt;/h4&gt;
 &lt;p&gt;
  Aide plafonnée à 2 000 000€, accordée sous forme mixte de subvention et d&amp;#039;avance récupérable, pouvant couvrir jusqu&amp;#039;à 45 % des dépenses éligibles prévisionnelles.
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises doivent avoir déposé leur dossier de demande d&amp;#039;aide au projet d&amp;#039;innovation auprès de Bpifrance préalablement à la réalisation du projet et du démarrage des dépenses.
 &lt;/p&gt;
 &lt;h4&gt;
  Conditions financières
 &lt;/h4&gt;
 &lt;p&gt;
  Pas de frais d&amp;#039;instruction – Subvention et Avance récupérable à taux zéro
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;p&gt;
  Aider les entreprises, qui mènent des projets d&amp;#039;innovation technologiques deeptech, comportant des travaux de recherche industrielle et/ou de développement expérimental, à mettre au point des produits, procédés ou services innovants présentant des perspectives concrètes d&amp;#039;industrialisation et de commercialisation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous Concevez et développez une innovation à fort contenu technologique
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Entreprises immatriculées en France dont l&amp;#039;effectif consolidé est inférieur à 2 000 personnes, quel que soit le secteur d&amp;#039;activité économique (service, industrie, numérique).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-au-developpement-deeptech</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e255-aide-au-developpement-deeptech/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-      <c r="A42" s="1">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
         <v>60925</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Financer votre projet d'innovation ayant un impact social - Fonds d'innovation sociale (FISO 2)</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour financer votre projet d&amp;#039;innovation ayant un impact social.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Frais internes (salaires) et externes, liés au projet (réalisation de prototypes, préséries, coûts de PI (PME), design, études de marchés tests...,
  &lt;/li&gt;
  &lt;li&gt;
   Investissements non récupérables affectés au programme et amortissements sur la durée du programme des investissements récupérables.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Modalités d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aides sous forme d&amp;#039;avances récupérables ou de prêt Feder Innovation, versées en deux tranches : acompte à la signature du contrat et solde à la fin du projet sur présentation des justificatifs de dépenses.
@@ -7868,184 +7670,184 @@
 &lt;ul&gt;
  &lt;li&gt;
   Partenariat avec le ministère de la Transition écologique et solidaire et les Régions volontaires.
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement des projets
  via
  le nouveau Fonds d&amp;#039;Innovation Sociale 2 (FISO 2) et les fonds régionaux d&amp;#039;innovation, dans le cadre du programme French Impact.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Finalité :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Promouvoir les activités durables et solidaires de demain et soutenir la création d&amp;#039;emplois et de richesses par le financement de projets proposant une solution innovante pour répondre à des besoins sociaux non ou mal satisfaits.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous développez une innovation à impact social.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Bénéficiaires éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   PME au sens européen, immatriculées en France et établies dans une Région participante au FISO 2.
  &lt;/li&gt;
  &lt;li&gt;
   Les structures juridiques de l&amp;#039;ESS répondant à la définition de la PME au sens européen sont également éligibles : associations, structures coopératives (dont SCIC et SCOP) et entreprises titulaires de l&amp;#039;agrément « entreprises solidaires », délivré par le Préfet.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Les projets qui, cumulativement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   proposent une solution innovante (nouveau procédé, nouveau bien ou service, nouveau mode de distribution ou d&amp;#039;échange, nouveau mode d&amp;#039;organisation), répondant à un besoin social non ou mal satisfait
  &lt;/li&gt;
  &lt;li&gt;
   cherchent à démontrer la faisabilité de la solution, sa viabilité et ses possibilités de duplication /d&amp;#039;essaimage
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;inscrivent dans un objectif de modèle économique viable
  &lt;/li&gt;
  &lt;li&gt;
   créent de l&amp;#039;emploi et/ou apportent un bénéfice social et/ou environnemental
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;engagent dans une démarche participative avec implication des parties prenantes.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Fonds-d-innovation-sociale-FISO-2</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Bpifrance dans votre région
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a8e8-fonds-dinnovation-sociale-fiso-2/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-      <c r="A43" s="1">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
         <v>60926</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Faciliter l’accès des PME françaises à l’Accélérateur de l’EIC (Conseil Européen de l’Innovation) - Diagnostic Europe</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour faciliter l&amp;#039;accès des PME françaises à l&amp;#039;Accélérateur de l&amp;#039;EIC (Conseil Européen de l&amp;#039;Innovation) – ex. Instrument PME Phase 2.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Modalité
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Prise en charge partielle du coût de la prestation de diagnostic et de conseil, ciblant une candidature à l&amp;#039;Accélérateur de l&amp;#039;EIC.
 &lt;/p&gt;
 &lt;p&gt;
  La prestation est réalisée par une société de conseil spécialisée en financements européens et sélectionnée parmi les membres de l&amp;#039;Association des Conseils en Innovation (ACI) avec laquelle Bpifrance a noué un partenariat spécifiquement dédié à cette action.
 &lt;/p&gt;
 &lt;p&gt;
  La prestation d&amp;#039;accompagnement et de conseil délivrée par un expert conseil en financements européens est destinée à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informer le dirigeant sur les programmes européens de RDI financés par la Commission européenne.
  &lt;/li&gt;
  &lt;li&gt;
   Evaluer la pertinence d&amp;#039;une candidature de l&amp;#039;entreprise à l&amp;#039;accélérateur de l&amp;#039;EIC.
  &lt;/li&gt;
@@ -8054,168 +7856,168 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Bpifrance prend en charge 50% du montant de la prestation fixée à 20 000 € HT maximum.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Finalité
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Inciter les PME françaises à participer aux programmes européens de RDI financés par le budget de l&amp;#039;Union européenne.
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostiquer leurs besoins, évaluer leurs potentialités et favoriser ainsi leur orientation vers l&amp;#039;accélérateur de l&amp;#039;EIC.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez présenter seul un projet d&amp;#039;innovation stratégique pour votre entreprise dans le cadre de l&amp;#039;Accélérateur de l&amp;#039;EIC.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Bénéficiaires éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  PME française (&amp;lt;250 salariés) innovantes présentant un fort potentiel de croissance et visant l&amp;#039;international.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Conseil/Diagnostic-Europe</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour bénéficier du Diagnostic Europe :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contactez les chargés d&amp;#039;affaires innovation de votre
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   direction régionale Bpifrance
  &lt;/a&gt;
  ,
 &lt;/p&gt;
 &lt;p&gt;
  ou
 &lt;/p&gt;
 &lt;p&gt;
  Rendez-vous sur la plateforme de demande en ligne :
  &lt;a href="http://diagcroissance.bpifrance.fr/"&gt;
   diageurope.bpifrance.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf89-diagnostic-europe/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-      <c r="A44" s="1">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
         <v>60927</v>
       </c>
-      <c r="B44" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Soutenir la coopération technologique européenne - Label EUREKA</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le labeL EUREKA est une Initiative intergouvernementale de soutien à la coopération technologique européenne permettant aux bénéficiaires d&amp;#039;obtenir un label et un accès aux financements nationaux de leur projet collaboratif de RDI.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Modalités d&amp;#039;intervention
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Chaque partenaire est susceptible de bénéficier d&amp;#039;une aide nationale, en France par Bpifrance.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le projet cible un produit, procédé ou service innovant proche du marché dont la phase de développement est de trois ans maximum avec une commercialisation rapide.
  &lt;/li&gt;
  &lt;li&gt;
   Le consortium doit être composé d&amp;#039;au moins deux partenaires implantés dans deux pays membres du réseau
   &lt;a href="https://www.eurekanetwork.org/eureka-countries"&gt;
    EUREKA
@@ -8227,176 +8029,176 @@
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Application des règles et procédures qui régissent le programme de financement éventuellement mobilisé [programmes d&amp;#039;Aide à l&amp;#039;Innovation (AI),...].
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Attribuer un label EUREKA de qualité à des projets collaboratifs transnationaux de Recherche, Développement et Innovation (RDI) ciblant un produit, procédé ou service innovant proche du marché, tous domaines technologiques confondus.
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter l&amp;#039;accès à des financements nationaux pour les partenaires impliqués dans ces projets.
  &lt;/li&gt;
  &lt;li&gt;
   Contribuer à la notoriété internationale des participants et de leur offre.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;br /&gt;
 &lt;/h4&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous participez à un projet collaboratif transnational.
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires éligibles
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;h4&gt;
  &lt;p&gt;
   Tous les projets collaboratifs impliquant au moins deux participants indépendants implantés dans deux pays membres du réseau EUREKA (liste sur le site
   &lt;a href="https://www.eurekanetwork.org/eureka-countries"&gt;
    EUREKA
   &lt;/a&gt;
   ).
  &lt;/p&gt;
  &lt;p&gt;
   Indirectement tous les partenaires de ces projets.
  &lt;/p&gt;
 &lt;/h4&gt;
 &lt;h4&gt;
  &lt;br /&gt;
 &lt;/h4&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Labels/Label-EUREKA</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Bpifrance de votre région
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  et la Direction du Développement et Support Innovation/Programmes Internationaux Innovation
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:mael.mbaye&amp;#64;bpifrance.fr"&gt;
   Mael Mbaye
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:odile.henin&amp;#64;bpifrance.fr"&gt;
   Odile Hénin
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c277-label-eureka/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-      <c r="A45" s="1">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
         <v>60930</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Sourcer les meilleures startups B2B françaises - Le Hub Digital</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   La plateforme de référence pour sourcer les meilleures startups B2B françaises.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La BPI met gratuitement à disposition une plateforme pour vous permettre d&amp;#039;identifier et de contacter les startups qui correspondent le mieux à vos critères en plus de vous donner un accès rapide à des informations sur leurs produits, leurs équipes, leurs clients et bien plus..
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Modalités
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  La plateforme est ouverte et consultable par tous, en créant un compte les internautes auront accès à des services supplémentaires (contacter et avoir plus d&amp;#039;informations sur les startups, créer des listes, poster des appels à projets..).
 &lt;/p&gt;
 &lt;p&gt;
  Les startups voulant se référencer peuvent postuler directement depuis le site.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Partenaires
  &lt;/strong&gt;
@@ -8422,163 +8224,163 @@
   sauvegarder et partager ses recherches avec ses collaborateurs,
  &lt;/li&gt;
  &lt;li&gt;
   poster ses appels à projets auprès d&amp;#039;une communauté de plus de 1 100 startups B2B,
  &lt;/li&gt;
  &lt;li&gt;
   être accompagné sur la définition de ses besoins d&amp;#039;innovation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour la start-up :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   booster sa visibilité gratuitement,
  &lt;/li&gt;
  &lt;li&gt;
   accélérer son business en multipliant les opportunités commerciales,
  &lt;/li&gt;
  &lt;li&gt;
   consulter et postuler à des appels à projets de Grands Groupes/PME/ETI.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes un Grand Groupe/PME/ETI avec des enjeux d&amp;#039;innovation ? Vous cherchez des solutions concrètes et actionnables pour développer votre business ? Vous souhaitez être accompagné par une équipe d&amp;#039;experts ?
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Grands Groupes/PME/ETI
  &lt;/li&gt;
  &lt;li&gt;
   Start-ups
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Mises-en-reseau/Le-Hub-Digital</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  N&amp;#039;attendez plus pour rejoindre la
  &lt;a href="https://lehub.web.bpifrance.fr/corporates"&gt;
   plateforme Business du Hub
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/82e4-le-hub-digital/</t>
         </is>
       </c>
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-      <c r="A46" s="1">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
         <v>60934</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Participer au financement de votre innovation pour son lancement industriel et/ou commercial - Subvention Innovation Outre-mer</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI participe au financement de votre innovation pour son lancement industriel et/ou commercial (Subvention jusqu&amp;#039;à 100 000€).
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Les dépenses éligibles, internes et externes, directement liées à l&amp;#039;industrialisation et/ou à la commercialisation des résultats d&amp;#039;une démarche d&amp;#039;innovation aboutie.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Frais internes : frais de personnel affecté au programme (salariés), frais généraux forfaitaires (20% des frais de personnel).
  &lt;/li&gt;
  &lt;li&gt;
   Frais externes : frais d&amp;#039;industrialisation (études techniques, tests, pré-série, ...), frais de commercialisation (démarches commerciales, ...), autres prestation et sous-traitance (formations spécifiques, intérim, ...) et autres frais externes liés au projet.
  &lt;/li&gt;
  &lt;li&gt;
   Autres frais : ils peuvent inclure des dépenses comme les investissements liés à l&amp;#039;industrialisation et les autres frais spécifiques du projet (frais de déplacement et frais d&amp;#039;inscription à un salon, ...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
@@ -8594,175 +8396,175 @@
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   20 000 € minimum
  &lt;/li&gt;
  &lt;li&gt;
   100 000 € maximum
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Conditions financières
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Pas de frais d&amp;#039;instruction.
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Bénéficiaires éligibles :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Entreprises établies dans un Département ou Région d&amp;#039;Outre-mer (Martinique, Guyane, Guadeloupe, la Réunion, et Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, quel que soit leur âge, pouvant justifier d&amp;#039;une démarche d&amp;#039;innovation aboutie [par exemple à travers l&amp;#039;obtention d&amp;#039;une aide à la RDI (Recherche, Développement et Innovation), le dépôt d&amp;#039;un brevet, l&amp;#039;obtention d&amp;#039;un CIR (Crédit d&amp;#039;Impôt Recherche), d&amp;#039;un CII (Crédit d&amp;#039;impôt Innovation), ...].
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Projets liés aux phases d&amp;#039;industrialisation et/ou de commercialisation des résultats d&amp;#039;une démarche d&amp;#039;innovation aboutie.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Subvention-Innovation-Outre-mer</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Bpifrance de votre région
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon.bpifrance.fr/authentication/?TAM_OP&amp;#61;login&amp;amp;ERROR_CODE&amp;#61;0x00000000&amp;amp;URL&amp;#61;%2Fmon-espace%2F#/formulaire/siom"&gt;
   Demande en ligne
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3c01-subvention-innovation-outre-mer/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-      <c r="A47" s="1">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
         <v>60935</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Aider les projets de recherche et développement structurants pour la compétitivité (PSPC)</t>
         </is>
       </c>
-      <c r="C47" s="1" t="inlineStr">
+      <c r="C46" s="1" t="inlineStr">
         <is>
           <t>France Relance</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI participe au financement de votre projet dans le cadre du Programme Investissements d&amp;#039;Avenir :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Participation au financement du projet sous forme mixte de subvention et d&amp;#039;avance récupérable émanant de l&amp;#039;Etat (PIA), en fonction des risques de projets dans le respect de la réglementation communautaire en matière d&amp;#039;aides d&amp;#039;Etat.
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;assiette de l&amp;#039;aide est constituée par les dépenses internes ou externes directement liées aux travaux de recherche industrielle et développement expérimental du projet.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Seul le cahier des charges de l&amp;#039;appel à projets en cours fait foi.
 &lt;/p&gt;
 &lt;h4&gt;
  Projets éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Principaux critères :
 &lt;/p&gt;
@@ -8830,346 +8632,346 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;p&gt;
  Mettre en œuvre un projet collaboratif d&amp;#039;innovation stratégique présentant des ruptures technologiques et des objectifs industriels prometteurs dans le cadre du Programme d&amp;#039;Investissement d&amp;#039;Avenir (PIA). Les projets PSPC sont destinés à structurer les filières industrielles existantes en relation avec la recherche publique et à en faire émerger de nouvelles.
 &lt;/p&gt;
 &lt;h4&gt;
  Dépôt de dossier par téléprocédure
 &lt;/h4&gt;
 &lt;p&gt;
  Les projets sélectionnés par appel à projets, conformément au cahier des charges de l&amp;#039;appel à projets en cours, et entièrement pris en charge en téléprocédure sur l&amp;#039;extranet de Bpifrance :
  &lt;a href="https://extranet.bpifrance.fr/projets-innovants-collaboratifs/"&gt;
   https://extranet.bpifrance.fr/projets-innovants-collaboratifs/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;h4&gt;
  &lt;br /&gt;
 &lt;/h4&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous participez à un projet collaboratif d&amp;#039;innovation stratégique
 &lt;/p&gt;
 &lt;h4&gt;
  Bénéficiaires éligibles
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Entreprise implantée en France, quelle que soit sa taille,
  &lt;/li&gt;
  &lt;li&gt;
   Laboratoire, ou établissement de recherche, ou centre de formation,
  &lt;/li&gt;
  &lt;li&gt;
   Structure réalisant ou coordonnant des travaux de R&amp;amp;D.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/catalogue-offres/soutien-a-linnovation/aide-aux-projets-de-recherche-et-developpement-structurants-pour-la-competitivite-pspc</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Bpifrance de votre région
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  ou
 &lt;/p&gt;
 &lt;p&gt;
  la
  &lt;strong&gt;
   Direction de la Coordination des Programmes et des Pôles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:adminpspc&amp;#64;bpifrance.fr"&gt;
   Administration PSPC
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:delphine.mure&amp;#64;bpifrance.fr"&gt;
   Delphine Mure
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:julie.baudet&amp;#64;bpifrance.fr"&gt;
   Julie Baudet
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5cb7-aide-aux-projets-de-recherche-et-developpemen/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
         <v>60939</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Financer un projet de partenariat technologique (APT)</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J48" s="1" t="inlineStr">
+      <c r="J47" s="1" t="inlineStr">
         <is>
           <t>Subvention plafonnée à 50.000€</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La BPI participe au financement de votre projet de partenariat innovant.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Dépenses éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Toutes les dépenses internes ou externes de préparation d&amp;#039;un partenariat : recherche de partenaire(s), négociation de l&amp;#039;accord de consortium, recours à des conseils ou prestataires spécialisés, préparation des réponses aux appels à projets, des accords et des candidatures, assistance et conseil juridique, participation à un salon professionnel, notamment.
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;intervention
 &lt;/h4&gt;
 &lt;p&gt;
  Participation au financement du projet de partenariat principalement sous forme de subvention plafonnée à 50 000 euros ou sous forme d&amp;#039;Avance récupérable au-delà.
 &lt;/p&gt;
 &lt;h4&gt;
  Finalité
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner la préparation du partenariat dans le cadre d&amp;#039;un projet innovant,
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter la participation des entreprises françaises à des projets collaboratifs de RDI nationaux ( PSPC. ..), transnationaux (ERA-Net), intergouvernementaux ( EUREKA , Eurostars ) européens ( Programme Horizon 2020 , Instrument PME-Phase2 si le projet est partenarial, Fast Track to Innovation) ou via des coopérations bilatérales extra-européennes.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous innovez avec des partenaires français ou étrangers.
 &lt;/p&gt;
 &lt;h4&gt;
  Entreprises éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  PME(1) et entreprises de moins de 2 000 salariés(2).
 &lt;/p&gt;
 &lt;p&gt;
  ______________
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Selon la définition européenne de la PME : entreprise de moins de 250 salariés déclarant soit un CA annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
  &lt;/li&gt;
  &lt;li&gt;
   Indépendante d&amp;#039;un groupe de plus de 2 000 personnes.
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T47" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-au-partenariat-technologique-APT</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/25a5-aide-au-partenariat-technologique-apt/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-      <c r="A49" s="1">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
         <v>60940</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'expérimentation en conditions réelles de solutions innovantes entre une PME/TPE et un territoire d'Ile-de-France - INNOV’up</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G49" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="I49" s="1" t="inlineStr">
+      <c r="I48" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 70</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutien à l&amp;#039;expérimentation en conditions réelles de solutions innovantes entre une PME/TPE et un territoire d&amp;#039;Ile-de-France.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La BPI aide à la mise en relation des PME et TPE avec des territoires afin de tester en conditions réelles des solutions innovantes.
 &lt;/p&gt;
 &lt;h4&gt;
  Modalités
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide peut prendre la forme d&amp;#039;une subvention et/ou d&amp;#039;une avance récupérable (AR), dans la limite de 500 000 € de subvention et 3 M€ d&amp;#039;avance récupérable.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise et de la nature du projet (25% à 70%).
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide est à déposer sur la plateforme :
  &lt;a href="https://mon.bpifrance.fr/mon-espace/#/formulaire/innovup"&gt;
   https://mon.bpifrance.fr/mon-espace/#/formulaire/innovup
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide doit être déposée avant le démarrage du projet. Toute dépense antérieure ne pourra pas être prise en compte.
@@ -9197,229 +8999,229 @@
 &lt;/p&gt;
 &lt;h4&gt;
  Finalités
 &lt;/h4&gt;
 &lt;p&gt;
  Projets de recherche, développement et innovation (RDI), relatifs à des produits, services, procédés, organisations et à l&amp;#039;innovation sociale.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide vise à accompagner un projet, au cours de ses différentes phases :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    sa faisabilité pour valider l&amp;#039;opportunité technique, technologique et économique
   &lt;/li&gt;
   &lt;li&gt;
    son développement pour conduire les travaux de développement et de prototypage
   &lt;/li&gt;
   &lt;li&gt;
    son expérimentation pour tester l&amp;#039;innovation en conditions réelles avant sa mise sur le marché
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O49" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les TPE/PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
  &lt;/li&gt;
  &lt;li&gt;
   Le candidat devra posséder au moins un établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S49" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T49" s="1" t="inlineStr">
+      <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V49" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-regionaux/INNOV-up</t>
         </is>
       </c>
-      <c r="X49" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   Contactez directement la BPI
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>julien.cholin@bpifrance.fr</t>
         </is>
       </c>
-      <c r="Z49" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2457-innovup/</t>
         </is>
       </c>
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-      <c r="A50" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>62848</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M50" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -9465,642 +9267,642 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T50" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W50" s="1" t="inlineStr">
+      <c r="W49" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>66407</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'intermodalité aux points d'arrêts des transports en commun en site propre</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Faciliter l&amp;#039;accès aux TCSP au moyen d&amp;#039;équipements favorables à l&amp;#039;intermodalité
+&lt;/p&gt;
+&lt;p&gt;
+ - Rendre les transports publics plus compétitifs et attractifs que la voiture particulière en améliorant la chaîne de déplacement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conditions d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ - Inscription dans un contrat de territoire,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Caractère pérenne des aménagements,
+&lt;/p&gt;
+&lt;p&gt;
+ - Les investissements subventionnés par le présent dispositif ne peuvent bénéficier d&amp;#039;aucun autre financement régional
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les engagements financiers conclus pour les TCSP identifiés dans les contrats de territoire 2014-2020 pourront être pris en compte. Les projets bénéficieront des modalités du dispositif en vigueur en 2017.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.normandie.fr/transport-en-commun-en-site-propre-favoriser-lintermodalite-aux-points-darrets</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICE OFFRE DE MOBILITÉ ET INTERMODALITÉ
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.06 (secrétariat)
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y50" s="1" t="inlineStr">
         <is>
-          <t>laurent.gautier-falret@labanquepostale.fr</t>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z50" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0675-favoriser-lintermodalite-aux-points-darrets-d/</t>
         </is>
       </c>
       <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:27" customHeight="0">
       <c r="A51" s="1">
-        <v>66407</v>
+        <v>66409</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Favoriser l'intermodalité aux points d'arrêts des transports en commun en site propre</t>
+          <t>Favoriser l’intermodalité entre les différents modes de transports en commun</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
-Région</t>
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-Ingénierie technique</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- - Faciliter l&amp;#039;accès aux TCSP au moyen d&amp;#039;équipements favorables à l&amp;#039;intermodalité
-[...2 lines deleted...]
- - Rendre les transports publics plus compétitifs et attractifs que la voiture particulière en améliorant la chaîne de déplacement.
+ - Faciliter les déplacements en transports en commun en incitant au transfert modal des automobilistes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Créer des pôles d&amp;#039;échanges le long ou au terminus des axes structurants de transports publics régionaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Favoriser l&amp;#039;intermodalité entre les différents modes de transports en commun
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...21 lines deleted...]
- Les engagements financiers conclus pour les TCSP identifiés dans les contrats de territoire 2014-2020 pourront être pris en compte. Les projets bénéficieront des modalités du dispositif en vigueur en 2017.
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/poles-dechanges-multimodaux</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICES INFRASTRUCTURES ET ETUDES
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.41 (secrétariat)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z51" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/0675-favoriser-lintermodalite-aux-points-darrets-d/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b2f6-favoriser-lintermodalite-entre-les-differents/</t>
         </is>
       </c>
       <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:27" customHeight="0">
       <c r="A52" s="1">
-        <v>66409</v>
+        <v>66410</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Favoriser l’intermodalité entre les différents modes de transports en commun</t>
+          <t>Elaborer des plans de mobilité et des schémas locaux de déplacements</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- - Faciliter les déplacements en transports en commun en incitant au transfert modal des automobilistes,
-[...5 lines deleted...]
- - Favoriser l&amp;#039;intermodalité entre les différents modes de transports en commun
+ Ce dispositif vise à :
+&lt;/p&gt;
+&lt;p&gt;
+ - élaborer des schémas de déplacement sur le territoire, notamment sous forme d&amp;#039;un Plan de Mobilité pour les agglomérations de plus de 100 000 habitants ou sous forme de Schémas Locaux de Déplacements, etc...
+&lt;/p&gt;
+&lt;p&gt;
+ - développer l&amp;#039;usage des transports publics en favorisant l&amp;#039;adaptation et le dimensionnement des réseaux existants aux besoins des habitants et en organisant leur complémentarité,
+&lt;/p&gt;
+&lt;p&gt;
+ - rendre les transports publics plus compétitifs et attractifs que la voiture particulière, favoriser l&amp;#039;intermodalité.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide régionale maximale de 30% du coût TTC de l&amp;#039;opération, portée à 40% dans le cadre de la démarche territoire durable 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ - Les PLU et PLUI.sont éligibles au présent dispositif. Néanmoins seules les dépenses liées au volet mobilité seront prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Réalisation d&amp;#039;un diagnostic recensant la structuration du territoire au travers des déplacements réalisés entre les bassins d&amp;#039;emplois et de vie, les réseaux et équipements de transports publics existants.
+&lt;/p&gt;
+&lt;p&gt;
+ - Définition des actions permettant une évolution des modes et des habitudes de déplacements des habitants du territoire, par la réalisation d&amp;#039;équipements publics, l&amp;#039;organisation et/ou la création de services de transports adaptés aux besoins, promouvant la complémentarité entre les différents réseaux de transports publics.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T52" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
       <c r="V52" s="1" t="inlineStr">
         <is>
-          <t>https://www.normandie.fr/poles-dechanges-multimodaux</t>
+          <t>https://aides.normandie.fr/plans-de-mobilite-et-schemas-locaux-de-deplacements</t>
         </is>
       </c>
       <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICES INFRASTRUCTURES ET ETUDES
-[...2 lines deleted...]
- 02.35.52.56.41 (secrétariat)
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICE OFFRE DE MOBILITÉ ET INTERMODALITÉ
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.06 (secrétariat)
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z52" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/b2f6-favoriser-lintermodalite-entre-les-differents/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8c4b-elaborer-des-plans-de-mobilite-et-des-schemas/</t>
         </is>
       </c>
       <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:27" customHeight="0">
       <c r="A53" s="1">
-        <v>66410</v>
+        <v>66417</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Elaborer des plans de mobilité et des schémas locaux de déplacements</t>
+          <t>Aménager et équiper les points d'arrêt routiers de la région</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Ce dispositif vise à :
-[...8 lines deleted...]
- - rendre les transports publics plus compétitifs et attractifs que la voiture particulière, favoriser l&amp;#039;intermodalité.
+ La Région entend, en ce qu&amp;#039;ils constituent un maillon crucial dans la continuité de la chaîne de déplacement, participer financièrement à l&amp;#039;aménagement des points d&amp;#039;arrêt supportant le Réseau de Transports Routiers interurbain dont elle est Autorité Organisatrice afin d&amp;#039;apporter à ses usagers les meilleures conditions de sécurité, de confort et d&amp;#039;accessibilité possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif régional en la matière se décline selon 3 fiches actions, ayant chacune une finalité spécifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Fiche action 1 : Assurer la sécurité des usagers aux Points d&amp;#039;Arrêt,
+&lt;/p&gt;
+&lt;p&gt;
+ - Fiche action 2 : Améliorer les conditions d&amp;#039;attente des usagers aux Points d&amp;#039;Arrêt,
+&lt;/p&gt;
+&lt;p&gt;
+ - Fiche action 3 : Garantir l&amp;#039;accessibilité des Points d&amp;#039;Arrêt desservis par les lignes commerciales.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
       <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
-[...24 lines deleted...]
- - Définition des actions permettant une évolution des modes et des habitudes de déplacements des habitants du territoire, par la réalisation d&amp;#039;équipements publics, l&amp;#039;organisation et/ou la création de services de transports adaptés aux besoins, promouvant la complémentarité entre les différents réseaux de transports publics.
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.normandie.fr/amenagement-et-equipement-des-points-darret-routiers</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Transports Publics Routiers
+&lt;/p&gt;
+&lt;p&gt;
+ 02 31 06 98 37 (secrétariat)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z53" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/8c4b-elaborer-des-plans-de-mobilite-et-des-schemas/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d3f-amenager-et-equiper-les-points-darret-routier/</t>
         </is>
       </c>
       <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:27" customHeight="0">
       <c r="A54" s="1">
-        <v>66417</v>
+        <v>67829</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aménager et équiper les points d'arrêt routiers de la région</t>
+          <t>Encourager les projets innovants collaboratifs (READYNOV)</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Normandie</t>
-[...4 lines deleted...]
-          <t>Conseil régional de Normandie</t>
+          <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
-        <is>
-[...107 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte et objectifs
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La performance économique de la Région Occitanie / Pyrénées-Méditerranée prend appui sur deux piliers de qualité :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un appareil d
   &lt;strong&gt;
    &amp;#039;enseignement supérieur et de recherche
   &lt;/strong&gt;
   de très haut niveau, qui place Occitanie / Pyrénées-Méditerranée parmi les premières régions françaises pour de nombreux indicateurs en ce domaine ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des
   &lt;strong&gt;
    filières industrielles majeures
   &lt;/strong&gt;
@@ -10182,191 +9984,191 @@
  &lt;/li&gt;
  &lt;li&gt;
   Santé du futur et silver économie,
  &lt;/li&gt;
  &lt;li&gt;
   Productions agro-alimentaires territorialisées et valorisation de la biomasse,
  &lt;/li&gt;
  &lt;li&gt;
   Economie du littoral et de la mer,
  &lt;/li&gt;
  &lt;li&gt;
   Petit et grand cycle de l&amp;#039;eau,
  &lt;/li&gt;
  &lt;li&gt;
   Transition numérique et Industrie du futur
  &lt;/li&gt;
  &lt;li&gt;
   Savoir-faire locaux et matériaux traditionnels (granit, cuir, textile, bois, ...),
  &lt;/li&gt;
  &lt;li&gt;
   Tourisme, thermalisme et loisirs innovants en faveur d&amp;#039;un développement durable, connecté et expérientiel y compris en lien avec les Grands Sites Occitanie / Sud de France.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Santé
 Technologies numériques et numérisation
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les partenaires éligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Entreprise sous forme sociétale ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   un établissement public d&amp;#039;enseignement supérieur et/ou organisme de recherche d&amp;#039;Occitanie / Pyrénées-Méditerranée ou un établissement privé d&amp;#039;enseignement supérieur ou recherche chargé de mission de service public ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   CTI (centre technique industriel),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   CRITT labellisé CRT,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Associations (sous conditions),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Uniquement pour le secteur du tourisme, du thermalisme et des loisirs : Collectivités territoriales, groupements de collectivités (notamment EPCI), établissements ou sociétés publiques et expérimentant sur leurs territoires des technologies, des produits ou services innovants.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ces structures doivent avoir un siège social en Occitanie / Pyrénées-Méditerranée.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Activités inéligibles :
  &lt;/strong&gt;
  les services financiers hormis les fintechs, les professions libérales, les banques, les assurances, les sociétés de commerce et de négoce (sauf si le projet a pour objectif de développer une activité industrielle).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/READYNOV-2019-2021</t>
         </is>
       </c>
-      <c r="W55" s="1" t="inlineStr">
+      <c r="W54" s="1" t="inlineStr">
         <is>
           <t>https://hubentreprendre.laregion.fr/financement/appel-a-projets-readynov</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://hubentreprendre.laregion.fr/financement/appel-a-projets-readynov
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0bb6-appel-a-projets-readynov-2019-2021/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-      <c r="A56" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>70911</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Aider les entrepreneurs à financer leurs premières dépenses  - Bourse French Tech</t>
         </is>
       </c>
-      <c r="C56" s="1" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>France 2030</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>La French Tech</t>
         </is>
       </c>
-      <c r="F56" s="1" t="inlineStr">
+      <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une aide clé pour encourager les entrepreneurs à sauter le pas : la Bourse French Tech apporte jusqu&amp;#039;à 90 000 euros de subvention pour financer les premières dépenses d&amp;#039;une startup.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Passer de l&amp;#039;idée à la création d&amp;#039;une entreprise n&amp;#039;est jamais facile : la Bourse French Tech viser à faciliter un peu les choses, en couvrant jusqu&amp;#039;à 70% des dépenses éligibles des entrepreneurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  3 000 startups ont bénéficié du dispositif depuis son lancement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Son but : encourager la création d&amp;#039;entreprises innovantes, avec un fort potentiel de croissance, permettre aux entreprises, qu&amp;#039;elles soient en création ou récemment créées, d&amp;#039;effectuer les premières dépenses pour tester leur marché, diminuer les risques liés à la création d&amp;#039;une startup.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
@@ -10418,68 +10220,68 @@
   BOURSE FRENCH TECH &amp;#34;EMERGENCE&amp;#34;
  &lt;/em&gt;
  : Aide accordée sous forme de subvention pour les projets de création d&amp;#039;entreprise à partir d&amp;#039;une innovation de rupture à fort contenu technologique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle comprend :
 &lt;/p&gt;
 &lt;p&gt;
  - Une subvention pouvant aller jusqu&amp;#039;à 90 000 euros
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Un accompagnement jusqu&amp;#039;à 70 % des dépenses retenues
 &lt;/p&gt;
 &lt;p&gt;
  - Une aide clé pour évaluer et analyser le potentiel du projet d&amp;#039;innovation ainsi que ses perspectives de marché
 &lt;/p&gt;
 &lt;p&gt;
  - Un formidable point d&amp;#039;entrée pour continuer d&amp;#039;être accompagné dans votre projet
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BOURSE FRENCH TECH
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Bénéficiaires éligibles: Jeunes entreprises ou Entrepreneurs personnes physiques
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Projets éligibles: Projets nécessitant une phase de maturation et de validation technico-économique, par exemple avec un business model et une faisabilité technologique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Dépenses éligibles: Les dépenses éligibles liées aux études de conception, définition et faisabilité de projet à conduire :
@@ -10532,307 +10334,307 @@
  - Modalités d&amp;#039;intervention: Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70 % des dépenses éligibles prévisionnelles dans la limite de 90 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les deux bourses, la procédure de candidature est identique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  1. Prenez contact et rencontrez un chargé d&amp;#039;affaires Bpifrance pour une présentation de votre projet d&amp;#039;innovation
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  2. Déposez un dossier de demande d&amp;#039;aide à la direction régionale dont vous dépendez, via Mon Bpifrance en ligne.
 &lt;/p&gt;
 &lt;p&gt;
  3. Votre projet sera notifié dans un délai d&amp;#039;un mois.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://lafrenchtech.com/fr/la-france-aide-les-startups/bourse-french-tech/</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Comment se déroule le processus de candidature ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  C&amp;#039;est un processus simple et rapide ! Après rencontre avec un/e chargé/e d&amp;#039;affaires Bpifrance et présentation de votre projet d&amp;#039;innovation, vous déposez votre dossier de demande d&amp;#039;aide à la
  &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
   direction régionale
  &lt;/a&gt;
  dont vous dépendez, via
  &lt;a href="https://mon.bpifrance.fr/"&gt;
   Mon Bpifrance en ligne
  &lt;/a&gt;
  . Ensuite, il ne vous reste plus qu&amp;#039;à vous laisser guider par le site ! Une fois votre dossier complet, il faut compter un délai d&amp;#039;un mois pour que le projet soit notifié. Les équipes Innovation de Bpifrance l&amp;#039;instruiront et en valideront ou non l&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6e11-aider-les-entrepreneurs-a-financer-leurs-prem/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-      <c r="A57" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>70912</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Encourager l’innovation et la compétitivité des entreprises - Crédit d’impôt recherche French Tech</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>La French Tech</t>
         </is>
       </c>
-      <c r="F57" s="1" t="inlineStr">
+      <c r="F56" s="1" t="inlineStr">
         <is>
           <t>Bpifrance</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit d&amp;#039;impôt recherche (CIR) a pour objectif d&amp;#039;encourager l&amp;#039;innovation et la compétitivité des entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  Grâce à ce crédit d&amp;#039;impôt, les entreprises peuvent engager des investissements de recherche et développement puis obtenir le remboursement d&amp;#039;une partie de leurs dépenses.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le CIR est une mesure de soutien aux activités de R&amp;amp;D des entreprises, sans restriction de secteur ou de taille. Les entreprises qui engagent des dépenses de recherche fondamentale et de développement expérimental peuvent en bénéficier, en déduisant une partie des sommes investies de leur impôt, sous certaines conditions.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux du CIR varie selon le montant des investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le CIR a de nombreux avantages. Il peut permettre de :
 &lt;/p&gt;
 &lt;p&gt;
  · Réduire les frais engagés au titre de la R&amp;amp;D ;
 &lt;/p&gt;
 &lt;p&gt;
  · Inscrire les démarches R&amp;amp;D dans la durée ;
 &lt;/p&gt;
 &lt;p&gt;
  · Augmenter les fonds propres de l&amp;#039;entreprise ;
 &lt;/p&gt;
 &lt;p&gt;
  · Bénéficier d&amp;#039;une réduction d&amp;#039;impôts par subvention publique ;
 &lt;/p&gt;
 &lt;p&gt;
  · Recruter en CDI de jeunes docteurs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le CIR concerne les entreprises industrielles, agricoles que commerciales ou artisanales, à condition qu&amp;#039;elles soient soumises à l&amp;#039;impôt sur les sociétés ou à l&amp;#039;impôt sur le revenu.
 &lt;/p&gt;
 &lt;p&gt;
  Il peut bénéficier à tous types d&amp;#039;entreprises, quel que soit le secteur : il s&amp;#039;applique donc aussi bien à l&amp;#039;agritech qu&amp;#039;à la regtech, en passant par l&amp;#039;adtech, la fintech ou la medtech. Sans oublier la deeptech, bien sûr.
 &lt;/p&gt;
 &lt;p&gt;
  Le statut juridique, de même que la taille, n&amp;#039;entrent pas en ligne de compte dans l&amp;#039;éligibilité d&amp;#039;une entreprise. Le CIR ne bénéficie donc pas uniquement aux startups : les entreprises peuvent en bénéficier tout au long de leur développement.
 &lt;/p&gt;
 &lt;p&gt;
  Mais ce n&amp;#039;est pas pour autant un open-bar. La condition fondamentale pour pouvoir accéder au CIR est d&amp;#039;engager des dépenses dans la recherche et le développement, au sein de l&amp;#039;espace économique européen (à l&amp;#039;exception des dépenses dédiées à la veille technologique ou la défense de brevets).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T57" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://lafrenchtech.com/fr/la-france-aide-les-startups/credit-dimpot-recherche/</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez en savoir davantage et bénéficier du CIR ? N&amp;#039;hésitez pas à aller sur le site Service Public pour en savoir plus !
  &lt;a href="https://www.impots.gouv.fr/portail/files/formulaires/2069-a-sd/2017/2069-a-sd_1626.pdf"&gt;
   Voir notice et critères d&amp;#039;éligibilité
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.impots.gouv.fr/portail/formulaire/2069-sd/credit-dimpot-en-faveur-de-la-recherche"&gt;
   Remplissez ce formulaire
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3384-encourager-linnovation-et-la-competitivite-de/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
         <v>72810</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissements dans les Petites Villes</t>
         </is>
       </c>
-      <c r="C58" s="1" t="inlineStr">
+      <c r="C57" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
 &lt;/p&gt;
@@ -10869,79 +10671,79 @@
 &lt;p&gt;
  •	Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  •	Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  •	Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
 &lt;/p&gt;
 &lt;p&gt;
  •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M58" s="1" t="inlineStr">
+      <c r="M57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •
  &lt;strong&gt;
   Entretien du patrimoine
  &lt;/strong&gt;
  (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
 &lt;/p&gt;
 &lt;p&gt;
  •
  &lt;strong&gt;
   Développement sportif
  &lt;/strong&gt;
  (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
 &lt;/p&gt;
 &lt;p&gt;
  •
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -10984,340 +10786,340 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Etude de l&amp;#039;adhésion
  &lt;/strong&gt;
  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Éligibilité à l&amp;#039;adhésion
  &lt;/strong&gt;
  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Vote de la délibération de la collectivité
  &lt;/strong&gt;
  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Versement de l&amp;#039;Apport en capital initial :
  &lt;/strong&gt;
  La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
  &lt;/strong&gt;
  La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
+      <c r="W57" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Contact :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>74905</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Financer les stations GNV</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’infrastructures de recharge et avitaillement</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ___________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ___________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un prêt mezzanine avec un taux fixe et une part variable pour financer les projets de déploiement de stations GNV (Gaz naturel de ville) sur le territoire. Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les stations de distribution de carburant gaz ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les stations GNC (Gaz naturel comprimé) et/ou GPL (Gaz de pétrole liquéfié).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=financement_stati</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y58" s="1" t="inlineStr">
         <is>
-          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z58" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9667-financer-des-infrastructures-davitaillement-g/</t>
         </is>
       </c>
       <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:27" customHeight="0">
       <c r="A59" s="1">
-        <v>74905</v>
+        <v>77080</v>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Financer les stations GNV</t>
-[...122 lines deleted...]
-        <is>
           <t>Soutenir les projets Petites villes de demain</t>
         </is>
       </c>
-      <c r="C60" s="1" t="inlineStr">
+      <c r="C59" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Tourisme Ingénierie Développement</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Soutien aux programmes Petites Villes de Demain</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires propose un accompagnement financier pour les collectivités locales, les Sociétés d&amp;#039;Economie Mixte (SEM) et les Entreprises Publiques Locales (EPL) afin de soutenir les projets Petites Villes de demain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Cet accompagnement peut prendre la forme :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;un cofinancement d&amp;#039;études préalables pour évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;un cofinancement d&amp;#039;études de structuration du montage juridique et financier;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;une prise de participation en fonds propres et quasi-fonds propres dans les sociétés de projet et SEM aménageurs ou opératrices.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets éligibles peuvent concerner :
  &lt;/strong&gt;
@@ -11331,158 +11133,158 @@
  &lt;/li&gt;
  &lt;li&gt;
   La création de foncières locales spécialisées pour le commerce
  &lt;/li&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;infrastructures numériques et de services innovants
  &lt;/li&gt;
  &lt;li&gt;
   La mise en place de tiers lieux, d&amp;#039;immobilier d&amp;#039;activités ou le soutien du commerce de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Le développement de programmes alimentaires territoriaux et des circuits courts
  &lt;/li&gt;
  &lt;li&gt;
   Le traitement des friches
  &lt;/li&gt;
  &lt;li&gt;
   Le maintien d&amp;#039;une offre médicale de proximité et de structures d&amp;#039;accueil des personnes âgées
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Friche
 Personnes âgées
 Commerces et services
 Economie locale et circuits courts
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-petites-villes-de-demain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_pvd_osat</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire" rel="noopener" target="_blank"&gt;
    &lt;strong&gt;
     Contactez-nous à travers notre formulaire de contact
    &lt;/strong&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8b33-soutenir-les-projets-petites-villes-de-demain/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-      <c r="A61" s="1">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>90785</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Sécuriser l'accès vers l'emploi aux apprenants sortant de formation</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Fonds d&amp;apos;aide à la mobilité vers l&amp;apos;emploi</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes sortis de formation depuis moins de 6 mois et avez trouvé un emploi éloigné de votre domicile ? Avec le Fonds d&amp;#039;aide à la mobilité vers l&amp;#039;emploi, la Région Nouvelle Aquitaine peut vous aider dans votre projet de mobilité en participant à vos frais de logement et/ou de transport.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Sécuriser l&amp;#039;accès vers l&amp;#039;emploi aux apprenants sortant de formation
  &lt;/li&gt;
  &lt;li&gt;
   Participer aux dépenses de logement et transport engendrées par un nouveau contrat de travail
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Bénéficiaires :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les salariés signataires d&amp;#039;un CDD de 3 mois minimum ou d&amp;#039;un CDI :
   &lt;br /&gt;
@@ -11538,66 +11340,66 @@
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide n&amp;#039;est pas cumulable avec :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la mise à disposition d&amp;#039;un véhicule de fonction ou de service
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   la prise en charge de l&amp;#039;intégralité des frais de transport et/ou de logement par d&amp;#039;autres dispositifs (Pôle emploi, Action Logement, Région, collectivités, entreprises...)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide est versée en 2 fois sur le compte bancaire du bénéficiaire : un premier versement de 60 % suite à l&amp;#039;accord de l&amp;#039;aide et un second versement de 40 %, sur présentation d&amp;#039;une attestation de votre employeur confirmant la bonne exécution du CDD ou la poursuite du CDI, dans les 3 à 6 mois suivant la date de démarrage du contrat de travail. Un modèle type (Attestation second versement) vous est proposé ci-dessous.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Logement et habitat
 Emploi
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   1) Critères de sélection:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le service instructeur de la Région étudie l&amp;#039;ensemble du dossier de demande et les pièces justificatives fournies.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une mobilité résidentielle liée à un nouvel emploi éloigné du domicile principal,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   une distance routière entre le domicile et le lieu de travail qui doit être supérieure ou égale à 100 kilomètres ou à 1h 30 de temps de trajet (A/R hors zones urbaines),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;utilisation de manière prioritaire des transports en commun; ou à défaut d&amp;#039;une offre de transport en commun adaptée et/ou en cas d&amp;#039;horaires décalés, l&amp;#039;utilisation d&amp;#039;un véhicule motorisé pour la majorité des déplacements domicile-travail,
   &lt;br /&gt;
  &lt;/li&gt;
@@ -11644,169 +11446,169 @@
   Justificatif de domicile principal en Nouvelle-Aquitaine de moins de 3 mois à votre nom (Facture de téléphone, d&amp;#039;électricité, de gaz, d&amp;#039;eau, quittance de loyer, avis d&amp;#039;imposition, taxe d&amp;#039;habitation...)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Justificatifs des dépenses liées à la demande : déménagement (devis), double résidence (contrats de location, quittances de loyer...), transport (factures pour le transport en commun, carte grise pour le calcul des frais kilométriques.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Vous pouvez également fournir tout autre document que vous pensez utile pour l&amp;#039;étude de votre dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3) Et après ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après l&amp;#039;envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois le dossier finalisé par vos soins (bouton &amp;#34;envoyer&amp;#34;), le service instructeur de la Région vérifie si votre dossier est complet. Des informations complémentaires pourront vous être demandées.Votre dossier est ensuite étudié avant passage en commission d&amp;#039;attribution. A l&amp;#039;issue de cette commission, la décision vous sera transmise par mail.
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/fonds-daide-la-mobilite-vers-lemploi</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/081a-fonds-daide-a-la-mobilite-vers-lemploi/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-      <c r="A62" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
         <v>90885</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Sécuriser son parcours de formation</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Fonds social formation</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H62" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Durant votre parcours de formation, vous faites face à un imprévu et ne parvenez plus à régler vos dépenses de logement et/ou de transport ? Ce problème peut remettre en cause la poursuite de votre formation. Avec le Fonds social formation, la Région Nouvelle Aquitaine peut vous aider à surmonter cette épreuve.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   sécuriser votre parcours de formation
  &lt;/li&gt;
  &lt;li&gt;
   éviter l&amp;#039;arrêt de votre formation pour des raisons financières liées aux dépenses de logement et de transport
  &lt;/li&gt;
  &lt;li&gt;
   poursuivre votre formation dans les meilleures conditions possibles malgré les imprévus
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Logement et habitat
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Début du dépôt des dossiers : 1er septembre 2020
 &lt;/p&gt;
 &lt;p&gt;
  Date limite : 31 décembre 2021
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les apprenants inscrits dans une formation financée par la Région Nouvelle-Aquitaine :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   stagiaires de la formation professionnelle
@@ -11884,148 +11686,148 @@
   Attestation de la structure de formation complétée et signée. L&amp;#039;attestation à compléter par votre organisme de formation est à votre disposition ci-dessous.
  &lt;/li&gt;
  &lt;li&gt;
   Justificatif de domicile principal en Nouvelle-Aquitaine de moins de 3 mois à votre nom (Facture de téléphone, d&amp;#039;électricité, de gaz, d&amp;#039;eau, quittance de loyer, avis d&amp;#039;imposition, taxe d&amp;#039;habitation...)
  &lt;/li&gt;
  &lt;li&gt;
   Justificatifs des dépenses liées à la demande : déménagement (devis), double résidence (contrats de location, quittances de loyer...), transport (factures pour le transport en commun, carte grise pour le calcul des frais kilométriques).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Vous pouvez également nous fournir tout autre document que vous pensez utile pour l&amp;#039;étude de votre dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Et après ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après l&amp;#039;envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois le dossier finalisé par vos soins, le service instructeur de la Région vérifie si votre dossier est complet. Des informations complémentaires pourront vous être demandées.Votre dossier est ensuite étudié avant passage en commission d&amp;#039;attribution. À l&amp;#039;issue de cette commission, la décision vous sera transmise par mail.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/fonds-social-formation</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers - Direction Formation Professionnelle et Apprentissage : 05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   du lundi au vendredi de 9h à 18h sans interruption
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/545c-fonds-social-formation/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-      <c r="A63" s="1">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>90887</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Aider au passage du permis de conduire B -  2020-2021</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Nouvelle-Aquitaine souhaite favoriser l&amp;#039;insertion professionnelle et l&amp;#039;emploi des jeunes en proposant une aide à la préparation du permis de conduire B.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Favoriser l&amp;#039;égalité des chances d&amp;#039;accès à l&amp;#039;emploi en proposant une aide au financement du permis de conduire B pour les jeunes les plus précaires qui s&amp;#039;engagent vers une insertion professionnelle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Formation professionnelle
 Emploi
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Les critères d&amp;#039;éligibilité prévus dans le règlement d&amp;#039;intervention diffèrent selon la situation des jeunes. Vous devez être :
 &lt;/p&gt;
 &lt;p&gt;
  Agés de 17 à 25 ans révolus issus d&amp;#039;un niveau de qualification IV ou infra (Bac ou infra Bac), dont le revenu de référence par part fiscale est inférieur au plafond prévu dans le règlement, appartenant aux catégories suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1- Les jeunes titulaires de l&amp;#039;un des diplômes* listés ci-dessous, obtenus dans un établissement scolaire en Nouvelle-Aquitaine lors de la session précédant la demande d&amp;#039;aide, et qui s&amp;#039;engagent vers une insertion professionnelle
  &lt;/strong&gt;
  &lt;strong&gt;
   :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  (* La demande d&amp;#039;aide régionale devra être déposée dans un délai maximum de 12 mois à compter de la date d&amp;#039;obtention du diplôme)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Baccalauréat Professionnel (Bac pro et Bac Pro Agricole),
@@ -12121,155 +11923,155 @@
   &lt;strong&gt;
    Tranche 3
   &lt;/strong&gt;
   : aide de 400 € si le revenu par part fiscale est compris entre 12 001 € et 15 000 €* (les jeunes devront être titulaires du code au moment de la demande. Toute demande sera clôturée si cette condition n&amp;#039;est pas remplie au moment de la demande).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  * Les jeunes diplômés en apprentissage doivent présenter des revenus inférieurs à 12001€ par part fiscale.
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités de versement sont différentes selon la situation du jeune et sont explicitées dans le règlement d&amp;#039;intervention et la Foire Aux Questions.
 &lt;/p&gt;
 &lt;h3&gt;
  Modalités de paiement
 &lt;/h3&gt;
 &lt;p&gt;
  En cas de versements multiples, le solde sera versé sous réserve de la validation du code de la route et de la présentation d&amp;#039;un justificatif attestant d&amp;#039;une dépense au moins égale à 400€ auprès de l&amp;#039;auto-école (correspondant au montant de l&amp;#039;avance versée par la Région après décision favorable).
 &lt;/p&gt;
 &lt;p&gt;
  La durée de validité de l&amp;#039;aide est de 18 mois à compter de la date de réception de la notification d&amp;#039;accord. A défaut, le dossier sera clôturé et il ne sera plus possible de bénéficier du solde de l&amp;#039;aide.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/aide-au-passage-du-permis-de-conduire-b</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>Service Relation aux Usagers
 Direction de la jeunesse et de la citoyenneté
 05.49.38.49.38
 Du lundi au vendredi de 9h à 18h sans interruption</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8558-aide-au-passage-du-permis-de-conduire-b-2020-/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>90917</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Faciliter l'accès à la mobilité des plus fragiles</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région agit pour l&amp;#039;accès à la mobilité des plus fragiles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Près de 80% des prêts accordés dans le cadre du Microcrédit personnel concernent l&amp;#039;achat de véhicules - plus de 600 par an. Parfois, les véhicules achetés sont en mauvais état et imposent des réparations supplémentaires difficilement supportables par les personnes en situation de précarité. Le soutien de la Région à la PRAM (Plate-forme régionale d&amp;#039;accès à la mobilité), permet d&amp;#039;apporter des solutions aux problématiques de mobilité des plus démunis. Les difficultés de mobilité représentent un facteur croissant d&amp;#039;exclusion et d&amp;#039;isolement social. C&amp;#039;est aussi un frein majeur au retour à l&amp;#039;emploi, particulièrement en zone rurale.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   Entreprise
  &lt;/li&gt;
  &lt;li&gt;
   Particulier
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;h3&gt;
  Qu&amp;#039;est-ce que la PRAM ?
 &lt;/h3&gt;
 &lt;p&gt;
  La PRAM est une association initiée et soutenue fortement par la Région, spécialisée dans la collecte, la remise en état professionnelle et la revente solidaire de voitures d&amp;#039;occasions. Quatre garages associatifs  (liste ci-dessous) répartis sur le territoire régional et le pôle mobilité ADSEA 86 à Châtellerault se sont mobilisés pour créer en décembre 2013 l&amp;#039;association « Plate-forme Régionale d&amp;#039;Accès la Mobilité » (PRAM)  pour répondre aux besoins de mobilité des plus démunis.
 &lt;/p&gt;
 &lt;p&gt;
@@ -12340,170 +12142,170 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Vous êtes un professionnel de l&amp;#039;automobile :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les véhicules repris à vos clients vous encombrent, donnez-les à l&amp;#039;association PRAM.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Contacter l&amp;#039;association PRAM
 &lt;/h3&gt;
 &lt;p&gt;
  200 rue Jean Jaurès - 79000 Niort
  &lt;br /&gt;
  Tél : 06 76 78 25 71
  &lt;br /&gt;
  contact&amp;#64;association-pram.fr
  &lt;br /&gt;
  www.association-pram.fr
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/plateforme-regionale-dacces-la-mobilite</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délégation numérique
 &lt;/p&gt;
 &lt;p&gt;
  15 rue de l&amp;#039;Ancienne Comédie
  &lt;br /&gt;
  86021
                                                     POITIERS Cedex
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 49 55 68 70
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bf2e-plateforme-regionale-dacces-a-la-mobilite/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-      <c r="A65" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
         <v>90937</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Rémunérer les stagiaires de la formation professionnelle</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région a la responsabilité politique et légale de faciliter les conditions de réalisation des formations à destination des jeunes et des adultes à la recherche d&amp;#039;un emploi ou d&amp;#039;une nouvelle orientation professionnelle. L&amp;#039;entrée en formation entraîne souvent une ré-organistion de la vie personnelle, générant des déplacements donc des frais. C&amp;#039;est pourquoi, la Région assure une rémunération et une protection sociale aux stagiaires de la formation professionnelle (sous certaines conditions).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Ces dispositions en faveur de la rémunération et de la protection sociale, doivent permettre au stagiaire d&amp;#039;accéder et se maintenir jusqu&amp;#039;à l&amp;#039;issue du parcours de formation, durant lequel il peut développer ses compétences.
 &lt;/p&gt;
 &lt;p&gt;
  En accordant un régime plus favorable que le Code du Travail, la Région a introduit des mesures en faveur de certains stagiaires selon le principe de solidarité :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prime monoparentale forfaitaire mensuelle de 100 € au stagiaire parent isolé avec au moins un enfant à charge (y compris en cas de garde alternée),
  &lt;/li&gt;
  &lt;li&gt;
   Application du barème de la catégorie d&amp;#039;âge supérieure pour les primo-demandeurs d&amp;#039;emploi de moins de 18 ans.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Logement et habitat
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires:
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Selon certains critères d&amp;#039;éligibilité :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Demandeurs d&amp;#039;emplois ne relevant pas ou plus du régime d&amp;#039;assurance chômage* ou de tout autre régime public,
  &lt;/li&gt;
  &lt;li&gt;
   Les personnes bénéficiant à leur entrée en formation d&amp;#039;une Reconnaissance de la Qualité de Travailleur Handicapé (RQTH) et/ou de l&amp;#039;Obligation d&amp;#039;Emploi des Travailleurs Handicapés (OETH),
  &lt;/li&gt;
  &lt;li&gt;
   Les apprentis en rupture de contrat,
  &lt;/li&gt;
  &lt;li&gt;
   Personnes sous-main de justice suivant une formation dans un centre pénitentiaire,
  &lt;/li&gt;
  &lt;li&gt;
   Salariés de Structure d&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE).
@@ -12546,120 +12348,120 @@
   &lt;/strong&gt;
   temps plein, fixé par décret par l&amp;#039;Etat, varie selon la situation statutaire et familiale du stagiaire (décret n°2002-1551 du 23/12/2002).
   &lt;em&gt;
    &lt;strong&gt;
     Consulter le tableau en pièce jointe.
    &lt;/strong&gt;
   &lt;/em&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Aides aux transports et à l&amp;#039;hébergement
   &lt;/strong&gt;
   . Sont exclus de l&amp;#039;indemnité d&amp;#039;hébergement tous les bénéficiaires d&amp;#039;un autre dispositif d&amp;#039;aide régionale au titre de cet hébergement ou d&amp;#039;un hébergement gratuit au sein de la structure de formation. Ce forfait ne sera pas versé en cas d&amp;#039;absence du stagiaire sur la totalité du mois.
   &lt;em&gt;
    &lt;strong&gt;
     Consulter le tableau en pièce jointe.
    &lt;/strong&gt;
   &lt;/em&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;organisme de formation est responsable de la constitution des dossiers de rémunération et/ou de protection sociale dès l&amp;#039;entrée en formation du stagiaire. Le calcul et le versement des rémunérations sont directement liés aux états de présence mensuelle des stagiaires dans l&amp;#039;organisme de formation. Ce dernier transmet tous les mois au stagiaire les avis de paiement détaillés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/remuneration-des-stagiaires-de-la-formation-professionnelle</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Candidatez sur le formulaire dans le lien vers le descriptif complet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b241-remuneration-des-stagiaires-de-la-formation-p/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-      <c r="A66" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>92240</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour bâtir des stratégies territoriales</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G66" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme participent à la construction des stratégies territoriales
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les dynamiques territoriales et les transitions en cours questionnent le sens même de la planification stratégique. Nous sommes dans l&amp;#039;ère des interdépendances territoriales et des réciprocités - qu&amp;#039;elles soient choisies ou subies. Les nouvelles interfaces politiques et territoriales appellent à organiser des alliances entre tous les types de territoires (métropolitains, urbains, périurbains et ruraux), interpellent l&amp;#039;agilité des modes de gouvernance et sollicitent de nouveaux cadres d&amp;#039;actions territoriales. Dans ce contexte qui rebat les cartes du développement territorial, les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
 &lt;/p&gt;
@@ -12688,191 +12490,191 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une équipe pluridisciplinaire et inclusive
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M66" s="1" t="inlineStr">
+      <c r="M65" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conduire des démarches de prospective pour construire une vision pour le futur
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet)
  &lt;/li&gt;
  &lt;li&gt;
   Animation de coopérations territoriales (contractualisations, coopérations
   &lt;br /&gt;
   métropolitaines, contrat de réciprocité...)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux stratégies frontalières et transnationales
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V66" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X66" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez les contacts de chaque agence d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df5d-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>92241</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Etre aidé pour participer au débat territorial</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme aident à sensibiliser et animer le débat territorial
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;agence d&amp;#039;urbanisme, grâce à son positionnement partenarial et sa neutralité est un connecteur entre les acteurs. Forte de cela et de son ancrage, elle a un rôle d&amp;#039;animation territoriale pour lequel elle développe des activités et des méthodes participatives innovantes.
  &lt;br /&gt;
  L&amp;#039;agence s&amp;#039;appuie à la fois sur son expertise et sur sa compétence d&amp;#039;animation pour être moins dans la « confrontation territoriale » mais plus dans la co-construction.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
 &lt;/p&gt;
 &lt;p&gt;
@@ -12900,189 +12702,189 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une équipe pluridisciplinaire et inclusive
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M67" s="1" t="inlineStr">
+      <c r="M66" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communication
  &lt;/li&gt;
  &lt;li&gt;
   Animation et intermédiation des débats
  &lt;/li&gt;
  &lt;li&gt;
   Projets participatifs
  &lt;/li&gt;
  &lt;li&gt;
   Expérimentation (résidence, atelier, ...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f7b7-copie-13h16-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>92349</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour observer les territoires</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en oeuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
 &lt;/p&gt;
 &lt;p&gt;
@@ -13109,201 +12911,201 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une équipe pluridisciplinaire et inclusive
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M68" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Observation thématique (loyers, mobilités, habitat, social, stratégies économiques, logement des étudiants...)
  &lt;/li&gt;
  &lt;li&gt;
   Animation des systèmes d&amp;#039;informations géographiques
  &lt;/li&gt;
  &lt;li&gt;
   Enquêtes de terrain
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Personnes âgées
 Jeunesse
 Santé
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Inclusion numérique
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont 51, réparties sur le territoire métropolitain et ultra-marin. Consulter notre annuaire pour identifier celle, la plus proche de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d0a-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
         <v>92350</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la mise en oeuvre des villes et territoires durables</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;strong&gt;
      Les agences d&amp;#039;urbanisme vous aident dans la mise en oeuvre des villes et territoires durables
     &lt;/strong&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 &lt;p&gt;
  Mettre en œuvre des villes et territoires durables, c&amp;#039;est penser leur développement de manière transversale et intégrée à différentes échelles, pour faire face aux transitions. C&amp;#039;est faire appel à des modes plus coopératifs et participatifs pour impliquer l&amp;#039;ensemble des acteurs du territoire. C&amp;#039;est aborder les projets dans toutes leurs dimensions : physiques, environnementales, économiques et sociales. Dans ce contexte, un outil d&amp;#039;ingénierie tel que l&amp;#039;agence d&amp;#039;urbanisme constitue un atout important. Par son approche transversale et multi-acteurs, l&amp;#039;agence d&amp;#039;urbanisme permet de rompre avec les approches sectorielles. Elle offre la possibilité de construire une vision stratégique articulant les différentes échelles des territoires et de mieux articuler les politiques publiques, comme celles de l&amp;#039;habitat, de la solidarité, des projets urbains, de l&amp;#039;environnement ou encore de la mobilité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Les agences d&amp;#039;urbanisme
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
  &lt;br /&gt;
 &lt;/p&gt;
@@ -13334,247 +13136,247 @@
   &lt;li&gt;
    &lt;strong&gt;
     Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Une équipe pluridisciplinaire et inclusive
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M69" s="1" t="inlineStr">
+      <c r="M68" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Participation à l&amp;#039;élaboration des politiques d&amp;#039;aménagement et de développement
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux politiques de requalification des centres et de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux démarches de développement économique et social
  &lt;/li&gt;
  &lt;li&gt;
   Contribution à l&amp;#039;adaptation des territoires au changement climatique (transition énergétique, îlots de fraîcheur, trames écologiques...)
  &lt;/li&gt;
  &lt;li&gt;
   Développement des politiques publiques du quotidien (mobilités durables, offre de soin, alimentation saine, qualité de l&amp;#039;habitat, des paysages...)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des stratégies de développement et d&amp;#039;inclusion numérique
  &lt;/li&gt;
  &lt;li&gt;
   Participation à l&amp;#039;animation territoriale et au débat public en tant que tiers de confiance
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/88ff-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-      <c r="A70" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>92586</v>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G70" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I70" s="1" t="inlineStr">
+      <c r="I69" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M70" s="1" t="inlineStr">
+      <c r="M69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -13613,581 +13415,581 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T70" s="1" t="inlineStr">
+      <c r="T69" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z70" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-      <c r="A71" s="1">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
         <v>94234</v>
       </c>
-      <c r="B71" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un marché de partenariat pour financer vos projets en optimisant les coûts</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Région</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires accompagne les collectivités territoriales dans leur projet d&amp;#039;investissement public à travers une catégorie spécifique du marché public : le marché de partenariat
  .
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;un contrat de partenariat public-privé (PPP) qui permet de faire appel à des acteurs privés pour financer et gérer des projets de maîtrise d&amp;#039;ouvrage publique.      Ce contrat présente de nombreux avantages en permettant notamment d&amp;#039;optimiser le coût des travaux grâce à la mutualisation des investissements.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V71" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-efficacite-energetique-batiments?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=mppoc_psat</t>
         </is>
       </c>
-      <c r="X71" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z71" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3340-beneficier-dun-marche-de-partenariat-pour-fin/</t>
         </is>
       </c>
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-      <c r="A72" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>95038</v>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Favoriser la réalisation de projets d’aménagement des points d’arrêt ferroviaires et routiers relevant de la compétence de la Région</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Dispositif d’Intervention Régional Intermodalité Grand Est</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G72" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H72" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K72" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif correspond à l&amp;#039;harmonisation des dispositifs qui existaient précédemment dans les Régions Alsace et Lorraine et intègre un volet spécifique « Pacte de Ruralité ».
 La Région, en tant qu&amp;#039;autorité organisatrice des transports régionaux de voyageurs définit l&amp;#039;offre de transports, la tarification applicable sur son réseau et fixe le niveau de service qui doit être
 fourni aux usagers dans le cadre des conventions et contrats qui lient la collectivité aux différents transporteurs et prestataires.
 Au-delà de ces interventions qui entrent directement dans son champ légal d&amp;#039;intervention, la Région met en place des dispositifs volontaristes permettant d&amp;#039;améliorer l&amp;#039;intermodalité entre les différents modes de transports et donc de développer l&amp;#039;utilisation des modes de transports alternatifs. Les gares et points d&amp;#039;arrêt sont les portes d&amp;#039;entrée sur le réseau régional de transport et constituent à ce titre des lieux stratégiques dans la chaîne du déplacement des voyageurs.
 &lt;/p&gt;
 &lt;p&gt;
  Ces lieux situés à la frontière entre le réseau de transport et le territoire doivent pouvoir bénéficier de traitements spécifiques permettant d&amp;#039;atténuer le phénomène de rupture de charge pour les usagers, d&amp;#039;ancrer les transports régionaux aux territoires et de fournir des services facilitant les déplacements des usagers.
 Pour cela, il est nécessaire que la Région accompagne les acteurs locaux et les porteurs de projets afin de faciliter l&amp;#039;accès au réseau régional de transport, et ce même si la Région n&amp;#039;est propriétaire
 ni des gares, ni des emprises foncières sur lesquelles ces projets sont développés. Il s&amp;#039;agit donc d&amp;#039;une intervention volontariste de la collectivité, nécessaire au développement de l&amp;#039;attractivité de son réseau de transport.
 Le développement de l&amp;#039;attractivité du réseau régional par ces investissements doit permettre d&amp;#039;accroitre le niveau des recettes perçues de la part des usagers, et donc de contribuer à limiter, voire à réduire, la contribution de la collectivité aux coûts de fonctionnement de son réseau de transport.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P72" s="1" t="inlineStr">
+      <c r="P71" s="1" t="inlineStr">
         <is>
           <t>25/07/2017</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/dispositif-dintervention-regional-dintermodalite-grand/</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contacts
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En cas de questions, vous disposez de deux possibilités afin d&amp;#039;identifier l&amp;#039;interlocuteur privilégié qui pourra vous renseigner sur les modalités pratiques du dispositif DIRIGE :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agence territoriale de la Région Grand Est du ressort territorial du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   La Direction des Transports et de la Mobilité via l&amp;#039;adresse
   &lt;a href="mailto:transports&amp;#64;grandest.fr"&gt;
    transports&amp;#64;grandest.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4feb-dispositif-dintervention-regional-dintermodal/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>101591</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'outils de gestion de projet de mobilité</t>
         </is>
       </c>
-      <c r="C73" s="1" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>France Mobilités</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Cerema
 ADEME
 Banque des Territoires
 Agence nationale de la cohésion des territoires (ANCT)
 Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F73" s="1" t="inlineStr">
+      <c r="F72" s="1" t="inlineStr">
         <is>
           <t>Cellules France Mobilités</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>Vous souhaitez disposer d&amp;#039;outils vous permettant de mener, en autonomie, vos projets de mobilité.
 &lt;br /&gt;
 &lt;br /&gt;
 France Mobilités vous permet d&amp;#039;avoir un accès aux différents appels à projets (AAP) et appels à manifestation d&amp;#039;intérêt (AMI), tel que Tenmod (« France Mobilités - Territoires de nouvelles mobilités durables »), et ainsi de bénéficier d&amp;#039;un appui au montage de projet présentés dans le cadre des AAP et AMI. France Mobilités vous permet également de bénéficier d&amp;#039;outils (commande publique, réalisation de DCE, base de données opendata des marchés, et cartographie des dispositifs de financements), voire des webinaires accompagnant leur prise en main. Les outils pourront être étoffés au fur et à mesure. Un appui à l&amp;#039;ingénierie territoriale permet d&amp;#039;accompagner l&amp;#039;usage des outils (pour cela, voir le produit &amp;#34;concevoir son projet de mobilité et développer des expérimentations&amp;#34;).</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou une intercommunalité du programme Petites villes de demain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://www.francemobilites.fr</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre cellule régionale : https://www.francemobilites.fr/regions
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3598-beneficier-doutils-de-gestion-de-projet-de-mo/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>101592</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Accompagner le déploiement de solutions de mobilité, le passage à l'échelle et l'innovation dans les territoires</t>
         </is>
       </c>
-      <c r="C74" s="1" t="inlineStr">
+      <c r="C73" s="1" t="inlineStr">
         <is>
           <t>Avenir Montagnes
 France Mobilités</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Cerema
 ADEME
 Banque des Territoires
 Agence nationale de la cohésion des territoires (ANCT)
 Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F74" s="1" t="inlineStr">
+      <c r="F73" s="1" t="inlineStr">
         <is>
           <t>Cellules France Mobilités</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="J74" s="1" t="inlineStr">
+      <c r="J73" s="1" t="inlineStr">
         <is>
           <t>Accompagnement et animation de l'ecosystème des mobilités, en complément d'appels pontuels (taux définis par les AAP/AMI)</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à l&amp;#039;ingénierie en matière de mobilité dans les territoires peu denses : l&amp;#039;objectif est d&amp;#039;apporter un conseil de proximité aux collectivités et AOM, ainsi qu&amp;#039;aux porteurs de projets, dans le déploiement de leurs services de mobilité du quotidien, au travers 15 cellules régionales d&amp;#039;appui en métropole et outre-mer, réunissant les principaux acteurs de l&amp;#039;ingenierie publique territoriale (ANCT, Ademe, Cerema et Banque des Territoires) aux côtés des services de l&amp;#039;Etat. Il s&amp;#039;agit d&amp;#039;un guichet unique apportant une ingénierie mutualisée dans les territoires ruraux pour accompagner les collectivités à l&amp;#039;exercice de la compétence d&amp;#039;organisation des mobilités (notamment sollicitations juridiques), ainsi qu&amp;#039;une ingénierie d&amp;#039;animation territoriale dans l&amp;#039;appui à la mise en oeuvre de projet (ex : organisation de webinaires et d&amp;#039;évènements à destination des acteurs territoriaux porteurs de projets).
 &lt;/p&gt;
 &lt;p&gt;
  Cet accompagnement des cellules régionales vient en complément de l&amp;#039;instruction des AAP/AMI France Mobilités (Tenmod, Avenir Montagne Mobilités, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Plateforme France Mobilités comprenant des ressources techniques (base relative aux marchés publics, foire aux questions juridique et fiches thématiques) et référençant des projets de mobilité, renseignés par leurs porteurs, mis en place dans les territoires (visualisation cartographique) ainsi que des solutions inspirantes classées par thématique / type de territoire / catégorie de porteurs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://www.francemobilites.fr/projets
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mobilité fluviale
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les 15 cellules régionales d&amp;#039;appui  France Mobilités accompagnent l&amp;#039;innovation dans les territoires « peu denses » et faiblement dotés en ingenierie locale : territoires ruraux, villes petites et moyennes, espaces périurbains des agglomérations
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.francemobilites.fr/ingenierie</t>
         </is>
       </c>
-      <c r="W74" s="1" t="inlineStr">
+      <c r="W73" s="1" t="inlineStr">
         <is>
           <t>https://www.francemobilites.fr/</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre cellule régionale : https://www.francemobilites.fr/regions
 &lt;/p&gt;
 &lt;p&gt;
  Une boite fonctionnelle partagée unique pour chaque cellule régionale :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   auvergnerhonealpes&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   bourgognefranchecomte&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   bretagne&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   centrevaldeloire&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   corse&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   grandest&amp;#64;francemobilites.fr
@@ -14200,144 +14002,144 @@
  &lt;/li&gt;
  &lt;li&gt;
   normandie&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   nouvelleaquitaine&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   occitanie&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   paysdelaloire&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   provencealpescotedazur&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   antillesguyane&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   oceanindien&amp;#64;francemobilites.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3bc2-concevoir-son-projet-de-mobilite-et-developpe/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>101961</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser les citoyens aux émissions CO2 des déplacements</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Premier secteur émetteur de gaz à effet de serre avec 30% des émissions, le secteur des transports est un secteur clé de la transition écologique. Mais comment
  &lt;strong&gt;
   transmettre les bons ordres de grandeur et sensibiliser les citoyens
  &lt;/strong&gt;
  ?
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
  &lt;strong&gt;
   librement diffusable
  &lt;/strong&gt;
  &lt;strong&gt;
   intégrable sur tout type de site
  &lt;/strong&gt;
  pour permettre à chacun de comparer facilement l&amp;#039;impact de ses déplacements, mais aussi de montrer l&amp;#039;impact concret du
  &lt;strong&gt;
   covoiturage
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;a href="https://impactco2.fr/transport" target="_self"&gt;
    impactco2.fr/transport
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt src="https://raw.githubusercontent.com/datagir/datagir-site/master/content/applications/mon-impact-transport/mon-impact-transport.png" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M75" s="1" t="inlineStr">
+      <c r="M74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déjà utilisé dans différents défis et challenges de la mobilité aux 4 coins de la France (
  &lt;a href="https://www.defimobilite-paysdelaloire.fr/page/73/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
   Pays de la Loire
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="http://challenge-mobilite-hdf.fr/blog/votre-%C3%A9co-calculateur-mobilit%C3%A9" rel="noopener" target="_blank"&gt;
   Haut-de-France
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.challengemobilite-bfc.fr/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
   Bourgogne-Franche-Comté
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.challengedelamobilite.com/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
@@ -14363,521 +14165,521 @@
  ,
  &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/mobilites/action-5-je-privilegie-des-modes-de-transport-doux" rel="noopener" target="_blank"&gt;
   Issy
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.normandie-tourisme.fr/preparer-son-sejour/informations-pratiques/venir-en-normandie/" rel="noopener" target="_blank"&gt;
   Normandie Tourisme
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://sudrhone.fr/2020/06/29/vacances-partir-sans-oublier-la-planete/#" rel="noopener" target="_blank"&gt;
   Sud Rhône Environnement
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Animation et mise en réseau
 Valorisation d'actions
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/transport/</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/21a8-sensibiliser-les-citoyens-aux-emissions-co2-d/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>102050</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser les citoyens sur leur empreinte climat</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Face aux nombreux défis environnementaux, comment (s&amp;#039;)informer, (se) sensibiliser, (s&amp;#039;)engager ?
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ADEME, en partenariat avec l&amp;#039;Association Bilan Carbone, a développé
  &lt;em&gt;
   &lt;strong&gt;
    &lt;a href="https://nosgestesclimat.fr/" rel="noopener" target="_blank"&gt;
     Nos Gestes Climat
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/em&gt;
  pour permettre à chacun de
  &lt;strong&gt;
   calculer son empreinte carbone individuelle
  &lt;/strong&gt;
  à travers une série de questions sur son quotidien. Mais l&amp;#039;outil ne s&amp;#039;arrête pas là : il donne également des
  &lt;strong&gt;
   actions chiffrées pour réduire concrètement son impact
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Une
  &lt;strong&gt;
   &lt;a href="https://nosgestesclimat.fr/groupe?mode&amp;#61;sondage" rel="noopener" target="_blank"&gt;
    version sondage
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   vous permet de créer un lien dédié pour collecter de manière anonyme les résultats d&amp;#039;un groupe
  &lt;/strong&gt;
  de citoyens, agents, élus ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M76" s="1" t="inlineStr">
+      <c r="M75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec plus d&amp;#039;1,5 millions de tests réalisés, ce simulateur est déjà promu par différentes collectivités de toutes tailles comme
  &lt;a href="https://www.grenoble.fr/2294-nos-gestes-climat.htm" rel="noopener" target="_blank"&gt;
   Grenoble
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
 l&amp;#039;
  &lt;a href="https://www.agglo-saintquentinois.fr/pratique/developpement-durable/le-plan-climat-air-energie-territorial-981.html" rel="noopener" target="_blank"&gt;
   Agglo du Saint Quentinois
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Transports collectifs et optimisation des trafics routiers
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable, mais aussi intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://nosgestesclimat.fr</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe :
  &lt;a href="https://nosgestesclimat.fr/contact" target="_self"&gt;
   nosgestesclimat.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1e4-copie-13h56-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>102204</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Aider citoyens et collaborateurs à chiffrer les avantages du télétravail en termes d'émissions CO2 évitées</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le télétravail a récemment pris une place importante dans bon nombre de structures. Changement fort tant côté employé que pour l&amp;#039;organisation dans son ensemble, le télétravail a également des avantages indéniables en termes d&amp;#039;émissions carbone et de temps de transport... Encore faut-il pouvoir les estimer.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
  &lt;strong&gt;
   librement diffusable
  &lt;/strong&gt;
  &lt;strong&gt;
   intégrable sur tout type de site
  &lt;/strong&gt;
  pour permettre à chacun de calculer l&amp;#039;impact du télétravail en termes d&amp;#039;
  &lt;strong&gt;
   émissions CO2 évitées sur les déplacements et en temps gagné
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;a href="https://impactco2.fr/transport/teletravail" target="_self"&gt;
    impactco2.fr/transport/teletravail
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M77" s="1" t="inlineStr">
+      <c r="M76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cet outil est par exemple repris sur le site de
  &lt;a href="https://www.seineouest.fr/mon-impact-transport" rel="noopener" target="_blank"&gt;
   Grand Paris Seine Ouest (GPSO)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Appui méthodologique
 Valorisation d'actions
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/transport/teletravail</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/04f9-copie-12h21-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>102937</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Aider à la recherche de financements européens</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informer
  &lt;/li&gt;
  &lt;li&gt;
   Conseiller
  &lt;/li&gt;
  &lt;li&gt;
   Appuyer au montage d&amp;#039;un projet européen innovant
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La Région propose de vous informer  par l&amp;#039;intermédiaire :
  &lt;br /&gt;
  - du site internet dédié : www.europeid.fr,
  &lt;br /&gt;
@@ -14885,51 +14687,51 @@
  &lt;br /&gt;
  - de rendez-vous individuels.
 &lt;/p&gt;
 &lt;p&gt;
  Elle propose également de vous accompagner tout au long de votre  candidature.
 &lt;/p&gt;
 &lt;p&gt;
  Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
 &lt;/p&gt;
 &lt;p&gt;
  Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
  &lt;br /&gt;
  - l&amp;#039;orientation vers les cellules ressources
  &lt;br /&gt;
  - la recherche de partenaires
  &lt;br /&gt;
  - la rédaction de votre candidature
  &lt;br /&gt;
  - sa relecture critique avant soumission
 &lt;/p&gt;
 &lt;p&gt;
  Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
@@ -14946,485 +14748,485 @@
 Qualité de l'air
 Biodiversité
 Paysage
 International
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une structure francilienne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact au Conseil régional :
 &lt;/p&gt;
 &lt;p&gt;
  europe&amp;#64;iledefrance.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>veronique.hostein@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
         <v>103257</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Mener des actions pilotes en matière de mobilité</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Plan Route : Innovation et actions pilotes en matière de mobilité</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I79" s="1" t="inlineStr">
+      <c r="I78" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets soutenus doivent s&amp;#039;intégrer à la liste des thématiques liées :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   à l&amp;#039;infrastructure routière,
  &lt;/li&gt;
  &lt;li&gt;
   à l&amp;#039;exploitation,
  &lt;/li&gt;
  &lt;li&gt;
   aux véhicules ou aux usages,
  &lt;/li&gt;
  &lt;li&gt;
   aux services et au management de la mobilité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ces thématiques sont détaillées dans l&amp;#039;annexe 4 à la délibération n° CR 2017-54 &amp;#34;Plan régional &amp;#34;anti-bouchon&amp;#34; et pour changer la route&amp;#34;;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Région participera au maximum à 50% de la dépense supportée par le maître d&amp;#039;ouvrage (hors subventions provenant de tiers).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Afin de bénéficier des subventions, vous devrez tout d&amp;#039;abord déposer un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
 &lt;/p&gt;
 &lt;p&gt;
  Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération. Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Gestionnaires de voirie
  &lt;/li&gt;
  &lt;li&gt;
   Maitres d&amp;#039;ouvrage publics
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/ry6ls9-cN</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Transports / Service pôles et voiries
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5d58-plan-route-innovation-et-actions-pilotes-en-m/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>103258</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Améliorer la desserte des lycées et des îles de loisirs - Plan Route</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Plan Route : Amélioration de la desserte des lycées et des îles de loisirs</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I80" s="1" t="inlineStr">
+      <c r="I79" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région renforce la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la Région s&amp;#039;applique aux opérations d&amp;#039;infrastructure visant à favoriser la desserte par les transports en commun des grands établissements régionaux suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les lycées d&amp;#039;enseignement général, technologique et professionnel et les établissements d&amp;#039;éducation spéciale.
  &lt;/li&gt;
  &lt;li&gt;
   les Îles de loisirs
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Peuvent être soutenus: les aménagements de voirie en faveur des transports en commun, dans un périmètre de 300m autour des accès principaux de ces établissements.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La participation maximale sera égale à 70% de la dépense HT supportée par le maître d&amp;#039;ouvrage (hors subventions provenant de tiers).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Afin de bénéficier des subventions, vous devrez tout d&amp;#039;abord déposer un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
 &lt;/p&gt;
 &lt;p&gt;
  Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération. Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Maitres d&amp;#039;ouvrage ou maitres d&amp;#039;ouvrage délégués
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/BJRejcWcN</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Transports / Service Pôles et voiries
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa19-plan-route-amelioration-de-la-desserte-des-ly/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>103259</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Financer des équipements, des études et des plans relatifs au management de la mobilité</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Plan Route : Management de la mobilité</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I81" s="1" t="inlineStr">
+      <c r="I80" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Equipements collectifs : financement des équipements collectifs suivants, à condition qu&amp;#039;ils soient situés sur ou à proximité immédiate du réseau routier d&amp;#039;intérêt régional :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les aires de covoiturage et leurs annexes
   &lt;/li&gt;
   &lt;li&gt;
    Les infrastructures de recharge rapide de véhicules électriques et les équipements de distribution d&amp;#039;autres énergies alternatives pour les véhicules propres
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agences locales de mobilité (ALM) : financement des dépenses d&amp;#039;investissement relatives aux études de faisabilité, à l&amp;#039;investissement initial et au budget de fonctionnement, sur une période de 3 ans
 &lt;/p&gt;
 &lt;p&gt;
@@ -15439,185 +15241,185 @@
    Plans de mobilité visés par l&amp;#039;article L. 1214-8-2 du code des transports, à condition qu&amp;#039;il s&amp;#039;agisse de plans inter-entreprises.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Quelle est la nature de l&amp;#039;aide ?
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   La Région participera à hauteur de 50 % de la dépense supportée par le maître d&amp;#039;ouvrage (hors subventions provenant de tiers).
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Quelles démarches ?
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Afin de bénéficier des subventions, vous devrez tout d&amp;#039;abord déposer un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
  &lt;/p&gt;
  &lt;p&gt;
   Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération. Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Qui peut en bénéficier ?
   &lt;/strong&gt;
  &lt;/span&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Gestionnaires de voirie
   &lt;/li&gt;
   &lt;li&gt;
    Maitres d&amp;#039;ouvrage
   &lt;/li&gt;
   &lt;li&gt;
    associations
   &lt;/li&gt;
   &lt;li&gt;
    entreprises
   &lt;/li&gt;
   &lt;li&gt;
    collectivités territoriales et leurs groupements
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/SJybs9-5V</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Transports / Service Pôles et voiries
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e2e8-plan-route-management-de-la-mobilite/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>103260</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Mettre en œuvre des travaux d’aménagements et d’équipements d’infrastructures pour traiter des sites dangereux en matière de sécurité routière</t>
         </is>
       </c>
-      <c r="C82" s="1" t="inlineStr">
+      <c r="C81" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I82" s="1" t="inlineStr">
+      <c r="I81" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 70</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif vise à mettre en œuvre des travaux d&amp;#039;aménagements et d&amp;#039;équipements d&amp;#039;infrastructures destinés à traiter des sites dangereux avérés.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;ol&gt;
    &lt;li&gt;
     Des opérations visant à sécuriser les zones d&amp;#039;accumulation d&amp;#039;accidents répertoriées, c&amp;#039;est-à-dire où se sont produits au moins 5 accidents sur une section de moins de 850ml sur une période de 5 ans.
    &lt;/li&gt;
    &lt;li&gt;
     Le traitement des zones de transition en entrée d&amp;#039;agglomération concernées par une réduction des vitesses autorisées de 30 km/h au moins.
    &lt;/li&gt;
    &lt;li&gt;
     L&amp;#039;atténuation de la gravité des accidents liés à la présence d&amp;#039;obstacles latéraux, ainsi que la création d&amp;#039;écrans de protection basse pour les deux roues motorisés.
    &lt;/li&gt;
    &lt;li&gt;
     Les aménagements résultant de nouvelles approches de conception.
    &lt;/li&gt;
    &lt;li&gt;
@@ -15640,185 +15442,185 @@
    &lt;li&gt;
     Pour le point 5/ : 50% du montant subventionnable du projet dans la limite de 500.000€ HT maximum par carrefour traité.
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;p&gt;
   Ce taux est susceptible d&amp;#039;être porté à hauteur de 70% pour les opérations situées dans un périmètre des quartiers prioritaires ou placé en dispositif de veille active.
  &lt;/p&gt;
  &lt;p&gt;
   Le montant subventionnable est la part financière de l&amp;#039;opération affectée aux travaux et aux études de réalisation contribuant directement à améliorer la sécurité routière.
   &lt;br /&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Quelle démarche ?
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Pour bénéficier de cette aide, vous devez déposer un dossier sur notre plateforme en ligne
   &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
    mesdemarches.iledefrance.fr
   &lt;/a&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P82" s="1" t="inlineStr">
+      <c r="P81" s="1" t="inlineStr">
         <is>
           <t>26/06/2020</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Pour le point 1/ : L&amp;#039;Etat, les Départements, les EPCI et les syndicats mixtes.
   &lt;/li&gt;
   &lt;li&gt;
    Pour les points 2/, 3/ et 4/ : Les Départements, les EPCI et les syndicats mixtes.
   &lt;/li&gt;
   &lt;li&gt;
    Pour le point 5/ : Les Départements.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T82" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/securite-routiere-actions-portant-sur-linfrastructure</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Transports / Service Pôles et voiries
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5464-securite-routiere-actions-portant-sur-linfras/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>103261</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Soutenir la sécurisation et la suppression des passages à niveau</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Sécurité Routière : Soutien à la sécurisation et à la suppression des passages à niveau</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I83" s="1" t="inlineStr">
+      <c r="I82" s="1" t="inlineStr">
         <is>
           <t> Min : 35 Max : 50</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif vise d&amp;#039;une part à supprimer les passages à niveau (PN) par la réalisation de franchissements du réseau ferré par des ouvrages intégrant tous les modes de déplacements et d&amp;#039;autre part à sécuriser les abords des PN existants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La participation de la Région s&amp;#039;applique aux PN identifiés comme préoccupants par l&amp;#039;instance de coordination de la politique d&amp;#039;amélioration de la sécurité aux PN. Cette liste fait l&amp;#039;objet d&amp;#039;une actualisation régulière en fonction de l&amp;#039;évolution de la dangerosité des différents PN.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Taux de financement maximum :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    au titre du réseau ferré du projet de suppression de PN : 50% du montant subventionnable HT de la partie du projet concernée,
   &lt;/li&gt;
@@ -15832,181 +15634,181 @@
  &lt;p&gt;
   &lt;strong&gt;
    Quelles démarches ?
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Dépôt d&amp;#039;un dossier de demande de subvention, présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
  &lt;/p&gt;
  &lt;p&gt;
   Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération.
  &lt;/p&gt;
  &lt;p&gt;
   Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention de financement conclue entre la Région et le bénéficiaire.
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    À noter
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Les aides attribuées au titre du présent règlement font l&amp;#039;objet de conventions de financement conclues entre la Région et le bénéficiaire (et éventuellement les autres co-financeurs).
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Etat, les opérateurs (SNCF et RATP), les Départements, les communes et leurs groupements, les syndicats mixtes.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T83" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/rybZj5-94</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports / service Pôles et voiries
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0df4-securite-routiere-soutien-a-la-securisation-e/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>103262</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Mener des actions en faveur des piétons et visant à limiter les comportements à risque</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C83" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Sécurité Routière : Actions en faveur des piétons et visant à limiter les comportements à risque</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I84" s="1" t="inlineStr">
+      <c r="I83" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif soutient les aménagements et équipements renforçant la sécurité des usagers les plus vulnérables, et les mesures d&amp;#039;information et de prévention.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   la sécurisation des traversées des routes par les usagers les plus vulnérables jusqu&amp;#039;à 300 m des établissements recevant du public.
  &lt;/li&gt;
  &lt;li&gt;
   la sensibilisation et la formation du grand public aux enjeux de la sécurité routière par la mise en œuvre d&amp;#039;actions de communication et de formation visant à réduire l&amp;#039;importance du facteur comportemental dans la survenue d&amp;#039;accidents.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Point 1 :
@@ -16040,191 +15842,191 @@
   À noter
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les aides attribuées au titre du présent règlement font l&amp;#039;objet de conventions de financement conclues entre la Région et le bénéficiaire (et éventuellement les autres co-financeurs).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dossier à déposer sur
  &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   État,
  &lt;/li&gt;
  &lt;li&gt;
   Départements,
  &lt;/li&gt;
  &lt;li&gt;
   communes,
  &lt;/li&gt;
  &lt;li&gt;
   EPCI,
  &lt;/li&gt;
  &lt;li&gt;
   syndicats mixtes.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/ByzWjqZqN</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports, service Pôles et Voiries
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0ad9-securite-routiere-actions-en-faveur-des-pieto/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>103266</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Mener des actions d’innovation en matière de logistique</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E85" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux actions d'innovation en matière de logistique</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I85" s="1" t="inlineStr">
+      <c r="I84" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient l&amp;#039;émergence de solutions innovantes pour répondre aux enjeux d&amp;#039;une « smart logistique », vecteur de développement économique et social.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Les projets peuvent exploiter les potentialités des nouvelles technologies en matière de :
  &lt;/span&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    réorganisation des chaînes logistiques favorisant la mutualisation et l&amp;#039;optimisation des flux,
   &lt;/li&gt;
   &lt;li&gt;
    développement d&amp;#039;un immobilier logistique connecté, mutualisé, à forte valeur ajoutée, sur l&amp;#039;utilisation de nouveaux procédés, sur la création de nouveaux lieux de traitement et de gestion des flux,
   &lt;/li&gt;
   &lt;li&gt;
    utilisation de nouveaux véhicules propres, autonomes et/ou connectés routiers, fluviaux, aériens ou ferroviaire,
   &lt;/li&gt;
   &lt;li&gt;
@@ -16253,531 +16055,532 @@
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;/p&gt;&lt;p&gt;
   Les innovations visées par ce dispositif s&amp;#039;entendent au niveau technologique comme organisationnel. Elles portent aussi bien sur la création de nouveaux outils que sur des outils, matériels ou processus déjà existants mais dont l&amp;#039;utilisation inventive permettra de renouveler les usages ou d&amp;#039;ouvrir à de nouveaux marchés au profit de systèmes logistiques plus efficaces et plus vertueux.
  &lt;/p&gt;
  &lt;p&gt;
   Les projets devront :
  &lt;/p&gt;
  &lt;ul&gt;
   &lt;li&gt;
    démontrer les potentialités offertes par ces innovations,
   &lt;/li&gt;
   &lt;li&gt;
    préciser les conditions de leur déploiement,
   &lt;/li&gt;
   &lt;li&gt;
    proposer une mise à disposition la plus ouverte possible des données produites,
   &lt;/li&gt;
   &lt;li&gt;
    proposer une évaluation a priori des impacts attendus et préciser les modalités de suivi.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Voirie et réseaux
 Commerces et services
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les collectivités territoriales, leurs groupements et les établissements publics,
   &lt;/li&gt;
   &lt;li&gt;
    les entreprises (de toute taille et de tout statut),
   &lt;/li&gt;
   &lt;li&gt;
    les associations,
   &lt;/li&gt;
   &lt;li&gt;
    les établissements publics.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-aux-actions-dinnovation-en-matiere-de-logistique</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5864-soutien-aux-actions-dinnovation-en-matiere-de/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>103400</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création d'un réseau régional de lignes cyclables directes, sécurisées et confortables-  Réseau express vélo régional (RER Vélo)</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Réseau express vélo régional (RER Vélo)</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I86" s="1" t="inlineStr">
+      <c r="I85" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutien à la création d&amp;#039;un réseau régional de lignes cyclables directes, sécurisées et confortables. Le RER-V vient en complément du dispositif de soutien aux projets cyclables préexistant
 &lt;/p&gt;
 &lt;p&gt;
  Montant : Jusqu&amp;#039;à 60 % des dépenses subventionnables (plafonds variables selon les opérations).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M86" s="1" t="inlineStr">
+      <c r="M85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Études et procédures induites (études de faisabilité, d&amp;#039;impact, et autre études nécessaires à l&amp;#039;enquête publique...),
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Réalisation ou amélioration d&amp;#039;un aménagement cyclable,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Aménagements souples, légers et réversibles permettant de préfigurer des aménagements cyclables définitifs ou répondant l&amp;#039;urgence sanitaire,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Implantation de signalisation directionnelle verticale et horizontale,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Création d&amp;#039;équipements de service (supports d&amp;#039;information ou totem, station de gonflage et petites réparations, aires de repos...),
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Implantation de stationnements cyclables,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Dépenses d&amp;#039;investissement permettant d&amp;#039;assurer le suivi et l&amp;#039;évaluation du RER-V (compteurs vélo...).
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/HJyMYe_ud</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Merci de contacter la Direction des transports de la région Île-de-France :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bbd5-reseau-express-velo-regional-rer-velo/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>104586</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Favoriser les projets d'aménagement des pôles d'échanges multimodaux</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Participation financière de la Région aux projets de réalisation des pôles d&amp;apos;échanges multimodaux</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La participation financière concerne les seules gares où convergent de nombreux modes de transports et plusieurs réseaux de transport (régional et/ou départemental et/ou urbain). Le niveau d&amp;#039;intervention maximum de la Région en terme de participation financière aux projets de réalisation des pôles d&amp;#039;échanges multimodaux (en % du montant des travaux HT hors foncier) et à la mise en accessibilité des gares pour les personnes handicapées et à mobilité réduite est défini selon le statut de la gare :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Gare grandes lignes : 15% PEM - 20% accessibilité
  &lt;/li&gt;
  &lt;li&gt;
   Gare régionale : 20% PEM - 30% accessibilité
  &lt;/li&gt;
  &lt;li&gt;
   Gare extrarégionale  : 10% PEM - 10% accessibilité
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le montant indiqué vaut pour les gares régionales et les gares grandes lignes.
  &lt;/li&gt;
  &lt;li&gt;
   Pour les gares extra-régionales, le montant est plafonné à 3 000 000€.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation de la région au titre de la réalisation des pôles d&amp;#039;échanges multimodaux hors Contrat Territorial Unique, concerne les seuls aménagements de nature à renforcer l&amp;#039;intermodalité. Dans ce cadre, les aménagements urbains dont la réalisation n&amp;#039;a pas d&amp;#039;effet sur le fonctionnement direct du PEM, tel que par exemple les aménagements de voirie, dès lors que ceux-ci ne participent pas à améliorer les conditions d&amp;#039;accès à la gare et à garantir une bonne fluidité des trafics générés par l&amp;#039;activité du PEM ne sont pas éligibles au financement régional.
  &lt;br /&gt;
  Les acquisitions foncières nécessaires à la réalisation du PEM ne sont pas éligibles à la participation financière de la région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P87" s="1" t="inlineStr">
+      <c r="P86" s="1" t="inlineStr">
         <is>
           <t>03/04/2019</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Le montant indiqué vaut pour les gares régionales et les gares grandes lignes.
  &lt;/li&gt;
  &lt;li&gt;
   Pour les gares extra-régionales, le montant est plafonné à 3 000 000€.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation de la région au titre de la réalisation des pôles d&amp;#039;échanges multimodaux hors Contrat Territorial Unique, concerne les seuls aménagements de nature à renforcer l&amp;#039;intermodalité. Dans ce cadre, les aménagements urbains dont la réalisation n&amp;#039;a pas d&amp;#039;effet sur le fonctionnement direct du PEM, tel que par exemple les aménagements de voirie, dès lors que ceux-ci ne participent pas à améliorer les conditions d&amp;#039;accès à la gare et à garantir une bonne fluidité des trafics générés par l&amp;#039;activité du PEM ne sont pas éligibles au financement régional.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les acquisitions foncières nécessaires à la réalisation du PEM ne sont pas éligibles à la participation financière de la région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/participation-financiere-de-la-region-aux-projets-de-realisation-des-poles-dechanges-multimodaux</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Transports et des Mobilités
 &lt;/p&gt;
 &lt;p&gt;
  Carole Garry
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  0228205441
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  carole.garry&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/543a-participation-financiere-de-la-region-aux-pro/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>104662</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Mettre en place d'un abri sur un point d'arrêt de ligne scolaire</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Subvention pour la mise en place d&amp;apos;un abri sur un point d&amp;apos;arrêt de ligne scolaire</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région des Pays de la Loire, en tant qu&amp;#039;Autorité Organisatrice des Mobilités (AOM), assure la responsabilité de l&amp;#039;organisation et du fonctionnement des transports scolaires des élèves, qu&amp;#039;elle peut déléguer à certaines autorités.
  &lt;br /&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    Par ailleurs, cette compétence relève de plein droit d&amp;#039;autres autorités organisatrices dans certaines situations notamment de périmètres de transports spécifiques ou encore lorsque le trajet s&amp;#039;effectue à 100% à l&amp;#039;intérieur d&amp;#039;une autre AOM.
   &lt;/p&gt;
   De nombreux points d&amp;#039;arrêts jalonnent la région, que fréquentent les élèves utilisateurs des transports scolaires. Des collectivités ou groupements de collectivités souhaitent parfois doter ces arrêts d&amp;#039;abris pour améliorer le confort des élèves. La compétence de la Région en matière de transport scolaire n&amp;#039;inclut pas la compétence de réalisation et d&amp;#039;entretien des éléments de mobilier urbain de ces arrêts. Cependant, la Région souhaite accompagner les projets portés par les collectivités en faveur de la mise en oeuvre de ce type d&amp;#039;équipements.
 </t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Information voyageur, billettique multimodale
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P88" s="1" t="inlineStr">
+      <c r="P87" s="1" t="inlineStr">
         <is>
           <t>31/03/2021</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le présent règlement porte sur les modalités de cofinancement régional relatif à des travaux d&amp;#039;installation d&amp;#039;abris sur les arrêts intégralement destinés au transport scolaire.
 &lt;/p&gt;
 &lt;p&gt;
  Sont exclus du présent règlement d&amp;#039;intervention :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les points d&amp;#039;arrêts du réseau de lignes régulières,
  &lt;/li&gt;
  &lt;li&gt;
   Les arrêts de transport à la demande,
  &lt;/li&gt;
  &lt;li&gt;
   Les arrêts situés sur le ressort territorial d&amp;#039;un EPCI organisant lui-même de plein droit les transports scolaires
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour être éligible au présent règlement, la demande devra respecter les critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le point d&amp;#039;arrêt scolaire concerné devra accueillir a minima 3 élèves inscrit pour l&amp;#039;année scolaire en cours ;
  &lt;/li&gt;
@@ -16811,540 +16614,540 @@
   d&amp;#039;un plan de financement détaillé présentant l&amp;#039;état des cofinancements,
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;un planning prévisionnel,
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;une lettre de demande d&amp;#039;aide signée par la personne habilitée et de la délibération du ou des organes délibérant autorisant le représentant à solliciter une aide auprès de la Région.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les services régionaux instruiront les dossiers afin de vérifier :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le caractère complet des pièces demandées,
  &lt;/li&gt;
  &lt;li&gt;
   les dépenses éligibles.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La date du dossier complet fixe la date d&amp;#039;éligibilité des pièces justificatives, cette date sera mentionnée dans l&amp;#039;accusé réception du dossier. Dès lors, seules les dépenses acquittées postérieurement à cette date seront prises en compte.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/subvention-pour-la-mise-en-place-dun-abri-sur-un-point-darret-de-ligne-scolaire</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports et des mobilités
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Nicolas Poulin
    &lt;/strong&gt;
    :
    02 51 44 75 03
    &lt;br /&gt;
    nicolas.poulin&amp;#64;paysdelaloire.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Marie-Pascale Cado :
    &lt;/strong&gt;
    02 43 67 22 79
    &lt;br /&gt;
    marie-pascale.cado&amp;#64;paysdelaloire.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4767-subvention-pour-la-mise-en-place-dun-abri-sur/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>104669</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Distribuer gratuitement des gilets haute visibilité aux usagers du transport scolaire ligérien</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Distribution gratuite de gilets haute visibilité aux usagers du transport scolaire ligérien</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sécuriser les trajets piétons entre les points d&amp;#039;arrêt de car et le domicile ou l&amp;#039;établissement scolaire pour les élèves empruntant les transports scolaires ligériens. Permettre à ces élèves, grâce au port obligatoires du gilet vert fluo, d&amp;#039;être perçus à 160 mètres de distance par les autres usagers de la route, contre à peine 30 mètres s&amp;#039;ils n&amp;#039;en portent pas.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les élèves inscrits au transport scolaire avant la rentrée de septembre : gilet vert fluo distribué gratuitement dans les établissements scolaires (à la rentrée). Pour les élèves s&amp;#039;inscrivant en cours d&amp;#039;année : envoi du gilet par voie postale, au domicile de l&amp;#039;élève.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être inscrit au transport scolaire Aléop.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/distribution-gratuite-de-gilets-haute-visibilite-aux-usagers-du-transport-scolaire-ligerien</t>
         </is>
       </c>
-      <c r="W89" s="1" t="inlineStr">
+      <c r="W88" s="1" t="inlineStr">
         <is>
           <t>https://aleop.paysdelaloire.fr/demande-dun-gilet-de-securite</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports et des mobilités
  &lt;br /&gt;
  Services transports routiers voyageurs Loire-Atlantique, Maine-et-Loire, Mayenne, Sarthe et Vendée
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://aleop.paysdelaloire.fr/" rel="noopener" target="_blank"&gt;
   aleop.paysdelaloire.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5fbc-distribution-gratuite-de-gilets-haute-visibil/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-      <c r="A90" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>104697</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Améliorer l'accès au réseau de transport régional en contribuant à l'aménagement des points d’arrêts du réseau régional</t>
         </is>
       </c>
-      <c r="D90" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Investissements en faveur de l&amp;apos;accès au réseau de transport régional</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  a
  méliorer l&amp;#039;accès au réseau de transport régional en contribuant à l&amp;#039;aménagement des points d&amp;#039;arrêts du réseau régional.
 &lt;/p&gt;
 &lt;p&gt;
  La modernisation du parc de matériel roulant, l&amp;#039;amélioration de l&amp;#039;offre et la création de tarifications adaptées ont contribué au développement de I&amp;#039;usage des transports régionaux.
 &lt;/p&gt;
 &lt;p&gt;
  Afin de poursuivre et d&amp;#039;amplifier les reports modaux a leur profit, la Région souhaite favoriser les opérations visant
  &lt;strong&gt;
   a améliorer l&amp;#039;accès au réseau de transport régional en contribuant à l&amp;#039;aménagement des points d&amp;#039;arrêts du réseau régional
  &lt;/strong&gt;
  (gares régionales, points d&amp;#039;arrêts non gérés, points d&amp;#039;arrêts d&amp;#039;une ligne d&amp;#039;autocar régionale) qui sont autant de portes d&amp;#039;entrée des villes que de points d&amp;#039;accès au réseau régional.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P90" s="1" t="inlineStr">
+      <c r="P89" s="1" t="inlineStr">
         <is>
           <t>07/09/2025</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
+      <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La collectivité (Commune ou EPCI, hors périmètre de transport urbain des Communautés urbaines, hors gare engagée dans un Pôle d&amp;#039;Echanges Multimodal) sollicitant une aide régionale a ce titre devra présenter un dossier de demande de subvention comprenant tout do
  cument utile, et composé a minima d&amp;#039;une note descriptive du projet, d&amp;#039;un plan précis d&amp;#039;aménagement présentant les situations actuelles et projetées, d&amp;#039;un plan de financement, d&amp;#039;un planning prévisionnel et dune délibération du ou des organes délibérant.
 &lt;/p&gt;
 &lt;p&gt;
  Après analyse des dossiers déposés, sélection par la Région des projets, signature d&amp;#039;une convention de cofinancement.
 &lt;/p&gt;
 &lt;p&gt;
  Critères de sélection :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Augmentation de la fréquentation attendue du point d&amp;#039;arrêt ;
   &lt;/li&gt;
   &lt;li&gt;
    Qualité des aménagements prévus ;
   &lt;/li&gt;
   &lt;li&gt;
    Amélioration de I&amp;#039;interface gare / ville et de I&amp;#039;intermodalité ;
   &lt;/li&gt;
   &lt;li&gt;
    Nombre de places de stationnement créées ;
   &lt;/li&gt;
   &lt;li&gt;
    Coût du projet ;
   &lt;/li&gt;
   &lt;li&gt;
    Premier dossier déposé au titre de cette politique ;
   &lt;/li&gt;
   &lt;li&gt;
    Réalisation d&amp;#039;un Schéma Local de Transport (SLT) sur le territoire comprenant la gare: bien que non exigée, la réalisation d&amp;#039;un SLT sur le territoire atteste de la volonté d&amp;#039;apporter une réponse cohérente aux problématiques de déplacements ;
   &lt;/li&gt;
   &lt;li&gt;
    Inscription du projet dans un Contrat Territorial Unique (CTU) ou un Nouveau Contrat Regional (NCR) : bien que non exigée, l&amp;#039;inscription du projet a un CTU atteste de l&amp;#039;intérêt manifesté par le territoire pour sa réalisation.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/investissements-en-faveur-de-lacces-au-reseau-de-transport-regional</t>
         </is>
       </c>
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports et des mobilités
  &lt;br /&gt;
  Service Gares et infrastructures
  &lt;br /&gt;
  Pôle Gares,aménagements intermodaux et accessibilité
 &lt;/p&gt;
 &lt;p&gt;
  Xavier DUVAL-ZACK
  &lt;br /&gt;
  &lt;a href="mailto:xavier.duval-zack&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
   xavier.duval-zack&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
  &lt;br /&gt;
  &amp;#43;33 2 28 20 58 29
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa3f-investissements-en-faveur-de-lacces-au-reseau/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-      <c r="A91" s="1">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
         <v>104723</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Réaliser la mise en accessibilité des points d'arrêts routiers du transport interurbain identifiés comme prioritaires</t>
         </is>
       </c>
-      <c r="D91" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Mise en accessibilité des points d&amp;apos;arrêts routiers du réseau régional</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Mettre en accessibilité les points d&amp;#039;arrêts routiers prioritaires desservis par le réseau régional de transport.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutefois, la Région souhaite également cofinancer, les 15 premiers dossiers de demande de subvention par an, des PAR qui n&amp;#039;auraient pas été identifiés comme prioritaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Le montant maximum et le % concerne les PAR prioritaires.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Pour les non prioritaires, le montant maximum passe à 3 500€ et le pourcentage à 35% du montant HT des travaux.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P91" s="1" t="inlineStr">
+      <c r="P90" s="1" t="inlineStr">
         <is>
           <t>23/07/2018</t>
         </is>
       </c>
-      <c r="R91" s="1" t="inlineStr">
+      <c r="R90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Eligibilité :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    bénéficiaires sont les collectivités territoriales (Communes et départements) ou leurs groupements gestionnaires de voiries ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    dossier complet comprenant tous les éléments demandés ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    conformité des travaux à la réglementation en matière d&amp;#039;accessibilité et aux préconisations énoncés par le CEREMA dans la dernière version à jour de son « Guide technique de conception des points d&amp;#039;arrêts routiers » ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    PAR identifié comme prioritaire au sein du SD&amp;#039;AP régional ou, pour les arrêts non prioritaires, être dans les 15 premiers dossiers déposés et relever du réseau régional de transport.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus du présent règlement d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les points d&amp;#039;arrêts facultatifs du réseau de lignes régulières,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les plateformes ou arrêts exclusivement dédiés au transport scolaire,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les arrêts de transport à la demande,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les PAR financés par ailleurs dans le cadre de projets de PEM ou d&amp;#039;appels à projets relatifs au développement de l&amp;#039;attractivité des gares.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/mise-en-accessibilite-des-points-darrets-routiers-du-reseau-regional</t>
         </is>
       </c>
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports et des mobilités
  &lt;br /&gt;
  Service Gares et infrastructures
  &lt;br /&gt;
  Pôle Gares,aménagements intermodaux et accessibilité
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Carole Garry
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="mailto:Carole.Garry&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
   Carole.Garry&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
  &lt;br /&gt;
  0228205441
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le bénéficiaire sollicitant une aide régionale devra à ce titre présenter un dossier de demande de subvention comprenant tout document utile, et composé à minima :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -17357,251 +17160,251 @@
    d&amp;#039;un plan de situation,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    d&amp;#039;un plan d&amp;#039;aménagement au 1/100ème présentant les situations actuelles et projetées,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    d&amp;#039;un plan de financement détaillé présentant l&amp;#039;état des cofinancements,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    d&amp;#039;un planning prévisionnel,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    d&amp;#039;une lettre de demande d&amp;#039;aide signée par la personne habilitée et de la délibération du ou des organes délibérant autorisant le représentant à solliciter une aide auprès de la Région.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les bénéficiaires doivent adresser leurs dossiers aux Services de Transports Routiers de Voyageurs (STRV) présents dans chaque département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y91" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z91" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9af7-mise-en-accessibilite-des-points-darrets-rout/</t>
         </is>
       </c>
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-      <c r="A92" s="1">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
         <v>104732</v>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Valoriser les initiatives locales visant à faire des gares des sites attractifs, portes d'entrée du réseau régional et porte d'entrée de la ville.</t>
         </is>
       </c>
-      <c r="D92" s="1" t="inlineStr">
+      <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Investissement en faveur des bâtiments ferroviaires fermés pour en faire des lieux de vie</t>
         </is>
       </c>
-      <c r="E92" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G92" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H92" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J92" s="1" t="inlineStr">
+      <c r="J91" s="1" t="inlineStr">
         <is>
           <t>Montant interv max : 500000</t>
         </is>
       </c>
-      <c r="K92" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L92" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Valoriser les initiatives locales visant à faire des gares des sites attractifs, portes d&amp;#039;entrée du réseau régional et porte d&amp;#039;entrée de la ville.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets de réhabilitation des bâtiments ferroviaires fermés (bâtiments voyageurs ou de marchandises jouxtant les installations voyageurs tels que les parkings ou les quais) afin d&amp;#039;y développer des services à la personne, qu&amp;#039;ils soient publics, parapublics ou privés, seront dans ce cadre aidés par la Région.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est conditionnée à la présence de personnel exécutant les dits services.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N92" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Revitalisation
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O92" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P92" s="1" t="inlineStr">
+      <c r="P91" s="1" t="inlineStr">
         <is>
           <t>07/09/2025</t>
         </is>
       </c>
-      <c r="R92" s="1" t="inlineStr">
+      <c r="R91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;strong&gt;
    Critères d&amp;#039;éligibilité et d&amp;#039;appréciation du dossier
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   1. Type de service envisage: le service sera considéré comme d&amp;#039;autant plus utile qu&amp;#039;il répond aux besoins quotidiens de Ia population. Ainsi, l&amp;#039;implantation dune crèche, d&amp;#039;un service de conciergerie, de commerces alimentaires ou de presse seront privilégiés par rapport à d&amp;#039;autres projets de commerces ou de local des associations ;
  &lt;/p&gt;
  &lt;p&gt;
   2. Qualité des aménagements prévus ;
  &lt;/p&gt;
  &lt;p&gt;
   3. Réalisation conjointe a l&amp;#039;amélioration de I&amp;#039;accès des points d&amp;#039;arrêts du réseau régional ;
  &lt;/p&gt;
  &lt;p&gt;
   4. Coût du projet ;
  &lt;/p&gt;
  &lt;p&gt;
   5. Inscription du projet dans un Contrat Territorial Unique (CTU): bien que non exigée, I&amp;#039;inscription du projet a un CTU atteste de l&amp;#039;intérêt manifesté par le territoire pour sa réalisation.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="U92" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V92" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/investissement-en-faveur-des-batiments-ferroviaires-fermes-pour-en-faire-des-lieux-de-vie</t>
         </is>
       </c>
-      <c r="X92" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des transports et des mobilités
  &lt;br /&gt;
  Service Gares et infrastructures
  &lt;br /&gt;
  Pôle Gares,aménagements intermodaux et accessibilité
 &lt;/p&gt;
 &lt;p&gt;
  Carole Garry
  &lt;br /&gt;
  &lt;a href="mailto:Carole.Garry&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
   Carole.Garry&amp;#64;paysdelaloire.fr
  &lt;/a&gt;
  &lt;br /&gt;
  0228205441
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y92" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z92" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/75ae-investissement-en-faveur-des-batiments-ferrov/</t>
         </is>
       </c>
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-      <c r="A93" s="1">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
         <v>104852</v>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Soutenir les aménagements de sécurité routière</t>
         </is>
       </c>
-      <c r="D93" s="1" t="inlineStr">
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Soutien aux aménagements de sécurité routière</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G93" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10 000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Etablissements publics de coopération intercommunale de moins de 10 000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le produit des amendes de police relatives à la circulation routière est collecté par l&amp;#039;Etat puis réparti par le Département, au bénéfice des communes de moins de 10 000 habitants et établissements publics de coopération intercommunale dotés des 3 compétences (parc de stationnement, transport en commun et voirie) pour la réalisation de travaux d&amp;#039;amélioration des transports en commun, de la sécurité et de la circulation routières.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
@@ -17666,62 +17469,62 @@
 &lt;p&gt;
  Lors de l&amp;#039;examen annuel de l&amp;#039;individualisation de l&amp;#039;enveloppe et en fonction du nombre de dossiers éligibles, un taux minorateur pourrait être appliqué par la Commission permanente.
 &lt;/p&gt;
 &lt;p&gt;
  Par mesure d&amp;#039;équité, le principe d&amp;#039;attribution d&amp;#039;une subvention 1 fois tous les 2 ans est retenu. Néanmoins, si le montant de la dotation annuelle allouée par l&amp;#039;État et si le nombre de dossiers déposés et instruits le permettent, alors l&amp;#039;attribution pourra être annuelle.
 &lt;/p&gt;
 &lt;p&gt;
  La non-exécution de travaux aidés les années précédentes est un motif d&amp;#039;inéligibilité d&amp;#039;une nouvelle demande.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   acquisition de radars pédagogiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - 50 % de la dépense hors taxes plafonnée à 2 000 € quel que soit le nombre de radars (les coûts de pose et de maintenance ne sont pas compris dans le montant subventionnable).
 &lt;/p&gt;
 &lt;p&gt;
  Pour l&amp;#039;acquisition de radar, le montant de l&amp;#039;aide pourra être inférieur à 1 500 €.
 &lt;/p&gt;
 &lt;p&gt;
  De plus, la commune demanderesse pourra présenter un second dossier dans la même année civile pour un aménagement de sécurité routière.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R93" s="1" t="inlineStr">
+      <c r="R92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le bénéficiaire doit être doté des 3 compétences : parc de stationnement, transport en commun et voirie.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département de la Charente arrête la liste des bénéficiaires et le montant des attributions à leur verser en fonction de l&amp;#039;urgence et du coût des opérations à réaliser.
 &lt;/p&gt;
 &lt;p&gt;
  Nombre d&amp;#039;opérations subventionnées au cours d&amp;#039;un même exercice budgétaire : une par commune.
 &lt;/p&gt;
 &lt;p&gt;
  À titre exceptionnel et en fonction du niveau d&amp;#039;urgence de la mise en sécurité, une seconde opération pourra être examinée si le montant de la dotation allouée par l&amp;#039;État le permet.
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses subventionnables : opérations listées par l&amp;#039;article R2334-12 du CGCT
 &lt;/p&gt;
 &lt;p&gt;
  Sont exclus :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -17765,423 +17568,423 @@
   un calendrier de réalisation
  &lt;/li&gt;
  &lt;li&gt;
   un plan des travaux
  &lt;/li&gt;
  &lt;li&gt;
   des devis descriptifs et estimatifs de l&amp;#039;opération
  &lt;/li&gt;
  &lt;li&gt;
   en cas de sollicitation pour un nouveau projet, les justificatifs de réalisation de l&amp;#039;opération précédente (PV de réception, ...)
  &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : individualisation de la subvention par l&amp;#039;Assemblée délibérante dans la limite des crédits notifiés par l&amp;#039;Etat
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : en une seule fois par les services de l&amp;#039;Etat, avant la fin de l&amp;#039;année d&amp;#039;attribution de la subvention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T93" s="1" t="inlineStr">
+      <c r="T92" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/10-Routes_et_deplacements/soutien_amenagements_securite_routiere.pdf</t>
         </is>
       </c>
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En
  &lt;strong&gt;
   version papier
  &lt;/strong&gt;
  à l&amp;#039;attention du président du Conseil départemental – 31 boulevard Emile Roux – CS 60000 – 16917 ANGOULEME CEDEX 9
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : 31 mars
 &lt;/p&gt;
 &lt;p&gt;
  Direction des routes et de l&amp;#039;aménagement ; Tél. : 05 16 09 73 59
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b934-soutenir-les-amenagements-de-securite-routier/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>105335</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des associations sportives, socio-éducatives, sanitaires, sociales et culturelles</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Equipements sportifs, socio-éducatifs, sanitaires, sociaux et culturels</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien financier en faveur des équipements (matériels, véhicules ...) et travaux sur des équipements sportifs, socio-éducatifs et culturels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matériels, véhicules, immobilier
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépense comprise entre 5 000 € et 20 000 € TTC, &lt;/p&gt;
+&lt;p&gt;Acquisition de véhicules : Dépense comprise entre 3 000 € et 25 000 € TTC.&lt;/p&gt;
+&lt;p&gt;
+ Dépôt de la demande avant le démarrage des investissements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://morbihan.fr</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.morbihan.fr</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Générale Adjointe Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 97 54 80 26
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : direction.territoires&lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;&amp;#64;morbihan.fr &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y93" s="1" t="inlineStr">
         <is>
-          <t>subventions16@lacharente.fr</t>
+          <t>direction.territoires@morbihan.fr</t>
         </is>
       </c>
       <c r="Z93" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/b934-soutenir-les-amenagements-de-securite-routier/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/49c2-soutenir-les-investissements-des-associations/</t>
         </is>
       </c>
       <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:27" customHeight="0">
       <c r="A94" s="1">
-        <v>105335</v>
+        <v>111631</v>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les investissements des associations sportives, socio-éducatives, sanitaires, sociales et culturelles</t>
+          <t>Aménager la voirie, le stationnement, les carrefours, la sécurité et la signalisation</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>Equipements sportifs, socio-éducatifs, sanitaires, sociaux et culturels</t>
+          <t>Partenariats avec les territoires : Voirie</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental du Morbihan</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
-        <is>
-[...133 lines deleted...]
-      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I95" s="1" t="inlineStr">
+      <c r="I94" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 50</t>
         </is>
       </c>
-      <c r="J95" s="1" t="inlineStr">
+      <c r="J94" s="1" t="inlineStr">
         <is>
           <t>Taux d'aide selon le nombre d'habitants</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide à l&amp;#039;investissement pour les aménagements de voirie et de sécurité routière : études, parcs de stationnement, signalisation, aménagement de carrefour...
 &lt;/p&gt;
 &lt;p&gt;
  Aide provenant du produit des amendes de police relatif à la circulation routière, crédits Etat répartis par le Département.
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Jusqu&amp;#039;à 2.000 habitants : 50 % de la dépense subventionnable HT plafonnée à 60.000€.
   &lt;/li&gt;
   &lt;li&gt;
    De 2.001 à 5.000 habitants : 30 % de la dépense subventionnable HT plafonnée à 80.000€.
   &lt;/li&gt;
   &lt;li&gt;
    De 5.001 à 10.000  habitants : 20 % de la dépense subventionnable HT plafonnée à 100.000€.
   &lt;/li&gt;
  &lt;/ul&gt;
  Délibération n°2013-03-0010 (AD du 24/06/2013)
 </t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers
 Sécurité</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Communes et Groupements de communes de moins de 10.000 habitants en Essonne.
   &lt;/li&gt;
   &lt;li&gt;
    Un seul dossier, intégrant une ou plusieurs opérations, par an et par collectivité.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T95" s="1" t="inlineStr">
+      <c r="T94" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des infrastructures et de la voirie
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 96 09
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/61e5-amenager-la-voirie-le-stationnement-les-carre/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-      <c r="A96" s="1">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>111757</v>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G96" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -18218,82 +18021,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M96" s="1" t="inlineStr">
+      <c r="M95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -18339,188 +18142,188 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T96" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V96" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W96" s="1" t="inlineStr">
+      <c r="W95" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X96" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z96" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-      <c r="A97" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>111759</v>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G97" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I97" s="1" t="inlineStr">
+      <c r="I96" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -18555,72 +18358,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M97" s="1" t="inlineStr">
+      <c r="M96" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -18644,399 +18447,399 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R97" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T97" s="1" t="inlineStr">
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V97" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X97" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-      <c r="A98" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>111763</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Former et sensibiliser aux Enjeux Energie Climat</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Proposer aux élus, aux techniciens des Collectivités  des temps de formation et de sensibilisation aux Enjeux Energie Climat.
 &lt;/p&gt;
 &lt;p&gt;
  Informer sur les actualités réglementaires et les innovations techniques d&amp;#039;actualité (petits déjeuner techniques)
 &lt;/p&gt;
 &lt;p&gt;
  Capitaliser les connaissances et les compétences en généralisant les retours d&amp;#039;expériences,
 &lt;/p&gt;
 &lt;p&gt;
  Créer des synergies
 &lt;/p&gt;
 &lt;p&gt;
  Organisation de Commissions techniques, réglementaires et de retours d&amp;#039;expérience avec l&amp;#039;ensemble des EPCI de Gironde (Commission Consultative Paritaire). Temps d&amp;#039;échanges et de coordination de l&amp;#039;action Départementale dans le cadre des PCAET.
 &lt;/p&gt;
 &lt;p&gt;
  Organisation de groupes d&amp;#039;information technique à destination des élus et des techniciens des Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Identification de sujets d&amp;#039;actualité en lien avec les problématiques des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Groupes d&amp;#039;échanges régulier « Conversations Carbone », identification des problématiques des chargés de missions pour la mise en place d&amp;#039;actions de Transition Energétique et Environnementale au sein de leur Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  -	Pour participer aux Commissions Consultatives Paritaire de l&amp;#039;Energie à destination des EPCI de Gironde, désignation par délibération d&amp;#039;un délégué pour chacune des EPCI
 &lt;/p&gt;
 &lt;p&gt;
  -	Aucunes conditions particulières pour participer aux autres accompagnements
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/mediatheque-numerique/les-manifestations-forum-salons-journees-a-theme/377-petits-dejeuners-energetiques.html</t>
         </is>
       </c>
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Énergie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>111995</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
         </is>
       </c>
-      <c r="C99" s="1" t="inlineStr">
+      <c r="C98" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Plateforme d'apprentissage Interreg Europe PLP</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F99" s="1" t="inlineStr">
+      <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
  &lt;/li&gt;
  &lt;li&gt;
   des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
  &lt;/li&gt;
  &lt;li&gt;
   des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
 &lt;/p&gt;
 &lt;p&gt;
  A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M99" s="1" t="inlineStr">
+      <c r="M98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
  &lt;/li&gt;
  &lt;li&gt;
   améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
  &lt;/li&gt;
  &lt;li&gt;
   impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -19081,261 +18884,261 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
  &lt;a rel="noopener" target="_blank"&gt;
   interregeurope.eu
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
         </is>
       </c>
-      <c r="W99" s="1" t="inlineStr">
+      <c r="W98" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier  &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase    &amp;#43;33 (0) 491 575 606
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>112001</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
         </is>
       </c>
-      <c r="C100" s="1" t="inlineStr">
+      <c r="C99" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Projet de coopération territoriale Interreg Europe</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F100" s="1" t="inlineStr">
+      <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I100" s="1" t="inlineStr">
+      <c r="I99" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J100" s="1" t="inlineStr">
+      <c r="J99" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M100" s="1" t="inlineStr">
+      <c r="M99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -19380,1326 +19183,1326 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>117146</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Approfondir la connaissance du territoire par un diagnostic territorial partagé</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans la connaissance de leur territoire à travers la réalisation d&amp;#039;un diagnostic territorial transversal et multidisciplinaire, partagé avec les acteurs locaux :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Réalisation d&amp;#039;un diagnostic territorial sur toutes les thématiques intéressant les collectivités (aménagement, culture, sport, solidarité, développement économique, tourisme, santé, environnement, transport...)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réunion de travail
  &lt;/li&gt;
  &lt;li&gt;
   Coordination des services contributeurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Transmission d&amp;#039;un diagnostic territorial sous format numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Accès aux services
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W101" s="1" t="inlineStr">
+      <c r="W100" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/20f8-approfondir-la-connaissance-du-territoire-par/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>117155</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités en matière de sécurité routière, aménagements de voirie et modes actifs</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la définition des contraintes et de solutions techniques et financières  pour la sécurisation et l&amp;#039;aménagement de la voirie communale, de cheminements piétons, cycles et PMR et d&amp;#039;aires de covoiturage, de même que la sécurisation et la mise en accessibilité des points d&amp;#039;arrêt transports en commun.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M102" s="1" t="inlineStr">
+      <c r="M101" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Sensibilisation sur les règles de voirie et de la sécurité routière. Conseils pour l&amp;#039;établissement d&amp;#039;un diagnostic de sécurité routière, sur la définition des orientations d&amp;#039;aménagement, la méthodologie, les interlocuteurs et les types de solutions tant pour la voirie, que les cheminements modes actifs et points d&amp;#039;arrêts.
  &lt;/li&gt;
  &lt;li&gt;
   Conseil pour l&amp;#039;élaboration de schéma directeur de déplacements modes actifs.
  &lt;/li&gt;
  &lt;li&gt;
   Conseils sur la répartition des responsabilités sur le domaine public et prise en compte dans les projets d&amp;#039;aménagements.
  &lt;/li&gt;
  &lt;li&gt;
   Conseils sur l&amp;#039;établissement d&amp;#039;un plan de financement et recherche de financements extérieurs suivant les types d&amp;#039;aménagements
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Risques naturels
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W102" s="1" t="inlineStr">
+      <c r="W101" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7b34-conseiller-les-collectivites-en-matiere-de-se/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>117157</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités en matière de mobilité et de développement des transports collectifs (lignes régulières de transports collectifs et transport à la demande)</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner la collectivité dans la définition, l&amp;#039;élaboration, la mise en œuvre et le suivi d&amp;#039;un projet de développement ou de restructuration des transports collectifs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M103" s="1" t="inlineStr">
+      <c r="M102" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Information sur l&amp;#039;organisation des transports collectifs en Île-de-France et le rôle des différents niveaux de collectivités locales.
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la réalisation d&amp;#039;un diagnostic transport et déplacement du territoire : élaboration d&amp;#039;un état des lieux de l&amp;#039;offre de transport collectifs routiers et ferrés ; cartographies et données associées, qualification de l&amp;#039;offre de transport ; appréhender les principaux flux de déplacements du territoire (sous réserve des données disponibles), identifier les pôles attractifs, identifier les projets de transports structurants et leurs impacts (TCSP, trains, métro)
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la définition des besoins prioritaires de développement des transports collectifs (lignes régulières ou transport à la demande).
  &lt;/li&gt;
  &lt;li&gt;
   Conseils pour l&amp;#039;élaboration d&amp;#039;un projet de développement des lignes régulières ou de transport à la demande : opportunité, consistance de l&amp;#039;offre.
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;élaboration d&amp;#039;un cahier des charges d&amp;#039;étude transport ou d&amp;#039;exploitation d&amp;#039;un service de transport à la demande : transmission de modèles, relecture des pièces...
  &lt;/li&gt;
  &lt;li&gt;
   Conseil méthodologique pour la mise en œuvre, accompagnement de la collectivité dans ses démarches auprès des transporteurs, d&amp;#039;Ile-de-France mobilités ou d&amp;#039;autres partenaires. Recherche de financement. Conseil sur la communication auprès des habitants.
  &lt;/li&gt;
  &lt;li&gt;
   Suivi des projets ou des lignes existantes : bilan de la fréquentation sous réserves des données disponibles ; identification des atouts et dysfonctionnements éventuels (itinéraires, horaires, fréquences, aménagements de voiries/points d&amp;#039;arrêts..) ; conseils et préconisations pour la mise en œuvre d&amp;#039;actions correctives.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W103" s="1" t="inlineStr">
+      <c r="W102" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3723-accompagner-les-collectivites-en-matiere-de-m/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>117373</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l’élaboration du projet de territoire, d’un programme d’actions et de la mise en œuvre de ce dernier</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l’élaboration du projet de territoire et à sa mise en œuvre</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre à une collectivité,sur la base du diagnostic (réalisable dans ID77), de construire et d&amp;#039;élaborer un projet de territoire et le programme d&amp;#039;actions qui en découle.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département met à disposition ses connaissances et ses compétences techniques au service de la collectivité pour aboutir à la constitution d&amp;#039;un programme
  &lt;br /&gt;
  d&amp;#039;actions prévisionnel qui pourrait être mis en œuvre et sur l&amp;#039;identification des financements potentiels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M104" s="1" t="inlineStr">
+      <c r="M103" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Appui méthodologique (remise de documents méthodologiques, échanges avec la collectivité)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement/Conseil amont (à un PLU par exemple)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;ateliers thématiques à la demande
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;élaboration d&amp;#039;un programme d&amp;#039;actions
  &lt;/li&gt;
  &lt;li&gt;
   Appui au montage de projet (recherche de financement par exemple)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Accès aux services
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W104" s="1" t="inlineStr">
+      <c r="W103" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail :
 &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
  id77&amp;#64;departement77.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/db38-accompagner-les-collectivites-dans-lelaborati/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>117408</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités pour l’aménagement des pôles gare</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner la commune / EPCI dans l&amp;#039;élaboration et le suivi d&amp;#039;un projet d&amp;#039;aménagement de pôle gare : améliorer l&amp;#039;accessibilité à la gare pour l&amp;#039;ensemble des modes de déplacements, aménager les espaces publics, la voirie et les équipements d&amp;#039;intermodalités adaptés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M105" s="1" t="inlineStr">
+      <c r="M104" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Information sur les modalités de mise en œuvre d&amp;#039;une démarche de pôles gares, sur les partenaires (Ile-de-France Mobilités, transporteurs, collectivités) et les financements des études et des travaux. Accompagnement de la collectivité dans ses démarches auprès de ces partenaires le cas échéant.
  &lt;/li&gt;
  &lt;li&gt;
   Conseil sur l&amp;#039;opportunité d&amp;#039;engager une démarche de pôle gare et sur la réalisation d&amp;#039;un pré diagnostic préalable à la sélection d&amp;#039;un prestataire en charge de l&amp;#039;étude de pôle : conditions d&amp;#039;accès et de stationnement des véhicules particuliers et des transports collectifs à la gare, stationnement sauvages, conflits de flux éventuels, cheminements piétons, itinéraires et stationnements cyclables.
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;élaboration d&amp;#039;un cahier des charges d&amp;#039;études : relecture d&amp;#039;un cahier des charges réalisé par la commune / EPCI pour sélectionner un bureau d&amp;#039;études,
  &lt;/li&gt;
  &lt;li&gt;
   Participation active à l&amp;#039;étude et à la définition du projet de pôle :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - envoi de notes, observations et avis sur les aménagements proposés en tenant compte de l&amp;#039;ensemble des modes, des problématiques d&amp;#039;accessibilité et de sécurité, de l&amp;#039;environnement urbain et paysagé,
 &lt;/p&gt;
 &lt;p&gt;
  - présence aux COTECH et COPIL réunions techniques
 &lt;/p&gt;
 &lt;p&gt;
  - interface avec les autres directions du département concernées, Ile de France Mobilités, SNCF, RATP...
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide au montage financier des projets
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W105" s="1" t="inlineStr">
+      <c r="W104" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1562-accompagner-les-collectivites-pour-lamenageme/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>117409</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Conseiller et accompagner les collectivités sur leurs projets de gare routière à vocation scolaire</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner la collectivité ou l&amp;#039;EPCI dans la conception d&amp;#039;un projet de gare routière scolaire et la recherche de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M106" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>Appui technique
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Accès aux services
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W106" s="1" t="inlineStr">
+      <c r="W105" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a239-conseiller-et-accompagner-les-collectivites-s/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>117414</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités sur la création, le déplacement ou l'aménagement de points d'arrêt de lignes régulières de transport en commun (arrêt de bus)</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Création / déplacement / aménagement de points d&amp;#039;arrêt de lignes régulières de transport en commun (arrêt de bus).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
+      <c r="M106" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil sur la localisation du point d&amp;#039;arrêt en tenant compte de l&amp;#039;attractivité du point d&amp;#039;arrêt pour les habitants, des problématiques de sécurité (vitesses, proximité des intersections, profil en long et largeur de voirie, cheminements et traversées des piétons, ...), de l&amp;#039;itinéraire des lignes de transports collectifs.
  &lt;/li&gt;
  &lt;li&gt;
   Conseil sur les modalités techniques d&amp;#039;aménagements ou de mise en accessibilité PMR de points d&amp;#039;arrêt (arrêts en ligne ou en évitement, normes techniques sur les hauteurs de quai, dimensions de l&amp;#039;espace d&amp;#039;attente, signalisation verticale et horizontale,poteaux d&amp;#039;arrêts/ abris-voyageurs,...) et de leur environnement (traversées et cheminements piétons...).
  &lt;/li&gt;
  &lt;li&gt;
   Information et conseil sur les possibilités de subventions de ces aménagements; aide et accompagnement pour le montage des dossiers de demandes de subvention.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Accès aux services
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W107" s="1" t="inlineStr">
+      <c r="W106" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1e4c-conseiller-les-collectivites-sur-la-creation-/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>117422</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la définition des enjeux d'aménagement et de développement local</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans  leurs réflexions amont d&amp;#039;aménagement et d&amp;#039;urbanisme.
 &lt;/p&gt;
 &lt;p&gt;
  Suite au diagnostic territorial (réalisable dans le cadre d&amp;#039;ID77), le Département met à disposition de la collectivité ses connaissances et ses compétences techniques, afin qu&amp;#039;elle bénéficie d&amp;#039;un accompagnement amont permettant de l&amp;#039;aider à identifier les grands enjeux et les outils à mobiliser, dans l&amp;#039;optique d&amp;#039;un aménagement durable de son territoire.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Cet accompagnement peut être mené en amont de tout projet d&amp;#039;aménagement du territoire, de type :
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  - Aménagement d&amp;#039;un centre bourg,
 &lt;/p&gt;
 &lt;p&gt;
  - Intégration des mobilités dans les espaces publics,
 &lt;/p&gt;
 &lt;p&gt;
  - Choix d&amp;#039;un lieu pour un équipement
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Le projet d&amp;#039;aménagement pourra être poursuivi pour sa mise en œuvre dans le cadre d&amp;#039;ID77
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalité
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Premier contact avec la collectivité pour préciser la commande,
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;une réunion avec la collectivité, les services départementaux et organismes concernés, afin d&amp;#039;identifier les enjeux et problématiques,
 &lt;/p&gt;
 &lt;p&gt;
  - Production par le Département d&amp;#039;un document synthétisant ces enjeux et proposant des outils à mobiliser.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Biodiversité
 Equipement public
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W108" s="1" t="inlineStr">
+      <c r="W107" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f9b-accompagner-les-collectivites-dans-la-definit/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>117484</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseiller aux décideurs locaux (CDL)
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
  &lt;br /&gt;
  &lt;br /&gt;
  La mise en place de ce nouvel interlocuteur permet :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -20712,90 +20515,90 @@
  &lt;li&gt;
   de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M109" s="1" t="inlineStr">
+      <c r="M108" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aide dans la confection d&amp;#039;un budget
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une analyse financière
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de nouveaux moyens de paiement
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la décision en matière financière et fiscale
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Simulations fiscales
  &lt;/li&gt;
  &lt;li&gt;
   Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement le déploiement du nouveau référentiel comptable M57
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement dans la rationalisation des régies
  &lt;/li&gt;
  &lt;li&gt;
   Suivi et gestion des marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Promotion de la démarche partenariale (CSCF et EP)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -20820,130 +20623,130 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P109" s="1" t="inlineStr">
+      <c r="P108" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>119940</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Département</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I110" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités thématiques d&amp;#039;affectation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
   &lt;/p&gt;
  &lt;/li&gt;
@@ -20960,368 +20763,368 @@
  &lt;li&gt;
   &lt;p&gt;
    à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
 &lt;/p&gt;
 &lt;p&gt;
  Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M110" s="1" t="inlineStr">
+      <c r="M109" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique et mise aux normes de bâtiments publics
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une voie verte
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de nouveaux arrêts et terminus de bus
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une médiathèque
  &lt;/li&gt;
  &lt;li&gt;
   Réaménagement des locaux de l&amp;#039;office du tourisme
  &lt;/li&gt;
  &lt;li&gt;
   Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie et ouvrages d&amp;#039;art
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Technologies numériques et numérisation
 Tiers-lieux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les collectivités éligibles à la DSID :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La nature des projets éligibles :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
  &lt;/li&gt;
  &lt;li&gt;
   La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
  &lt;/li&gt;
  &lt;li&gt;
   en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
  &lt;/li&gt;
  &lt;li&gt;
   plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de sa préfecture de département ou de région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>119942</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="C111" s="1" t="inlineStr">
+      <c r="C110" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I111" s="1" t="inlineStr">
+      <c r="I110" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J111" s="1" t="inlineStr">
+      <c r="J110" s="1" t="inlineStr">
         <is>
           <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
 &lt;/p&gt;
 &lt;p&gt;
  Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M111" s="1" t="inlineStr">
+      <c r="M110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
  &lt;/li&gt;
  &lt;li&gt;
   La transition écologique : par exemple, la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -21350,940 +21153,793 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>119945</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
         </is>
       </c>
-      <c r="D112" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Dotation de soutien à l'investissement local</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I112" s="1" t="inlineStr">
+      <c r="I111" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
-[...97 lines deleted...]
-      <c r="N112" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
-  https://lannuaire.service-public.fr/navigation/prefecture
-[...8 lines deleted...]
-      <c r="Y112" s="1" t="inlineStr">
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>119980</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I113" s="1" t="inlineStr">
+      <c r="I112" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
-[...63 lines deleted...]
-      <c r="M113" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X113" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
-&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y113" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>120021</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Accompagner les Communes à la connaissance des conditions de vie des populations de leur territoire</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Réalisation d'un portrait sociodémographique</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les Communes à la connaissance des conditions de vie des populations de leur territoire
 &lt;/p&gt;
 &lt;p&gt;
  Durée : 15 jours à 1 mois
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M114" s="1" t="inlineStr">
+      <c r="M113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Déclinaison du portrait social de la Seine-et-Marne dans ses trois grandes dimensions (démographie, conditions de vie et précarités) à l&amp;#039;échelle des communes qui en font la demande.
   &lt;/li&gt;
   &lt;li&gt;
    Les études seront réalisées grâce aux données de l&amp;#039;Observatoire départemental et feront l&amp;#039;objet d&amp;#039;une présentation à la commune ayant fait la demande.
   &lt;/li&gt;
   &lt;li&gt;
    Document non contractuel mais engageant le Département sur la qualité des données partagées dans les diagnostics
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Education et renforcement des compétences
 Formation professionnelle
 Consommation et production
 Lutte contre la précarité
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etre une collectivité de Seine-et-Marne
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W114" s="1" t="inlineStr">
+      <c r="W113" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ID77 - Sylvie ROGNON
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  01 64 14 73 56
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7c04-accompagner-les-communes-a-la-connaissance-de/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>120089</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche de Transition Ecologique avec le programme Territoire engagé</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Programme Territoire Engagé Transition Ecologique - Accompagnement des collectivités par un conseiller Territoire Engagé</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I115" s="1" t="inlineStr">
+      <c r="I114" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;span&gt;deux référentiels thématiques&lt;/span&gt; ambitieux et progressifs, &lt;span&gt;un programme d&amp;#039;accompagnement&lt;/span&gt;, &lt;span&gt;une animation&lt;/span&gt;, &lt;span&gt;un parcours de labellisation&lt;/span&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;span&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/span&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;span&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/span&gt; ainsi qu’un &lt;span&gt;appui à l’animation du projet&lt;/span&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M115" s="1" t="inlineStr">
+      <c r="M114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  De nombreuses collectivités ont déjà profité de cette accompagnement.
  &lt;a href="https://www.territoiresentransitions.fr/programme#carte" target="_blank"&gt;Découvrez leurs actions et retour d&amp;#039;expérience sur notre site internet.     Ouvre une nouvelle fenêtre&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Economie circulaire
 Economie locale et circuits courts
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement" target="_blank"&gt;Prenez contact avec votre direction régionale de l&amp;#039;ADEME&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://territoireengagetransitionecologique.ademe.fr/</t>
         </is>
       </c>
-      <c r="W115" s="1" t="inlineStr">
+      <c r="W114" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:territoireengage&amp;#64;ademe.fr" target="_blank"&gt;territoireengage&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>mathieu.teulier@ademe.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-accompagnement-des-collectivites-par-un-conse/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>120366</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités dans leurs investissements sur le domaine public garantissant la sécurité des usagers en matière de circulation routière et de transports en commun</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>AMENDES DE POLICE</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif est de soutenir les collectivités dans leurs d&amp;#039;investissements sur le domaine public garantissant la sécurité des usagers en matière de circulation routière et de transports en commun, dans le cadre d&amp;#039;opérations d&amp;#039;amélioration des transports en commun et de la circulation routière telles que définies par décret du Ministère de l&amp;#039;équipement, du Logement, de l&amp;#039;Aménagement du Territoire et des Transports, à savoir : Article 1
  er
  du Décret n°88.351 du 12 avril 1988.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Les opérations éligibles sont les opérations d&amp;#039;investissement de valorisation du patrimoine communal immobilier :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1°) Pour les transports en commun
  &lt;/strong&gt;
  &lt;br /&gt;
  a) Aménagements et équipements améliorant la sécurité des usagers, l&amp;#039;accueil du public, l&amp;#039;accès aux réseaux, les liaisons entre réseaux et avec les autres modes de transport;
  &lt;br /&gt;
  b) Aménagements de voirie, équipements destinés à une meilleure exploitation des réseaux.
  &lt;br /&gt;
  c) équipements assurant l&amp;#039;information des usagers, l&amp;#039;évaluation du trafic et le contrôle des titres de transport;
  &lt;br /&gt;
  &lt;strong&gt;
   2°) Pour la circulation routière
  &lt;/strong&gt;
@@ -22337,96 +21993,96 @@
   Plans de l&amp;#039;aménagement.
  &lt;/li&gt;
  &lt;li&gt;
   Estimation détaillée.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Ces subventions seront versées immédiatement après leurs affectations. Les justificatifs sont à envoyer au Conseil départemental après la réalisation des travaux.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Courrier de la Préfecture en date du 5 juin 2009 concernant les dispositions pour le versement de la dotation amendes de police.
  &lt;/li&gt;
  &lt;li&gt;
   Délibération de l&amp;#039;Assemblée départementale du 21 novembre 2022 « Aides aux territoires ».
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Accessibilité
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  Communes ou Groupements de communes de moins de 10 000 habitants.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T116" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/amendes-de-police/</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;enveloppe Départementale
  &lt;/strong&gt;
  : La Direction des Déplacements
  &lt;strong&gt;
   Tél. :  04 75 75 92 92
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;enveloppe Cantonale : La Direction des Politiques Territoriales – Service des Relations avec les Collectivités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Quentin DUVILLIER
    &lt;/strong&gt;
    , Coordonnateur zone nord  – Tél :
    &lt;strong&gt;
     04 75 79 26 65
     &lt;br /&gt;
@@ -22443,122 +22099,122 @@
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Aurore MERMET
    &lt;/strong&gt;
    , Coordonnatrice de zone – Tél :
    &lt;strong&gt;
     04 75 79 82 29
     &lt;br /&gt;
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Laurence ROCHER
    &lt;/strong&gt;
    , Chef de Service, Coordonnatrice  zone ouest  – Tél :
    &lt;strong&gt;
     04 75 79 26 67
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5450-amendes-de-police/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>120596</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I117" s="1" t="inlineStr">
+      <c r="I116" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J117" s="1" t="inlineStr">
+      <c r="J116" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -22586,66 +22242,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P117" s="1" t="inlineStr">
+      <c r="P116" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q117" s="1" t="inlineStr">
+      <c r="Q116" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -22657,179 +22313,179 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>121006</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Subzen</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale vous propose
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
   l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
  &lt;/li&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
  &lt;/li&gt;
  &lt;li&gt;
   Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M118" s="1" t="inlineStr">
+      <c r="M117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -22850,241 +22506,241 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
 &lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
 &lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>121446</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Accompagner les mobilités durables urbaines</t>
         </is>
       </c>
-      <c r="C119" s="1" t="inlineStr">
+      <c r="C118" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Accompagner le développement territorial vers un développement durable via les mobilités durables urbaines</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I119" s="1" t="inlineStr">
+      <c r="I118" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J119" s="1" t="inlineStr">
+      <c r="J118" s="1" t="inlineStr">
         <is>
           <t>Taux maximal d’intervention FEDER : 60%</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le caractère étendu du péri-urbain sur le territoire soulève des enjeux de mobilité auxquels les stratégies urbaines intégrées doivent répondre en poursuivant les objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Développer la multimodalité en milieu urbain afin de réduire l&amp;#039;empreinte carbone et encourager le recours à des moyens de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les voiries douces en milieu urbain afin d&amp;#039;encourager le recours à des formes de mobilité durables, de sécuriser la pratique des modes doux, d&amp;#039;assurer une continuité sur l&amp;#039;ensemble du territoire urbain et une connexion avec les zones péri-urbaines et rurales, conformément aux stratégies régionales en la matière.
  &lt;/li&gt;
  &lt;li&gt;
   Déployer des stations de stockage et recharge de carburants alternatifs aux carburants fossiles, dans l&amp;#039;objectif de réduire l&amp;#039;impact environnemental des déplacements, selon un maillage rationnel et dans une logique d&amp;#039;interopérabilité entre les différents systèmes.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M118" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagements multimodaux (tels que des places de stationnement pour les moyens de transport durables, des pôles d&amp;#039;échanges...), en particulier sur les points d&amp;#039;interconnexion ;
  &lt;/li&gt;
  &lt;li&gt;
   Actions visant à favoriser une meilleure interopérabilité des services de transport (tels que les services de mobilité partagée), à l&amp;#039;installation de billettiques des réseaux urbains sur une aire de déplacement commune ;
  &lt;/li&gt;
  &lt;li&gt;
   Actions visant à l&amp;#039;amélioration de la logistique urbaine durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;aires de covoiturage (en cohérence avec les orientations régionales) ;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement ou construction de passerelles favorisant les modes doux permettant de traiter des points noirs ou de résoudre des problématiques de franchissement (route, lignes ferroviaires, cours d&amp;#039;eau)
  &lt;/li&gt;
  &lt;li&gt;
   Sécurisation de la pratique des modes doux, voies de liaisons cyclables, aménagement de voiries douces (tels que les cheminements piétons, les aménagements cyclables, etc.) ;
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de réseaux d&amp;#039;aménagements cyclables afin de constituer des continuités. L&amp;#039;objectif est de relier les infrastructures existantes ou de finaliser les continuités cyclables ;
  &lt;/li&gt;
  &lt;li&gt;
   Installation de stations de stockage et de recharge de carburants alternatifs aux carburants fossiles (bornes de recharge pour véhicules électriques, à hydrogène, etc.) ;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes portant sur la mobilité urbaine.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets devront être compatibles avec la stratégie intégrée de développement urbain du territoire et avoir reçu un avis favorable en comité de sélection de l&amp;#039;organisme intermédiaire territorialement compétent.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets devront être compatibles avec les stratégies en termes de mobilité mise en place par la Région à savoir le schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET) dénommé « Ici 2050 ».
 &lt;/p&gt;
 &lt;p&gt;
  Les aménagements des aires de covoiturage devront être réalisés en conformité avec le SRADDET et sa déclinaison : le schéma régional des aires de covoiturage.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;implantation de structures de recharge devront respecter le SRADDET et ses objectifs en termes de déploiement de bornes de charge. Ils devront respecter les contraintes de gestion et de pilotage des réseaux de distribution d&amp;#039;électricité. L&amp;#039;interopérabilité et l&amp;#039;adaptabilité des infrastructures de recharge devront permettre la recharge de tous types et gammes de véhicules, quel que soit l&amp;#039;usage des véhicules et leur constructeur (normalisation et standardisation des solutions technologiques retenues). Les bornes devront prévoir un système de supervision accessible à tout usager.
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses éligibles
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dépenses de prestations intellectuelles extérieures (réalisation d&amp;#039;études, de diagnostics...) ;
@@ -23110,169 +22766,169 @@
   Dépenses de personnel.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités de soutien financier
 &lt;/p&gt;
 &lt;p&gt;
  Plancher minimal de subvention FEDER :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   50 000 € pour les projets de travaux ;
  &lt;/li&gt;
  &lt;li&gt;
   20 000 € pour les projets d&amp;#039;études.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;intervention FEDER : 60%
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/developpement-urbain-et-rural-mobilites-durables/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: urbain.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>florence.kohtz@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>126141</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Enveloppes territorialisées</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -23285,165 +22941,165 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W120" s="1" t="inlineStr">
+      <c r="W119" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>126142</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -23455,175 +23111,175 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T121" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W121" s="1" t="inlineStr">
+      <c r="W120" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>126143</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -23635,557 +23291,557 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R122" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>126877</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LES OUTILS DE PLANIFICATION TERRITORIALE
  &lt;/strong&gt;
  &lt;br /&gt;
  Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
   les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M123" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
    Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
    OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
    Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
    PLUi Le Havre Seine Métropole
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   Consulter la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>131823</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Se déplacer au congrès annuel de l'AMF</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Association des maires et présidents de communautés des Vosges (AMV 88)</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;AMV 88 organise un
  &lt;strong&gt;
   déplacement &amp;#34;clés en main&amp;#34;
  &lt;/strong&gt;
  afin de permettre à ses adhérents de se rendre au
  &lt;strong&gt;
   congrès annuel de l&amp;#039;AMF
  &lt;/strong&gt;
  (Association des Maires de France et des présidents d&amp;#039;intercommunalité).
 &lt;/p&gt;
 &lt;p&gt;
  Ce grand événement se déroule habituellement en novembre à Paris.
 &lt;/p&gt;
 &lt;p&gt;
  Le prix de ce déplacement inclut les frais de transport, d&amp;#039;hébergement, de restauration, ainsi que les spectacles et visites organisés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les participants au Congrès assistent à l&amp;#039;assemblée générale de l&amp;#039;AMF mais peuvent également assister à de nombreuses conférences, débats en plénière, forums thématiques ou points infos sur les
  &lt;strong&gt;
   grands sujets d&amp;#039;actualité ou d&amp;#039;action des communes
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  C&amp;#039;est l&amp;#039;occasion de
  &lt;strong&gt;
   débattre, d&amp;#039;échanger et d&amp;#039;interpeller les pouvoirs publics
  &lt;/strong&gt;
  sur des enjeux majeurs comme l&amp;#039;avenir de la décentralisation, la transition écologique, l&amp;#039;accès aux services essentiels de proximité ou encore l&amp;#039;évolution des finances locales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adhérer à l&amp;#039;Association.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>Vosges</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://www.maires88.asso.fr/deplacement-au-congres-de-lamf</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez retrouver
  &lt;strong&gt;
   le
  &lt;/strong&gt;
  &lt;strong&gt;
   programme du Congrès et le bulletin d&amp;#039;inscription
  &lt;/strong&gt;
  &lt;strong&gt;
   au déplacement &amp;#34;clés en main&amp;#34;
  &lt;/strong&gt;
  sur le site de l&amp;#039;AMV 88
  &lt;em&gt;
   (éléments qui sont publiés sur une période)
  &lt;/em&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, vous pouvez contacter Marie-Paule MASSON par téléphone au 03 29 29 88 23 ou par mail à
  &lt;a target="_self"&gt;
   mpmasson&amp;#64;vosges.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  AMV 88
  &lt;br /&gt;
  Courriel :
  &lt;a target="_self"&gt;
   amv88&amp;#64;vosges.fr
  &lt;/a&gt;
  &lt;br /&gt;
  Tél. : 03 29 29 88 30
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>amv88@vosges.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6e6e-deplacement-au-congres-annuel-de-lamf/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>132278</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -24214,340 +23870,340 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W125" s="1" t="inlineStr">
+      <c r="W124" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>138012</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'aide financière pour le transport des élèves internes des collèges</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Aide financière pour le transport des élèves internes des collèges</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J126" s="1" t="inlineStr">
+      <c r="J125" s="1" t="inlineStr">
         <is>
           <t>Entre 110€ et 330€ selon le kilométrage. Aide versée en fin d'année scolaire.</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide au transport  des jeunes élèves internes des collèges publics et privés du département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  Elèves internes des collèges publics et privés scolarisés du département
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
  &lt;/strong&gt;
  dossier de demande remis aux familles et validée par le collège
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Récurrence de l&amp;#039;aide :
  &lt;/strong&gt;
  Sur demande
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="T126" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
  Direction Déléguée Collèges
 &lt;/p&gt;
 &lt;p&gt;
  Françoise Chabalier
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:françoise.chabalier&amp;#64;hauteloire.fr" target="_self"&gt;
   françoise.chabalier&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.43.65
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7d0c-aider-au-transport-des-eleves-internes-des-co/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>139927</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -24593,191 +24249,191 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P127" s="1" t="inlineStr">
+      <c r="P126" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q127" s="1" t="inlineStr">
+      <c r="Q126" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>140657</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Aider à l’acquisition de minibus pour les structures sportives franciliennes</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E128" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'acquisition de minibus pour les structures sportives franciliennes</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région propose aux structures sportives franciliennes une aide à l&amp;#039;achat de minibus afin de répondre à leurs besoins de déplacements pour leurs activités sportives.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de l&amp;#039;aide :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les structures sportives sous statut association loi 1901 ou bien constituées sous forme de sociétés sportives
   &lt;/strong&gt;
   qui relèvent d&amp;#039;une fédération sportive agréée, habilitée ou ayant reçue délégation du ministère des sports et des jeux olympiques et paralympiques, dont la discipline sportive est sous convention avec la Région,
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les structures sportives rassemblées au sein d&amp;#039;un groupement d&amp;#039;associations,
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les fédérations sportives, les ligues et les comités sportifs régionaux et départementaux,
   &lt;/strong&gt;
   dont la discipline sportive est sous convention avec la Région.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -24837,157 +24493,157 @@
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Le dépôt du dossier de candidature se fait sur la plateforme des aides régionales
  &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier doit notamment comprendre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un devis,
  &lt;/li&gt;
  &lt;li&gt;
   Une attestation en cas de véhicule aménagé PSH.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-lacquisition-de-minibus-pour-les-structures-sportives-franciliennes</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sébastien Chiss
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:sebastien.chiss&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   sebastien.chiss&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01 53 85 70 91
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2862-aide-a-lacquisition-de-minibus-pour-les-struc/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>142680</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C129" s="1" t="inlineStr">
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -25100,51 +24756,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -25162,56 +24818,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -25254,140 +24910,140 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T129" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>142693</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Co-construire votre projet de territoire intelligent avec l'ensemble des parties prenantes</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La transformation numérique représente une révolution culturelle. Elle constitue également un enjeu politique majeur pour la transition écologique et solidaire de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans l&amp;#039;élaboration de votre projet de territoire intelligent, depuis l&amp;#039;identification des besoins collectifs jusqu&amp;#039;à la mise en place des solutions technologiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mettre le numérique au service de votre projet de territoire : par où commencer ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment choisir les solutions les plus adaptées ?
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement vers de nouvelles pratiques : comment réussir la conduite du changement ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment rendre l&amp;#039;usage de la donnée pertinent pour favoriser la prise de décision ?
@@ -25427,173 +25083,173 @@
   Identification et priorisation de vos besoins
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Co-construction de la stratégie numérique au service du projet de territoire
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mobilisation des parties prenantes
  &lt;/li&gt;
  &lt;li&gt;
   Animation d&amp;#039;ateliers d&amp;#039;intelligence collective : vision partagée, grandes orientations
  &lt;/li&gt;
  &lt;li&gt;
   Formalisation du plan d&amp;#039;actions opérationnel (démarche itérative)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des services et montée en compétence des agents
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la rédaction des cahiers des charges pour le choix des solutions techniques adaptées
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Grand Bassin de Bourg-en-Bresse
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un séminaire pour les élus : intégrer la transformation numérique dans le projet de territoire du Grand Bassin de Bourg-en-Bresse
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Espace public
 Voirie et réseaux
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Commerces et services
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Médias et communication
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/co-construire-votre-projet-territoire-intelligent-ensemble</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e9b1-co-construire-votre-projet-de-territoire-inte/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>142700</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Développer l’intermodalité sur votre territoire par l’aménagement de Pôles d’Echanges Multimodaux (PEM)</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Région</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Organiser la multimodalité au cœur des villes ou diversifier l&amp;#039;offre de mobilité des territoires peu denses nécessite l&amp;#039;aménagement de Pôles d&amp;#039;Échanges Multimodaux (PEM), dont le rôle est de mieux connecter les différentes offres de mobilité.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne pour développer cet outil-clé des politiques d&amp;#039;intermodalité et d&amp;#039;urbanisme.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez définir une politique de développement ou de remise à niveau de PEM ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous projetez de créer ou d&amp;#039;adapter un PEM ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous avez besoin d&amp;#039;une expertise (en matière de rabattements, usages, aménagements), ou d&amp;#039;une assistance à l&amp;#039;expérimentation ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous ambitionnez une montée en compétences de vos équipes sur les PEM et l&amp;#039;intermodalité ?
@@ -25661,159 +25317,159 @@
 &lt;/p&gt;
 &lt;p&gt;
  Evaluation d&amp;#039;expérimentations
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Concevoir des aménagements détaillés
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pôles connectés aux autoroutes
 &lt;/p&gt;
 &lt;p&gt;
  Expertises thématiques : sécurité des déplacements, parkings relais et gares routières, accessibilité PMR, signalétique
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Monter en compétences
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Formations sur-mesures incluant apports méthodologiques, retours d&amp;#039;expériences, visites de sites, ateliers d&amp;#039;échanges, mises en situation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M131" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Saint Brieuc Agglomération : Définition des usages et besoins en signalétique d&amp;#039;un PEM (à partir d&amp;#039;observations usagers, entretiens, focus groupes et parcours commentés)
  &lt;/li&gt;
  &lt;li&gt;
   Syndicat Mixte de Transports de l&amp;#039;Aire Métropolitaine Lyonnaise : Production d&amp;#039;un « état de l&amp;#039;art » des politiques territoriales de Parcs Relais et d&amp;#039;amélioration des rabattements sur les gares
  &lt;/li&gt;
  &lt;li&gt;
   Métropole d&amp;#039;Aix Marseille Provence : Assistance à l&amp;#039;élaboration du programme des PEM, et réalisation des études de conception de stations sur autoroutes.
  &lt;/li&gt;
  &lt;li&gt;
   SNCF – Direction des Gares Île-de-France : Formalisation d&amp;#039;un diagnostic exploratoire et identification d&amp;#039;actions innovantes pour améliorer l&amp;#039;insertion urbaine et l&amp;#039;ancrage territorial de la gare de Fontainebleau Avon.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Accessibilité
 Appui méthodologique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Sécurité</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/developper-intermodalite-votre-territoire-amenagement-poles</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ac41-developper-lintermodalite-sur-votre-territoir/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>142701</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Réaliser une Enquête Mobilité Certifiée Cerema (EMC²) sur votre territoire</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La mobilité, enjeu incontournable du territoire, se construit et s&amp;#039;organise à partir de données fiables.
 &lt;/p&gt;
 &lt;p&gt;
  Les Enquêtes Mobilité Certifiées Cerema (EMC2) permettent de comprendre les déplacements des résidents pour élaborer des stratégies territoriales adaptées. Ce dispositif d&amp;#039;enquête s&amp;#039;adresse aux territoires de plus de 40 000 habitants et peut-être subventionné par l&amp;#039;État.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez mieux connaître les pratiques et besoins de déplacements sur votre territoire ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous recherchez un outil d&amp;#039;aide à la décision pour élaborer vos politiques de mobilité ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous voulez mesurer les évolutions des comportements de mobilité pour évaluer les politiques menées ?
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -25868,154 +25524,154 @@
 &lt;p&gt;
  Piloter la phase de recueil de données auprès des ménages
 &lt;/p&gt;
 &lt;p&gt;
  Garantir qualité et cohérence des données
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contribuer à l&amp;#039;appropriation de l&amp;#039;enquête :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Préparer l&amp;#039;exploitation des données
 &lt;/p&gt;
 &lt;p&gt;
  Enrichir les fichiers (dont diagnostic énergie-émissions des mobilités - DEEM)
 &lt;/p&gt;
 &lt;p&gt;
  Effectuer les premiers traitements
 &lt;/p&gt;
 &lt;p&gt;
  Réaliser des analyses complémentaires pour nourrir l&amp;#039;élaboration des politiques publiques (modélisation, planification, évaluation).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Saint-Etienne Métropole : Réalisation d&amp;#039;une EMC2 sur le périmètre de Saint-Étienne/Loire Sud/Pilat
  &lt;/li&gt;
  &lt;li&gt;
   Rennes Métropole : Réalisation d&amp;#039;une EMC2 sur le périmètre de Rennes Métropole
  &lt;/li&gt;
  &lt;li&gt;
   Métropole européenne de Lille : Réalisation d&amp;#039;une enquête &amp;#34;Fréquence &amp;#43;&amp;#34; sur le périmètre de la Métropole européenne de Lille.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/realiser-enquete-mobilite-certifiee-cerema-emc2-votre</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3daf-realiser-une-enquete-mobilite-certifiee-cerem/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>142703</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Mettre en place des réseaux de télécommunication et des systèmes de vidéoprotections</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous désirez développer vos systèmes d&amp;#039;information relatifs aux réseaux routiers et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour mettre en place de réseaux de télécommunications, et de systèmes de vidéoprotections en veillant à leur sécurisation notamment informatique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études d&amp;#039;architecture, de sécurisation ou d&amp;#039;évolution de réseaux haut-débit plus particulièrement à destination des gestionnaires de réseaux de transports
  &lt;/li&gt;
  &lt;li&gt;
   Assistance technique aux maîtres d&amp;#039;ouvrage pour le déploiement et la configuration de réseaux, serveurs, d&amp;#039;outils de pilotage, de connexions d&amp;#039;équipements, de systèmes numériques de vidéoprotection
  &lt;/li&gt;
@@ -26028,137 +25684,137 @@
  &lt;li&gt;
   Qualification et tests d&amp;#039;équipement réseaux, informatiques et vidéos.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les modalités d&amp;#039;intervention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation des études préalables et d&amp;#039;avant-projets
  &lt;/li&gt;
  &lt;li&gt;
   Assistance technique du service assurant la maîtrise d&amp;#039;ouvrage des installations réseaux (élaboration du cahier des charges, analyse technique des offres, suivi de l&amp;#039;exécution technique de la prestation)
  &lt;/li&gt;
  &lt;li&gt;
   Audits ou expertises techniques des systèmes d&amp;#039;information et réseaux
  &lt;/li&gt;
  &lt;li&gt;
   Formation sur les réseaux, la sécurité informatique et la vidéoprotection.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Connaissance de la mobilité
 Sécurité</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/mettre-place-reseaux-telecommunication-systemes-video</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2b9d-mettre-en-place-des-reseaux-de-telecommunicat/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>142704</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Connaître et visualiser votre patrimoine de voiries</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La gestion optimale de votre patrimoine de voiries (routes, rails, voies cyclables) implique une connaissance fine et à jour de vos réseaux et équipements.
 &lt;/p&gt;
 &lt;p&gt;
  Fort de techniques d&amp;#039;imagerie routière permettant de visualiser les infrastructures au bureau en toute sécurité, le Cerema vous fournit un outil d&amp;#039;exploitation pour l&amp;#039;état des lieux de votre réseau. Il vous sera ainsi possible de préparer vos chantiers, réaliser des inventaires ou des études de sécurité (conformité par rapport à la réglementation).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez disposer d&amp;#039;une vision complète, rapide et évolutive de vos réseaux ?
  &lt;/li&gt;
  &lt;li&gt;
   Caractériser vos équipements, en garantissant sécurité des agents et continuité de service ?
  &lt;/li&gt;
  &lt;li&gt;
   Actualiser votre référentiel de repérage ?
  &lt;/li&gt;
  &lt;li&gt;
@@ -26209,152 +25865,152 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mise à jour de votre référentiel
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Certification des positions de repérage
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Outillage et accompagnement des gestionnaires via le logiciel d&amp;#039;exploitation d&amp;#039;images IREVE
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Mise à disposition du logiciel permettant des mesures automatiques de largeurs de voies, la détection automatique des gammes de panneaux, la détermination semi-automatique des hauteurs de panneaux et glissières, des mesures manuelles en 3 dimensions (linéaires et surfaciques), des relevés d&amp;#039;objets (signalisations verticale et horizontale, équipements, obstacles, dégradations)
 &lt;/p&gt;
 &lt;p&gt;
  Personnalisation de l&amp;#039;outil au regard de vos besoins et des spécificités de votre réseau
 &lt;/p&gt;
 &lt;p&gt;
  Formations : prise en main et approfondissement
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M134" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ancenis-Saint-Géréon : Apport de l&amp;#039;imagerie au Plan Pluriannuel de Travaux de Maintenance de la Voirie.
  &lt;/li&gt;
  &lt;li&gt;
   Département de la Loire-Atlantique : Mise à jour du référentiel routier et collecte de données patrimoine dans le Système d&amp;#039;Informations Routières avec la base de données d&amp;#039;imagerie routière.
  &lt;/li&gt;
  &lt;li&gt;
   Direction (DIR) Interdépartementale des Routes Massif Central : Évaluation du patrimoine routier, grâce à l&amp;#039;imagerie routière, afin de prioriser les interventions et répartir les budgets d&amp;#039;entretien annuels.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/connaitre-visualiser-votre-patrimoine-voiries</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a6b0-connaitre-et-visualiser-votre-patrimoine-de-v/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>142706</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Rendre accessibles vos bâtiments, espaces publics et transports</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Assurer l&amp;#039;accessibilité de la chaîne des déplacements renforce l&amp;#039;attractivité du territoire et répond à une exigence sociale croissante.
 &lt;/p&gt;
 &lt;p&gt;
  La prise en compte de la diversité des publics et leurs besoins évolutifs (pour construire des réponses adaptées) constitue un vecteur majeur d&amp;#039;inclusion.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema, fort de son expertise technique et de sa capacité à développer des approches innovantes et intégrées, vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité, qu&amp;#039;ils concernent la voirie et les espaces publics, les bâtiments ou les transports.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Comment prendre en compte l&amp;#039;ensemble des besoins spécifiques de chaque population (vieillissement, handicaps) ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment assurer la continuité de la chaîne du déplacement et traiter les interfaces ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment assurer un cheminement accessible, confortable et sécurisé pour tous ? et permettre à chacun de se repérer et s&amp;#039;orienter ?
@@ -26382,168 +26038,168 @@
   Conseil pour l&amp;#039;élaboration et la mise en œuvre de stratégies d&amp;#039;accessibilité (en amont, programmation de l&amp;#039;accessibilité, à une échelle territoriale ou patrimoniale...)
  &lt;/li&gt;
  &lt;li&gt;
   Expertise intégrée sur des projets liés à l&amp;#039;accessibilité (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - bonne connaissance de la réglementation et des besoins des usagers
 &lt;/p&gt;
 &lt;p&gt;
  - capacité à mobiliser d&amp;#039;autres partenaires (acteurs de la &amp;#34;mise en œuvre&amp;#34;, développeurs de solutions)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
  &lt;/li&gt;
  &lt;li&gt;
   Animation de réseaux, d&amp;#039;ateliers techniques (démarches participatives)
  &lt;/li&gt;
  &lt;li&gt;
   Formation / sensibilisation : montage ou support au montage de formations sur-mesure (en présentiel, à distance, ou mixtes)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ville de Paris
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Expérimentations sur le guidage en traversée piétonne avec la ville de Paris
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Solidéo, société de livraison des ouvrages olympiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Accompagnement de la solidéo pour la livraison de logements accessibles et adaptés au vieillissement sur l&amp;#039;opération &amp;#34;Cluster Média&amp;#34; des JOP Paris 2024
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Lorient Agglomération
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Mission d&amp;#039;évaluation du niveau d&amp;#039;accessibilité des transports pour le compte de Lorient Agglomération
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Accès aux services
 Cohésion sociale et inclusion
 Equipement public
 Bâtiments et construction
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous
 Sécurité</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/rendre-accessibles-vos-batiments-espaces-publics-transports</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b3fb-rendre-accessibles-vos-batiments-espaces-publ/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>142709</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Accompagner votre projet de mobilité servicielle, pour faciliter les déplacements sur votre territoire avec MaaS</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La mobilité servicielle (ou MaaS, Mobility as a service) apporte des services numériques pour simplifier l&amp;#039;usage des différentes offres de mobilité en donnant une information complète et en facilitant l&amp;#039;accès à chaque mode de transport.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous voulez construire un projet de MaaS dans votre ville ou région pour favoriser les modes alternatifs à la voiture individuelle ? Le cerema vous accompagne pour la préparation de votre projet et l&amp;#039;analyse de ses effets sur la mobilité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez connaître les possibilités techniques et les bonnes pratiques ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez être accompagné pour préparer un projet MaaS sur votre territoire ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous voulez évaluer l&amp;#039;impact de vos services numériques sur les mobilités ?
  &lt;/li&gt;
@@ -26600,51 +26256,51 @@
  &lt;li&gt;
   Analyse des besoins et des offres de mobilité de votre territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Formalisation des objectifs et identification des lignes directrices de votre projet MaaS.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Evaluer les effets de votre projet sur la mobilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Analyse des données issues de vos outils numériques (billettique, applis...).
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;enquêtes quantitatives et qualitatives.
  &lt;/li&gt;
  &lt;li&gt;
   Évaluation des impacts avec une méthodologie éprouvée.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ils nous font confiance
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Métropole européenne de Lille
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Accompagnement de la Métropole européenne de Lille pour élaborer la stratégie de développement du MaaS (2020 - 2021)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Sytral
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Appui au Sytral sur la stratégie de développement du MaaS (2021 - 2022)
@@ -26673,146 +26329,146 @@
  Animation de l&amp;#039;écosystème des acteurs du MaaS de Grenoble lors du Symposium de Fluidtime à Vienne (Septembre 2021)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    ATEC ITS
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Présentation de l&amp;#039;observatoire du MaaS lors du congrès ATEC ITS (Janvier 2020)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    ERTICO
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Présentation sur le rôle du MaaS dans les politiques publiques de mobilité lors du congrès ITS Europe de Lisbonne (Novembre 2020)
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/maas-accompagner-votre-projet-mobilite-servicielle-faciliter</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e9ad-accompagner-votre-projet-de-mobilite-servicie/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>142764</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Rassembler tous les acteurs volontaires pour produire des ressources ouvertes</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Sobriété et Résilience des Territoires </t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appel à communs est un mode d&amp;#039;intervention dont l&amp;#039;entrée collaborative, dès la phase d&amp;#039;idéation du projet, est au cœur du dispositif.
  &lt;br /&gt;
  &lt;strong&gt;
   Attention :
  &lt;/strong&gt;
  les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir) :
  &lt;br /&gt;
  https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles répondent aux quatre critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ils sont développés en licences ouvertes ;
  &lt;/li&gt;
  &lt;li&gt;
   ils intègrent des communautés d&amp;#039;utilisateurs et de contributeurs ;
  &lt;/li&gt;
  &lt;li&gt;
   ils sont documentés sur le support public de l&amp;#039;appel à communs (le Wiki) ;
@@ -26847,411 +26503,411 @@
  &lt;li&gt;
   un accompagnement de l&amp;#039;équipe      conseil externe, spécialiste des communs (licence, gouvernance, modèle      économique, communautés) ;
  &lt;/li&gt;
  &lt;li&gt;
   un financement de l&amp;#039;ADEME ne      pouvant pas dépasser 70 % du montant éligible. Le taux d&amp;#039;aide appliqué est      fixé par l&amp;#039;ADEME lors de l&amp;#039;instruction du dossier en fonction du système      d&amp;#039;aide dont le dossier dépendra.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir)
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
 &lt;/p&gt;
 &lt;p&gt;
  Le site de l&amp;#039;appel à communs :
  &lt;br /&gt;
  https://resilience-territoire.ademe.fr/
 &lt;/p&gt;
 &lt;p&gt;
  1 https://librairie.ademe.fr/urbanisme-et-batiment/6149-retour-d-experience-du-1er-appel-a-commun-de-l-ademe.html
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230418/sobriete-resilience-territoires</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
          sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cbf3-sobriete-et-resilience-des-territoires/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>142826</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Améliorer la sécurité des déplacements des usagers</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Améliorer la sécurité des déplacements des usagers
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accident de la circulation résulte, le plus souvent, de la conjonction de multiples éléments liés au comportement du conducteur, à l&amp;#039;état du véhicule et à la qualité de l&amp;#039;infrastructure. Si le comportement des impliqués est à l&amp;#039;origine de la plupart des accidents de la circulation, il est souvent induit par une configuration inappropriée de l&amp;#039;infrastructure.
  &lt;strong&gt;
   L&amp;#039;action sur l&amp;#039;infrastructure routière et sur l&amp;#039;espace public reste donc l&amp;#039;un des leviers majeurs d&amp;#039;une démarche d&amp;#039;amélioration de la sécurité des déplacements.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les objectifs de sécurité sont à articuler avec d&amp;#039;autres objectifs de l&amp;#039;action sur la ville ou sur le réseau routier : accessibilité, attractivité, qualité de l&amp;#039;espace public, équité sociale, valeurs patrimoniales, développement des modes doux, ... Les aménagements doivent intégrer la mixité croissante des usages de l&amp;#039;espace public (véhicules individuels, transports en commun, cycles, piétons, deux-roues motorisés, etc.) dont les besoins et contraintes sont parfois divergents, et dont la cohabitation peut être source de conflits.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le Cerema réalise des études pour améliorer la sécurité des déplacements des usagers. Ces études comprennent quatre phases ayant des objectifs bien distincts afin de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Définir et hiérarchiser les enjeux de sécurité sur un territoire, un réseau, un itinéraire, un quartier, à partir du fichier des accidents, pour connaître
  &lt;/li&gt;
  &lt;li&gt;
   Etudier les mécanismes d&amp;#039;accidents à partir de l&amp;#039;exploitation des procédures d&amp;#039;accidents, de l&amp;#039;analyse des comportements et de l&amp;#039;environnement, pour comprendre et identifier les pistes d&amp;#039;action ;
  &lt;/li&gt;
  &lt;li&gt;
   Mettre en œuvre des actions de sécurité par l&amp;#039;aménagement ou par l&amp;#039;information et la sensibilisation, pour agir ;
  &lt;/li&gt;
  &lt;li&gt;
   Evaluer les actions mises en œuvre.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Réhabilitation
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/ameliorer-securite-deplacements-usagers</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7a67-ameliorer-la-securite-des-deplacements-des-us/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>142827</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Requalifier et moderniser les infrastructures de transports en préservant les continuités écologiques</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Au-delà des projets neufs, les maîtres d&amp;#039;ouvrage publics et privés (État, sociétés concessionnaires d&amp;#039;autoroutes, VNF, RFF...) s&amp;#039;investissent dans la
  &lt;strong&gt;
   requalification environnementale et la modernisation de leurs infrastructures existantes.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ils réservent un volet de leurs investissements pour améliorer la qualité environnementale de leurs infrastructures les plus anciennes, et pour accroître la qualité des services proposés à leurs clients. Dans ce cadre, ces maîtres d&amp;#039;ouvrages expriment des attentes fortes en termes d&amp;#039;expertise depuis
  &lt;strong&gt;
   le diagnostic de l&amp;#039;existant jusqu&amp;#039;à l&amp;#039;élaboration de recommandations de solutions rectificatives.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le Cerema vous accompagne dans la requalification environnementale et la modernisation de vos infrastructures existantes en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans ce cadre nous réalisons :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;un diagnostic d&amp;#039;efficacité fonctionnelle des ouvrages existants au regard de différents paramètres (nature des ouvrages, dimension, aménagement, points de conflits, etc.) avec possibilité de mise en place de suivi par piégeage photographique,
  &lt;/li&gt;
  &lt;li&gt;
   Propositions d&amp;#039;adaptations nécessaires à l&amp;#039;amélioration de la fonctionnalité des ouvrages existants (nature du revêtement, dispositif d&amp;#039;accompagnement dans l&amp;#039;ouvrage en entrée et en sortie, etc.),
  &lt;/li&gt;
  &lt;li&gt;
   Recommandations relatives à la création de nouveaux ouvrages (passages inférieurs ou supérieurs à grande faune, ouvrages spécialisés à petite faune, ouvrages mixtes), en explorant différentes techniques, dans le cadre d&amp;#039;un projet neuf ou dans l&amp;#039;optique de défragmentation des infrastructures existantes (proposition optimale de localisation),
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement du maître d&amp;#039;ouvrage lors de la réalisation des travaux.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Réhabilitation
 Accessibilité
 Appui méthodologique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/requalifier-moderniser-infrastructures-transports-preservant</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c0f6-requalifier-et-moderniser-les-infrastructures/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>142828</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Aménager des voies réservées sur votre réseau structurant</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les voies réservées permettent d&amp;#039;améliorer la régularité des transports collectifs et d&amp;#039;optimiser l&amp;#039;offre de transport sur des axes où l&amp;#039;utilisation de la voiture reste prépondérante.
 &lt;/p&gt;
 &lt;p&gt;
  Gestionnaire routier ou autorité organisatrice de la mobilité, le Cerema vous accompagne dans vos projets de voies réservées aux transports collectifs et au covoiturage, de l&amp;#039;étude de faisabilité à l&amp;#039;évaluation.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous vous interrogez sur l&amp;#039;opportunité de créer une voie réservée pour optimiser votre réseau ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau (voie réservée ou aire de transports en commun) ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous projetez d&amp;#039;évaluer un aménagement existant et envisagez de l&amp;#039;améliorer ?
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -27294,167 +26950,167 @@
  &lt;li&gt;
   Contribution aux demandes d&amp;#039;expérimentation au titre de la signalisation routière
  &lt;/li&gt;
  &lt;li&gt;
   Analyse des conditions d&amp;#039;exploitation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Évaluer un aménagement du point de vue de la sécurité, l&amp;#039;efficience et l&amp;#039;acceptabilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elaboration du protocole d&amp;#039;évaluation : définition des objectifs, méthodologie, échéances
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement au besoin lors de l&amp;#039;évaluation : expertise, adaptation du dispositif
  &lt;/li&gt;
  &lt;li&gt;
   Analyse des résultats et préconisations, à chaque période d&amp;#039;évaluation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M140" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    ATMB
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Appui à l&amp;#039;expérimentation et à l&amp;#039;évaluation d&amp;#039;une voie réservée au covoiturage à la douane de Thonex-Vallard
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Métropole Aix-Marseille ProvencE
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Expérimentations d&amp;#039;aménagements en faveur des transports en commun de la Métropole Aix-Marseille ProvencE
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Métropole Rouen Normandie
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Évaluer la faisabilité d&amp;#039;une voie réservée sur une 2x2 voies : cas de l&amp;#039;A150
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/amenager-voies-reservees-votre-reseau-structurant</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2b10-amenager-des-voies-reservees-sur-votre-reseau/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>142829</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Organiser les mobilités en territoires peu denses</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Région</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Votre territoire est en milieu rural ou péri-urbain ? Vous représentez une commune petite ou moyenne et avez besoin d&amp;#039;appui pour imaginer des solutions innovantes adaptées ?
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne pour diagnostiquer vos besoins, organiser, planifier et évaluer vos politiques publiques sur ces questions de mobilité.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous devez connaître plus finement la mobilité sur votre territoire ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez anticiper les évolutions des mobilités ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous voulez élaborer une stratégie de mobilité et identifier les solutions les plus pertinentes ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez un retour objectif sur les projets mis en oeuvre ?
@@ -27501,184 +27157,184 @@
  &lt;li&gt;
   Pilotage : assistance pour la conduite de projet et aide à la mise en place de partenariats locaux à travers la concertation et la coconstruction
  &lt;/li&gt;
  &lt;li&gt;
   Prospective : mobilisation d&amp;#039;outils techniques pour prévoir et quantifier les besoins de mobilité à venir
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Mettre en œuvre vos projets et services de mobilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Stratégie : accompagnement dans toutes les phases d&amp;#039;élaboration de votre stratégie pour définir objectifs et priorités
  &lt;/li&gt;
  &lt;li&gt;
   Solutions : appui à la définition des services de mobilité en adéquation avec vos enjeux et à partir de retours d&amp;#039;expériences locales (covoiturage, autopartage, transport à la demande, vélo...)
  &lt;/li&gt;
  &lt;li&gt;
   Évaluation : réalisation du bilan des politiques et services retenus et anticipation des conséquences des choix de mobilités
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Parc naturel régional des Volcans d&amp;#039;Auvergne
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  TEAMM Volcans, co-construction de solutions de mobilité avec le Parc naturel régional (PNR) des Volcans d&amp;#039;Auvergne pour les trajets domicile-travail des habitants d&amp;#039;une trentaine de collectivités du parc.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Ardèche, le département
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Étude sur les besoins de mobilité du territoire de l&amp;#039;Ardèche
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Gaillac Graulhet Agglomération
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Appui à l&amp;#039;élaboration du plan de mobilité rurale de Gaillac Graulhet Agglomération
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Kintoa Mugi
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aide à la définition d&amp;#039;une solution de mobilité pour la Vallée des Aldudes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Cohésion sociale et inclusion
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/organiser-mobilites-territoires-peu-denses</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/01ae-organiser-les-mobilites-en-territoires-peu-de/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>142830</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Mettre en place un service de transport à l’aide de véhicules autonomes</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez innover pour répondre à un besoin de mobilité non couvert sur votre territoire ? Vous envisagez d&amp;#039;initier une démarche pilote autour de solutions de transport offertes par les navettes ou voitures autonomes partagées ? Le Cerema vous accompagne, de la définition de votre projet à sa mise en œuvre opérationnelle.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pourquoi mettre en place un service de transport basé sur des véhicules autonomes ?
  &lt;/li&gt;
  &lt;li&gt;
   Pour quels itinéraires ? Comment assurer la sécurité routière pour tous les usagers sur les parcours concernés ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels contraintes et avantages associés ?
  &lt;/li&gt;
  &lt;li&gt;
   Besoin d&amp;#039;aide pour obtenir une autorisation d&amp;#039;expérimentation ?
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -27717,170 +27373,170 @@
  &lt;li&gt;
   Analyse des interactions potentielles avec les autres usagers (piétons, vélos, véhicules conventionnels)
  &lt;/li&gt;
  &lt;li&gt;
   Propositions d&amp;#039;aménagement de la voirie existante.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Accompagner le territoire dans la demande d&amp;#039;autorisation d&amp;#039;expérimentation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mémento sur la réglementation, la procédure et les principales étapes d&amp;#039;instruction
  &lt;/li&gt;
  &lt;li&gt;
   Support à la constitution du dossier
  &lt;/li&gt;
  &lt;li&gt;
   Suivi de la procédure d&amp;#039;instruction jusqu&amp;#039;à l&amp;#039;obtention d&amp;#039;une réponse.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M142" s="1" t="inlineStr">
+      <c r="M141" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Sécurité, Acceptabilité, Mobilité autonome
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Projet SAM « Sécurité et acceptabilité de la mobilité autonome » (2019-2023).
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Métropole Aix-Marseille-Provence | Thecamp
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Analyse de l&amp;#039;itinéraire envisagé pour une liaison entre le campus et la gare TGV d&amp;#039;Aix-en-Provence (depuis 2019)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Ville de Longwy
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Analyse de l&amp;#039;itinéraire envisagé par la ville pour un service de transport entre ville basse et ville haute (2019-2020)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/mettre-place-service-transport-aide-vehicules-autonomes</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0d33-mettre-en-place-un-service-de-transport-a-lai/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>143314</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Acquérir les fondamentaux de la sécurité routière (Formation)</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Description
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La sécurité routière est un enjeu incontournable pour les décideurs et gestionnaires routiers des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;amélioration de la prise en compte de la sécurité routière dans les services nécessite des connaissances larges ainsi qu&amp;#039;une réflexion et un regard critique dans le quotidien des agents œuvrant dans les différents métiers en lien avec la sécurité.
 &lt;/p&gt;
 &lt;p&gt;
  Cette formation, basée sur les fondamentaux de la SR, permet une approche systémique et balaye ainsi différentes thématiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contexte général (accident, enjeux, acteurs, culture SR)
  &lt;/li&gt;
  &lt;li&gt;
   Sécurité des Infrastructures
  &lt;/li&gt;
  &lt;li&gt;
   Thématiques particulières
@@ -28102,169 +27758,169 @@
 &lt;/p&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attesttation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accessibilité de nos formations aux personnes en situation de handicap :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement, merci de contacter le référent handicap.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Délais d&amp;#039;accès :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Public :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Collectivités locales
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Chefs de service, chefs de projet, chargés d&amp;#039;études, agents des services sécurité routière, services aménagement, conception, entretien et exploitation, agents en charge de la sécurité routière et des équipements de la route
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acteurs de la sécurité routière et des aménagements routiers.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Niveau pré-requis :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  S&amp;#039;agissant d&amp;#039;une formation initiale, aucun prérequis n&amp;#039;est nécessaire.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-acquerir-fondamentaux-securite-routiere</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/253b-acquerir-les-fondamentaux-de-la-securite-rout/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>143344</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Surveiller et entretenir un système de recueil des données routières SIREDO - Formation</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Département
 Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le système de recueil des données routières SIREDO (capteurs et stations de mesure du trafic) a été mis en place depuis de nombreuses années afin d&amp;#039;améliorer et standardiser la production et le recueil des données de trafic sur le réseau routier national, ainsi que sur les réseaux routiers structurants interurbains des collectivités (départements, métropoles).
 &lt;/p&gt;
 &lt;p&gt;
  Quelles données mesurer ? Comment fonctionnent les différents types de capteurs et de stations ? Quels travaux de génie civil sont nécessaires pour la bonne implantation des systèmes sur chaussée ? Comment configurer correctement les stations? Quelles exploitations sont possibles ? Comment assurer la maintenance des équipements ? Autant de questions qui appellent des réponses pour mettre en place et utiliser efficacement les différents éléments du système SIREDO et ainsi recueillir des données de trafic de qualité.
 &lt;/p&gt;
 &lt;p&gt;
  La formation dure 6 jours au total, et se décompose en 2 modules de 3 jours qui forment un tout.
 &lt;/p&gt;
 &lt;p&gt;
  Elle est scindée en deux pour permettre une période de mise en pratique par les apprenants entre les 2 modules.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Module 1 : Connaissance, configuration et pose des équipements
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
@@ -28352,144 +28008,144 @@
 &lt;/p&gt;
 &lt;p&gt;
  Une fiche de renseignements préalables concernant les besoins fonctionnels, les compétences techniques et l&amp;#039;expérience professionnelle est envoyée aux stagiaires préinscrits.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OUTILS PÉDAGOGIQUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   présentations interactives;
  &lt;/li&gt;
  &lt;li&gt;
   apports techniques, études de cas, retours d&amp;#039;expériences ;
  &lt;/li&gt;
  &lt;li&gt;
   travaux pratiques en laboratoire avec du matériel homologué (maquettes de simulation et appareils de mesures, stations de mesure du trafic, matériel de communication, PC et logiciels; spécifiques) ;
  &lt;/li&gt;
  &lt;li&gt;
   mises en situation et visites techniques documentation mise à disposition
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-surveiller-entretenir-systeme-recueil-donnees</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f054-formation-surveiller-et-entretenir-un-systeme/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>143345</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Réaliser des certification et audits pour les ouvrages d’arts et infrastructures de transport</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Certification et audits pour les ouvrages d’arts et infrastructures de transport</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   VOTRE BESOIN :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La réalisation d&amp;#039;audits et essais pour le marquage et la certification NF ou CE de produits et procédés de construction est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
 &lt;/p&gt;
 &lt;p&gt;
  Pour cela, vous cherchez un appui technique et une expertise pour attester la conformité des produits aux différentes normes et certifications en vigueur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA RÉPONSE DU CEREMA :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans les activités de certification et d&amp;#039;audits pour les ouvrages d&amp;#039;arts et infrastructures de transport en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  Les activités de certification de matériaux / produits et d&amp;#039;entreprises pour la marque NF et les autres marques comprennent à la fois :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -28546,145 +28202,145 @@
  &lt;/li&gt;
  &lt;li&gt;
   Essais sur les produits spéciaux destinés aux constructions en béton hydraulique pour la marque NF030 ;
  &lt;/li&gt;
  &lt;li&gt;
   Essais sur les équipements de la Route pour la marque NF058 ASCQUER ;
  &lt;/li&gt;
  &lt;li&gt;
   Essais sur les adjuvants pour bétons - produits de cure pour la marque NF085 CERIB ;
  &lt;/li&gt;
  &lt;li&gt;
   Essais sur les dispositifs avertisseurs pour la marque NF113 ;
  &lt;/li&gt;
  &lt;li&gt;
   Essais sur peintures anticorrosion pour la marque ACQPA ;
  &lt;/li&gt;
  &lt;li&gt;
   Essais sur les granulats pour le marquage CE.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le Cerema est certifié ISO 9001 et est accrédité COFRAC pour les essais sur béton, mortiers et adjuvants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/certification-audits-ouvrages-arts-infrastructures-transport</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d982-certification-et-audits-pour-les-ouvrages-dar/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>143356</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Améliorer la résilience des infrastructures et réseaux de transport</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Améliorer la résilience des infrastructures et réseaux de transport : Vers une gestion intégrée des patrimoines d’infrastructures de transports</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   VOTRE BESOIN :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes gestionnaire d&amp;#039;un patrimoine d&amp;#039;infrastructures de transport et vous souhaitez optimiser vos investissements, notamment sur les activités d&amp;#039;exploitation, d&amp;#039;entretien et de maintenance.
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez présenter une stratégie d&amp;#039;investissement dans la préservation de votre patrimoine, qui sera comprise par les usagers et par les financeurs afin d&amp;#039;entrer dans le cercle vertueux de l&amp;#039;entretien préventif.
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez coupler des stratégies d&amp;#039;action pour un réseau plus résilient avec une gestion innovante et adaptée de votre patrimoine.
  &lt;/li&gt;
  &lt;li&gt;
   Vous êtes à la recherche d&amp;#039;une méthode et d&amp;#039;une stratégie, permettant de répondre à la fois aux besoins d&amp;#039;investissements de court et de long termes.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA RÉPONSE DU CEREMA :
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -28752,147 +28408,147 @@
   Analyse des vulnérabilités ;
  &lt;/li&gt;
  &lt;li&gt;
   Définition des indicateurs de gestion pertinents, selon la réalité du terrain ;
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;adoption d&amp;#039;une stratégie, visant l&amp;#039;efficacité des investissements ;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement à la passation de marchés de gestion de patrimoine ;
  &lt;/li&gt;
  &lt;li&gt;
   Formation à la gestion de patrimoine intégrée.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NOS RÉFÉRENCES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Expert incontournable et reconnu, le Cerema accompagne depuis de nombreuses années les collectivités territoriales dans la gestion de leurs réseaux de transport, que ce soit en apportant des méthodologies reconnues ou une expertise adaptée à chacun.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/gestion-integree-patrimoines-infrastructures-transport</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c13f-ameliorer-la-resilience-de-vos-infrastructure/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>143359</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Anticiper l'évolution des comportements de mobilité</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Modélisation Multimodale des déplacements</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Région</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   VOTRE BESOIN :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Anticiper l&amp;#039;évolution des comportements de mobilité et prévoir l&amp;#039;impact d&amp;#039;un projet ou d&amp;#039;une politique de transport sont une nécessité pour les acteurs des territoires en charge des politiques d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema assiste les acteurs publics dans le développement et l&amp;#039;usage d&amp;#039;outils d&amp;#039;évaluation et d&amp;#039;aide à la décision.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA RÉPONSE DU CEREMA  :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema propose des interventions variées dans le domaine de la modélisation multimodale des déplacements :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Assistance à maîtrise d&amp;#039;ouvrage
  &lt;/strong&gt;
  &lt;br /&gt;
@@ -28945,151 +28601,151 @@
   Évaluation socio-économique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Diffusion de connaissances
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Élaboration de guides et fiches méthodologiques
  &lt;/li&gt;
  &lt;li&gt;
   Organisation de journées techniques d&amp;#039;échanges
  &lt;/li&gt;
  &lt;li&gt;
   Animation de réseaux techniques
  &lt;/li&gt;
  &lt;li&gt;
   Organisation et animation de formations
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/modelisation-multimodale-deplacements</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/08b5-modelisation-multimodale-des-deplacements/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>143360</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Apprendre à réaliser une Enquête Mobilité Certifiée Cerema (EMC²) - Formation</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Réaliser une Enquête Mobilité Certifiée Cerema (EMC²) - Formation</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les enquêtes ménages-déplacements alimentent les politiques publiques depuis la fin des années 1970.
  &lt;br /&gt;
  Initialement conçues pour les zones denses des grandes agglomérations (EMD), les enquêtes ont été déclinées dans les villes moyennes (Enquête Déplacements Villes Moyennes – EDVM) et les couronnes périurbaines (Enquête Déplacements Grands Territoires – EDGT).
  &lt;br /&gt;
  &lt;br /&gt;
  Aujourd&amp;#039;hui, ces méthodes ont été harmonisées pour n&amp;#039;en former qu&amp;#039;une seule : l&amp;#039;enquête mobilité certifiée Cerema (EMC2).
 Avec sa méthodologie modulable, elle s&amp;#039;adapte aux besoins des territoires et étend ses champs de construction de la connaissance.
 Elle continue d&amp;#039;être largement réalisée par les collectivités qui ont besoin de mettre à jour leurs indicateurs de planification et/ou leur modèle multimodaux de prévision de trafic.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS PÉDAGOGIQUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  A l&amp;#039;issue du module, les stagiaires doivent être en capacité de :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -29212,143 +28868,143 @@
 &lt;/p&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ACCESSIBILITÉ DE NOS FORMATIONS AUX PERSONNES EN SITUATION DE HANDICAP
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement, merci de contacter le référent handicap
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉLAIS D&amp;#039;ACCÈS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-realiser-enquete-mobilite-certifiee-cerema-emc2</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa26-formation-realiser-une-enquete-mobilite-certi/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>143361</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’efficacité et la sécurité des bus à haut niveau de service</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   VOTRE BESOIN :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de votre projet de bus à haut niveau de service (BHNS) par un organisme expert est importante pour garantir son bon fonctionnement. Si elle n&amp;#039;est pas obligatoire, tous les retours d&amp;#039;expériences montrent les bénéfices qu&amp;#039;elle amène.
 &lt;/p&gt;
 &lt;p&gt;
  Compétent en matière d&amp;#039;aménagements incluant tous types d&amp;#039;usagers (dont les personnes à mobilité réduite), le Cerema vous accompagne à chaque étape de votre démarche, de la conception à l&amp;#039;optimisation de votre ligne BHNS.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous avez un projet de création ou d&amp;#039;extension de ligne de BHNS ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez garantir un haut niveau de service et de sécurité routière ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous ambitionnez un meilleur partage de l&amp;#039;espace avec les modes actifs ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous envisagez des modifications pour optimiser une ligne existante ? Vous voulez évaluer sa qualité d&amp;#039;usage ?
  &lt;/li&gt;
@@ -29413,183 +29069,183 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Modifier ou optimiser les lignes BHNS en service
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Evaluation de la performance et du niveau de service de la ligne
  &lt;/li&gt;
  &lt;li&gt;
   Analyse de l&amp;#039;usage de la ligne (profils des usagers)
  &lt;/li&gt;
  &lt;li&gt;
   Conseil sur les choix d&amp;#039;optimisation pour un meilleur niveau de service, en intégrant tous les usagers (PMR y compris)
  &lt;/li&gt;
  &lt;li&gt;
   Expertise sécurité des modifications d&amp;#039;aménagements
  &lt;/li&gt;
  &lt;li&gt;
   Audits ou expertises ponctuelles (analyse de configurations accidentogènes, proposition d&amp;#039;actions correctives)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M149" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ILS NOUS FONT CONFIANCE :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Syndicat mixte des transports urbains du Grand Nouméa
    - TSCP Grand Nouméa : expertise sécurité (en phase projet)
  &lt;/li&gt;
  &lt;li&gt;
   Saint Brieuc Armor agglomération
    - BHNS de Saint-Brieuc (TEO) : missions d&amp;#039;évaluations du projet de BHNS à Saint-Brieuc
  &lt;/li&gt;
  &lt;li&gt;
   Ile-de-France mobilités
    - BHNS Massy-Saclay : Partenariat lDFMCerema pour un audit de sécurité de la ligne exploitée (audit sur l&amp;#039;infrastructure et sur les comportements)
  &lt;/li&gt;
  &lt;li&gt;
   Nantes métropole
    - Lignes Chronobus à Nantes : évaluation de la qualité d&amp;#039;usage des lignes Chronobus
  &lt;/li&gt;
  &lt;li&gt;
   Ile-de-France mobilités &amp;amp; EPA Sénart
    - TZen1 en Ile-de-France : diagnostic de sécurité de la ligne en exploitation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Cohésion sociale et inclusion
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/renforcer-efficacite-securite-bus-haut-niveau-service</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/06b7-renforcer-lefficacite-et-la-securite-des-bus-/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>143362</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Soutenir le développement d'une mobilité décarbonée</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Agir pour une mobilité décarbonée</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   VOTRE BESOIN
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif de neutralité carbone à horizon 2050 implique d&amp;#039;importants changements sur l&amp;#039;organisation des systèmes de transports, les usages et comportements, ainsi que les choix technologiques associés. Tous les leviers (report modal, taux de remplissage, efficacité énergétique, sobriété des déplacements) doivent être mobilisés, à la fois pour les voyageurs et les marchandises.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Expert public des mobilités, le Cerema accompagne le passage à l&amp;#039;action des collectivités dans le déploiement de solutions structurantes pour la mobilité décarbonée de tous, dans une dynamique vertueuse de réduction des émissions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA REPONSE DU CEREMA
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Du diagnostic des besoins de déplacements à la mise en place des services de mobilité les plus adaptés, le Cerema s&amp;#039;engage à vos côtés !
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Développer les modes actifs : vélo, marche
@@ -29676,176 +29332,176 @@
   Expérimentation de systèmes pour les autoroutes électriques
  &lt;/li&gt;
  &lt;li&gt;
   Conseil aux collectivités pour la transition des flottes de bus (potentiel d&amp;#039;usage des différentes motorisations, pertinence avec le réseau de transport).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Adapter les conditions d&amp;#039;usages des mobilités
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation des revêtements et voiries urbaines
  &lt;/li&gt;
  &lt;li&gt;
   Management de la mobilité ; adaptation des horaires et politiques temporelles des activités
  &lt;/li&gt;
  &lt;li&gt;
   Identification de la vulnérabilité des réseaux de transports.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Être accompagné pour préparer un projet MaaS sur votre territoire
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Créer des aménagements cyclables
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Organiser une logistique urbaine vertueuse
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Évaluer l&amp;#039;efficacité d&amp;#039;un service de mobilité autonome
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/agir-mobilite-decarbonee</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38c4-agir-pour-une-mobilite-decarbonee/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>143366</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Aménager des Pôles d'Echanges Multimodaux (PEM) en territoires peu denses et villes moyennes (formation)</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Description
  &lt;/strong&gt;
  &lt;br /&gt;
  Les pôles d&amp;#039;échanges multimodaux se développent dans les territoires à faible ou moyenne densité. Pôles d&amp;#039;échanges ferroviaires ou routiers, ce sont des lieux sources d&amp;#039;innovation pour les collectivités. Ils visent à rassembler, dans un endroit stratégique du territoire, différents services de mobilités, les rendant ainsi particulièrement visibles dans les territoires.
  &lt;br /&gt;
  &lt;br /&gt;
  Avec la prise de compétence AOM des communautés de communes, beaucoup d&amp;#039;entre elles cherchent à mettre en place des services de mobilité, et à les structurer par l&amp;#039;aménagement de « petits » pôles d&amp;#039;échanges.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette formation vise à former les collectivités aux fondamentaux nécessaires pour aménager ces pôles d&amp;#039;échanges sur le territoire : où les implanter, quels services y inclure, quels aménagements prévoir ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
   Objectifs pédagogiques
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Définir les enjeux d&amp;#039;un pôle d&amp;#039;échanges selon le contexte territorial
  &lt;/li&gt;
@@ -29880,138 +29536,138 @@
  &lt;br /&gt;
  Aucun prérequis
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Outils pédagogiques
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   exposés théoriques
  &lt;/li&gt;
  &lt;li&gt;
   apports techniques
  &lt;/li&gt;
  &lt;li&gt;
   retours d&amp;#039;expériences
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-amenager-poles-echanges-multimodaux-territoires</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c84d-amenager-des-poles-dechanges-multimodaux-pem-/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>143379</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Evaluer la sécurité des aménagements pour l'insertion urbaine des tramways</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 2003, la réglementation impose aux Autorités Organisatrices de la Mobilité (AOM) de faire évaluer leurs projets de tramways (et autres transports guidés) par un Organisme Qualifié Agréé (OQA) indépendant.
  &lt;br /&gt;
  &lt;br /&gt;
  En qualité d&amp;#039;OQA insertion urbaine, le Cerema est en mesure d&amp;#039;évaluer la sécurité des personnes transportées (passagers, conducteurs...) et des tiers (usagers de l&amp;#039;espace public) en interface avec la circulation du tramway.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous avez un projet de création ou d&amp;#039;extension de ligne de tramway ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous cherchez un OQA pour évaluer la sécurité des aménagements de voirie et des espaces publics ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez réaliser un aménagement qui va impacter une ligne existante (modification substantielle ou non) ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous rencontrez des problématiques de sécurité sur votre réseau ?
@@ -30083,169 +29739,169 @@
 &lt;p&gt;
  Évaluation des modifications ou optimisations
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   rapports d&amp;#039;expertise dans le cadre de modifications substantielles
  &lt;/li&gt;
  &lt;li&gt;
   avis dans le cadre de modifications non substantielles.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Réalisation de diagnostics ou d&amp;#039;expertises ponctuelles
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   analyse de configurations accidentogènes
  &lt;/li&gt;
  &lt;li&gt;
   proposition d&amp;#039;actions pour améliorer le niveau de sécurité ou de service.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M151" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Saint-Etienne métropole
   &lt;/strong&gt;
   : Prolongement de la troisième ligne de tramway de Saint-Etienne entre la gare de Châteaucreux et la rue Bergson avec desserte du stade Geoffroy Guichard
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Métropole Nice Côte d&amp;#039;Azu
   &lt;/strong&gt;
   r : Création de la troisième ligne du tramway de Nice entre la Digue des Français et le terminus Saint-Isidore
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    CGL aménagement
   &lt;/strong&gt;
   : Modification de deux carrefours à feux situés sur la deuxième ligne du tramway de Montpellier
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    STRMTG
   &lt;/strong&gt;
   : Etude de sécurité, avant et après aménagement, sur 10 carrefours accidentogènes situés sur des réseaux de tramways de plusieurs villes françaises
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Grand Lyon, Keolis &amp;amp; Sytral
   &lt;/strong&gt;
   : Expertise Cerema pour les manoeuvres problématiques de tourne-à-gauche VL / tramways gérées par feux R24 ou R14 sur l&amp;#039;avenue Berthelot à Lyon.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/evaluer-securite-amenagements-insertion-urbaine-tramways</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a72c-evaluer-la-securite-des-amenagements-pour-lin/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>143405</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Former sur les diagnostics de sécurité des passages à niveau - en distanciel (Formation)</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Recherche</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les passages à niveaux (PN) sont les points de rencontre entre une voie ferrée et une route dont la gestion relève de mode très différents et représentent en conséquence des zones à forts risques.
 &lt;/p&gt;
 &lt;p&gt;
  La circulaire du 11 juillet 2008 relative à la sécurité des PN a permis le lancement d&amp;#039;une campagne de diagnostics de sécurité dans le but d&amp;#039;évaluer les risques et d&amp;#039;étudier des pistes d&amp;#039;amélioration pour la sécurité au niveau des passages à niveau.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3 mai 2019 un plan d&amp;#039;action national de la sécurisation des passages à niveau a été émis par la Ministre des transports (plan Borne).
 &lt;/p&gt;
 &lt;p&gt;
  Le 24 décembre 2019, la LOM (loi d&amp;#039;orientation des mobilités) impose la réalisation par le gestionnaire de voirie, en coordination avec le gestionnaire ferroviaire, du diagnostic de sécurité routière des passages à niveau.
 &lt;/p&gt;
 &lt;p&gt;
  Pour compléter ces changements, dans le but de répondre à la demande indiquée dans le plan d&amp;#039;action national, le document de diagnostic et sa méthodologie ont été mis en place à travers le décret du 6 avril 2021 puis de l&amp;#039;arrêté du 3 mai 2021.
 &lt;/p&gt;
 &lt;h4&gt;
  Objectifs pédagogiques
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Renseigner le document de diagnostic de sécurité des PN
  &lt;/li&gt;
  &lt;li&gt;
   Connaître et évaluer les informations liées à la sécurité routière au niveau du PN (visibilité, lisibilité, prises en compte des modes actifs, etc.)
@@ -30338,151 +29994,151 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Modalités d&amp;#039;évaluation
 &lt;/h3&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;h3&gt;
  Accessibilité de nos formations aux personnes en situation de handicap
 &lt;/h3&gt;
 &lt;p&gt;
  Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement, merci de contacter le référent handicap
 &lt;/p&gt;
 &lt;h3&gt;
  Délais d&amp;#039;accès
 &lt;/h3&gt;
 &lt;p&gt;
  En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Education et renforcement des compétences
 Appui méthodologique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Sécurité</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-diagnostics-securite-passages-niveau-distanciel</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4d3f-former-sur-les-diagnostics-de-securite-des-pa/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>143852</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Répartir entre les communes (moins de 10 000 habitants)  les recettes des amendes de police</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Répartition entre les communes de moins de 10 000 habitants de recettes procurées par le relèvement du produit des amendes de police</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I154" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 50</t>
         </is>
       </c>
-      <c r="J154" s="1" t="inlineStr">
+      <c r="J153" s="1" t="inlineStr">
         <is>
           <t>Potentiel financier de la commune SUPERIEUR  à 180.000 € soit 30% d&amp;#039;une dépense subventionnable plafonnée à 40.000€ HT  Potentiel financier de la commune INFERIEUR  à 180.00 € soit 50% d&amp;#039;une dépense subventionnable plafonnée à 40.000€ HT</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;
  Les sommes allouées en application des articles R. 2334-10 et R. 2334-11 du Code Général des Collectivités Territoriales sont utilisées au financement des opérations suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les transports en commun :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aménagements et équipements améliorant la sécurité des usagers, l&amp;#039;accueil du public, l&amp;#039;accès aux réseaux, les liaisons entre réseaux et avec les autres modes de transport ;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de voirie / route, équipements destinés à une meilleure exploitation des réseaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Equipements assurant l&amp;#039;information des usagers, l&amp;#039;évaluation du trafic et le contrôle des titres de transport.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour la circulation routière :
  &lt;/strong&gt;
@@ -30520,510 +30176,510 @@
   Communes de moins de 10 000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   EPCI de moins de 10 000 habitants ayant une triple compétence en matière de voirie communale, transports en communs et parcs de stationnement
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une délibération du Conseil Municipal récente validée par la Préfecture, approuvant le projet, validant le plan de financement, autorisant le(la) maire à solliciter une subvention ;
  &lt;/li&gt;
  &lt;li&gt;
   Une notice explicative et détaillée des travaux projetés,
  &lt;/li&gt;
  &lt;li&gt;
   Un plan de situation clair ;
  &lt;/li&gt;
  &lt;li&gt;
   Un devis détaillé du projet.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf) &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/DIST/test_martine.pdf" title="test mar" target="_self"&gt;https://docs-aides.hauteloire.fr/DIST/test_martine.pdf&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="M154" s="1" t="inlineStr">
+&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf) &lt;/a&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M153" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagement de places de stationnement
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de traversée de bourg
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition et installation de radar pédagogique
  &lt;/li&gt;
  &lt;li&gt;
   Réfection de murs de soutènement
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Revitalisation
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10 000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   EPCI de moins de 10.000 habitants ayant une triple compétence en matière de voirie communale, transports en commun et parcs de stationnement
  &lt;/li&gt;
  &lt;li&gt;
   Seuil minimum de la subvention est fixée à 3.000 €
  &lt;/li&gt;
  &lt;li&gt;
   La commune doit être Maître d&amp;#039;Ouvrage de ses travaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://docs-aides.hauteloire.fr/amendes_de_police/rglt_amendes_police.pdf</t>
         </is>
       </c>
-      <c r="W154" s="1" t="inlineStr">
+      <c r="W153" s="1" t="inlineStr">
         <is>
           <t>https://docs-aides.hauteloire.fr/amendes_de_police/form_demande_amendes_police.pdf</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction des Services Techniques (DIST)
 &lt;/p&gt;
 &lt;p&gt;
  Service Administration
 &lt;/p&gt;
 &lt;p&gt;
  Coordination Interne
 &lt;/p&gt;
 &lt;p&gt;
  Françoise MARTIN
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.42.46
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:dist.sa-secretariat&amp;#64;hauteloire.fr" target="_self"&gt;
   dist.sa-secretariat&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cdab-repartir-entre-les-communes-de-moins-de-10-00/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>144505</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Participer au financement des études structurantes des territoires de projets</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I154" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J155" s="1" t="inlineStr">
+      <c r="J154" s="1" t="inlineStr">
         <is>
           <t>Plafond de dépense subventionnable : 100.000€ HT</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études structurantes des territoires portées à l’échelle d’un EPCI, d’un PETR ou d’un groupement d’EPCI peuvent être subventionnées lorsqu’elles répondent à :&lt;br /&gt;- des objectifs de cohésion et de développement des territoires,&lt;br /&gt;- la mise en œuvre de la territorialisation de stratégies départementales (hors études relevant de règlements sectoriels - tourisme, la mobilité, le transport, et les schémas directeurs cyclables éligibles…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espace public
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Accès aux services
 Risques naturels
 Equipement public
 Accessibilité
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etudes reconnues comme structurantes dépassant le cadre d&amp;#039;un seul EPCI ou engagées à l&amp;#039;échelle d&amp;#039;un CRTE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d6f-participer-au-financement-des-etudes-structur/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>144506</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Participer au financement des études de planification urbaine</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J156" s="1" t="inlineStr">
+      <c r="J155" s="1" t="inlineStr">
         <is>
           <t>Montant de la subvention : 25.000€</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les études de planification urbaine à caractère intercommunal peuvent prétendre à une aide départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Commerces et services
 Risques naturels
 Equipement public
 Accessibilité
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etudes de planification urbaine ayant un caractère intercommunal.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9ac7-participer-au-financement-des-etudes-de-plani/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>144547</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M157" s="1" t="inlineStr">
+      <c r="M156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -31066,158 +30722,158 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W157" s="1" t="inlineStr">
+      <c r="W156" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>150687</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -31258,355 +30914,355 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>151703</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Accompagnements de la DDT 53</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>DDT de Mayenne</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment, l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
  &lt;/li&gt;
  &lt;li&gt;
   la prévention des risques,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;habitat, le logement social et la rénovation urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
   vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Alimentation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités et autres acteurs situés en Mayenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Mayenne</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse du service territorial (Référents territoriaux)
  :
  &lt;strong&gt;
   &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
    ddt-st&amp;#64;mayenne.gouv.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>152160</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Aider à la création d'aménagements de sécurité routière</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>AMÉNAGEMENTS DE SÉCURITÉ ROUTIÈRE</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I159" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J160" s="1" t="inlineStr">
+      <c r="J159" s="1" t="inlineStr">
         <is>
           <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Participer au travers de la répartition du produit des amendes de police (article R2334-12 du code général des collectivités territoriales) à l&amp;#039;aménagement des équipements améliorant la sécurité des usagers des transports en commun et des voiries.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  communes de moins de 10.000 habitants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagement de passage piéton sécurisé rue des Lilas
  &lt;/li&gt;
  &lt;li&gt;
   Installation de feux tricolores à l&amp;#039;intersection de la rue de la Mairie
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une zone de stationnement pour les usagers du parc municipal
  &lt;/li&gt;
  &lt;li&gt;
   Étude de circulation pour la sécurisation de la RD 75
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de plateaux ralentisseurs sur la rue de l&amp;#039;École
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un carrefour sécurisé rue des Cerisiers
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un chemin piétonnier le long de la RD 200
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation de l&amp;#039;aire d&amp;#039;accueil des camions sur la RD 42
@@ -31622,62 +31278,62 @@
  &lt;/li&gt;
  &lt;li&gt;
   Étude de sécurité routière pour la RD 150
  &lt;/li&gt;
  &lt;li&gt;
   Création de zones 30 dans les quartiers résidentiels
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un passage surélevé à l&amp;#039;intersection de la rue Principale
  &lt;/li&gt;
  &lt;li&gt;
   Installation de dos d&amp;#039;âne pour réduire la vitesse rue des Érables
  &lt;/li&gt;
  &lt;li&gt;
   Étude de sécurité pour la RD 55 et la RD 220
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de carrefours sécurisés rue de la Gare
  &lt;/li&gt;
  &lt;li&gt;
   Installation de feux tricolores aux intersections de la RD 30
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -31791,341 +31447,341 @@
      &lt;p&gt;
       Taux communal ou intercommunal pour les travaux sur ou le long de voie communale
       &lt;br /&gt;
       &lt;br /&gt;
       &lt;br /&gt;
       &lt;br /&gt;
      &lt;/p&gt;
      &lt;p&gt;
       Taux communal ou intercommunal bonifié (&amp;#43;10%) pour les travaux sur ou le long de routes départementales
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       - Dépense subventionnable plafonnée à 300 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  Pour les travaux dont l&amp;#039;emprise est susceptible de concerner le domaine public départemental (routes, espaces publics,...), le maître d&amp;#039;ouvrage devra obligatoirement prendre contact avec les services du pôle aménagement et mobilité du Conseil départemental, afin de l&amp;#039;associer le plus en amont possible aux réflexions portant sur la conception du projet, et de solliciter une convention de maîtrise d&amp;#039;ouvrage ou une permission de voirie suivant les cas.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W160" s="1" t="inlineStr">
+      <c r="W159" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4293-aider-a-lamelioration-de-la-qualite-de-la-dis/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>152912</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Financer un projet d'investissement communal ou intercommunal</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de Lot-et-Garonne</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I161" s="1" t="inlineStr">
+      <c r="I160" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 25</t>
         </is>
       </c>
-      <c r="J161" s="1" t="inlineStr">
+      <c r="J160" s="1" t="inlineStr">
         <is>
           <t>Taux variable</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Facil vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Architecture
 Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Inclusion numérique
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T160" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>Lot-et-Garonne</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>http://www.lotetgaronne.fr</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Info Maires 47 :
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
   infomaires47&amp;#64;lotetgaronne.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>154990</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Aider au financement de travaux liés à l’amélioration de la sécurité routière</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>FONDS D’ACTION LOCALE (FAL)</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I162" s="1" t="inlineStr">
+      <c r="I161" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider au financement de travaux liés à l&amp;#039;amélioration de la sécurité routière (dotation
 de l&amp;#039;État provenant du produit des amendes de police affecté par le Préfet sur proposition de
 la Commission Permanente du Département).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   EPCI dont la population est inférieure à 10.000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Étude et mise en œuvre de plans de circulation
  &lt;/li&gt;
  &lt;li&gt;
   Installation et développement de signaux lumineux
@@ -32149,3573 +31805,1400 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plancher/plafond :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de
   dépenses : 1.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses : 130.000€ HT par dossier et par maître d&amp;#039;ouvrage
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut présenter plus de 2 demandes
 de subvention.
 L&amp;#039;avis technique de la direction des routes sera sollicité pour l&amp;#039;instruction du dossier.
 L&amp;#039;aide est non cumulable avec celle à la voirie communale.
 Le versement de la subvention est effectué par les services préfectoraux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T161" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/fonds-daction-locale/</t>
         </is>
       </c>
-      <c r="W162" s="1" t="inlineStr">
+      <c r="W161" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4375-modele/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-[...2173 lines deleted...]
-      <c r="A176" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>162730</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de services et mobilités en montagne</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Services et mobilités en montagne</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Formation professionnelle
 Biodiversité
 Equipement public
 Bâtiments et construction
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P176" s="1" t="inlineStr">
+      <c r="P162" s="1" t="inlineStr">
         <is>
           <t>30/05/2024</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
 &lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>162815</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Développer l'industrie des Véhicules Intermédiaires (eXtrême Défi)</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Industrie des Véhicules Intermédiaires (eXtrême Défi)</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les projets éligibles à cet AAP concernent la fabrication, l’innovation portant sur des véhicules intermédiaires (catégories VAE et L).&lt;br /&gt;Le présent AAP est ouvert aux entreprises de toute taille présentant un projet susceptible de relever d’un ou plusieurs des 4 volets suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 : Projets de développement et d’assemblage de véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir les projets de développement des capacités industrielles ainsi que l’installation de nouvelles usines ou lignes de production pour assembler des véhicules intermédiaires et gagner en compétitivité sur le marché de l’assemblage de ces véhicules. Les porteurs chercheront à industrialiser des familles de véhicule intermédiaires conçu à partir d’une base roulante commune pour des applications de transport de personne et de marchandises. Les projets pourront viser la mise en œuvre de capacité d&amp;#039;ingénierie et d’assemblage pour plusieurs constructeurs sur demande et sur des petites séries.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 : Projets de production des principaux composants « stratégiques » et équipements pour véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir les investissements industriels permettant de développer et accroitre les capacités de production des pièces détachées (composants) ou équipements des véhicules intermédiaires pour lesquels il existe un potentiel de relocalisation et de compétitivité du marché européen (exemples non exhaustifs : roues, cadre, fourche, plateaux, pédaliers, freins, moteurs, moyeux, remorques, batteries, etc.).&lt;br /&gt;Ces pièces et équipements devront chercher à être le plus standard et interopérable possible, en s’inscrivant notamment dans une démarche de coopétition avec la filière. Il sera visé en priorité les composants « stratégiques » tels qu’explicité dans le texte de l&amp;#039;appel.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 3 : Projets d’éco-conception et d’amélioration de l’impact environnemental du cycle de vie des véhicules intermédiaires et des équipements associés&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir des projets d’investissement permettant aux entreprises de renforcer leurs capacités à produire des véhicules intermédiaires éco-conçus, réparables, recyclables et reconditionnables (surcyclables) afin d&amp;#039;accompagner la transition de la filière vers l’économie circulaire et d’encourager des investissements en faveur du recyclage, du réemploi des déchets et d’une baisse de la pression sur les ressources. Les projets auront pour but d’alléger l’empreinte environnementale des pièces et composants de véhicules intermédiaires et des processus de fabrication associés.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 4 : Briques technologiques et démonstrateurs de solutions innovantes directement adossées aux véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir des projets de recherche et de développement ou de premiers démonstrateurs de solutions innovantes portés par des start-ups ou des industriels. Les projets devront être en lien direct avec l’industrialisation du véhicule intermédiaire ou de ses composants, ou avec les éléments physiques et des équipements. Les projets peuvent contribuer à favoriser l’innovation dans les procédés industriels, les matériaux, les utilisations et les solutions digitales pour renforcer la compétitivité, la durabilité du secteur et développer une ingénierie du cycle basée sur des compétences et un savoir-faire spécifique. Les projets ayant une composante collaborative forte, associant notamment des start-ups, des PME, des ETI ou des partenaires de recherche et des universités, et, si besoin, des collectivités territoriales, feront l’objet d’une attention spécifique, tout comme les projets qui privilégieront un partage des objectifs et des résultats au sein de la filière industrielle naissante (notion de « bien commun » décrite dans les critères de sélection).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/industrie-des-vehicules-intermediaires-extreme-defi/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>162824</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
         </is>
       </c>
-      <c r="C178" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I178" s="1" t="inlineStr">
+      <c r="I164" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J178" s="1" t="inlineStr">
+      <c r="J164" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M178" s="1" t="inlineStr">
+      <c r="M164" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>162836</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Soutient un programme de lutte contre l'insécurité routière, qui demeure préoccupante en Île-de-France</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Plan route de demain : Sécurité routière</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>La Région soutient un programme de lutte contre l&amp;#039;insécurité routière, qui demeure préoccupante en Île-de-France. Ce programme porte sur l&amp;#039;infrastructure, la protection des usagers les plus vulnérables et la sécurisation des passages à niveaux.&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R165" s="1" t="inlineStr">
         <is>
           <t>&lt;table&gt;&lt;colgroup&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;/colgroup&gt;&lt;tbody&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Études&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Zones accumulations d’accidents&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Opérations issues d’études&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Zones d’entrée d’agglomérations&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Obstacles latéraux&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Carrefours en campagne&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Sécurité des usagers vulnérables&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;État&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;Départements&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;EPCI&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;Syndicats mixtes&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;Communes&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;br /&gt; &lt;strong&gt;Pour les études et les actions sur l’infrastructures :&lt;/strong&gt; la Région participe à hauteur de 50% de la dépense supportée par le maître d’ouvrage &lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour les actions visant à renforcer la sécurité des usagers les plus vulnérables : &lt;/strong&gt;la Région participe à hauteur de 30% de la dépense supportée par le maître d’ouvrage.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Les études de sécurité routière &lt;/strong&gt;pour identifier et traiter les anomalies des infrastructures prenant en compte tous les usages de la route.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les actions portant sur l’infrastructure&lt;/strong&gt; pour traiter : &lt;br /&gt;- Les zones d’accumulation d’accidents répertoriées, issues d’une étude de sécurité,&lt;br /&gt;- Les zones de transition en entrée d’agglomération,&lt;br /&gt;- Les obstacles latéraux,&lt;br /&gt;-  Les carrefours à visibilité insuffisante en rase campagne.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le développement des actions visant à renforcer la sécurité des usagers les plus vulnérables et à limiter les comportements à risque,&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le soutien à la sécurisation des passages à niveau.&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;  &lt;p&gt;Par ailleurs, la Région souhaite &lt;strong&gt;faciliter les échanges des bonnes pratiques entre les maîtres d’ouvrage.&lt;/strong&gt; À ce titre, sur la base des évaluations demandées aux maîtres d’ouvrage, des réunions techniques seront organisées régulièrement.&lt;/p&gt;&lt;span&gt;&lt;/span&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-securite-routiere</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-securite-routiere-1/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>162837</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l'environnement</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Plan route de demain : PEMR, voies réservées et aires de covoiturage</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour les PEMR et aires de covoiturage : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicats mixtes,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ville de Paris.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;Pour les v&lt;span&gt;oies réservées : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conditions :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Sans plafond pour les PEMR et les voies réservées,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dans la limite de 1.000€ par place pour les aires de covoiturage.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Financement des équipements collectifs suivants, à condition qu&amp;#039;ils soient situés sur ou à proximité immédiate du réseau routier d’intérêt régional :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es pôles d’échanges multimodaux routiers (PEMR),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es aires de covoiturage d’au moins 5 places,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Les voies réservées.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage-1/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>162838</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l’environnement</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Plan route de demain : Innovation</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Collectivités locales,&lt;/li&gt;&lt;li&gt;État,&lt;/li&gt;&lt;li&gt;Établissements publics,&lt;/li&gt;&lt;li&gt;Universités et organismes de recherche,&lt;/li&gt;&lt;li&gt;Entreprises au sens du droit européen,&lt;/li&gt;&lt;li&gt;Associations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;strong&gt;Pour les collectivités locales et l’État :&lt;/strong&gt;&lt;br /&gt;Le taux de financement est de 50% des dépenses subventionnables, non plafonnées.&lt;p&gt;&lt;br /&gt;&lt;strong&gt;Pour les entreprises :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Le calcul de l’aide sera établi selon la réglementation en vigueur à la date d&amp;#039;attribution, relative aux aides à la recherche, au développement et à l&amp;#039;innovation, prise notamment sur la base du règlement général d&amp;#039;exemption par catégorie.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le taux de financement maximum est de 50% des dépenses subventionnables, non plafonnées.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Les projets soutenus doivent s’intégrer à la liste des thématiques liées :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;À l’infrastructure routière,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;À&lt;/span&gt;&lt;span&gt; l’exploitation,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aux véhicules,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aux usages, aux services et au management de la mobilité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Ces thématiques sont détaillées dans l&amp;#039;annexe 4 à &lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CR2022-021%22" target="_blank"&gt;la délibération n° CR 2022-021 &lt;/a&gt;&lt;/span&gt;&lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CR2022-021%22" target="_blank"&gt;«&lt;/a&gt;&lt;span&gt;&lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CR2022-021%22" target="_blank"&gt;Route de demain ».&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-innovation</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-innovation-1/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>162840</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Renforcer la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Plan route de demain: Amélioration de la desserte des lycées et des îles de loisirs</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La Région renforce la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;L’aide est intégrée à l’article 3 du dispositif « maîtrise de la mobilité » dont les bénéficiaires sont : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Collectivités locales,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;É&lt;/span&gt;&lt;span&gt;tat,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La participation maximale sera égale à 70% de la dépense HT supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La participation financière de la Région s’applique aux opérations d’infrastructure visant à favoriser la desserte par les transports en commun des grands établissements régionaux suivants :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les lycées d&amp;#039;enseignement général, technologique et professionnel et les établissements d&amp;#039;éducation spéciale,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les îles de loisirs.&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Peuvent être soutenus : les aménagements de voirie en faveur des transports en commun, dans un périmètre de 300m autour des accès principaux de ces établissements.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-amelioration-de-la-desserte-des-lycees-et-des-iles-de-loisirs</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-amelioration-de-la-desserte-des-lycees-et-des-iles-de-loisirs-1/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>162841</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l'environnement</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Plan route de demain : Agences locales de mobilité et Plans de mobilité</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Collectivités locales,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;État,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Universités et organismes de recherche,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises au sens du droit européen,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Agences locales de mobilité (ALM) :&lt;/strong&gt; financement des dépenses d&amp;#039;investissement relatives aux études de faisabilité, à l&amp;#039;investissement initial et au budget de fonctionnement, sur une période de 3 ans.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Plans de mobilité :&lt;/strong&gt; financement des dépenses d’investissement et de fonctionnement relatives aux études et plans d’actions des :&lt;br /&gt;&lt;/span&gt;&lt;span&gt;- Plans de mobilité lycées et campus universitaires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Plans de mobilité visés par l’article L. 1214-8-2 du Code des transports, à condition qu’il s’agisse de plans inter-entreprises.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Retrouvez plus d’informations sur l’espace en ligne &lt;a href="http://www.iledefrance.fr/promobilite"&gt;Pro’Mobilité&lt;/a&gt;&lt;/span&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/span&gt;&lt;strong&gt;Agences locales de mobilité (ALM) :&lt;/strong&gt;&lt;span&gt; vous devez déposer sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; &lt;span&gt;un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Plans de mobilité :&lt;/strong&gt; vous devez transmettre votre dossier à &lt;a target="_blank"&gt;pro.mobilite&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-agences-locales-de-mobilite-et-plans-de-mobilite</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;span&gt;&lt;a target="_blank"&gt;pro.mobilite&amp;#64;iledefrance.fr &lt;/a&gt;&lt;/span&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-agences-locales-de-mobilite-et-plans-de-mobilite-1/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>162938</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C170" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P184" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q170" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>162966</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>162980</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Développer des mobilités alternatives et durables</t>
         </is>
       </c>
-      <c r="C186" s="1" t="inlineStr">
+      <c r="C172" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Fiche 3 - FEDER</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I186" s="1" t="inlineStr">
+      <c r="I172" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J186" s="1" t="inlineStr">
+      <c r="J172" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers&lt;/span&gt;&lt;span&gt;,
 territoire périurbain mais aussi rural, la mobilité est essentiellement vécue
 comme une pratique individuelle, ancrée dans le quotidien et consommatrice
 d’énergies fossiles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les déplacements se font majoritairement vers les
 pôles urbains extérieurs au territoire et subissent les phénomènes de
 congestion (notamment pour les actifs en trajet domicile /travail) et
 l’augmentation des coûts de l’énergie même si le développement du télétravail
 est aussi un élément influant sur les pratiques de mobilité pendulaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives à la voiture pour désenclaver les secteurs et
 les pratiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Rendre plus durables les pratiques de mobilité&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M186" s="1" t="inlineStr">
+      <c r="M172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Développement des
 pistes cyclables et de leurs aménagements favorisant notamment la mobilité du
 quotidien&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures, équipements,
 services et solutions de mobilités multimodales, collectives ou solidaires&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures de
 recharges décarbonés pour la mobilité des voyageurs et des marchandises&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner le
 territoire dans la mise en place d’un Contrat Opérationnel de Mobilité (COM)&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P186" s="1" t="inlineStr">
+      <c r="P172" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q186" s="1" t="inlineStr">
+      <c r="Q172" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-preservation-des-ressources-naturelles-locales/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>162982</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C187" s="1" t="inlineStr">
+      <c r="C173" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I187" s="1" t="inlineStr">
+      <c r="I173" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -35758,581 +33241,581 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P187" s="1" t="inlineStr">
+      <c r="P173" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q187" s="1" t="inlineStr">
+      <c r="Q173" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T187" s="1" t="inlineStr">
+      <c r="T173" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>163008</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Développer des mobilités durables adaptées aux besoins des habitants</t>
         </is>
       </c>
-      <c r="C188" s="1" t="inlineStr">
+      <c r="C174" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F188" s="1" t="inlineStr">
+      <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I188" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J188" s="1" t="inlineStr">
+      <c r="J174" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Développer des mobilités durables adaptées aux besoins des habitants &lt;/em&gt;&lt;/strong&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis, par sa position
 géographique et ses caractéristiques socio-économiques, est un territoire qui
 génère de nombreux déplacements domicile/travail internes et externes. Par
 ailleurs, nombre d’habitants, du fait du caractère rural ou péri-urbain du
 territoire, sont dépendants de la voiture pour accéder aux services essentiels.
 Ces flux sont en grande majorité faits en voiture individuelle, occasionnant
 des problèmes de trafic routier, de nuisances environnementales, d&amp;#039;accès à
 l’emploi ou d’isolement en cas d’absence de véhicule… Le Pays d’Ancenis doit
 relever le défi d’une mobilité alternative et innovante, en mettant l’accessibilité
 et la proximité au cœur de son développement&lt;/span&gt;. &lt;font face="Arial Narrow, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire
      l’autosolisme en développant des modes de déplacement plus vertueux pour
      l’environnement en complémentarité avec les autorités organisatrices de
      mobilité&lt;/li&gt;&lt;li&gt;Expérimenter
      et développer des mobilités alternatives adaptées au territoire et
      différenciées selon les espaces (hameaux, bourgs, centres-villes) en
      promouvant les solutions innovantes (covoiturage, libre-service, mobilité
      solidaire, par exemple)&lt;/li&gt;&lt;li&gt;Faciliter
      et accompagner le changement de pratiques de déplacement&lt;/li&gt;&lt;li&gt;Sécuriser
      la pratique des mobilités actives en développant ses infrastructures pour
      favoriser le report modal sur les trajets courts et améliorer
      l’intermodalité&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M188" s="1" t="inlineStr">
+      <c r="M174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans le
 domaine des mobilités : études stratégiques, diagnostics préalables,
 études de faisabilité, études de marchés, schémas des mobilités, plans de
 déplacements, par exemple&lt;/li&gt;&lt;li&gt;Expérimentations de solutions de mobilités alternatives, actions
      de sensibilisation, d’animation et de communication et organisation
      d’évènements pour la promotion des transports alternatifs afin de limiter
      le recours aux véhicules individuels, notamment ceux utilisant les
      énergies fossiles (par exemple véhicules mutualisés entre communes type
      bus ou minibus, véhicules électriques en libre-service, ateliers de
      réparation, services de sécurisation des usagers du vélo)&lt;/li&gt;&lt;li&gt;Actions pour le développement d’une mobilité solidaire
      (covoiturage, réseau mobilité, transports solidaires, garages solidaires,
      par exemple)&lt;/li&gt;&lt;li&gt;Travaux de construction, de rénovation et d’équipements pour le
 développement des mobilités vertueuses (dont voies cyclables, équipements en
 bornes électriques, par exemple) et des projets multimodaux dans une logique
 d’intérêt communautaire&lt;/li&gt;&lt;li&gt;Travaux de construction, rénovation et d’équipements pour le
 développement de transports solidaires (point stop, covoiturage dynamique, par
 exemple)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P188" s="1" t="inlineStr">
+      <c r="P174" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q188" s="1" t="inlineStr">
+      <c r="Q174" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R188" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T188" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-dynamique-culturelle-et-sportive-au-service-des-besoins-des-habitants/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>163014</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M189" s="1" t="inlineStr">
+      <c r="M175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>163043</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C176" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F190" s="1" t="inlineStr">
+      <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I176" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie sociale et solidaire
 Accessibilité
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>163142</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M191" s="1" t="inlineStr">
+      <c r="M177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -36341,424 +33824,424 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R191" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W191" s="1" t="inlineStr">
+      <c r="W177" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>163154</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Aider la flotte fluviale à réduire ses impacts environnementaux et à s’adapter aux changements climatiques</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Plan d’aides à la modernisation et à l’innovation de la flotte (PAMI)</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce Plan d’aide est une réponse aux &lt;strong&gt;grands enjeux de la flotte fluviale &lt;/strong&gt;et comprend des mesures conçues afin d’atteindre les objectifs environnementaux et logistiques listés ci-dessous.&lt;/p&gt;&lt;p&gt;Pour candidater : les &lt;strong&gt;demandes d&amp;#039;aide sont à déposer exclusivement en ligne sur la plateforme web dédiée&lt;/strong&gt; de Voies Navigables de France :&lt;br /&gt;&lt;a target="_blank" href="https://portail-pami-connect.vnf.fr"&gt;PAMI Connect&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le PAMI s’articule en quatre volets d’aides :&lt;/p&gt;&lt;p&gt;Volet A&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance environnementale&lt;/strong&gt; de la flotte&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Réduire la consommation&lt;/strong&gt; en carburant, les émissions et rejets polluants&lt;/li&gt;&lt;li&gt;Encourager le &lt;strong&gt;recours à des énergies renouvelables&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimiser la gestion des énergies&lt;/strong&gt; à bord&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet B&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mieux &lt;strong&gt;intégrer le maillon fluvial aux chaînes logistiques&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Capter de nouveaux trafics&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Consolider la desserte fluviale&lt;/strong&gt; des ports maritimes&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance logistique&lt;/strong&gt; de la flotte fluviale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet C&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Accompagner le renouvellement&lt;/strong&gt; des acteurs et de la filière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet D&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Favoriser l’émergence des solutions innovantes&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P192" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q192" s="1" t="inlineStr">
+      <c r="Q178" s="1" t="inlineStr">
         <is>
           <t>01/10/2027</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/plan-daides-la-modernisation-et-linnovation-de-la-flotte-pami</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-daides-a-la-modernisation-et-a-linnovation-de-la-flotte-pami/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>163169</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Développer les mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité</t>
         </is>
       </c>
-      <c r="C193" s="1" t="inlineStr">
+      <c r="C179" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Des mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité.</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I193" s="1" t="inlineStr">
+      <c r="I179" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="J193" s="1" t="inlineStr">
+      <c r="J179" s="1" t="inlineStr">
         <is>
           <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La mobilité dans le Pays du Bessin au Virois est très dépendante de l&amp;#039;automobile.
 Cette situation renforce la vulnérabilité des publics fragiles ou isolés et n&amp;#039;est pas soutenable à
 terme compte tenu des enjeux climatiques et énergétiques.
 Par ailleurs, le développement des alternatives doit s&amp;#039;articuler avec la préservation des
 espaces naturels et agricoles (consommation de foncier).
 Cette fiche vise à soutenir l&amp;#039;émergence de solutions de mobilité décarbonées, accessibles à
 tou.te.s, mais également de dispositifs permettant de réduire les déplacements subis ou
 contraints dans une logique de sobriété. Les objectifs poursuivis font échos à 10 axes du
 SRADDET, en particulier l’objectif 44 qui traite des nouvelles pratiques de mobilité.
 Naturellement, cette fiche action prend en compte les constats du GIEC normand et se veut
 répondre aux problématiques de la pollution de l’air et les inégalités d’accès aux services de
 soins.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives aux modes de déplacements individuels et carbonés
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organiser les déplacements contraints
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Garantir l&amp;#039;accès à la mobilité pour tou.te.s.
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planifier l&amp;#039;offre de mobilité à une plus grande échelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M193" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation et animation de schémas globaux de déplacements dans les EPCI et entre les EPCI ;
 &lt;/li&gt;&lt;li&gt;Création/renforcement de &amp;#34;pôles de mobilité&amp;#34; de proximité, regroupant les offres alternatives ;
 &lt;/li&gt;&lt;li&gt;Création ou développement de plateformes de réservation en ligne et de partage de solutions de mobilité ;
 &lt;/li&gt;&lt;li&gt;Développement de lignes de transports collectifs intra et inter communautaires (EPCI) permettant de renforcer
 l&amp;#039;accès aux services et commerces ;
 &lt;/li&gt;&lt;li&gt;Création de dispositifs d&amp;#039;autopartage basés sur des véhicules à faible impact (électrique ou GNV), portés par les
 entreprises et/ou les collectivités à destination des habitants et/ou des salariés ;
 &lt;/li&gt;&lt;li&gt;Promotion de dispositifs favorisant le covoiturage (études, communication) ;
 &lt;/li&gt;&lt;li&gt;Création de services de mobilités actives (études, communication, signalétique, achat de matériels) ;
 &lt;/li&gt;&lt;li&gt;Création ou renforcement d&amp;#039;offres de transport innovantes, individualisées et personnalisées à visée sociale (transport
 à la demande). &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Voirie et réseaux
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Limiter les déplacements subis
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet propose des alternatives aux modes de déplacements individuels et carbonés&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet d&amp;#039;organiser les déplacements contraints&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet a pour objectif de garantir l&amp;#039;accès à la mobilité pour tous &lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de planifier et diversifier l&amp;#039;offre de mobilité sur le territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T193" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>leader.bessinvirois@calvados.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-mobilites-responsables-accessibles-a-tou-te-s-et-structurees-autour-de-poles-de-proximite/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>163199</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C194" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I180" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -36795,3287 +34278,4793 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="Q180" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>163208</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Développer le Vélotourisme</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Développer le Vélotourisme</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme Développer le vélotourisme se prolonge sur 2024. Ce programme s&amp;#039;articule autour de 3 axes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter les&lt;strong&gt; établissements touristiques&lt;/strong&gt; à entrer dans une &lt;strong&gt;démarche de référencement auprès de la marque Accueil Vélo&lt;/strong&gt;.   &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Permettre aux &lt;strong&gt;collectivités territoriales d’investir dans des équipements&lt;/strong&gt; plébiscités par les touristes à vélo en implantant des aires de services le long des itinéraires inscrits au schéma national, régional ou départemental des véloroutes.&lt;/li&gt;&lt;li&gt;Aider les &lt;strong&gt;collectivités territoriales et comités d’itinéraire&lt;/strong&gt; à la réalisation d’études pour &lt;strong&gt;créer ou accélérer la réalisation d&amp;#039;itinéraires ou tronçons&lt;/strong&gt; d&amp;#039;itinéraires de véloroutes.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Axe 1 - Devenir Accueil Vélo&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Office du tourisme&lt;/li&gt;&lt;li&gt;Site touristique dont      halte et port fluvial&lt;/li&gt;&lt;li&gt;Hébergement touristique&lt;/li&gt;&lt;li&gt;Restaurant&lt;/li&gt;&lt;li&gt;Les collectivités territoriales dès lors qu’elles gèrent un des établissements cités ci-dessus&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;L&amp;#039;établissement doit s&amp;#039;engager dans une démarche de référencement auprès de la marque Accueil      Vélo ou être déjà labellisés afin d’accroître leur capacité d’accueil et      d’amélioration la qualité des services proposés.&lt;/li&gt;&lt;li&gt;L’établissement doit se      situer à &lt;strong&gt;moins de 5 km d’un itinéraire cyclable balisé selon confirmation&lt;/strong&gt;      du référent qualité de la marque Accueil Vélo.&lt;/li&gt;&lt;li&gt;Est attendu l’implantation      de 5 emplacements stationnements vélo au minimum.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En fonction des typologies d&amp;#039;établissements des critères supplémentaires spécifiques s’appliquent.&lt;/p&gt;&lt;p&gt;Ces critères d’éligibilités correspondent aux référentiels de la marque Accueil Vélo qui sont détaillés dans le &lt;a target="_blank" href="http://www.francevelotourisme.com/sites/default/files/accueil-velo-guide-pratique.pdf"&gt;guide pratique Accueil Vélo&lt;/a&gt;. &lt;/p&gt;&lt;p&gt;Il est nécessaire de prendre contact auprès du référent qualité de la marque Accueil Vélo &lt;a target="_blank" href="http://www.francevelotourisme.com/contact/devenir_accueil_velo"&gt;via le formulaire de contact&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;En amont du dépôt de la demande cela permettra de s’assurer :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;De l&amp;#039;éligibilité de      l&amp;#039;établissement&lt;/li&gt;&lt;li&gt;De la correspondance du      projet d’investissement envisagé et des attendus de la marque Accueil Vélo&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Axe 2 - Implanter des aires de services le long des itinéraires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les haltes fluviales et      ports fluviaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les &lt;strong&gt;itinéraires&lt;/strong&gt;      concernés sont ceux &lt;strong&gt;inscrits au schéma national, régional ou      départemental&lt;/strong&gt; des véloroutes&lt;/li&gt;&lt;li&gt;L’aire de services doit      être &lt;strong&gt;visible depuis l’itinéraire&lt;/strong&gt; ou située à &lt;strong&gt;moins de 200 mètres avec une      signalétique&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Pour le confort des      usagers, il est attendu une &lt;strong&gt;répartition homogène des aires de services le      long des itinéraires &lt;/strong&gt;: tout au plus tous les 30 km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est préconisé de distancier d’une vingtaine de kilomètres l’implantation des aires de services le long d’un même itinéraire. N&amp;#039;est pas éligible une implantation distante de moins de 10 km.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe 3 - Réaliser des études&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les structures      représentant un comité d’itinéraire (chef de file du comité d’itinéraire)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’itinéraire concerné par l’étude doit être &lt;strong&gt;inscrit soit au schéma national, régional&lt;/strong&gt; &lt;strong&gt;ou départemental&lt;/strong&gt; des véloroutes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4 thématiques sont proposées pour réaliser les études :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Créer de nouveaux itinéraire cyclables touristiques&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Accélérer la réalisation      de tronçons&lt;/strong&gt; d’itinéraires déjà inscrits à un schéma&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la mise en      sécurité&lt;/strong&gt; des itinéraires&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Renforcer l’attractivité&lt;/strong&gt;      des véloroutes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous êtes invités à lire attentivement le texte de l&amp;#039;appel à projet dans la rubrique « Vérifier mon éligibilité » en amont du dépôt de votre dossier.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240725/developper-velotourisme</t>
         </is>
       </c>
-      <c r="X195" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-le-velotourisme-2/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>163236</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Oeuvrer pour un territoire de proximité, solidaire et inclusif</t>
         </is>
       </c>
-      <c r="C196" s="1" t="inlineStr">
+      <c r="C182" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 2</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I196" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J196" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000€ et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les modes de vie, les aspirations, les besoins de mobilité et d’habitat des habitants du territoire ont évolué ces dernières années sans qu’il n’y ait de changements dans la manière d’aménager les espaces urbains et ruraux. Les différentes crises et mutations sociétales invitent à repenser les espaces afin de prendre en compte les préoccupations et les besoins des citoyens du territoire.&lt;/p&gt;&lt;p&gt;L’offre de services et d’infrastructures doit répondre à la diversité des besoins de ses habitants.&lt;/p&gt;&lt;p&gt;A travers sa candidature, le GAL du PETR Pays de Ploërmel – Coeur de Bretagne souhaite développer des environnements physiques, numériques et sociaux réfléchis et accessibles pour toutes et tous.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La programmation viendra apporter son soutien aux projets favorisant une société solidaire et inclusive à travers divers enjeux :&lt;/li&gt;&lt;li&gt;La mobilité&lt;/li&gt;&lt;li&gt;L’accès au numérique, la création d’espace de coopération&lt;/li&gt;&lt;li&gt;L’habitat&lt;/li&gt;&lt;li&gt; L’aménagement du territoire et inclusion&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;De façon transversale, le PETR viendra soutenir l’expérimentation et l’innovation des projet. Il s’agira de travailler sur les questions d’accessibilité (physique, numérique, …), de lien (social, intergénérationnel), d’égalité (femme/homme) et de participation (démocratie participative) répondant à un objectif de développement durable et de cohésion sociale.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets de mobilité multimodale ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation et d’incitation des entreprises sur les alternatives au transport individuel ;&lt;/li&gt;&lt;li&gt;Aménagements en faveur des mobilités douces ;&lt;/li&gt;&lt;li&gt;Dispositifs de mobilités physiques alternatives ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions de moblités ;&lt;/li&gt;&lt;li&gt;Installation d’équipements permettant d’encourager la continuité des mobilités douces entre les arrêts de transports en commun et le domicile ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accessibilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions permettant l’accessibilité numérique à tous les publics ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité des personnes porteuses de handicap aux services ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité physique des services ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions d’accessibilité ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cohésion sociale :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, aménagement et équipement de locaux mutualisés ;&lt;/li&gt;&lt;li&gt;Rénovation ou création, aménagement et équipement de lieux favorisant le lien social ou intergénérationnel ;&lt;/li&gt;&lt;li&gt;Actions de démocratie participative ;&lt;/li&gt;&lt;li&gt;Dispositif visant à réduire les inégalités homme-femme ;&lt;/li&gt;&lt;li&gt;Action de sensibilisation et d’information sur l’égalité homme-femme ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux besoins de la population ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Habitat :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions favorisant l’émergence de nouveaux modes d’habitat ;&lt;/li&gt;&lt;li&gt;Actions en faveur des habitats inclusifs et habitats partagés ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions pour l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M196" s="1" t="inlineStr">
+      <c r="M182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositif d’auto-partage ;&lt;/li&gt;&lt;li&gt;Plan piéton ;&lt;/li&gt;&lt;li&gt;Carte des aménagements cyclables ;&lt;/li&gt;&lt;li&gt;Guide des mobilités douces ;&lt;/li&gt;&lt;li&gt;Formation à la pratique du vélo ;&lt;/li&gt;&lt;li&gt;Parking à vélo ;&lt;/li&gt;&lt;li&gt;Totem de réparation de vélo ;&lt;/li&gt;&lt;li&gt;Sites internet accessibles à tous ;&lt;/li&gt;&lt;li&gt;Transcription en braille d’une exposition pour le public malvoyant ;&lt;/li&gt;&lt;li&gt;Dispositif de transcription de la parole en direct pour le public sourd et malentendant ;&lt;/li&gt;&lt;li&gt;Guide sur l’égalité professionnelle homme-femme ;&lt;/li&gt;&lt;li&gt;Animation d’une concertation citoyenne pour l’élaboration d’une polique publique ;&lt;/li&gt;&lt;li&gt;Mise en place d’une convention citoyenne sur l’avenir du territoire ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mobilité fluviale
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P182" s="1" t="inlineStr">
         <is>
           <t>27/02/2023</t>
         </is>
       </c>
-      <c r="Q196" s="1" t="inlineStr">
+      <c r="Q182" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet devra faire l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Cette grille se compose de quatre critères qui donnent une note globale, laquelle définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus des critères complémentaires sont à prendre en compte pour les projets de&lt;span&gt; création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T196" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ploermel.fr/</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/oeuvrer-pour-un-territoire-de-proximite-solidaire-et-inclusif/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>163285</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Étudier le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Études sur le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;V&lt;strong&gt;ous êtes intéressé par le potentiel de l’hydrogène bas carbone/renouvelable &lt;/strong&gt;comme solution de substitution aux énergies fossiles pour vos activités industrielles ou pour baisser l’empreinte carbone des flux de personnes ou de marchandises sur votre territoire ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous envisagez d’investir dans ce type de solutions mais :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;vous en êtes au stade de la réflexion ?&lt;/li&gt;&lt;li&gt;ou vous avez participé à un diagnostic à l&amp;#039;échelle territoriale et disposez d’une première cartographie des consommateurs potentiels d’hydrogène (exemples : flottes captives, utilités industrielles…) ?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le présent dispositif de l’ADEME peut vous aider à &lt;strong&gt;conduire une étude d&amp;#039;opportunité &lt;/strong&gt;(dans un premier temps) ou &lt;strong&gt;une étude de faisabilité &lt;/strong&gt;(dans un deuxième temps), afin de juger la pertinence et de &lt;strong&gt;préparer un projet de décarbonation via l’hydrogène&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans cette perspective, l’étude préalable que vous sous-traiterez à un prestataire pourra être&lt;strong&gt; subventionnée jusqu’à 70 % &lt;/strong&gt;des dépenses éligibles (taux variable selon le commanditaire de l’étude). L’assiette des dépenses éligibles de l&amp;#039;étude de préfaisabilité sera plafonnée à 50 000 € L’assiette des dépenses éligibles de l&amp;#039;étude d&amp;#039;opportunité sera plafonnée à 50 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude de faisabilité sera plafonnée à 100 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude stratégique sera plafonnée à 100 000 €.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Chaque étude (opportunité ou faisabilité) devra se conformer à des attendus en termes d’objectifs et de livrables à produire qui sont décrits dans le cahier des charges proposé par l’ADEME (voir ci-dessous « Pour vous accompagner dans vos démarches »).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’étude de préfaisabilité d’usages non standards de l’hydrogène &lt;/strong&gt;est dédiée à des applications particulières de l’hydrogène non liées à un écosystème hydrogène (process industriel, stockage, hydrogénoduc, alimentation électrique d’un site isolé, maritime, fluvial, ferroviaires).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude d’opportunité vise à accompagner les potentiels consommateurs d’hydrogène (mobilité, industrie, stationnaire) dans leur réflexion de décarbonation&lt;/strong&gt;, collectivement sur l’ensemble d’un territoire (regroupement de collectivités, zone industrielle…). Les profils d’usage seront analysés pour déterminer quelle énergie/carburant est le plus adapté. Ces études ne peuvent donc pas être portées par des développeurs d’infrastructures.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude de faisabilité se concentre sur le déploiement du vecteur hydrogène &lt;/strong&gt;sur un territoire où une demande suffisante aura été préalablement identifiée. Une infrastructure adéquate aux volumes pressentis pourra être dimensionnée, pour modéliser un modèle économique et anticiper les contraintes techniques et réglementaires. Ces études peuvent être portées par des développeurs d’infrastructures ou par de futurs usagers d’hydrogène.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Une étude d’opportunité peut déboucher sur une étude de faisabilité &lt;/strong&gt;en cas d’identification d’une pertinence pour le vecteur hydrogène. L’octroi d’une aide pour une étude de faisabilité sera conditionné par la réalisation préalable d’une étude d’opportunité qui aura respecté - a minima - les exigences fixées dans le cahier des charges.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude stratégique à l’échelle d’un territoire&lt;/strong&gt; a pour objectif d’estimer à moyen et à long terme les besoins d’hydrogène du territoire et les infrastructures de production et de distribution à déployer pour faire face à ces besoins.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-le-deploiement-decosystemes-et-dusages-de-lhydrogene/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>163746</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Soutenir les études multi-acteurs pour la décarbonation de la mobilité lourde ou intensive</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif a pour but de soutenir les études qui permettront de développer les usages de mobilité hydrogène multi-acteurs, en s’assurant de leur pertinence technico-économique en comparaison avec les autres solutions de décarbonation disponibles. &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Le soutien régional porte sur les études de flux et de verdissement de flottes de véhicules, avec 3 objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Encourager la décarbonation du transport lourd ou intensif;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser la mutualisation des intérêts pour la solution hydrogène;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser le passage à l’acte via de potentiels achats groupés.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M198" s="1" t="inlineStr">
+      <c r="M184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les aides portant sur la partie étude d’opportunité et de faisabilité attribuées à des collectivités ne sont pas des aides d’Etat et pourront bénéficier d’une aide jusqu’à hauteur de 70 % des dépenses éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q198" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R198" s="1" t="inlineStr">
+      <c r="Q184" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire de l’aide pourra être une structure publique ou privée.&lt;/p&gt;&lt;p&gt;Les particuliers ne peuvent pas bénéficier de ce dispositif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont les prestations qui visent les études de flux et de verdissement de flottes, c&amp;#039;est-à-dire l’évaluation technico-économique d’une conversion de tout ou partie d’une flotte de véhicules appartenant à des acteurs distincts.&lt;/p&gt;&lt;p&gt;Le contenu minimum des études éligibles est précisé dans le document téléchargeable en bas de cette page.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/etudes-multi-acteurs-pour-la-decarbonation-de-la-mobilite-lourde-ou-intensive</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les demandes devront être adressées par l’entité qui sera bénéficiaire du soutien financier régional.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Elles devront être adressées aux chargés de missions concerné (cf. contacts indiqués dans le document téléchargeable) avant tout démarrage des études. Les dépenses éligibles ne seront prises en compte qu’à partir de la date de dépôt de la candidature.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La demande comprendra à minima : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre de saisine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le formulaire Kbis et le RIB du demandeur&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une présentation du projet (contexte, état d’avancement, problématiques à résoudre…) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une présentation des parties prenantes/participants au projet (activité, intérêt au projet…)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La méthodologie pour mobiliser et engager les participants et le calendrier prévisionnel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le/les devis détaillés des prestataires retenus : le cahier des charges proposé devra s’appuyer et respecter les critères d’éligibilité et le contenu des études précédemment décrit&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plan de financement contenant les éventuels co-financements sollicités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-multi-acteurs-pour-la-decarbonation-de-la-mobilite-lourde-ou-intensive/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>163747</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'équilibre économique des écosystèmes hydrogène par l’usage mobilité</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Renforcement économique des écosystèmes hydrogène par l’usage mobilité</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif vise à renforcer l’équilibre économique des projets de stations de distribution d’hydrogène pour la mobilité lourde s’inscrivant dans la stratégie régionale.
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;La vocation première de ce dispositif de soutien est d’accompagner les usages, en particulier de soutenir les investissements concernant les usages en mobilité lourde routière et maritime.&lt;/p&gt;&lt;p&gt;Pour cela, il doit permettre de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renforcer les écosystèmes hydrogène les plus matures en soutenant quelques usagers supplémentaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre un meilleur équilibre économique des projets de stations de distribution ou de production d&amp;#039;hydrogène&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner le développement des usages hydrogène pertinents&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M199" s="1" t="inlineStr">
+      <c r="M185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les coûts admissibles&lt;/p&gt;&lt;p&gt;Concernant les investissements sur l’achat de véhicules, les coûts admissibles sont les coûts supplémentaires liés à l’achat du véhicule, calculés comme étant la différence entre les coûts d’investissement liés à l’achat du véhicule et les coûts d’investissement liés à l’achat d’un véhicule de la même catégorie qui est conforme aux normes de l’Union Européenne applicables déjà en vigueur et qui aurait été acquis sans l’aide ;&lt;/p&gt;&lt;p&gt;Concernant les investissements sur la location de véhicules propres ou de véhicules à émission nulle, les coûts admissibles sont les coûts supplémentaires liés à la location du véhicule, calculés comme étant la différence entre la valeur actuelle nette liée à la location du véhicule et la valeur actuelle nette liée à la location d’un véhicule de la même catégorie qui est conforme aux normes de l’Union Européenne applicables déjà en vigueur et qui aurait été loué sans l’aide. Les coûts d’exploitation liés à l’exploitation du véhicule, y compris les coûts de l’énergie, les coûts d’assurance et les coûts d’entretien, ne sont pas pris en considération, qu’ils soient ou non inclus dans le contrat de location ;&lt;/p&gt;&lt;p&gt;Concernant les investissements de rétrofit consistant en la mise à niveau de véhicules leur permettant d’être considérés comme des véhicules propres ou des véhicules à émission nulle, les coûts de l’investissement dans la mise à niveau.&lt;/p&gt;&lt;p&gt;Les taux d’aide&lt;/p&gt;&lt;p&gt;Les taux d’aide s’appliquent sur la base des coûts admissibles, sur le coût total HT ou sur le surcoût environnemental (solution de référence déduite) pour les investissements matériels et immatériels liés au programme d’investissements.&lt;/p&gt;&lt;p&gt;Le soutien financier s’appuie sur le régime cadre exempté de notification N° SA.111726 relatif aux aides à la protection de l’environnement pour la période 2024-2026 ainsi que sur le régime cadre exempté de notification N° SA.111723 relatif aux aides à la recherche, au développement et à l’innovation (RDI) pour la période 2024-2026.&lt;/p&gt;&lt;p&gt;Conformément au règlement d’intervention de la Région et aux régimes d’aides d’Etat, le taux d’aide régionale respectera les taux d’accompagnement en vigueur au moment de l’instruction du dossier. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q199" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R199" s="1" t="inlineStr">
+      <c r="Q185" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Le bénéficiaire de l’aide pourra être une structure publique ou privée.&lt;/p&gt;&lt;p&gt;Les particuliers ne sont pas concernés par ce dispositif.&lt;/p&gt;&lt;p&gt;Les véhicules éligibles sont ceux répondant à des contraintes spécifiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Charge utile importante ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Longs trajets, nécessitant une forte autonomie ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Temps de recharge/avitaillement contraints ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autres contraintes spécifiques pour lesquelles l’hydrogène pourrait apporter une réponse&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les usages visés sont principalement :&lt;/p&gt;&lt;p&gt;Mobilité lourde ou intensive des professionnels et/ou collectivités, dans les secteurs routier et maritime en priorité :&lt;/p&gt;&lt;p&gt;Transport terrestre de marchandises ou de déchets : véhicules utilitaires de société et véhicules lourds en priorité (camions, bennes à ordures ménagères …),&lt;/p&gt;&lt;p&gt;Transport terrestre de passagers : véhicules lourds (autocars, bus, minibus,...) et flotte captive professionnelle&lt;/p&gt;&lt;p&gt;Transport maritime et fluvial de passagers (navires, navettes … de tourisme, plaisance, transport public …)&lt;/p&gt;&lt;p&gt;Transport maritime et fluvial de marchandises &lt;/p&gt;&lt;p&gt;Usages agricole&lt;/p&gt;&lt;p&gt;Navires de pêche et de conchyliculture/ostréiculture&lt;/p&gt;&lt;p&gt;Transport logistique et fonctionnement des équipements de manutention ou des engins lourds de chantier : chariots élévateurs, barges portuaires, grues, chariots bagages des aéroports et ports …&lt;/p&gt;&lt;p&gt;Alimentation électrique de certains équipements isolés et non desservis par le réseau électrique (en substitution de combustible fossile), ou non adaptés à l’électrification.&lt;/p&gt;&lt;p&gt;Fret ferroviaire (en zones portuaires ou industrielles, pour les derniers kilomètres)&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;La pertinence du choix de l’hydrogène au regard des autres solutions de décarbonations existantes : des éléments chiffrés sur le nombre de kilomètres parcourus chaque année par le véhicule, la charge utile liée au type d’activité, les contraintes en temps de recharge, un comparatif explicite avec la solution électrique si elle existe sur le marché. A ce titre, la Région accompagne certains types d’études au travers de son dispositif de soutien « Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive ».  &lt;/p&gt;&lt;p&gt;La performance environnementale : réduction des émissions de gaz à effet de serre au regard d’une situation de référence, réduction des émissions de polluants, etc.&lt;/p&gt;&lt;p&gt;La valorisation énergétique : communication d’un bilan énergétique : consommations d’énergie avec une comparaison par rapport à la solution carbonée de référence&lt;/p&gt;&lt;p&gt;Le modèle économique : le calcul du TCO (Total Cost of Ownership), détermination du coût global du projet, description du montage économique du projet…&lt;/p&gt;&lt;p&gt;La maturité du projet : présentation du calendrier prévisionnel de déploiement de la flotte.&lt;/p&gt;&lt;p&gt;La fiabilité du projet : solvabilité financière du porteur, plan de financement, liste et solvabilité des partenaires&lt;/p&gt;&lt;p&gt;La pertinence géographique du projet : &lt;/p&gt;&lt;p&gt;L’usage ciblé doit venir s’approvisionner sur une infrastructure de distribution basée en région Nouvelle-Aquitaine, qu’elle soit déjà mise en service ou bien en cours de déploiement. Les véhicules éligibles doivent justifier de leur utilisation en Nouvelle-Aquitaine, notamment la localisation des dépôts des véhicules et les trajets prévisionnels à effectuer.&lt;/p&gt;&lt;p&gt;Avant toute candidature, les potentiels usagers intéressés par ce dispositif sont donc invités à se rapprocher des services de la Région pour identifier le point d’avitaillement en hydrogène le plus proche et ainsi vérifier l’éligibilité du critère géographique.&lt;/p&gt;&lt;p&gt;La présence d’une innovation technologique (techniques ou nouveaux usages) n’est pas un critère obligatoire mais sera favorisée dans l’instruction. Par exemple, le développement de l’offre technologique et industrielle régionale de solutions, notamment portée par des start-up, TPE et PME régionales innovantes sera particulièrement encouragé. Il en sera de même pour la conduite d’expérimentations sur de nouvelles technologies ou de nouveaux process .&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/renforcement-economique-des-ecosystemes-hydrogene-par-lusage-mobilite</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Les éléments de présentation et technico-économiques du projet devront être transmis uniquement par voie électronique.&lt;/p&gt;&lt;p&gt;Le dépôt du dossier de candidature doit être accompagné d’un courrier de demande d’aide régionale.&lt;/p&gt;&lt;p&gt;Pour être examiné, le dossier de demande d’aide devra être nécessairement complet avec l’ensemble des éléments demandés par le service instructeur de la Région Nouvelle-Aquitaine : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La « fiche de demande préalable » &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le formulaire Kbis et le RIB du demandeur&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les 3 dernières liasses fiscales du demandeur et les 3 derniers bilans comptables&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une présentation du projet (contexte, état d’avancement, problématiques à résoudre…) et des parties prenantes/participants au projet (activité, intérêt au projet…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le calendrier prévisionnel d’achat de véhicule ou de rétrofit,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le/les devis détaillés d’achat de véhicule ou de rétrofit ou le contrat de location&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les éventuels co-financements sollicités.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon la complexité du dossier, d’autres pièces justificatives pourront être demandées.&lt;/p&gt;&lt;p&gt;Un suivi des performances des équipements et du projet global sur un an sera systématiquement demandé et conventionné.&lt;/p&gt;&lt;p&gt;Par ailleurs, la Région encourage la réalisation d’études préalables en amont des investissements, pour définir au mieux le contour et les caractéristiques du projet. A ce titre, la Région accompagne certains types d’études au travers de son dispositif de soutien « Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive ».&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcement-economique-des-ecosystemes-hydrogene-par-lusage-mobilite/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>163829</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Apporter un soutien aux études d’idéation et de conception réalisées dans l’objectif de créer des solutions de logistique des premiers ou derniers kilomètres</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Ideation eXtrême Défi Logistique</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de l&amp;#039;eXtrême Défi Logistique (XDL), cet AAP (Appel à projets) apporte un &lt;strong&gt;soutien aux études d’idéation et de conception&lt;/strong&gt; réalisées dans l’objectif de &lt;strong&gt;créer des solutions de logistique des premiers ou derniers kilomètres&lt;/strong&gt; qui soient plus mutualisées, optimisées et qui favorisent le report modal.&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP Idéation XDL vise à apporter un soutien aux projets de CMDU (Centre Mutualisé de Distribution Urbaine), Micro-hubs ou CCAP (Circuit Court Alimentaire de Proximité) en mesure d’avoir de &lt;strong&gt;meilleurs impacts environnementaux&lt;/strong&gt; (moins de véhicules, moins de kilométrages, report modal, motorisation adaptée aux circuits des véhicules, empreinte foncière diminuée), &lt;strong&gt;économiques&lt;/strong&gt; (mutualisation, optimisation du remplissage et kilométrage), &lt;strong&gt;sociaux&lt;/strong&gt; (création d’emplois locaux décents non délocalisables, amélioration de la qualité de vie des habitants).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ideation-extreme-defi-logistique/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="A202" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>163977</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets AACT-AIR est ouvert à &lt;strong&gt;toute collectivité territoriale souhaitant réaliser une étude pour agir sur la qualité de l’air extérieur ou intérieur&lt;/strong&gt;. Attention, l’ADEME ne soutient pas les études obligées par des réglementations (PCAET (Plan climat-air-énergie territorial), constitution d’une ZFE pour les territoires obligés, etc.).&lt;/p&gt;&lt;p&gt;L’objectif de l’étude est de &lt;strong&gt;définir et caractériser des actions pertinentes à déployer sur le territoire pour améliorer la qualité de l&amp;#039;air.&lt;/strong&gt;&lt;br /&gt;Le sujet de l&amp;#039;étude peut être &lt;strong&gt;transversal&lt;/strong&gt; (étude stratégique, de mobilisation citoyenne, d&amp;#039;impact sanitaire…). Cette année, AACT-Air soutient de façon prioritaire l’élaboration de programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée sur la qualité de l’air ambiant.&lt;br /&gt; Le sujet d’étude peut également être &lt;strong&gt;thématique&lt;/strong&gt;, avec deux axes prioritaires : urbanisme, qualité de l’air intérieur, et les autres sujets suivants : combustion de biomasse, chantiers du BTP, agriculture ou encore mobilité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;une&lt;strong&gt; aide financière&lt;/strong&gt; : un financement vous est octroyé sous la forme d&amp;#039;une subvention. L’intensité de l’aide de l’ADEME n’excède pas 70 % des dépenses éligibles.&lt;br /&gt;Le montant de l’aide ADEME est limité :&lt;ul&gt;&lt;li&gt;À 150 000 € pour les programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée « Air ambiant ».&lt;/li&gt;&lt;li&gt;À 100 000 pour toutes les autres études.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;D&amp;#039;un &lt;strong&gt;accompagnement technique&lt;/strong&gt; : des agents ADEME spécialistes de la qualité de l&amp;#039;air et des problématiques rencontrées par les collectivités vous accompagnent dans la réalisation et la valorisation de votre étude.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans la rubrique qui suit « Préparez votre dossier - 2. Rassemblez l’ensemble des documents », les pièces requises au dépôt de dossier sont identiques quel que soit l’objet de projet que vous sélectionnerez, « Assistance à Maîtrise d’Ouvrage » ou « Études Générales ». Il reviendra à l’ADEME de déterminer quel type sera le plus approprié en fonction de la nature de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le dépôt des candidatures a lieu au plus tard le jeudi 15 mai 2025, à 15h.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://agir.ademe.fr/aides-financieres/aap/aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair-aact-air-1/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>163994</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Développer une politique cyclable</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>AVELO 3 - 3ᵉ relevé</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le présent appel à projets s&amp;#039;articule autour de &lt;strong&gt;quatre axes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Axe 1 - Le &lt;strong&gt;soutien à la construction d’une      politique cyclable&lt;/strong&gt; via le financement d’études.&lt;/li&gt;&lt;li&gt;Axe 2 - Le &lt;strong&gt;soutien à l’expérimentation      de services vélo&lt;/strong&gt; dans les territoires.&lt;/li&gt;&lt;li&gt;Axe 3 - Le &lt;strong&gt;soutien à l&amp;#039;animation et la      promotion de politiques cyclables&lt;/strong&gt; intégrées à l’échelle du territoire.&lt;/li&gt;&lt;li&gt;Axe 4 - Le &lt;strong&gt;soutien au recrutement d&amp;#039;un(e) chargé(e) de mission vélo / mobilités actives &lt;/strong&gt;pour mettre en œuvre une politique cyclable intégrée à l’échelle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le ou les projets devront se terminer au plus tard le 30 juin 2027.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;territoires éligibles et leurs conditions d&amp;#039;éligibilité&lt;/strong&gt; sont détaillés dans le &lt;strong&gt;Cahier des charges&lt;/strong&gt; de l&amp;#039;appel à projets.&lt;/p&gt;&lt;p&gt;Les demandes d’aides peuvent être déposées pendant toute la période d’ouverture du dispositif. Elles seront instruites au fur et à mesure des dépôts et jusqu’à épuisement du budget.&lt;/p&gt;&lt;p&gt;L’ADEME se réserve le droit de &lt;strong&gt;clôturer par anticipation ce dispositif de soutien en cas d’épuisement du budget&lt;/strong&gt; avant la date de clôture prévue.&lt;/p&gt;&lt;p&gt;Les devis ne sont pas obligatoires au stade de la candidature. Cependant, si la collectivité est retenue comme lauréate, les dépenses pour l’axe 1 devront obligatoirement être justifiées par un ou plusieurs devis lors de la contractualisation.&lt;/p&gt;&lt;p&gt;Les échanges avec l’ADEME sont fortement recommandés avant le dépôt du dossier : &lt;a href="mailto:aapavelo3&amp;#64;ademe.fr"&gt;aapavelo3&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://agir.ademe.fr/aides-financieres/aap/avelo-3-3-releve</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/avelo-3-3-releve/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-[...343 lines deleted...]
-      <c r="A207" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>164111</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C207" s="1" t="inlineStr">
+      <c r="C189" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I207" s="1" t="inlineStr">
+      <c r="I189" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J207" s="1" t="inlineStr">
+      <c r="J189" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M207" s="1" t="inlineStr">
+      <c r="M189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T207" s="1" t="inlineStr">
+      <c r="T189" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-[...246 lines deleted...]
-      <c r="A210" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>164900</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
         </is>
       </c>
-      <c r="C210" s="1" t="inlineStr">
+      <c r="C190" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LIFE - Programme européen pour l'environnement et le climat</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme LIFE - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;158 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 158 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-ENV-SIP-two-stage: 56 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage: 72 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage and LIFE-2025-STRAT-ENV-SIP-two-stage: entre 10 et 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: between 10 et 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la mise en œuvre à grande échelle et coordonnée des plans, stratégies ou actions requises par la législation ou la politique de l&amp;#039;UE dans les domaines de l&amp;#039;environnement, du climat ou de l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les cadres d&amp;#039;action prioritaires (PAF) et/ou les plans nationaux de restauration pour le SNaP&lt;/li&gt;    &lt;li&gt;Soutenir la mise en œuvre des plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie dans le cadre du SIP&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles à la mise en œuvre complète de ces plans&lt;/li&gt;    &lt;li&gt;Mobiliser des financements supplémentaires pour renforcer et compléter les actions&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorités des SNaP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre pleinement les plans de biodiversité et de restauration de la nature (par exemple, les PAF, les plans nationaux de restauration)&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et mobiliser des financements pour des actions de biodiversité à grande échelle&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Priorités des SIP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre les plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les stratégies de neutralité climatique et de résilience au niveau local, régional et national&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et coordonner les financements pour la mise en œuvre complète des plans&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Parmi les actions financées&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Mise en œuvre directe des mesures et des objectifs des plans/stratégies ciblés&lt;/li&gt;    &lt;li&gt;Développement, test et démonstration d&amp;#039;approches intégrées&lt;/li&gt;    &lt;li&gt;Mobilisation de financements complémentaires&lt;/li&gt;    &lt;li&gt;Renforcement des capacités (formation, structures)&lt;/li&gt;    &lt;li&gt;Gestion de projet, reproductibilité et transférabilité des résultats&lt;/li&gt;    &lt;li&gt;Implication des parties prenantes&lt;/li&gt;    &lt;li&gt;Achat de terres (sous des conditions strictes liées à la conservation de la nature, en particulier pour Natura 2000)&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Eligibilité &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être : une ONG, une entreprise, une université, une institution de recherche, une PME, une organisation…&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : pays de l&amp;#039;EEE répertoriés et pays associés au programme LIFE (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/guidance/list-3rd-country-participation_life_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d’au moins 2 entités doit être constitué&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 60 et 120 mois&lt;/li&gt;    &lt;li&gt;Contact : CINEALIFE-ENQUIRIES&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/wp-call/2025/call-fiche_life-2025-strat-two-stage_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;LIFE-2025-STRAT-two-stage" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive :&lt;a href="https://cinea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://cinea.ec.europa.eu/programmes/life_en?prefLang&amp;#61;fr&amp;amp;etrans&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Industrie</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P210" s="1" t="inlineStr">
+      <c r="P190" s="1" t="inlineStr">
         <is>
           <t>24/04/2025</t>
         </is>
       </c>
-      <c r="Q210" s="1" t="inlineStr">
+      <c r="Q190" s="1" t="inlineStr">
         <is>
           <t>05/03/2026</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://www.welcomeurope.com/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
         </is>
       </c>
-      <c r="W210" s="1" t="inlineStr">
+      <c r="W190" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=LIFE-2025-STRAT-two-stage&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-[...116 lines deleted...]
-      <c r="A212" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>164943</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Soutenir les travaux d’innovation et de démonstration pour l'hydrogène</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Innovation et démonstration Hydrogène</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H212" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet appel à projets (AAP) a pour objectif de soutenir les travaux d’innovation et de démonstration, permettant de &lt;strong&gt;développer ou d&amp;#039;améliorer les composants et systèmes&lt;/strong&gt; liés à la production, au transport d’hydrogène et à ses usages, tels que les applications, industrielles, de transport ou de fourniture d’énergie.&lt;/p&gt;&lt;p&gt;Ces travaux seront portés par une ou plusieurs entreprises, pour &lt;strong&gt;développer un équipement, un produit ou un service, ou bien réaliser un démonstrateur&lt;/strong&gt; mettant en œuvre de l’hydrogène, dans &lt;strong&gt;une perspective de transition écologique et énergétique&lt;/strong&gt; et de structuration de la filière.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans au moins un des quatre axes présentés ci-après :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Axe 1 - Briques technologiques : composants et systèmes innovants.&lt;/li&gt;&lt;li&gt;Axe 2 - Pilotes (ou premières commerciales) innovants industriels et réseaux, fourniture temporaire ou localisée d’énergie.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Axe 3 - Conception et démonstration de nouveaux véhicules.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Axe 4 - Écoconception et recyclabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’appel à projets est ouvert à partir du 6 mai 2025 jusqu’au 25 septembre 2026, et comporte 2 relèves intermédiaires :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Relève intermédiaire 1 : 29 septembre 2025&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Relève intermédiaire 2 : 6 avril 2026&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Clôture finale : 25 septembre 2026&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une révision du cahier des charges pourra avoir lieu au moins annuellement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ADEME se réserve le droit de clore l’appel à projets avant cette date, notamment en raison du niveau de consommation de l’enveloppe allouée. Les informations actualisées seront publiées sur le site de l’appel à projet.&lt;/p&gt;&lt;p&gt;Pour toute demande d&amp;#039;information le porteur doit contacter l’ADEME à l’adresse suivante : aap.h2&amp;#64;ademe.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour organiser une réunion de pré-dépôt, le porteur doit préalablement consulter le cahier des charges de cet appel à projets, avant d&amp;#039;adresser l&amp;#039;annexe 2 complétée à : &lt;a href="mailto:aap.h2&amp;#64;ademe.fr"&gt;aap.h2&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P212" s="1" t="inlineStr">
+      <c r="P191" s="1" t="inlineStr">
         <is>
           <t>07/05/2025</t>
         </is>
       </c>
-      <c r="Q212" s="1" t="inlineStr">
+      <c r="Q191" s="1" t="inlineStr">
         <is>
           <t>25/09/2026</t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/innovation-et-demonstration-hydrogene</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/innovation-et-demonstration-hydrogene/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="A214" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>165303</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Investissements en faveur des lycées par les modes actifs</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Investissements en faveur de l&amp;apos;accessibilité des lycées par les modes actifs</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H214" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le manque d’infrastructures sécurisées peut représenter un obstacle majeur à la pratique de la marche et du vélo par les jeunes. Afin de rendre les lycées plus accessibles par les modes de déplacements actifs, la Région souhaite soutenir les opérations d’aménagements visant à améliorer leur desserte et ainsi encourager les lycéens à pratiquer la marche et le vélo dans un environnement favorable.  &lt;br /&gt;Cette action s’inscrit dans une démarche plus globale portée par la Région en faveur de l’écomobilité scolaire.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Le dispositif s’adresse à toute collectivité compétente pour réaliser un aménagement dédié aux modes actifs (communes, EPCI, Département), à l’exception des EPCI de plus de 150 000 habitants et de leurs communes membres, qui ne pourront pas solliciter un co-financement via ce règlement d’intervention.  &lt;/p&gt;
 &lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Sont éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;- les aménagements &lt;strong&gt;situés dans un périmètre de 9 km autour des lycées publics et privés&lt;/strong&gt; permettant la desserte directe de l’établissement ou la suppression d’une discontinuité avérée sur un parcours utilisé par les lycéens ; &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;- Les aménagements en site propre devront être privilégiés.&lt;/strong&gt; A défaut, le projet devra s’inscrire dans une réflexion plus globale s’appuyant un re questionnement du plan de circulation à l’échelle de la commune ou sur un schéma directeur modes actifs (réaffectation de voirie, restrictions d’accès, sens de circulation) ; &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;- Les projets d’expérimentations d’aménagements modes actifs&lt;/strong&gt; (pour une durée comprise entre 6 et 24 mois). Un bilan de l’expérimentation devra être établi à l’issue de la période définie. Sous réserve d’un bilan positif, un co-financement de l’aménagement définitif pourra être envisagé.  &lt;/p&gt;
 &lt;p&gt;Compte tenu du public cible visé par ce dispositif d’accompagnement financier, &lt;strong&gt;les chaussées à voie centrale banalisées ne sont pas éligibles&lt;/strong&gt;, sauf lorsque les aménagements cyclables classiques se révèlent techniquement impossibles à réaliser. Les acquisitions foncières éventuelles ne sont pas éligibles. &lt;/p&gt;
 &lt;p&gt;Les projets présentés devront respecter les préconisations du CEREMA.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P214" s="1" t="inlineStr">
+      <c r="P192" s="1" t="inlineStr">
         <is>
           <t>07/01/2025</t>
         </is>
       </c>
-      <c r="R214" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La collectivité sollicitant une aide régionale à ce titre devra présenter un dossier de demande de subvention comprenant tout document utile, et composé a minima : &lt;br /&gt;&lt;br /&gt;- d’une note descriptive du projet démontrant l’intérêt de l’aménagement proposé (potentiel d’élèves captifs, impact de ce nouvel aménagement pour les lycéens et éventuellement les autres établissements alentours notamment),  &lt;br /&gt;&lt;br /&gt;- d’un plan précis d’aménagement présentant les situations actuelles et projetées,  &lt;br /&gt;&lt;br /&gt;- d’un plan de financement,  &lt;br /&gt;&lt;br /&gt;- d’un planning prévisionnel, &lt;br /&gt;&lt;br /&gt;-  d’une délibération du ou des organes délibérants. &lt;br /&gt;&lt;br /&gt;Après analyse des dossiers déposés, la Région sélectionne les projets dans la limite de l’enveloppe budgétaire annuelle disponible pour cette politique. &lt;br /&gt;&lt;br /&gt;L’aide est versée sous forme de subvention, formalisée au travers d’une convention qui précisera notamment, le montant de la subvention, la dépense subventionnable, les modalités de versement de la subvention.  &lt;br /&gt;&lt;br /&gt;Les services régionaux devront être associés dès la phase d’étude du projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/investissements-en-faveur-de-laccessibilite-des-lycees-par-les-modes-actifs?sous_thematique=162</t>
         </is>
       </c>
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>Direction Marketing et ferroviaire&lt;br /&gt; Service Gares et infrastructures&lt;br /&gt; Pôle Gares,aménagements intermodaux et accessibilité&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Héloise PLAUT&lt;br /&gt; heloise.plaut&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 54 48&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/investissements-en-faveur-des-lycees-par-les-modes-actifs/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>165359</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les communs pour la Transition écologique</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les communs pour la Transition écologique</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H215" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P215" s="1" t="inlineStr">
+      <c r="P193" s="1" t="inlineStr">
         <is>
           <t>11/07/2025</t>
         </is>
       </c>
-      <c r="Q215" s="1" t="inlineStr">
+      <c r="Q193" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="S215" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
         </is>
       </c>
-      <c r="W215" s="1" t="inlineStr">
+      <c r="W193" s="1" t="inlineStr">
         <is>
           <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
         </is>
       </c>
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>165393</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Soutenir le verdissement des flottes professionnelles par l’acquisition de véhicules propres</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>IDEE Action « mobilité décarbonée »</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I216" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J216" s="1" t="inlineStr">
+      <c r="J194" s="1" t="inlineStr">
         <is>
           <t>L’aide prendra la forme d’une subvention plafonnée :  à 50% des dépenses éligibles par véhicule (surcoût du véhicule par rapport à son équivalent diesel Euro VI pour l’acquisition et la location, et coût de l’opération de rétrofit)</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les véhicules éligibles sont les véhicules de transports de
 voyageurs et de marchandises suivants : &lt;/p&gt;&lt;p&gt;- Véhicules de transport de personnes :&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;De
      catégorie M1 (au sens de l’article R311-1 du Code de la route) uniquement
      de type minibus 7 à 9 places ;&lt;/li&gt;
  &lt;li&gt;Les
      minibus, navettes urbaines, autocars, autobus,…&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;-  Véhicules de transports de marchandises et de
 matériels : &lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;de
      type utilitaire de catégorie N1 (au sens de l’article R311-1 du Code de la
      Route) uniquement : camionnette, fourgonnette, fourgon, châssis-cabine ;&lt;/li&gt;
  &lt;li&gt;Les
      poids lourds (tracteurs et porteurs) de PTAC ³ 3,5 t ;&lt;/li&gt;
  &lt;li&gt;Les
      véhicules spécialisés (balayeuses, BOM…).&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Les véhicules éligibles sont ceux dont le système de
 propulsion est alimenté &lt;u&gt;exclusivement&lt;/u&gt; par une ou plusieurs
 sources d’énergie suivantes :&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;électricité,&lt;/li&gt;
  &lt;li&gt;hydrogène,&lt;/li&gt;
  &lt;li&gt;gaz
      naturel renouvelable.&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R216" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations éligibles sont :&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;l’achat
      de véhicules strictement neufs et jamais immatriculés ;&lt;/li&gt;
  &lt;li&gt;la
      mise à niveau (rétrofit) de véhicules fonctionnant antérieurement avec des
      carburants fossiles ;&lt;/li&gt;
  &lt;li&gt;Pour
      les véhicules alimentés exclusivement à l’hydrogène, la location longue
      durée, avec ou sans option d’achat, sera également éligible à l’aide
      (plafonds identiques à ceux d’un achat).&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Sont exclus du bénéfice de l’aide :&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Les
      véhicules commandés et/ou achetés avant la réception du dossier de demande
      d’aide par la Région ;&lt;/li&gt;
  &lt;li&gt;Les
      véhicules d’occasion, de démonstration, de collaborateur ou à usage de
      courtoisie.&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;&lt;u&gt;Les véhicules hybrides rechargeables et
 auto-rechargeables fonctionnant avec un carburant fossile ne sont pas éligibles
 au dispositif&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif ne peut être sollicité que dans la limite de 2
 véhicules par bénéficiaire.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’aide est cumulable avec les aides d’état et tout autre
 aide publique dans la limite de la règlementation communautaire applicable.
 Toutefois, pour l’acquisition et la location de véhicules neufs, le cumul de
 ces aides ne doit pas dépasser 100% du surcoût HT par rapport à un véhicule de
 la même catégorie qui est conforme aux normes de l’union européenne applicables
 déjà en vigueur et qui aurait été acquis sans l’aide. En cas de dépassement de
 ce taux, l’aide régionale sera ajustée.&lt;br /&gt;
 L’aide n’est pas cumulable avec les autres aides de la Région Normandie,
 notamment l’aide à l’acquisition de véhicule collectif - Trans’sport en
 Normandie ; Emergence ESS ; Impulsion Environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T216" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
         </is>
       </c>
-      <c r="W216" s="1" t="inlineStr">
+      <c r="W194" s="1" t="inlineStr">
         <is>
           <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
         </is>
       </c>
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
  &lt;tbody&gt;&lt;tr&gt;
   &lt;td width="85" valign="top"&gt;
   &lt;p&gt;&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="492" valign="top"&gt;
   &lt;p&gt;Carl Pique&lt;/p&gt;
   &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
   &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
   &lt;p&gt;Direction Energies, Environnement et Développement Durable
   (DEEDD)&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="85" valign="bottom"&gt;
   &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT5SURBVGhD7VsJdFRVmv7q1b6kUqmQPewgINIs4ootuLZb6zja7dp92vWgc1rRcZt2bW1HGW3pPm4wIyiutHq0nZZGxgbcEARpZFERxJCwZKmkUqnU/l69mu&amp;#43;/ScWIBCTJnNDnzH/OI8lb7r3/9&amp;#43;//vdhyJPw/7RMB2z8kNhYLLAcQaH/wdeiBQ8bRjfn9gSAqb2YyMNtjyLbFYISaodc3wF5SCs9xU/psDzZN0/o8yP/JAIaBbDyJbEsrjHArss2tZLwRRmMLjIYQ9MYmGE1yn39H2mBG4zDjCeh6I4Y/8wx806b2eVm2Po9wkAPksllKOo6sMNwaJZMhMixXSwfzTWRWrpYWPm8n07wIkqlnOJOBHEz&amp;#43;FLMSoVqpZLysVv7Kv7M5uMrGovD8Mw5yVft&amp;#43;vV/Byba1I0spZlsi0JtCyIYo7T2N0BvIdIMwTRCoCWY4imx7lEynkCPTOei8xEg6mLaQaXLcxbTFZoPVblfmtj/KphPwHz8F1mDg0AInumQF6q6aBSRNmAlKOpPulHRHMOxiGiIPMi9St9qhORwA&amp;#43;VbvZDTksupl5Kw5WOWnrQM2RR349Ug5apZ3xrH9AowM0i&amp;#43;ak9MNNPzmP2DQGVoRIA92WB3kuJPprtXmCJE3iywZtLlMZDOWDsajVuTSGoxyatHwFOwJG3xhO5otBmw7XLDmRJsAjYAJeKboloPm5eDXeeTMHDSbB95jJh9a4ET&amp;#43;9N9IfLYOFtcgZCck4A6aSK4nU81Ex0MmOhkwExoc06MYNYcRhcyYbgs2v&amp;#43;hF4u4hKD07gqKH9lChckiFraj7iw8tLxXh8MN0eE&amp;#43;l3xmTQtZGQAlwrs6ByPNF0OrtsPg6xs/pOuzlZXCOGXnogCMONjRnPt2BCxbdgj0OHUNubkQgZUP9rEr4ajyAj&amp;#43;JWQs7BE8ih5msNpaX87htqBJ&amp;#43;ZFhMVtzRh13onGhYVweXJIlCVxYj7WxDxZvD1ZgdSiz2w7HLA6uUY02MoWbADoZuq4drupgaZyBkZOEYMgTXgP3TAaV/6PhJ/Xw&amp;#43;rxw&amp;#43;NTBavLMTOZ9L48dMt8C3che0XD4VzD7WIUid2MCbGUT3GwJblLlSO1lE8LYlV7gw2Xl8Bz69aUf5jRjIth9ZdNtTMKYR1sxd&amp;#43;Wn&amp;#43;peCmtQ0va1xQh016Pglsa0Hb1cHjptsTfOEcN7Tdg&amp;#43;sXnhOf/qcNTMpJIkPW66BuWFGPLbBPjZ7XiR&amp;#43;99g12zS5BaUsjI5UAmxpBLkGofKkXlrWHYpscx5Q8NsH3uQctmN9IB&amp;#43;hk6pcqMFSMm0z8NiSPZaEOu2QajzcrcxwK/S0f1JB2bmunAO320hHjHsKpDBxy9bg9iyz5ixPF1LcpkdHFnrYg/UoXVq92YMLceo&amp;#43;c1IvNFM&amp;#43;Lr3NCKDPjcOZzz4h44hxv47G0nfBVpjLo8hrKEeF1e1AT1syPgIR2yYNcqN7wMX5pBHSnMYeMODW0Pl2OwK4eOAGeBrVz0q/&amp;#43;oT9EqungZ9LZm2LzBb1dEUZo0C5/XgPZhACt/asPoB0IYd1aSko0xx6GeEQTnSB0NW2yIhqyYMCMFtHIIal1sjwXRndQSHagaq8PKe9aCHN&amp;#43;1I/J0qfJHBrXPm3BgiJNA2fMRywpb6aD&amp;#43;Q6avoVxyG5Ww7YNEmm6vicE7fNg2047Y7SHYynSMmppGQYAONEkFYSg&amp;#43;5twEkzagnk76i/8Kwklgqy5oh51Mb1rtwMSfZGhmwLSb2rC7hJFqZQEslXTSS90w6uiMRbxsLMg6NJ/30ABHap7E2o0qt&amp;#43;iJxAc53SYq212IzRuEMU/vQUEZ71IrLE4geDi55udb/8eOzVdVo7zJj5G/q0PZGRnENmlYc3cFMmuSGDmzFcEygnZzBLiJF00tPN&amp;#43;Dpn&amp;#43;tRoVJPySehzWi5uiTIXyPjV6PltzwBeuiRljd&amp;#43;5EWcUglbQhOi2HqE7sBRifEgEiLBU1bHUhHNIQ/cyP2RiHGhIiSTceO&amp;#43;UXwnhOFqzyLYLWB2BMV2PxGAGD&amp;#43;ZC03EJyQwrhfxuAfoWOXlRMQHJUhSmkh9VU/Uq/BSazbRG1mMWj51hmrdUnKz2TPYjJ6ca2lv2pB9R/qlZOtXWnDttcL0PqhB56vPXDrGgpzNgyys&amp;#43;SgaeQMDQEO56JWZagMjTs1jGb49jS7kKYZ6bShNv5rnLkF8Z12FNLv5Gi6KkwyqURWfuk/6jU4qc1buYrvSyrHkqDgxBhyM9pRPD6NwgsT2PKmA9ufL0RqhQ&amp;#43;BNieGaxYFgMbZGazBpBf&amp;#43;iyPIjU9i2DURhPZo&amp;#43;OCnlSjb4IODkS1DM3JW6QieS&amp;#43;c/NA37SPqsjyV4d6beojk5ApyWyr3/qNfgZL6pJTR7FU9cq3QP6obG0dKYxbhRWXz9uAd7bq9AZdJFQFgV0QolUxYZqxDMzDBbbOBzdxK2ehPxxW7seCqAYZ8G4WVkknpdMyyIjU3g62JmxgzdsZUO7FzkRzlDuypLaVIS0KWn05/UK3Ck6tYbmmER0XcnSlDMw7mwFFWWHJrnqbiOEdQSKSEEkJyAkf42wtlYS1mY3BX/ZyXZs2A34Shm5HFLI4Nlgcn3peA0lvlRsKwQohs7OVIJtc/Ouk2sSUjAMZqa&amp;#43;xOb3lXl2Qh7MW1ROtDvh3GtMAu/kxV2xAa/MMekUHkCwSmlwXV8HMU0IRvLCdOiYRfDdXphCTw0m6K7GuAcSvb5XmStB9sWeTG4xg/viDSK6YitJQaMuIb4RicSnxM&amp;#43;gyNz/A7rIpj1TQMPjurXpJm&amp;#43;dms&amp;#43;idkbZCp0UiuG/YrNrk&amp;#43;9aPt9KbxSUEmiJsSywO6nqZwYRQETu7aUBZmIB0ZWw7DH9qA1mMGOv3kVAPpuG340nRX5nXVoK8igvtaGTCNbIeUmCv&amp;#43;pBd4aJ9ruq2A2Lo5f8hwNmdpdAw&amp;#43;O9G&amp;#43;g02N0azwJ&amp;#43;w6CoC33o/bIOCZeH4bJnk30vip4dC6e&amp;#43;Y5BJuyTE9QqK&amp;#43;rZnTAp&amp;#43;NJxLDppSrs/oe1NMuFnL8fGEJ6bGENotxVbX/LCupYN85gDTk4o8zRas6iaWwfHjQ1Iz66EnZU6YUfmm7qBB&amp;#43;fbDtN315KlbxiUtCNMM0mwJBj3bxHUFplopQahjuGYryfdWQwebODtiypx3HVtKDw&amp;#43;QU1jO3VxALEtZH9wBvo6xv1tfrhrXRgco1&amp;#43;jQxbnLZeQP&amp;#43;tEwVo/0jPCaCdc4tJyNoJTs1O1aa2Bwn4BqVcOuauhbeSX220tdJLBXW5sO30kWn7TgIn3tKHy7Ha0/sWPyMc&amp;#43;eChlaRIeeUpKtSxqv7Kh4NIwhj7UhBxNSbYYNQ//odbl0hborVak2NxK7iRgbRrMmBXWMgOpo9qx484SVNukG0DNsduUz0lvrYHn6EkDB47mZmPLxQQsygpyL5&amp;#43;s9k8Zsit0K5rur8DyGhuOvjeM0pltKL2yjS1RSpl11YhbwkgyuNQs9WHST3iDlmoZZig3pvO&amp;#43;SX/kpNY5WIdhuI51cwgKNctRlUFqoxXpP7J0aHKz&amp;#43;dUZsVg&amp;#43;mNkEEp9uHGBwCv2slH0wuXUCSmxfpDPrHcQ8JPR8CVZsceGY3zciy60Tny&amp;#43;HgmIyTJCav7Jj5FFpBIczEWQ&amp;#43;uf0jB8KbnXBX6gqkIMGqHG/AwQA2&amp;#43;bwkvl5eBOuSIDzMi1JRJpLMeejOulyfOOX4h2sx6PpfDpzmWP0&amp;#43;1R4QG6d8e1yIdPRKvayX1/ix&amp;#43;hI7htwSQsn51DaxRjI1eAprrQDLLUbgD29j//m1Uoy/lZtyN7UjtdOCpXcHMenydgydnkGAza2py2ph7rLCoOmu&amp;#43;fcgWheUoJCFeb5o0KxuJFavV5t7mrfngviHItcrnyODO9mvjX&amp;#43;ydv/zUPqZGDt3LAGOuCGKwGXMYMXsaEJJ/ppmAdr8uQ1fPVaE4DslKCLU8RoHdCqkTifsphPfckkQ9RdG4Ds2Di99TYB9oKJgDkOYK218NYCijIO1Z0eqYHE6ka6tRXz131Fwygk/FIMe3&amp;#43;s1OK4JY5F7ZR8OWZSCuUeOPsOkmrtYCw2ftwsu&amp;#43;hWd9eeOVQ7U/s2D9CovNDpXJ7deytk5dDENSDMn0t8KID2rGQXH6kixQ1j&amp;#43;SSGcz5ei7XkTIen3laQxbdU3SNBJ&amp;#43;6N2Fp6dOZRCR1o7GUTfendgwXEfNZGsS2e7o7bJkwDj8JtwHpeElVnvkLuakCzOYv18F2r/5Ie50oeChB0VdKBOlgAaQSE2KjN2Dcmg8powHGN0fPBAAcwVfuVXNLYmiqhJnmHc16oyYO/sUnBbsKO26kZWqxfRt5eh4uE7GPVoc32gXmuO58gJ3Ccq57ZvCzR3p9&amp;#43;RMMwSO/OLEBrHxDF&amp;#43;ehohzrDqrAq4mJdUEE4f255SfEr4VZdk0EVZhK&amp;#43;qh4Vglp6ewZoH/cg8Wo0x0h&amp;#43;WjbwkG&amp;#43;knRRHiuIHKLJIVOTRucLKr&amp;#43;n1wLCz30zXb0f7Oeyj85zP7AE0fdjytRYXcej0aLYteQS4uZWKHl5W9yYanmMpnC7FhMH0OVb8y5EWBywKDjO7dcbGwNjJoguHZZapUW30Xta7egWrmOgaLVyEre8WtWxwI/aYC7dTKGjpkx1Y3fHxn34bN8Ra8OnDgyKKrnvgdiv/lFzwGwhaUnJBgpS5XcI8cIogg09BK/8Nn3jhSqQT9EKOTampKui&amp;#43;mKIbB3i8PDQy1MAHkT7QwpkvjvBMYmUeiXqDFiWI20LKNagiWIwSG9/dFVlcB2t99H9KtdE88vNfa02uzkhltxUXwndDzxr2ZSrN6l5MXUXWwyAiFFXh6QwOPnMjvPHUh52taeDKjrfOMTTJJM0p3dnw6CkppqpkE0dA6T17YRT/lfg&amp;#43;nCtguzVIYzX9cgMELHh0YcA40q0b7l8tWNoh72CN6fD3HDp46uhJpJ1hhdTAp28SfPL6izu7wdyMkx1c63jFjvBIE0JTjKx3mnAdR7YYQRM3iRutLb6Lk1plwjRt1oKXu83mfNGd/M&amp;#43;qysS9nan4AWZwOAliirgOCyD6SEY7w8FOkQ/MIni4Hn3gGKCunvtTBp7A6BpdpqEP9nbMx7LW5HWd9DpL6DE4qlUKSplBUVKSmjsfjWLJkCQ4//HB1CbXwlFZhYSEbXN&amp;#43;drrW1laHaBbebDl32njpTgu6/d&amp;#43;dHgcjM/ECbdybXI6fHjBCBoimzYdTRvz1I6hM40WgUixYtUozLNXXqVLzxxhvw&amp;#43;1l7cTGxWAx//etf2bcxWVP5cOqpp2LVqlWYPn063nvvPTQ10Xx4SmPKlCkYNGgQXnvtNVx//fXYuHGjAuywww47SHY6Xtf4rVwHAvFAg/cJHGG&amp;#43;srIS55xzDl555RXU1dUppo477jhUV1djxYoVisGxY8eikXtcojmiWZs3b4YAe/HFFytwBNAJEyaoex9//DGcLANEGwea&amp;#43;gSOmMQXX3yhQCktLcXQoUPxySefoI2Rp6qqSpmKvCPAvP322wo0j8fzHRPKm5KY58knn6wAFLO84IILBhqb3jXY86sWqYspHXXUUfjoo4&amp;#43;UtEXqzc3N&amp;#43;PLLL3HMMccosyooKFDgFRcXK1M74ogjEGL0ETPK8Bzx5MmTEQwGFchiYuvXr&amp;#43;/yPwOJUJ80p6SkRElb6Mwzz1Qmcv755yuQxNyExHREk0RjJHqJdgmJ/xEQxQy93o4t5bKyMvXzqquuGkhMuubuEZz6&amp;#43;nqEw2GMHz&amp;#43;&amp;#43;62VxpqNHj1bOU0iei2aI9AWciooKFbWE2ddff105XDkEfuyxx2LSpEnqG9Ew0RR5Jz&amp;#43;OzLVz504cffTRXXOtWbNGmaZcQjLHsmXL1Dx5&amp;#43;vTTT3koW1fmunTpUnz22WfK&amp;#43;YsmC/hCIrA333wTZ5xxhno2f/58RCKRrmeXXnppV1TdWyI9grNu3TpcdNFFWLt2bdfHN998M&amp;#43;6//36cdtppeOedd3DjjTeqZxKZHn74Ydx3332QybZt26akf&amp;#43;6556oFzZ49G3fffTeuvPJK3HDDDZgxYwYee&amp;#43;yxrrVcccUVyqxefvlldc/g6fVTTjkFl112GebOnavuif&amp;#43;68MIL8etf/1rNJfTqq68qRgUcuefgsV1x/rfddpsSxoIFC9R3d911lwKsvb0dv/3tb3HNNdcosxXgZH09UY/giCOVyS655BK8//77CAQCyjTkkvzk2muvxbx587okKY5YnOjxxx&amp;#43;vnKpoxwsvvKDmXb58OW699VYFjmjXnDlz1PfCyLvvvqukPmvWrK41vvTSS&amp;#43;rZhg0b0MBSo5zVv5Dce/LJJzFx4kS1LjFJ0Sgh&amp;#43;f2OO&amp;#43;7AiSeeiDT31GQdAo7MKWmGgCHvCpCPPPJIj4B0f9AjOIKyqLAs6LzzzlMACVgCjjAjzHdXcXG&amp;#43;p59&amp;#43;Ov785z/jZz/7mZJKnkSTxCkLyULPOussJV0BQbTt7LPPVhLOa4gwJWYp4D799NNK2mI&amp;#43;ee267rrr1Pzi4EVQQsK8&amp;#43;DYhCQoCtowh4MgzGV9yLcmhRHNkfSNGjFBaddCaIwMKQPfccw/E/mUyAUZItGpfeUgikejKeLdu3apMQ3IXCeVvvfWW&amp;#43;lbMQCQsTAugYnoSvUS7hD744AM13zP8zx1btmzBypUrce&amp;#43;99yrByFgnnXQSnnrqKWVyJ5xwggIiT93/k8vu3bu7BJJ/nk9GjzzySAWWaPH&amp;#43;aL/RKq&amp;#43;yYtuirps2bVJIi4bcfvvtapGS0QpJpiwJ3OOPP64ctZjCgw8&amp;#43;CFmkaImYpZBogDDxwAMPKN8j4IuG5DVNfJH4OhGEOHLRuueee05pgDAnTl4AFeBkDeLLhOSZrFf8lSSfYrp5gcg9eS65lETEmTNndmEiz/Yua/IP9wtOXtVloaKiYq&amp;#43;Sp8jfApg4XWFMQrRoxIsvvggJ7xJ9pIQQ5oREc37&amp;#43;858r0xStE/UXqYuzl7HER4jZ1dTUYMeOHco088mh5D0CoKQEec2VMQVw0TBhWEjmu/POO/Hoo4&amp;#43;qNYqQZH4BXcYWgYiAtm/fjmnTpqnxRVBXX321MrN9UY/gSP0zbty4rm&amp;#43;GDRsGCZ35nEScojAn2iILkIWI6gtJyfDss892fSvaJQ5SSMxJ/I5QXq0vv/xyJXEBefHixd9JAMWMFi5cqCKilCgCfp7y0Ur&amp;#43;fuKJJ1RiKTRq1Kiutch38p74KyEJHOIS8n5I/FZP1CM4kq/kK&amp;#43;38x/mcI/&amp;#43;3TCBS2JtEO2SB3Smf53SXfv55fuHy995zyj1xnEL5xDL/nWhD/lsBrTtw3efufl9qvh9KfcqQf&amp;#43;gk/6jv/S8vJ4lppof3uQAAAABJRU5ErkJggg&amp;#61;&amp;#61;" alt="Une image contenant texte, logo, Police, Graphique
 Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="492" valign="bottom"&gt;
   &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
   &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;&lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="577" colspan="2" valign="top"&gt;
   &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
 &lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>carl.pique@normandie.fr</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-verdissement-des-flottes-professionnelles-par-lacquisition-de-vehicules-propres/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>165396</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
 Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
 &lt;li&gt;
 &lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
 &lt;/li&gt;
 &lt;li&gt;
 &lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
 &lt;/li&gt;
 &lt;li&gt;
 &lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
 &lt;/li&gt;
 &lt;li&gt;
 &lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
 &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M217" s="1" t="inlineStr">
+      <c r="M195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S217" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://transport.data.gouv.fr</t>
         </is>
       </c>
-      <c r="W217" s="1" t="inlineStr">
+      <c r="W195" s="1" t="inlineStr">
         <is>
           <t>https://doc.transport.data.gouv.fr</t>
         </is>
       </c>
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>aurelien.cadiou@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>165405</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Agir pour un territoire inclusif et développer la qualité de vie sur le territoire</t>
         </is>
       </c>
-      <c r="C218" s="1" t="inlineStr">
+      <c r="C196" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA4</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G218" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I218" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J218" s="1" t="inlineStr">
+      <c r="J196" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K218" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le GAL (Groupe d&amp;#039;Action Locale) Via Domitia, a un territoire connaissant un solde migratoire positif (la population augmente de &amp;#43;1% par an en moyenne), ainsi qu&amp;#039;un forte saisonnalité du fait de son caractère touristique. Le développement de ce territoire doit être concomitant avec le développement et l&amp;#039;amélioration de l&amp;#039;accès aux services et infrastructures pour tous et toutes, afin de conserver et contribuer à l&amp;#039;amélioration des conditions de vie de la population, sans impacter l&amp;#039;environnement. &lt;/p&gt;&lt;p&gt;Cette fiche action a pour but de répondre aux enjeux suivants:&lt;br /&gt;Avoir une offre de services favorisant la mixité des populations et accompagnant sa mutation&lt;br /&gt;Développer un territoire inclusif&lt;br /&gt;Lutter contre l&amp;#039;utilisation du tout voiture individuelle en favorisant la mobilité douce au quotidien, accompagner la transition&lt;br /&gt;Faciliter l&amp;#039;accès à une alimentation sain et de qualité&lt;/p&gt;&lt;p&gt;Elle a donc pour objectif de favoriser un accueil de qualité sur le territoire, notamment grâce à des politiques publiques adaptées en matière d&amp;#039;urbanisme, d&amp;#039;aménagement du territoire et d&amp;#039;alimentation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.1 : Lutter contre la précarité énergétique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.2 : Accompagner les initiatives en faveur de l&amp;#039;inclusion sur le territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.3 : Retenir et aider au retour des jeunes sur le territoire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.3.1 : &lt;/strong&gt;Soutenir les projets coconstruits avec les jeunes et leurs accompagnants &lt;br /&gt;&lt;strong&gt;4.3.2 :&lt;/strong&gt; Soutenir les initiatives en faveur de services et offres innovantes adaptées aux jeunes populations&lt;br /&gt;&lt;strong&gt;4.3.3 :&lt;/strong&gt; Appuyer l&amp;#039;émergence et le développement de structures ou d&amp;#039;initiatives en faveur de l&amp;#039;accompagnement des jeunes&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.4 : Contribuer aux actions de solidarité et de résilience alimentaire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.4.1 : &lt;/strong&gt;Contribuer aux initiatives d&amp;#039;éducation à l&amp;#039;alimentation &lt;br /&gt;&lt;strong&gt;4.4.2 : &lt;/strong&gt;Contribuer aux actions de lutte contre la précarité alimentaire valorisant l&amp;#039;autoproduction et l&amp;#039;autoconsommation&lt;br /&gt;&lt;strong&gt;4.4.3 : &lt;/strong&gt;Contribuer aux recensements du potentiel alimentaire communal&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.5 : Améliorer les conditions de mobilité douce au quotidien&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.5.1 :&lt;/strong&gt; Soutien aux aménagements au sein des communes&lt;br /&gt;&lt;strong&gt;4.5.2 :&lt;/strong&gt; Actions, animations et services en faveur de la mobilité douce au quotidien &lt;br /&gt;&lt;strong&gt;4.5.3 : &lt;/strong&gt;Accompagnement aux démarches de démobilité&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M218" s="1" t="inlineStr">
+      <c r="M196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chantiers participatifs de rénovation du bâti, actions de communication, actions de sensibilisation d&amp;#039;entreprises du bâtiment, action envers les publics défavorisés en ruralité, opération de rénovation du bâti ancien en centre bourg, expérimentations d&amp;#039;adaptations des PLU des centres anciens à l&amp;#039;adaptation climatique, etc. ;&lt;/li&gt;&lt;li&gt;Animation de réseaux professionnels dédiés à des publics spécifiques, action de formation et de sensibilisations, actions de lutte contre les violences sexuelles en milieu rural, action de sensibilisation sur les minorités en milieu rural, action de formation des agents, etc. ;&lt;/li&gt;&lt;li&gt;Aménagements pour jeunes publics, maison des jeunes, &amp;#34;Campus ruraux de projets&amp;#34;, projets d&amp;#039;aménagements et animations co-construits avec les jeunes, etc. ;&lt;/li&gt;&lt;li&gt;Formation de cuisines saine, action de sensibilisation à la précarité alimentaire, expérimentation de sécurité sociale alimentaire, achat d&amp;#039;un support de communication pour une association d&amp;#039;éducation à l&amp;#039;alimentation saine et durable, formation de production potagère à destination des citoyens, projet de jardins d&amp;#039;insertion, projets de jardins familiaux, développement d&amp;#039;une application pour le partage des denrées alimentaires, achat de matériels (irrigation, petits outils) à destination de jardins collectifs, réalisation d&amp;#039;un atlas de la biodiversité comestible, diagnostic des terres au potentiel maraicher, etc .&lt;/li&gt;&lt;li&gt;Aménagements cyclables, action innovante favorisant les déplacements doux pour l&amp;#039;école, schémas directeurs cyclables, plans globaux de déplacement et toutes autres études de mobilités portées par les communes et EPCI, animation favorisant la démobilité, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N218" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Formation professionnelle
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P218" s="1" t="inlineStr">
+      <c r="P196" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q218" s="1" t="inlineStr">
+      <c r="Q196" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R218" s="1" t="inlineStr">
+      <c r="R196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T218" s="1" t="inlineStr">
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="X218" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-un-territoire-inclusif-et-developper-la-qualite-de-vie-sur-le-territoire/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E219" s="1" t="inlineStr">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>165458</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la filière logistique en France</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>LOGISTIQUE 4.0 2025</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
-[...10 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;AAP Logistique 4.0 2025 vise à soutenir la filière logistique en France en ciblant trois besoins prioritaires sur les chaines logistiques : &lt;/p&gt;&lt;ol&gt;&lt;li&gt;Axe 1&lt;br /&gt;&lt;strong&gt;La digitalisation des chaînes logistiques&lt;/strong&gt;, en tant qu’enjeu majeur de souveraineté, de compétitivité économique, de transition écologique et de sûreté.&lt;/li&gt;&lt;li&gt;Axe 2&lt;br /&gt;&lt;strong&gt;La transition vers des chaînes logistiques plus écologiques&lt;/strong&gt; à travers plusieurs leviers d’innovation : relocalisation et industrialisation de nouvelles filières ou encore optimisation des flux logistiques, information et responsabilisation du consommateur.&lt;/li&gt;&lt;li&gt;Axe 3&lt;br /&gt;&lt;strong&gt;L&amp;#039;adaptation aux changements climatiques&lt;/strong&gt; en tant que levier majeur de sécurité, de résilience des territoires et de compétitivité économique.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’AAP vise à identifier des projets de recherche et développement portés par des associations ou entreprises, petites, moyennes ou grandes, seules ou associées au sein d&amp;#039;un consortium, qui accélèrent la mise sur le marché de technologies, de services et/ou de solutions ambitieuses et systémiques, innovantes et durables, pouvant comprendre des travaux de recherche industrielle jusqu&amp;#039;à la démonstration plus aval de l&amp;#039;intérêt d&amp;#039;un système dans son environnement opérationnel.&lt;/p&gt;&lt;p&gt;Les projets pourront être de plusieurs types pour répondre aux enjeux présentés plus haut :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de briques technologiques partant du TRL 3 jusqu’au TRL 8.&lt;/li&gt;&lt;li&gt;Développement d’un système global innovant ou intégrant des briques innovantes, pouvant aller jusqu’à une phase de démonstration industrielle.&lt;/li&gt;&lt;li&gt;Expérimentation d’un système innovant dans le cadre d’un démonstrateur territorial permettant de valider la pertinence technico-économique de la solution en usage représentatif.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le coût total du projet doit être de 1 million d’euros minimum pour les projets individuels et de 2 millions d’euros minimum pour les projets collaboratifs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P219" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S219" s="1" t="inlineStr">
+      <c r="P197" s="1" t="inlineStr">
+        <is>
+          <t>06/09/2025</t>
+        </is>
+      </c>
+      <c r="Q197" s="1" t="inlineStr">
+        <is>
+          <t>16/01/2026</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif s&amp;#039;adresse aux entreprises, seules ou en collaboration, notamment avec des organismes de recherche (non obligatoire).&lt;/p&gt;&lt;p&gt;Le dispositif s&amp;#039;adresse aussi aux établissements publics et collectivités.&lt;/p&gt;&lt;p&gt;Retrouvez plus de détails sur votre éligibilité en regardant le replay du webinaire du dispositif ici :&lt;/p&gt;&lt;p&gt;https://www.dailymotion.com/video/x9s5tck&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V219" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/logistique-40-2025</t>
+        </is>
+      </c>
+      <c r="W197" s="1" t="inlineStr">
+        <is>
+          <t>https://vosaides.ademe.fr/create-assistant?id_dispo=1ef38582-9c6b-690c-a9b4-23f2fb5d37b9&amp;id_liste=1ef3d2d1-5e5a-6b58-a88c-65151c22aa07&amp;dossier_aide_type=REINNO</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://contact-agir.ademe.fr/form/contact?id_dsp&amp;#61;DSP000676&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/logistique-4-0-2025/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E220" s="1" t="inlineStr">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>165658</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Engins agricoles électriques – Programme CEE E-Trans</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Engins agricoles électriques – Programme CEE E-Trans</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de ce dispositif, les dépenses éligibles à l’aide couvrent non seulement l’acquisition de l’engin et l’infrastructure de recharge, mais également les études préalables à la décision d’investir visant à dimensionner au mieux les besoins du porteur de projet ainsi que les études de retour d’expérience et diffusion de connaissance liées au projet.&lt;/p&gt;&lt;p&gt;Une visioconférence s’est tenue le 15/12/2025 de 15h30 à 17h, pendant laquelle l’ADEME a présenté le dispositif « Engins agricoles électriques 2025 », qui, pour rappel, contient les mêmes conditions d’éligibilité et de financement que le présent dispositif. &lt;/p&gt;&lt;p&gt;La rediffusion de la visioconférence est disponible à l&amp;#039;adresse suivante : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://ademecloud.sharepoint.com/:v:/s/P-ECOSYSELEC/IQBrjWblcWR4Qo_nlk7Yr7yEAYOMa3coq9JAbFQFXfd3ows?nav&amp;#61;eyJyZWZlcnJhbEluZm8iOnsicmVmZXJyYWxBcHAiOiJTdHJlYW1XZWJBcHAiLCJyZWZlcnJhbFZpZXciOiJTaGFyZURpYWxvZy1MaW5rIiwicmVmZXJyYWxBcHBQbGF0Zm9ybSI6IldlYiIsInJlZmVycmFsTW9kZSI6InZpZXcifX0%3D&amp;amp;e&amp;#61;pb9ghX"&gt;Présentation du dispositif d&amp;#039;aides aux engins agricoles électriques - programme CEE E-trans - 15 décembre 2025&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Les demandes d’aide peuvent être soumises pendant toute la période d’ouverture du dispositif. Elles seront instruites au fur et à mesure des dépôts et jusqu’à épuisement du budget.&lt;/p&gt;&lt;p&gt;L’ADEME juge de l’éligibilité des projets et la décision finale d’octroi d’une aide est formalisée par un contrat d’aide établi entre l’ADEME, le bénéficiaire et le crédit-bailleur le cas échéant.&lt;/p&gt;&lt;p&gt;Toute question peut être envoyée à l’adresse email générique dédiée au dispositif : &lt;a href="mailto:engins-agricoles-elec&amp;#64;ademe.fr"&gt;engins-agricoles-elec&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P198" s="1" t="inlineStr">
+        <is>
+          <t>02/01/2026</t>
+        </is>
+      </c>
+      <c r="Q198" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;L’ensemble des entités éligibles pour chaque typologie de dépense est détaillé dans les conditions d’éligibilité et de financement du présent dispositif. Le dossier de demande d’aide peut être porté par un consortium d’acteurs.&lt;/p&gt;&lt;p&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/p&gt;&lt;p&gt;Toutes les Régions&lt;/p&gt;&lt;p&gt;Je vérifie mon éligibilité&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/E-Trans%20engins%20agricoles%20électriques%20-%20Conditions%20d%27éligibilité%20et%20de%20financement%20-%202026.pdf" target="_self"&gt;E-Trans engins agricoles électriques - Conditions d&amp;#039;éligibilité et de financement - 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/engins-agricoles-electriques-programme-cee-e-trans</t>
+        </is>
+      </c>
+      <c r="W198" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/engins-agricoles-electriques-programme-cee-e-trans#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000936" target="_self"&gt;Contacter l&amp;#039;ADEME&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engins-agricoles-electriques-programme-cee-e-trans/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>165668</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Aider au changement de comportement</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Aides au changement de comportement</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides au changement de comportement&lt;/strong&gt; visent à financer des projets de sensibilisation, d’animation et/ou de communication &lt;strong&gt;d’envergure et structurants &lt;/strong&gt;pour le territoire !&lt;/p&gt;&lt;p&gt;Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;formation/sensibilisation &lt;/strong&gt;: analyse des besoins, conception de modules de formation, animation de sessions ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;communication &lt;/strong&gt;: réalisation d’outils, diffusion d’informations, création de sites internet, organisation d’événements ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;animation &lt;/strong&gt;: mobilisation d’une cible, dissémination de solutions, structuration d’une filière, financement de postes relais.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l’ADEME avant de déposer vos projets sur la plateforme. En effet, l’éligibilité d’un projet dépend des orientations et de la stratégie de chaque Direction régionale, et sous réserve de budget disponible.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P199" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q199" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aides-au-changement-de-comportement</t>
+        </is>
+      </c>
+      <c r="W199" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aides-au-changement-de-comportement?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-changement-de-comportement/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>165670</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Transports collectifs et optimisation des trafics routiers
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Description du dispositif :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’AMI CPIER est mis en œuvre et financé par l’État, via l’ADEME (Directions régionales Île-de-France et Normandie), la Région Normandie et la Région Île-de-France en partenariat avec la Délégation interministérielle au développement de la Vallée de la Seine (DIDVS) et les autres services déconcentrés de l’État.&lt;/p&gt;&lt;p&gt;Cet AMI vise à &lt;strong&gt;favoriser l’essor de projets interrégionaux, innovants et exemplaires &lt;/strong&gt;dans cinq domaines :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;solutions durables et décarbonées pour la mobilité des personnes et des marchandises ;&lt;/li&gt;&lt;li&gt;réduction de l’empreinte carbone des procédés industriels ;&lt;/li&gt;&lt;li&gt;transition vers une économie circulaire et boucles locales ;&lt;/li&gt;&lt;li&gt;développement des énergies renouvelables ;&lt;/li&gt;&lt;li&gt;lutte contre le changement climatique, anticipation, adaptation et résilience.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les types de projets suivants &lt;/strong&gt;peuvent être soutenus : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;études de préfiguration/études de préfaisabilité ou de faisabilité ;&lt;/li&gt;&lt;li&gt;expérimentations et démonstrateurs exemplaires et innovants ;&lt;/li&gt;&lt;li&gt;aide au changement de comportement (projets d’animation, de communication, de formation). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Avant tout dépôt de dossier de candidature : &lt;/strong&gt;il est fortement recommandé de contacter les personnes référentes de l’AMI en utilisant la fiche projet téléchargeable sur cette page. &lt;/p&gt;&lt;p&gt;L’ADEME est chargée de la réception des dossiers. Dans le cadre d’un comité de pilotage dédié, les projets sont co-instruits par les partenaires financeurs de l’AMI (Région Île-de-France, Région Normandie, ADEME) en partenariat avec la DIDVS et les services déconcentrés de l’État (DREAL Normandie et Préfecture d’Île-de-France).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;principaux critères d’examen des projets&lt;/strong&gt; sont les suivants (voir détail dans le règlement de l’AMI) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;structuration interrégionale et partenariale du projet ;&lt;/li&gt;&lt;li&gt;capacité à répondre aux enjeux thématiques et stratégiques de l’AMI et du schéma stratégique ;&lt;/li&gt;&lt;li&gt;innovation ;&lt;/li&gt;&lt;li&gt;caractère opérationnel du projet ;&lt;/li&gt;&lt;li&gt;montage technique et financier du projet.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Mobilité pour tous</t>
-[...2 lines deleted...]
-      <c r="O220" s="1" t="inlineStr">
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P220" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S220" s="1" t="inlineStr">
+      <c r="P200" s="1" t="inlineStr">
+        <is>
+          <t>22/12/2025</t>
+        </is>
+      </c>
+      <c r="Q200" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_28</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1</t>
+        </is>
+      </c>
+      <c r="W200" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E221" s="1" t="inlineStr">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>165674</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Co-construire des connaissances pour des mobilités et logistiques soutenables</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Co-construction de connaissances pour des mobilités et logistiques soutenables </t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G221" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H221" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K221" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N221" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mobilogs entend soutenir des travaux de recherche multidisciplinaires ou transdisciplinaires traitant de la sobriété sous toutes ses formes sans oublier les enjeux de mobilité inclusive et d’efficience économique.&lt;/p&gt;&lt;p&gt;Par sobriété sous toutes ses formes, on entend :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;« sobriété fonctionnelle »&lt;/strong&gt; : réduction des distances de déplacement, démotorisation, raccourcissement des chaines logistiques, réduction des volumes consommés et produits ;&lt;/li&gt;&lt;li&gt; &lt;strong&gt;« sobriété coopérative » &lt;/strong&gt;: partage d’espace de stockage, covoiturage, autopartage, mutualisation de flux de marchandises, partage de l’espace public pour accueillir tous les modes ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;« sobriété structurelle ou organisationnelle »&lt;/strong&gt; : relocalisation d’activités, chaines logistiques restructurées (cyclogistique, transport combiné) ou ralenties (transport maritime à voile), etc. ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;« sobriété dimensionnelle »&lt;/strong&gt; : écoconception et acquisition de véhicules dont les caractéristiques techniques et les performances sont adaptées aux besoins réels de déplacement (véhicules légers intermédiaires, rétrofit).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les travaux soutenus par Mobilogs se structurent autour des trois principales étapes nécessaires au processus de transformation des systèmes &lt;strong&gt;dans une logique d’amélioration continue&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;« &lt;strong&gt;Planifier &lt;/strong&gt;» : Les travaux de recherche pourront permettre de développer des visions de long terme au travers, notamment, d’analyses historiques permettant de dégager les tendances lourdes qu’il faudrait changer. La finalité globale est de concevoir et d’évaluer ex ante de nouveaux scénarios de transition, de nouvelles mesures de politiques publiques nationales ou locales, de nouvelles stratégies de filières prenant en compte la réalité des systèmes.&lt;/li&gt;&lt;li&gt; « &lt;strong&gt;Expérimenter&lt;/strong&gt; » : les travaux de recherche attendus auront pour finalité la co-conception, l’expérimentation et l’évaluation de mesures, de modèles organisationnels, et plus largement de dispositif avec un effet attendu sur la soutenabilité des systèmes de mobilité ou de logistique.&lt;/li&gt;&lt;li&gt; « &lt;strong&gt;Déployer&lt;/strong&gt; » : les travaux de recherche concerneront les &lt;strong&gt;conditions et modalités de diffusion de connaissances utile&lt;/strong&gt;s à la transformation des systèmes de mobilité et de logistique. En se nourrissant notamment des retours d’expérience, il pourra s’agir de développer ou d’améliorer des argumentaires scientifiquement fondés, des récits inspirants ou stratégies d’influence éclairées pour convaincre, des mécanismes de concertation ou de coopération des parties prenantes, des ressources pour monter en compétences et agir en faveur de la soutenabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les priorités sont précisées dans la section « Problèmes à traiter » du texte de l’appel à projets ci-dessus.&lt;/p&gt;&lt;p&gt;Les projets pourront relever de projets collaboratifs &lt;strong&gt;multidisciplinaires&lt;/strong&gt;, de &lt;strong&gt;recherche participat&lt;/strong&gt;ive ou de &lt;strong&gt;recherche-action&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Le montant moyen de l’aide attribuable par projet est de 180-250 k€, pour une durée généralement comprise entre 24 et 36 mois. &lt;/p&gt;&lt;p&gt;Selon la maturité du projet, il est aussi possible d’être accompagné dans le cadre d’un projet de &lt;strong&gt;recherche en émergence &lt;/strong&gt;sur une durée de 18 mois pour un montant d’aide maximum de 30 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour vous informer plus avant sur cet appel à projets : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;N’hésitez pas à participer au webinaire organisé le 6 janvier 2026 de 10h30 à 12h : &lt;a href="https://events.teams.microsoft.com/event/29056358-2e50-45ce-98e3-18736fb14e93&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849" target="_blank"&gt;s’inscrire au webinaire&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment faire pour candidater ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le présent&lt;strong&gt; appel à manifestation d’intérêt&lt;/strong&gt; constitue &lt;strong&gt;la première étape du processus de sélection de Mobilogs&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Il est ouvert&lt;strong&gt; jusqu’au 19 mars 2026 à 17h.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il s’agit d’une phase d’idéation qui devra se conclure par le dépôt d’une lettre d’intention par le coordonnateur du consortium dans le formulaire en ligne. Un guide d’aide à la préparation de la lettre d’intention est disponible ci-dessous. &lt;/p&gt;&lt;p&gt;Attention, cette lettre d’intention ne constituera pas la demande d’aide définitive et il n’est attendu qu’un coût de projet et montant d’aide indicatifs. Le guide de catégories des dépenses est disponible à titre informatif pour permettre d’identifier les postes de dépenses a priori éligibles.&lt;/p&gt;&lt;p&gt;À ce stade, par souci de simplicité, il est également possible de n’enregistrer sur la plateforme que le coordonnateur du projet. En revanche, les acteurs cités dans la lettre d’intention devront tous être déclarés lors du dépôt du dossier complet (cf. ci-dessous).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Suite du processus de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Un avis d’opportunités formulé par les équipes de l’ADEME sera adressé au porteur du projet dans les 3 semaines suivant le dépôt de la lettre d’intention.&lt;/p&gt;&lt;p&gt;Seuls les consortiums ayant reçu un avis favorable pourront constituer et déposer un dossier complet en tenant compte des recommandations éventuelles formulées par l’ADEME. L’appel sera&lt;strong&gt; clôturé le 18 juin 2026 à 17h.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;C’est la date d’accusé réception de ce dossier complet qui sera prise en compte pour l’éligibilité des dépenses.&lt;/p&gt;&lt;p&gt;Toutes les informations sur les modalités de dépôt, d’évaluation et de sélection seront communiquées ultérieurement.&lt;/p&gt;&lt;p&gt;Les résultats seront annoncés au mois &lt;strong&gt;d’octobre 2026&lt;/strong&gt; et les contractualisations des projets lauréats s’étaleront entre novembre 2026 et le printemps 2027.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P201" s="1" t="inlineStr">
+        <is>
+          <t>17/12/2025</t>
+        </is>
+      </c>
+      <c r="Q201" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/co-construction-de-connaissances-pour-des-mobilites-et-logistiques-soutenables</t>
+        </is>
+      </c>
+      <c r="W201" s="1" t="inlineStr">
+        <is>
+          <t>https://vosaides.ademe.fr/create-assistant?id_dispo=1f0c4a35-1388-67d0-962e-5d7e930b4089&amp;id_liste=&amp;dossier_aide_type=REINNO</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/co-construction-de-connaissances-pour-des-mobilites-et-logistiques-soutenables/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>162536</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les efforts de compétitivité, de souveraineté, d'innovation et d’investissement productif de la filière industrielle du vélo</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Industries du Vélo</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;*Sous réserve de publication de l’arrêté du Premier Ministre approuvant le cahier des charges de cet appel à projets au JORF*&lt;/p&gt;&lt;p&gt;Le présent AAP est ouvert aux entreprises de toute taille présentant un projet susceptible de relever d’un ou plusieurs des 4 volets suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 1&lt;/strong&gt; : Projets de développement et d’assemblage de vélos&lt;/p&gt;&lt;p&gt;Ce volet vise à&lt;strong&gt; soutenir les projets innovants et risqués de développement des capacités industrielles&lt;/strong&gt; ainsi que l’installation de &lt;strong&gt;nouvelles usines ou lignes de production innovantes&lt;/strong&gt; pour assembler des vélos et gagner en compétitivité sur le marché de l’assemblage de vélos. &lt;br /&gt;Les projets pourront notamment comporter :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des dépenses relatives à      l’installation de nouveaux sites industriels.&lt;/li&gt;&lt;li&gt;Des dépenses de      développement relatives à une mutation industrielle vers l’assemblage de      vélo. S’ils ne sont pas exclus de ce dispositif, les constructeurs et      sous-traitants automobiles candidats à ce volet pourront toutefois être      redirigés vers d’autres dispositifs dédiés.&lt;/li&gt;&lt;li&gt;Des investissements      capacitaires relatifs à la création de nouvelles unités de production, la      transformation de l’outil industriel existant (usines 4.0), l’adaptation      de l’outil industriel existant en vue de la phase d’industrialisation et      de la production en série et la création de nouvelles lignes d’assemblages      liées à la production de nouveaux produits innovants.&lt;/li&gt;&lt;li&gt;Des dépenses de recherche      et de développement relatives à de nouveaux modèles de production      innovants ou à la conception et fabrication de solutions et machines de      montages innovantes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Volet 2&lt;/strong&gt; : Projets de production des principaux composants et équipements pour vélos&lt;/p&gt;&lt;p&gt;Ce volet vise à &lt;strong&gt;soutenir les investissements industriels permettant de développer et accroitre les capacités de production des pièces détachées&lt;/strong&gt; (composants) ou &lt;strong&gt;équipements pour vélos&lt;/strong&gt; pour lesquels il existe un &lt;strong&gt;potentiel de relocalisation et de compétitivité du marché européen&lt;/strong&gt;. Ces pièces et équipements devront chercher à être le plus standard et interopérable possible, en s’inscrivant notamment dans une démarche de coopération avec la filière.&lt;br /&gt;Les projets pourront notamment comporter :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des dépenses relatives à      l’installation de nouvelles usines (usines ou micro-usines) ou unités de      production.&lt;/li&gt;&lt;li&gt;Des dépenses permettant      d’améliorer significativement la compétitivité des sites existants      (automatisation, procédés innovants, usines 4.0) et d’augmenter les      capacités de production existantes (élargissement des usines ou      installation de nouvelles lignes de production).&lt;/li&gt;&lt;li&gt;Des dépenses de recherche      et de développement pour développer de nouveaux composants et équipements      innovants répondant à de nouveaux besoins et potentiels de marché ainsi      que des savoirs faire d’ingénierie et de fabrication.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Volet 3&lt;/strong&gt; : Projets d’éco-conception et d’amélioration de l’impact environnemental des vélos et des équipements associés, sur leur cycle de vie.&lt;br /&gt;Ce volet vise à &lt;strong&gt;soutenir des projets d’investissement&lt;/strong&gt; permettant aux entreprises :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De renforcer leurs capacités à produire des vélos éco-conçus, réparables et recyclables.&lt;/li&gt;&lt;li&gt;De développer le recyclage et le réemploi des vélos et leurs équipements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets auront pour but d’alléger significativement l’empreinte environnementale des pièces et composants de vélos et des processus de fabrication associés, notamment par des solutions de conception et des process innovants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 4&lt;/strong&gt; : Briques technologiques et démonstrateurs de solutions innovantes directement adossées aux vélos et leurs équipements&lt;/p&gt;&lt;p&gt;Ce volet vise à &lt;strong&gt;soutenir des projets de recherche et de développement ou de premiers démonstrateurs de solutions innovantes&lt;/strong&gt; portés par des start-ups ou des industriels. Les projets devront être en lien direct avec l’industrialisation du vélo, de ses composants et des équipements vélos.&lt;br /&gt;Les projets peuvent contribuer à favoriser l’innovation dans les solutions technologiques, les procédés industriels, les matériaux, les utilisations et les solutions digitales pour renforcer la compétitivité, la durabilité du secteur et développer une ingénierie du cycle basée sur des compétences et un savoir-faire spécifique. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/industries-du-velo/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I203" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J203" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T203" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>161751</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux relais</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>161700</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
-Economie locale et circuits courts
+Transition énergétique
 Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>161740</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux actions ponctuelles</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-actions-ponctuelles</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>161739</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Tremplin pour la transition écologique des PME</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>162219</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets d’investissements industriels structurants et aux impacts positifs importants</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets éligibles au fonds vert sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet 1 : à titre principal, &lt;strong&gt;des projets d’investissements industriels structurants et ambitieux sur le plan environnemental&lt;/strong&gt; (par exemple : projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, etc.) qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (cf. liste d’exemples ci-après).&lt;/p&gt;&lt;p&gt;Volet 2 : à titre auxiliaire, &lt;strong&gt;des projets d’investissements contribuant au développement des compétences&lt;/strong&gt; (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/p&gt;&lt;p&gt;Volet 3 : à titre exceptionnel, &lt;strong&gt;un soutien spécifique et renforcé aux projets d’investissements industriels structurants et ambitieux&lt;/strong&gt; sur le plan environnemental, tels que définis aux volets 1 et 2 qui contribuent à la redynamisation de territoires « rebond industriel » (territoires confrontés à de fortes difficultés industrielles ou des restructurations importantes de chaînes de valeur, qui bénéficient spécifiquement d’un accompagnement en ingénierie par l’Agence Nationale de la Cohésion des Territoires (ANCT) dans une limite de 3 territoires par an).&lt;/p&gt;&lt;p&gt;Pour candidater &lt;a target="_blank" href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie"&gt;rendez-vous sur le site démarche simplifiée&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P221" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S221" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V221" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/fonds-vert-territoires-dindustrie-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>158948</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Définir un plan d'implantation de Pôles d'Echanges Multimodaux et leur faisabilité technique à destination des déplacements domicile-travail et touristiques</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité technique à l'installation de différents types de Pôles d'Echanges Multimodaux</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Force d&amp;#039;une expertise et de retours d&amp;#039;expériences sur plusieurs de ses réseaux, PIM Mobility vous propose, en amont de tout déploiement, un accompagnement complet, reprenant vos études et réflexions en cours, en vue de créer des espaces de rétention de voyageur et instaurer une pratique multimodale durable :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification géographique et définition des typologies des sites étudiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des profils voyageurs présents, leur consentement à changer de comportement et leurs besoins de services associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  cartographie des offres de transport présentes, en cours de déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faisabilité technique  chiffré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hubs de mobilité sur des lignes de covoiturage et lignes BHNS/cars express ; aires de services vélo sur des grands itinéraires touristiques, espaces relais vélos en libre service et stationnement vélos en parc d&amp;#039;activités, aires de covoiturage et relais transport en commun, revitalisation et valorisation multimodale de parvis de gare TER.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une collectivités, une entreprise, un syndicat ou un office du tourisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://pim-mobility.com/contact/</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;pim-mobility.com&lt;br /&gt;06 22 45 03 36&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>p.renault@pim-mobility.com</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5313-definir-un-plan-dimplantation-de-poles-dechan/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P210" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>157090</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C211" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I211" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J211" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une sensibilisation des acteurs à la sobriété énergétique du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Un développement des projets de rénovation énergétique des bâtiments publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ - La production d&amp;#039;énergies renouvelables sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - La réduction des volumes et la valorisation des déchets
+&lt;/p&gt;
+&lt;p&gt;
+ - Un usage renforcé des mobilités actives et décarbonées
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien et la valorisation des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ - La préservation des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Productions d&amp;#039;énergies
+&lt;/p&gt;
+&lt;p&gt;
+ - Maîtrise des dépenses énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement et/ou stockage de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Valorisation des ressources locales
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion et valorisation des déchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Suivi de la biodiversité, préservation et valorisation des milieux
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et information des professionnels et acteurs privés
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Innovation, créativité et recherche
+Biodiversité
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T211" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;a target="_self"&gt;
+ &lt;p&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>157566</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I212" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J212" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes à réaliser en agglomération des aménagements de sécurité le long ou sur le réseau routier départemental non pris en charge par le Département dans le cadre de son schéma directeur des mobilités.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+   Communes de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dotés de la compétence en matière de voirie dont la population est inférieure à 10.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+  NB: La Métropole Rouen Normandie, ainsi que les communes qui la composent, sont exclues de ce dispositif d&amp;#039;aide
+&lt;/p&gt;
+&lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+  Travaux liés à l&amp;#039;accompagnement de travaux sur la chaussée des routes départementales et à l&amp;#039;amélioration de la sécurité routière en agglomération (non pris en charge par le Département dans le cadre de son schéma directeur des mobilités) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+   Sécurisation des circulations actives (trottoirs, cheminements piétons),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de sécurité le long ou sur la chaussée (chicanes, plateaux traversant, îlots...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et développement de signaux lumineux, signalisation verticale de police et signalisation horizontale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux commandés par les exigences de la sécurité routière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :&lt;/strong&gt;
+ Les aménagements non liés à la sécurité : assainissement, aménagements paysagers, mobilier urbain...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 1000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 130.000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de la dépense subventionnable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/travaux-daccompagnement-et-de-securite-sur-le-reseau-routier-departemental-en-agglomeration/</t>
+        </is>
+      </c>
+      <c r="W212" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime&lt;/p&gt;&lt;p&gt;Direction de la Cohésion des Territoires&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/887c-soutenir-les-travaux-daccompagnement-et-de-se/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>157095</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Aide montage des dossiers de subventions</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T213" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>157094</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et mettre en oeuvre des activités de coopération</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°5 : Préparation et mise en œuvre d'activités de coopération</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I214" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J214" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes :
+&lt;/p&gt;
+&lt;p&gt;
+ - Promouvoir un territoire sobre et résilient
+&lt;/p&gt;
+&lt;p&gt;
+ - Soutenir l&amp;#039;initiative économique
+&lt;/p&gt;
+&lt;p&gt;
+ - Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services
+&lt;/p&gt;
+&lt;p&gt;
+ - Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ A travers l&amp;#039;action &amp;#34;Préparation et mise en œuvre d&amp;#039;activités de coopération&amp;#34;, le GAL souhaite, de manière générale, développer tout projet de coopération lié aux 4 grands axes de la stratégie locale de développement. Les thématiques propices à la coopération sur le territoire sont privilégiées, à savoir : la culture, les énergies renouvelables, l&amp;#039;urbanisme rural durable et les mobilités.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération aura pour attendus :
+&lt;/p&gt;
+&lt;p&gt;
+ - La mutualisation de moyens pour la recherche commune de solutions à des problématiques partagées.
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;actions communes répondant aux enjeux identifiés dans la stratégie locale de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement de partenariats internes au territoire et vers d&amp;#039;autres GAL en région Normandie ou en dehors.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le partage d&amp;#039;expériences et la diffusion de bonnes pratiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Echanges d&amp;#039;expériences : rencontres, visites sur site de projets réalisés, missions sur des problématiques précises (à définir, selon le projet de coopération).
+&lt;/p&gt;
+&lt;p&gt;
+ - Missions de conseils, d&amp;#039;expertise, d&amp;#039;animation territoriale et de mise en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions collectives d&amp;#039;échange, de diffusion de bonnes pratiques et de communication.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formations non professionnelles, d&amp;#039;information et de sensibilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formation visant à la mise en réseau, à la sensibilisation ou à l&amp;#039;éducation des acteurs sur des problématiques de développement rural et intégrées dans un projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Traduction.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T214" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/253b-leader-action-n5-preparation-et-mise-en-uvre-/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>