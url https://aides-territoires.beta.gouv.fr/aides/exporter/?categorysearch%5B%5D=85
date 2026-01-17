--- v1 (2026-01-16)
+++ v2 (2026-01-17)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA214"/>
+  <dimension ref="A1:AA213"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -31516,1689 +31516,1337 @@
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
       <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4293-aider-a-lamelioration-de-la-qualite-de-la-dis/</t>
         </is>
       </c>
       <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:27" customHeight="0">
       <c r="A160" s="1">
-        <v>152912</v>
+        <v>162730</v>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Financer un projet d'investissement communal ou intercommunal</t>
+          <t>Bénéficier de services et mobilités en montagne</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
-          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+          <t>Services et mobilités en montagne</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de Lot-et-Garonne</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G160" s="1" t="inlineStr">
-        <is>
-[...350 lines deleted...]
-      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Formation professionnelle
 Biodiversité
 Equipement public
 Bâtiments et construction
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P162" s="1" t="inlineStr">
+      <c r="P160" s="1" t="inlineStr">
         <is>
           <t>30/05/2024</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
 &lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>162815</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Développer l'industrie des Véhicules Intermédiaires (eXtrême Défi)</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Industrie des Véhicules Intermédiaires (eXtrême Défi)</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les projets éligibles à cet AAP concernent la fabrication, l’innovation portant sur des véhicules intermédiaires (catégories VAE et L).&lt;br /&gt;Le présent AAP est ouvert aux entreprises de toute taille présentant un projet susceptible de relever d’un ou plusieurs des 4 volets suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 : Projets de développement et d’assemblage de véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir les projets de développement des capacités industrielles ainsi que l’installation de nouvelles usines ou lignes de production pour assembler des véhicules intermédiaires et gagner en compétitivité sur le marché de l’assemblage de ces véhicules. Les porteurs chercheront à industrialiser des familles de véhicule intermédiaires conçu à partir d’une base roulante commune pour des applications de transport de personne et de marchandises. Les projets pourront viser la mise en œuvre de capacité d&amp;#039;ingénierie et d’assemblage pour plusieurs constructeurs sur demande et sur des petites séries.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 : Projets de production des principaux composants « stratégiques » et équipements pour véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir les investissements industriels permettant de développer et accroitre les capacités de production des pièces détachées (composants) ou équipements des véhicules intermédiaires pour lesquels il existe un potentiel de relocalisation et de compétitivité du marché européen (exemples non exhaustifs : roues, cadre, fourche, plateaux, pédaliers, freins, moteurs, moyeux, remorques, batteries, etc.).&lt;br /&gt;Ces pièces et équipements devront chercher à être le plus standard et interopérable possible, en s’inscrivant notamment dans une démarche de coopétition avec la filière. Il sera visé en priorité les composants « stratégiques » tels qu’explicité dans le texte de l&amp;#039;appel.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 3 : Projets d’éco-conception et d’amélioration de l’impact environnemental du cycle de vie des véhicules intermédiaires et des équipements associés&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir des projets d’investissement permettant aux entreprises de renforcer leurs capacités à produire des véhicules intermédiaires éco-conçus, réparables, recyclables et reconditionnables (surcyclables) afin d&amp;#039;accompagner la transition de la filière vers l’économie circulaire et d’encourager des investissements en faveur du recyclage, du réemploi des déchets et d’une baisse de la pression sur les ressources. Les projets auront pour but d’alléger l’empreinte environnementale des pièces et composants de véhicules intermédiaires et des processus de fabrication associés.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 4 : Briques technologiques et démonstrateurs de solutions innovantes directement adossées aux véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir des projets de recherche et de développement ou de premiers démonstrateurs de solutions innovantes portés par des start-ups ou des industriels. Les projets devront être en lien direct avec l’industrialisation du véhicule intermédiaire ou de ses composants, ou avec les éléments physiques et des équipements. Les projets peuvent contribuer à favoriser l’innovation dans les procédés industriels, les matériaux, les utilisations et les solutions digitales pour renforcer la compétitivité, la durabilité du secteur et développer une ingénierie du cycle basée sur des compétences et un savoir-faire spécifique. Les projets ayant une composante collaborative forte, associant notamment des start-ups, des PME, des ETI ou des partenaires de recherche et des universités, et, si besoin, des collectivités territoriales, feront l’objet d’une attention spécifique, tout comme les projets qui privilégieront un partage des objectifs et des résultats au sein de la filière industrielle naissante (notion de « bien commun » décrite dans les critères de sélection).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/industrie-des-vehicules-intermediaires-extreme-defi/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>162824</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
         </is>
       </c>
-      <c r="C164" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I164" s="1" t="inlineStr">
+      <c r="I162" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J164" s="1" t="inlineStr">
+      <c r="J162" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M164" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>162836</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Soutient un programme de lutte contre l'insécurité routière, qui demeure préoccupante en Île-de-France</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Plan route de demain : Sécurité routière</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>La Région soutient un programme de lutte contre l&amp;#039;insécurité routière, qui demeure préoccupante en Île-de-France. Ce programme porte sur l&amp;#039;infrastructure, la protection des usagers les plus vulnérables et la sécurisation des passages à niveaux.&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
         <is>
           <t>&lt;table&gt;&lt;colgroup&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;col /&gt;&lt;/colgroup&gt;&lt;tbody&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Études&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Zones accumulations d’accidents&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Opérations issues d’études&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Zones d’entrée d’agglomérations&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Obstacles latéraux&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Carrefours en campagne&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;Sécurité des usagers vulnérables&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;État&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;Départements&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;EPCI&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;Syndicats mixtes&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td&gt;&lt;span&gt;Communes&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt; &lt;/span&gt; &lt;/td&gt;&lt;td&gt;&lt;span&gt;X&lt;/span&gt; &lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;br /&gt; &lt;strong&gt;Pour les études et les actions sur l’infrastructures :&lt;/strong&gt; la Région participe à hauteur de 50% de la dépense supportée par le maître d’ouvrage &lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour les actions visant à renforcer la sécurité des usagers les plus vulnérables : &lt;/strong&gt;la Région participe à hauteur de 30% de la dépense supportée par le maître d’ouvrage.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Les études de sécurité routière &lt;/strong&gt;pour identifier et traiter les anomalies des infrastructures prenant en compte tous les usages de la route.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les actions portant sur l’infrastructure&lt;/strong&gt; pour traiter : &lt;br /&gt;- Les zones d’accumulation d’accidents répertoriées, issues d’une étude de sécurité,&lt;br /&gt;- Les zones de transition en entrée d’agglomération,&lt;br /&gt;- Les obstacles latéraux,&lt;br /&gt;-  Les carrefours à visibilité insuffisante en rase campagne.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le développement des actions visant à renforcer la sécurité des usagers les plus vulnérables et à limiter les comportements à risque,&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le soutien à la sécurisation des passages à niveau.&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;  &lt;p&gt;Par ailleurs, la Région souhaite &lt;strong&gt;faciliter les échanges des bonnes pratiques entre les maîtres d’ouvrage.&lt;/strong&gt; À ce titre, sur la base des évaluations demandées aux maîtres d’ouvrage, des réunions techniques seront organisées régulièrement.&lt;/p&gt;&lt;span&gt;&lt;/span&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-securite-routiere</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-securite-routiere-1/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>162837</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l'environnement</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Plan route de demain : PEMR, voies réservées et aires de covoiturage</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour les PEMR et aires de covoiturage : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicats mixtes,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ville de Paris.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;Pour les v&lt;span&gt;oies réservées : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conditions :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Sans plafond pour les PEMR et les voies réservées,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dans la limite de 1.000€ par place pour les aires de covoiturage.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Financement des équipements collectifs suivants, à condition qu&amp;#039;ils soient situés sur ou à proximité immédiate du réseau routier d’intérêt régional :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es pôles d’échanges multimodaux routiers (PEMR),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es aires de covoiturage d’au moins 5 places,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Les voies réservées.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage-1/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>162838</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l’environnement</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain : Innovation</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Collectivités locales,&lt;/li&gt;&lt;li&gt;État,&lt;/li&gt;&lt;li&gt;Établissements publics,&lt;/li&gt;&lt;li&gt;Universités et organismes de recherche,&lt;/li&gt;&lt;li&gt;Entreprises au sens du droit européen,&lt;/li&gt;&lt;li&gt;Associations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;strong&gt;Pour les collectivités locales et l’État :&lt;/strong&gt;&lt;br /&gt;Le taux de financement est de 50% des dépenses subventionnables, non plafonnées.&lt;p&gt;&lt;br /&gt;&lt;strong&gt;Pour les entreprises :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Le calcul de l’aide sera établi selon la réglementation en vigueur à la date d&amp;#039;attribution, relative aux aides à la recherche, au développement et à l&amp;#039;innovation, prise notamment sur la base du règlement général d&amp;#039;exemption par catégorie.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le taux de financement maximum est de 50% des dépenses subventionnables, non plafonnées.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Les projets soutenus doivent s’intégrer à la liste des thématiques liées :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;À l’infrastructure routière,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;À&lt;/span&gt;&lt;span&gt; l’exploitation,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aux véhicules,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aux usages, aux services et au management de la mobilité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Ces thématiques sont détaillées dans l&amp;#039;annexe 4 à &lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CR2022-021%22" target="_blank"&gt;la délibération n° CR 2022-021 &lt;/a&gt;&lt;/span&gt;&lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CR2022-021%22" target="_blank"&gt;«&lt;/a&gt;&lt;span&gt;&lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CR2022-021%22" target="_blank"&gt;Route de demain ».&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-innovation</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-innovation-1/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>162840</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain: Amélioration de la desserte des lycées et des îles de loisirs</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;La Région renforce la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;L’aide est intégrée à l’article 3 du dispositif « maîtrise de la mobilité » dont les bénéficiaires sont : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Collectivités locales,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;É&lt;/span&gt;&lt;span&gt;tat,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La participation maximale sera égale à 70% de la dépense HT supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La participation financière de la Région s’applique aux opérations d’infrastructure visant à favoriser la desserte par les transports en commun des grands établissements régionaux suivants :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les lycées d&amp;#039;enseignement général, technologique et professionnel et les établissements d&amp;#039;éducation spéciale,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les îles de loisirs.&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Peuvent être soutenus : les aménagements de voirie en faveur des transports en commun, dans un périmètre de 300m autour des accès principaux de ces établissements.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V166" s="1" t="inlineStr">
         <is>
-          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage</t>
-[...4 lines deleted...]
-          <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-amelioration-de-la-desserte-des-lycees-et-des-iles-de-loisirs</t>
         </is>
       </c>
       <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z166" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-amelioration-de-la-desserte-des-lycees-et-des-iles-de-loisirs-1/</t>
         </is>
       </c>
       <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:27" customHeight="0">
       <c r="A167" s="1">
-        <v>162838</v>
+        <v>162841</v>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l’environnement</t>
+          <t>Soutenir les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l'environnement</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
-          <t>Plan route de demain : Innovation</t>
+          <t>Plan route de demain : Agences locales de mobilité et Plans de mobilité</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G167" s="1" t="inlineStr">
-        <is>
-[...176 lines deleted...]
-      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Collectivités locales,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;État,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Universités et organismes de recherche,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises au sens du droit européen,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Agences locales de mobilité (ALM) :&lt;/strong&gt; financement des dépenses d&amp;#039;investissement relatives aux études de faisabilité, à l&amp;#039;investissement initial et au budget de fonctionnement, sur une période de 3 ans.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Plans de mobilité :&lt;/strong&gt; financement des dépenses d’investissement et de fonctionnement relatives aux études et plans d’actions des :&lt;br /&gt;&lt;/span&gt;&lt;span&gt;- Plans de mobilité lycées et campus universitaires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Plans de mobilité visés par l’article L. 1214-8-2 du Code des transports, à condition qu’il s’agisse de plans inter-entreprises.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Retrouvez plus d’informations sur l’espace en ligne &lt;a href="http://www.iledefrance.fr/promobilite"&gt;Pro’Mobilité&lt;/a&gt;&lt;/span&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/span&gt;&lt;strong&gt;Agences locales de mobilité (ALM) :&lt;/strong&gt;&lt;span&gt; vous devez déposer sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; &lt;span&gt;un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Plans de mobilité :&lt;/strong&gt; vous devez transmettre votre dossier à &lt;a target="_blank"&gt;pro.mobilite&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-agences-locales-de-mobilite-et-plans-de-mobilite</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;span&gt;&lt;a target="_blank"&gt;pro.mobilite&amp;#64;iledefrance.fr &lt;/a&gt;&lt;/span&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-agences-locales-de-mobilite-et-plans-de-mobilite-1/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>162938</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C170" s="1" t="inlineStr">
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I170" s="1" t="inlineStr">
+      <c r="I168" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P170" s="1" t="inlineStr">
+      <c r="P168" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q170" s="1" t="inlineStr">
+      <c r="Q168" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T170" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>162966</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>162980</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Développer des mobilités alternatives et durables</t>
         </is>
       </c>
-      <c r="C172" s="1" t="inlineStr">
+      <c r="C170" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Fiche 3 - FEDER</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I172" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J172" s="1" t="inlineStr">
+      <c r="J170" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers&lt;/span&gt;&lt;span&gt;,
 territoire périurbain mais aussi rural, la mobilité est essentiellement vécue
 comme une pratique individuelle, ancrée dans le quotidien et consommatrice
 d’énergies fossiles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les déplacements se font majoritairement vers les
 pôles urbains extérieurs au territoire et subissent les phénomènes de
 congestion (notamment pour les actifs en trajet domicile /travail) et
 l’augmentation des coûts de l’énergie même si le développement du télétravail
 est aussi un élément influant sur les pratiques de mobilité pendulaire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives à la voiture pour désenclaver les secteurs et
 les pratiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Rendre plus durables les pratiques de mobilité&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M172" s="1" t="inlineStr">
+      <c r="M170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Développement des
 pistes cyclables et de leurs aménagements favorisant notamment la mobilité du
 quotidien&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures, équipements,
 services et solutions de mobilités multimodales, collectives ou solidaires&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures de
 recharges décarbonés pour la mobilité des voyageurs et des marchandises&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner le
 territoire dans la mise en place d’un Contrat Opérationnel de Mobilité (COM)&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
+      <c r="Q170" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T172" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-preservation-des-ressources-naturelles-locales/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>162982</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C173" s="1" t="inlineStr">
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I173" s="1" t="inlineStr">
+      <c r="I171" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -33241,581 +32889,581 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P173" s="1" t="inlineStr">
+      <c r="P171" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q173" s="1" t="inlineStr">
+      <c r="Q171" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>163008</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Développer des mobilités durables adaptées aux besoins des habitants</t>
         </is>
       </c>
-      <c r="C174" s="1" t="inlineStr">
+      <c r="C172" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F174" s="1" t="inlineStr">
+      <c r="F172" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I174" s="1" t="inlineStr">
+      <c r="I172" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J174" s="1" t="inlineStr">
+      <c r="J172" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Développer des mobilités durables adaptées aux besoins des habitants &lt;/em&gt;&lt;/strong&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis, par sa position
 géographique et ses caractéristiques socio-économiques, est un territoire qui
 génère de nombreux déplacements domicile/travail internes et externes. Par
 ailleurs, nombre d’habitants, du fait du caractère rural ou péri-urbain du
 territoire, sont dépendants de la voiture pour accéder aux services essentiels.
 Ces flux sont en grande majorité faits en voiture individuelle, occasionnant
 des problèmes de trafic routier, de nuisances environnementales, d&amp;#039;accès à
 l’emploi ou d’isolement en cas d’absence de véhicule… Le Pays d’Ancenis doit
 relever le défi d’une mobilité alternative et innovante, en mettant l’accessibilité
 et la proximité au cœur de son développement&lt;/span&gt;. &lt;font face="Arial Narrow, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire
      l’autosolisme en développant des modes de déplacement plus vertueux pour
      l’environnement en complémentarité avec les autorités organisatrices de
      mobilité&lt;/li&gt;&lt;li&gt;Expérimenter
      et développer des mobilités alternatives adaptées au territoire et
      différenciées selon les espaces (hameaux, bourgs, centres-villes) en
      promouvant les solutions innovantes (covoiturage, libre-service, mobilité
      solidaire, par exemple)&lt;/li&gt;&lt;li&gt;Faciliter
      et accompagner le changement de pratiques de déplacement&lt;/li&gt;&lt;li&gt;Sécuriser
      la pratique des mobilités actives en développant ses infrastructures pour
      favoriser le report modal sur les trajets courts et améliorer
      l’intermodalité&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M174" s="1" t="inlineStr">
+      <c r="M172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans le
 domaine des mobilités : études stratégiques, diagnostics préalables,
 études de faisabilité, études de marchés, schémas des mobilités, plans de
 déplacements, par exemple&lt;/li&gt;&lt;li&gt;Expérimentations de solutions de mobilités alternatives, actions
      de sensibilisation, d’animation et de communication et organisation
      d’évènements pour la promotion des transports alternatifs afin de limiter
      le recours aux véhicules individuels, notamment ceux utilisant les
      énergies fossiles (par exemple véhicules mutualisés entre communes type
      bus ou minibus, véhicules électriques en libre-service, ateliers de
      réparation, services de sécurisation des usagers du vélo)&lt;/li&gt;&lt;li&gt;Actions pour le développement d’une mobilité solidaire
      (covoiturage, réseau mobilité, transports solidaires, garages solidaires,
      par exemple)&lt;/li&gt;&lt;li&gt;Travaux de construction, de rénovation et d’équipements pour le
 développement des mobilités vertueuses (dont voies cyclables, équipements en
 bornes électriques, par exemple) et des projets multimodaux dans une logique
 d’intérêt communautaire&lt;/li&gt;&lt;li&gt;Travaux de construction, rénovation et d’équipements pour le
 développement de transports solidaires (point stop, covoiturage dynamique, par
 exemple)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P174" s="1" t="inlineStr">
+      <c r="P172" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q174" s="1" t="inlineStr">
+      <c r="Q172" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-dynamique-culturelle-et-sportive-au-service-des-besoins-des-habitants/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>163014</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M175" s="1" t="inlineStr">
+      <c r="M173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>163043</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
         </is>
       </c>
-      <c r="C176" s="1" t="inlineStr">
+      <c r="C174" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F176" s="1" t="inlineStr">
+      <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I176" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie sociale et solidaire
 Accessibilité
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>163142</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M177" s="1" t="inlineStr">
+      <c r="M175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -33824,424 +33472,424 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W177" s="1" t="inlineStr">
+      <c r="W175" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>163154</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Aider la flotte fluviale à réduire ses impacts environnementaux et à s’adapter aux changements climatiques</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Plan d’aides à la modernisation et à l’innovation de la flotte (PAMI)</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce Plan d’aide est une réponse aux &lt;strong&gt;grands enjeux de la flotte fluviale &lt;/strong&gt;et comprend des mesures conçues afin d’atteindre les objectifs environnementaux et logistiques listés ci-dessous.&lt;/p&gt;&lt;p&gt;Pour candidater : les &lt;strong&gt;demandes d&amp;#039;aide sont à déposer exclusivement en ligne sur la plateforme web dédiée&lt;/strong&gt; de Voies Navigables de France :&lt;br /&gt;&lt;a target="_blank" href="https://portail-pami-connect.vnf.fr"&gt;PAMI Connect&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le PAMI s’articule en quatre volets d’aides :&lt;/p&gt;&lt;p&gt;Volet A&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance environnementale&lt;/strong&gt; de la flotte&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Réduire la consommation&lt;/strong&gt; en carburant, les émissions et rejets polluants&lt;/li&gt;&lt;li&gt;Encourager le &lt;strong&gt;recours à des énergies renouvelables&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimiser la gestion des énergies&lt;/strong&gt; à bord&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet B&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mieux &lt;strong&gt;intégrer le maillon fluvial aux chaînes logistiques&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Capter de nouveaux trafics&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Consolider la desserte fluviale&lt;/strong&gt; des ports maritimes&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance logistique&lt;/strong&gt; de la flotte fluviale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet C&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Accompagner le renouvellement&lt;/strong&gt; des acteurs et de la filière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet D&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Favoriser l’émergence des solutions innovantes&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P178" s="1" t="inlineStr">
+      <c r="P176" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q178" s="1" t="inlineStr">
+      <c r="Q176" s="1" t="inlineStr">
         <is>
           <t>01/10/2027</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/plan-daides-la-modernisation-et-linnovation-de-la-flotte-pami</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/plan-daides-a-la-modernisation-et-a-linnovation-de-la-flotte-pami/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>163169</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Développer les mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité</t>
         </is>
       </c>
-      <c r="C179" s="1" t="inlineStr">
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Des mobilités responsables, accessibles à tou.te.s et structurées autour de pôles de proximité.</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I179" s="1" t="inlineStr">
+      <c r="I177" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="J179" s="1" t="inlineStr">
+      <c r="J177" s="1" t="inlineStr">
         <is>
           <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La mobilité dans le Pays du Bessin au Virois est très dépendante de l&amp;#039;automobile.
 Cette situation renforce la vulnérabilité des publics fragiles ou isolés et n&amp;#039;est pas soutenable à
 terme compte tenu des enjeux climatiques et énergétiques.
 Par ailleurs, le développement des alternatives doit s&amp;#039;articuler avec la préservation des
 espaces naturels et agricoles (consommation de foncier).
 Cette fiche vise à soutenir l&amp;#039;émergence de solutions de mobilité décarbonées, accessibles à
 tou.te.s, mais également de dispositifs permettant de réduire les déplacements subis ou
 contraints dans une logique de sobriété. Les objectifs poursuivis font échos à 10 axes du
 SRADDET, en particulier l’objectif 44 qui traite des nouvelles pratiques de mobilité.
 Naturellement, cette fiche action prend en compte les constats du GIEC normand et se veut
 répondre aux problématiques de la pollution de l’air et les inégalités d’accès aux services de
 soins.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Proposer des alternatives aux modes de déplacements individuels et carbonés
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organiser les déplacements contraints
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Garantir l&amp;#039;accès à la mobilité pour tou.te.s.
 &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planifier l&amp;#039;offre de mobilité à une plus grande échelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M179" s="1" t="inlineStr">
+      <c r="M177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation et animation de schémas globaux de déplacements dans les EPCI et entre les EPCI ;
 &lt;/li&gt;&lt;li&gt;Création/renforcement de &amp;#34;pôles de mobilité&amp;#34; de proximité, regroupant les offres alternatives ;
 &lt;/li&gt;&lt;li&gt;Création ou développement de plateformes de réservation en ligne et de partage de solutions de mobilité ;
 &lt;/li&gt;&lt;li&gt;Développement de lignes de transports collectifs intra et inter communautaires (EPCI) permettant de renforcer
 l&amp;#039;accès aux services et commerces ;
 &lt;/li&gt;&lt;li&gt;Création de dispositifs d&amp;#039;autopartage basés sur des véhicules à faible impact (électrique ou GNV), portés par les
 entreprises et/ou les collectivités à destination des habitants et/ou des salariés ;
 &lt;/li&gt;&lt;li&gt;Promotion de dispositifs favorisant le covoiturage (études, communication) ;
 &lt;/li&gt;&lt;li&gt;Création de services de mobilités actives (études, communication, signalétique, achat de matériels) ;
 &lt;/li&gt;&lt;li&gt;Création ou renforcement d&amp;#039;offres de transport innovantes, individualisées et personnalisées à visée sociale (transport
 à la demande). &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Voirie et réseaux
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Limiter les déplacements subis
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet propose des alternatives aux modes de déplacements individuels et carbonés&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet d&amp;#039;organiser les déplacements contraints&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet a pour objectif de garantir l&amp;#039;accès à la mobilité pour tous &lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de planifier et diversifier l&amp;#039;offre de mobilité sur le territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>leader.bessinvirois@calvados.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-mobilites-responsables-accessibles-a-tou-te-s-et-structurees-autour-de-poles-de-proximite/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>163199</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C180" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I180" s="1" t="inlineStr">
+      <c r="I178" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -34278,2816 +33926,2699 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q180" s="1" t="inlineStr">
+      <c r="Q178" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>163208</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Développer le Vélotourisme</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Développer le Vélotourisme</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme Développer le vélotourisme se prolonge sur 2024. Ce programme s&amp;#039;articule autour de 3 axes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter les&lt;strong&gt; établissements touristiques&lt;/strong&gt; à entrer dans une &lt;strong&gt;démarche de référencement auprès de la marque Accueil Vélo&lt;/strong&gt;.   &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Permettre aux &lt;strong&gt;collectivités territoriales d’investir dans des équipements&lt;/strong&gt; plébiscités par les touristes à vélo en implantant des aires de services le long des itinéraires inscrits au schéma national, régional ou départemental des véloroutes.&lt;/li&gt;&lt;li&gt;Aider les &lt;strong&gt;collectivités territoriales et comités d’itinéraire&lt;/strong&gt; à la réalisation d’études pour &lt;strong&gt;créer ou accélérer la réalisation d&amp;#039;itinéraires ou tronçons&lt;/strong&gt; d&amp;#039;itinéraires de véloroutes.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Axe 1 - Devenir Accueil Vélo&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Office du tourisme&lt;/li&gt;&lt;li&gt;Site touristique dont      halte et port fluvial&lt;/li&gt;&lt;li&gt;Hébergement touristique&lt;/li&gt;&lt;li&gt;Restaurant&lt;/li&gt;&lt;li&gt;Les collectivités territoriales dès lors qu’elles gèrent un des établissements cités ci-dessus&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;L&amp;#039;établissement doit s&amp;#039;engager dans une démarche de référencement auprès de la marque Accueil      Vélo ou être déjà labellisés afin d’accroître leur capacité d’accueil et      d’amélioration la qualité des services proposés.&lt;/li&gt;&lt;li&gt;L’établissement doit se      situer à &lt;strong&gt;moins de 5 km d’un itinéraire cyclable balisé selon confirmation&lt;/strong&gt;      du référent qualité de la marque Accueil Vélo.&lt;/li&gt;&lt;li&gt;Est attendu l’implantation      de 5 emplacements stationnements vélo au minimum.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En fonction des typologies d&amp;#039;établissements des critères supplémentaires spécifiques s’appliquent.&lt;/p&gt;&lt;p&gt;Ces critères d’éligibilités correspondent aux référentiels de la marque Accueil Vélo qui sont détaillés dans le &lt;a target="_blank" href="http://www.francevelotourisme.com/sites/default/files/accueil-velo-guide-pratique.pdf"&gt;guide pratique Accueil Vélo&lt;/a&gt;. &lt;/p&gt;&lt;p&gt;Il est nécessaire de prendre contact auprès du référent qualité de la marque Accueil Vélo &lt;a target="_blank" href="http://www.francevelotourisme.com/contact/devenir_accueil_velo"&gt;via le formulaire de contact&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;En amont du dépôt de la demande cela permettra de s’assurer :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;De l&amp;#039;éligibilité de      l&amp;#039;établissement&lt;/li&gt;&lt;li&gt;De la correspondance du      projet d’investissement envisagé et des attendus de la marque Accueil Vélo&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Axe 2 - Implanter des aires de services le long des itinéraires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les haltes fluviales et      ports fluviaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les &lt;strong&gt;itinéraires&lt;/strong&gt;      concernés sont ceux &lt;strong&gt;inscrits au schéma national, régional ou      départemental&lt;/strong&gt; des véloroutes&lt;/li&gt;&lt;li&gt;L’aire de services doit      être &lt;strong&gt;visible depuis l’itinéraire&lt;/strong&gt; ou située à &lt;strong&gt;moins de 200 mètres avec une      signalétique&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Pour le confort des      usagers, il est attendu une &lt;strong&gt;répartition homogène des aires de services le      long des itinéraires &lt;/strong&gt;: tout au plus tous les 30 km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est préconisé de distancier d’une vingtaine de kilomètres l’implantation des aires de services le long d’un même itinéraire. N&amp;#039;est pas éligible une implantation distante de moins de 10 km.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe 3 - Réaliser des études&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les structures      représentant un comité d’itinéraire (chef de file du comité d’itinéraire)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’itinéraire concerné par l’étude doit être &lt;strong&gt;inscrit soit au schéma national, régional&lt;/strong&gt; &lt;strong&gt;ou départemental&lt;/strong&gt; des véloroutes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4 thématiques sont proposées pour réaliser les études :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Créer de nouveaux itinéraire cyclables touristiques&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Accélérer la réalisation      de tronçons&lt;/strong&gt; d’itinéraires déjà inscrits à un schéma&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la mise en      sécurité&lt;/strong&gt; des itinéraires&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Renforcer l’attractivité&lt;/strong&gt;      des véloroutes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous êtes invités à lire attentivement le texte de l&amp;#039;appel à projet dans la rubrique « Vérifier mon éligibilité » en amont du dépôt de votre dossier.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240725/developper-velotourisme</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-le-velotourisme-2/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>163236</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Oeuvrer pour un territoire de proximité, solidaire et inclusif</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 2</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I182" s="1" t="inlineStr">
+      <c r="I180" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J182" s="1" t="inlineStr">
+      <c r="J180" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000€ et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les modes de vie, les aspirations, les besoins de mobilité et d’habitat des habitants du territoire ont évolué ces dernières années sans qu’il n’y ait de changements dans la manière d’aménager les espaces urbains et ruraux. Les différentes crises et mutations sociétales invitent à repenser les espaces afin de prendre en compte les préoccupations et les besoins des citoyens du territoire.&lt;/p&gt;&lt;p&gt;L’offre de services et d’infrastructures doit répondre à la diversité des besoins de ses habitants.&lt;/p&gt;&lt;p&gt;A travers sa candidature, le GAL du PETR Pays de Ploërmel – Coeur de Bretagne souhaite développer des environnements physiques, numériques et sociaux réfléchis et accessibles pour toutes et tous.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La programmation viendra apporter son soutien aux projets favorisant une société solidaire et inclusive à travers divers enjeux :&lt;/li&gt;&lt;li&gt;La mobilité&lt;/li&gt;&lt;li&gt;L’accès au numérique, la création d’espace de coopération&lt;/li&gt;&lt;li&gt;L’habitat&lt;/li&gt;&lt;li&gt; L’aménagement du territoire et inclusion&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;De façon transversale, le PETR viendra soutenir l’expérimentation et l’innovation des projet. Il s’agira de travailler sur les questions d’accessibilité (physique, numérique, …), de lien (social, intergénérationnel), d’égalité (femme/homme) et de participation (démocratie participative) répondant à un objectif de développement durable et de cohésion sociale.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets de mobilité multimodale ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation et d’incitation des entreprises sur les alternatives au transport individuel ;&lt;/li&gt;&lt;li&gt;Aménagements en faveur des mobilités douces ;&lt;/li&gt;&lt;li&gt;Dispositifs de mobilités physiques alternatives ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions de moblités ;&lt;/li&gt;&lt;li&gt;Installation d’équipements permettant d’encourager la continuité des mobilités douces entre les arrêts de transports en commun et le domicile ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accessibilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions permettant l’accessibilité numérique à tous les publics ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité des personnes porteuses de handicap aux services ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité physique des services ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions d’accessibilité ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cohésion sociale :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, aménagement et équipement de locaux mutualisés ;&lt;/li&gt;&lt;li&gt;Rénovation ou création, aménagement et équipement de lieux favorisant le lien social ou intergénérationnel ;&lt;/li&gt;&lt;li&gt;Actions de démocratie participative ;&lt;/li&gt;&lt;li&gt;Dispositif visant à réduire les inégalités homme-femme ;&lt;/li&gt;&lt;li&gt;Action de sensibilisation et d’information sur l’égalité homme-femme ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux besoins de la population ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Habitat :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions favorisant l’émergence de nouveaux modes d’habitat ;&lt;/li&gt;&lt;li&gt;Actions en faveur des habitats inclusifs et habitats partagés ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions pour l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M182" s="1" t="inlineStr">
+      <c r="M180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositif d’auto-partage ;&lt;/li&gt;&lt;li&gt;Plan piéton ;&lt;/li&gt;&lt;li&gt;Carte des aménagements cyclables ;&lt;/li&gt;&lt;li&gt;Guide des mobilités douces ;&lt;/li&gt;&lt;li&gt;Formation à la pratique du vélo ;&lt;/li&gt;&lt;li&gt;Parking à vélo ;&lt;/li&gt;&lt;li&gt;Totem de réparation de vélo ;&lt;/li&gt;&lt;li&gt;Sites internet accessibles à tous ;&lt;/li&gt;&lt;li&gt;Transcription en braille d’une exposition pour le public malvoyant ;&lt;/li&gt;&lt;li&gt;Dispositif de transcription de la parole en direct pour le public sourd et malentendant ;&lt;/li&gt;&lt;li&gt;Guide sur l’égalité professionnelle homme-femme ;&lt;/li&gt;&lt;li&gt;Animation d’une concertation citoyenne pour l’élaboration d’une polique publique ;&lt;/li&gt;&lt;li&gt;Mise en place d’une convention citoyenne sur l’avenir du territoire ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mobilité fluviale
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P182" s="1" t="inlineStr">
+      <c r="P180" s="1" t="inlineStr">
         <is>
           <t>27/02/2023</t>
         </is>
       </c>
-      <c r="Q182" s="1" t="inlineStr">
+      <c r="Q180" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet devra faire l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Cette grille se compose de quatre critères qui donnent une note globale, laquelle définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus des critères complémentaires sont à prendre en compte pour les projets de&lt;span&gt; création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ploermel.fr/</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/oeuvrer-pour-un-territoire-de-proximite-solidaire-et-inclusif/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>163285</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Étudier le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Études sur le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;V&lt;strong&gt;ous êtes intéressé par le potentiel de l’hydrogène bas carbone/renouvelable &lt;/strong&gt;comme solution de substitution aux énergies fossiles pour vos activités industrielles ou pour baisser l’empreinte carbone des flux de personnes ou de marchandises sur votre territoire ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous envisagez d’investir dans ce type de solutions mais :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;vous en êtes au stade de la réflexion ?&lt;/li&gt;&lt;li&gt;ou vous avez participé à un diagnostic à l&amp;#039;échelle territoriale et disposez d’une première cartographie des consommateurs potentiels d’hydrogène (exemples : flottes captives, utilités industrielles…) ?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le présent dispositif de l’ADEME peut vous aider à &lt;strong&gt;conduire une étude d&amp;#039;opportunité &lt;/strong&gt;(dans un premier temps) ou &lt;strong&gt;une étude de faisabilité &lt;/strong&gt;(dans un deuxième temps), afin de juger la pertinence et de &lt;strong&gt;préparer un projet de décarbonation via l’hydrogène&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans cette perspective, l’étude préalable que vous sous-traiterez à un prestataire pourra être&lt;strong&gt; subventionnée jusqu’à 70 % &lt;/strong&gt;des dépenses éligibles (taux variable selon le commanditaire de l’étude). L’assiette des dépenses éligibles de l&amp;#039;étude de préfaisabilité sera plafonnée à 50 000 € L’assiette des dépenses éligibles de l&amp;#039;étude d&amp;#039;opportunité sera plafonnée à 50 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude de faisabilité sera plafonnée à 100 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude stratégique sera plafonnée à 100 000 €.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Chaque étude (opportunité ou faisabilité) devra se conformer à des attendus en termes d’objectifs et de livrables à produire qui sont décrits dans le cahier des charges proposé par l’ADEME (voir ci-dessous « Pour vous accompagner dans vos démarches »).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’étude de préfaisabilité d’usages non standards de l’hydrogène &lt;/strong&gt;est dédiée à des applications particulières de l’hydrogène non liées à un écosystème hydrogène (process industriel, stockage, hydrogénoduc, alimentation électrique d’un site isolé, maritime, fluvial, ferroviaires).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude d’opportunité vise à accompagner les potentiels consommateurs d’hydrogène (mobilité, industrie, stationnaire) dans leur réflexion de décarbonation&lt;/strong&gt;, collectivement sur l’ensemble d’un territoire (regroupement de collectivités, zone industrielle…). Les profils d’usage seront analysés pour déterminer quelle énergie/carburant est le plus adapté. Ces études ne peuvent donc pas être portées par des développeurs d’infrastructures.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude de faisabilité se concentre sur le déploiement du vecteur hydrogène &lt;/strong&gt;sur un territoire où une demande suffisante aura été préalablement identifiée. Une infrastructure adéquate aux volumes pressentis pourra être dimensionnée, pour modéliser un modèle économique et anticiper les contraintes techniques et réglementaires. Ces études peuvent être portées par des développeurs d’infrastructures ou par de futurs usagers d’hydrogène.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Une étude d’opportunité peut déboucher sur une étude de faisabilité &lt;/strong&gt;en cas d’identification d’une pertinence pour le vecteur hydrogène. L’octroi d’une aide pour une étude de faisabilité sera conditionné par la réalisation préalable d’une étude d’opportunité qui aura respecté - a minima - les exigences fixées dans le cahier des charges.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude stratégique à l’échelle d’un territoire&lt;/strong&gt; a pour objectif d’estimer à moyen et à long terme les besoins d’hydrogène du territoire et les infrastructures de production et de distribution à déployer pour faire face à ces besoins.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-le-deploiement-decosystemes-et-dusages-de-lhydrogene/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>163746</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Soutenir les études multi-acteurs pour la décarbonation de la mobilité lourde ou intensive</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif a pour but de soutenir les études qui permettront de développer les usages de mobilité hydrogène multi-acteurs, en s’assurant de leur pertinence technico-économique en comparaison avec les autres solutions de décarbonation disponibles. &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Le soutien régional porte sur les études de flux et de verdissement de flottes de véhicules, avec 3 objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Encourager la décarbonation du transport lourd ou intensif;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser la mutualisation des intérêts pour la solution hydrogène;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser le passage à l’acte via de potentiels achats groupés.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M184" s="1" t="inlineStr">
+      <c r="M182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les aides portant sur la partie étude d’opportunité et de faisabilité attribuées à des collectivités ne sont pas des aides d’Etat et pourront bénéficier d’une aide jusqu’à hauteur de 70 % des dépenses éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q182" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire de l’aide pourra être une structure publique ou privée.&lt;/p&gt;&lt;p&gt;Les particuliers ne peuvent pas bénéficier de ce dispositif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont les prestations qui visent les études de flux et de verdissement de flottes, c&amp;#039;est-à-dire l’évaluation technico-économique d’une conversion de tout ou partie d’une flotte de véhicules appartenant à des acteurs distincts.&lt;/p&gt;&lt;p&gt;Le contenu minimum des études éligibles est précisé dans le document téléchargeable en bas de cette page.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/etudes-multi-acteurs-pour-la-decarbonation-de-la-mobilite-lourde-ou-intensive</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les demandes devront être adressées par l’entité qui sera bénéficiaire du soutien financier régional.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Elles devront être adressées aux chargés de missions concerné (cf. contacts indiqués dans le document téléchargeable) avant tout démarrage des études. Les dépenses éligibles ne seront prises en compte qu’à partir de la date de dépôt de la candidature.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La demande comprendra à minima : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre de saisine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le formulaire Kbis et le RIB du demandeur&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une présentation du projet (contexte, état d’avancement, problématiques à résoudre…) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une présentation des parties prenantes/participants au projet (activité, intérêt au projet…)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La méthodologie pour mobiliser et engager les participants et le calendrier prévisionnel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le/les devis détaillés des prestataires retenus : le cahier des charges proposé devra s’appuyer et respecter les critères d’éligibilité et le contenu des études précédemment décrit&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plan de financement contenant les éventuels co-financements sollicités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-multi-acteurs-pour-la-decarbonation-de-la-mobilite-lourde-ou-intensive/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>163747</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'équilibre économique des écosystèmes hydrogène par l’usage mobilité</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Renforcement économique des écosystèmes hydrogène par l’usage mobilité</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif vise à renforcer l’équilibre économique des projets de stations de distribution d’hydrogène pour la mobilité lourde s’inscrivant dans la stratégie régionale.
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;La vocation première de ce dispositif de soutien est d’accompagner les usages, en particulier de soutenir les investissements concernant les usages en mobilité lourde routière et maritime.&lt;/p&gt;&lt;p&gt;Pour cela, il doit permettre de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renforcer les écosystèmes hydrogène les plus matures en soutenant quelques usagers supplémentaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre un meilleur équilibre économique des projets de stations de distribution ou de production d&amp;#039;hydrogène&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner le développement des usages hydrogène pertinents&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M185" s="1" t="inlineStr">
+      <c r="M183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les coûts admissibles&lt;/p&gt;&lt;p&gt;Concernant les investissements sur l’achat de véhicules, les coûts admissibles sont les coûts supplémentaires liés à l’achat du véhicule, calculés comme étant la différence entre les coûts d’investissement liés à l’achat du véhicule et les coûts d’investissement liés à l’achat d’un véhicule de la même catégorie qui est conforme aux normes de l’Union Européenne applicables déjà en vigueur et qui aurait été acquis sans l’aide ;&lt;/p&gt;&lt;p&gt;Concernant les investissements sur la location de véhicules propres ou de véhicules à émission nulle, les coûts admissibles sont les coûts supplémentaires liés à la location du véhicule, calculés comme étant la différence entre la valeur actuelle nette liée à la location du véhicule et la valeur actuelle nette liée à la location d’un véhicule de la même catégorie qui est conforme aux normes de l’Union Européenne applicables déjà en vigueur et qui aurait été loué sans l’aide. Les coûts d’exploitation liés à l’exploitation du véhicule, y compris les coûts de l’énergie, les coûts d’assurance et les coûts d’entretien, ne sont pas pris en considération, qu’ils soient ou non inclus dans le contrat de location ;&lt;/p&gt;&lt;p&gt;Concernant les investissements de rétrofit consistant en la mise à niveau de véhicules leur permettant d’être considérés comme des véhicules propres ou des véhicules à émission nulle, les coûts de l’investissement dans la mise à niveau.&lt;/p&gt;&lt;p&gt;Les taux d’aide&lt;/p&gt;&lt;p&gt;Les taux d’aide s’appliquent sur la base des coûts admissibles, sur le coût total HT ou sur le surcoût environnemental (solution de référence déduite) pour les investissements matériels et immatériels liés au programme d’investissements.&lt;/p&gt;&lt;p&gt;Le soutien financier s’appuie sur le régime cadre exempté de notification N° SA.111726 relatif aux aides à la protection de l’environnement pour la période 2024-2026 ainsi que sur le régime cadre exempté de notification N° SA.111723 relatif aux aides à la recherche, au développement et à l’innovation (RDI) pour la période 2024-2026.&lt;/p&gt;&lt;p&gt;Conformément au règlement d’intervention de la Région et aux régimes d’aides d’Etat, le taux d’aide régionale respectera les taux d’accompagnement en vigueur au moment de l’instruction du dossier. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q185" s="1" t="inlineStr">
+      <c r="Q183" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Le bénéficiaire de l’aide pourra être une structure publique ou privée.&lt;/p&gt;&lt;p&gt;Les particuliers ne sont pas concernés par ce dispositif.&lt;/p&gt;&lt;p&gt;Les véhicules éligibles sont ceux répondant à des contraintes spécifiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Charge utile importante ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Longs trajets, nécessitant une forte autonomie ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Temps de recharge/avitaillement contraints ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autres contraintes spécifiques pour lesquelles l’hydrogène pourrait apporter une réponse&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les usages visés sont principalement :&lt;/p&gt;&lt;p&gt;Mobilité lourde ou intensive des professionnels et/ou collectivités, dans les secteurs routier et maritime en priorité :&lt;/p&gt;&lt;p&gt;Transport terrestre de marchandises ou de déchets : véhicules utilitaires de société et véhicules lourds en priorité (camions, bennes à ordures ménagères …),&lt;/p&gt;&lt;p&gt;Transport terrestre de passagers : véhicules lourds (autocars, bus, minibus,...) et flotte captive professionnelle&lt;/p&gt;&lt;p&gt;Transport maritime et fluvial de passagers (navires, navettes … de tourisme, plaisance, transport public …)&lt;/p&gt;&lt;p&gt;Transport maritime et fluvial de marchandises &lt;/p&gt;&lt;p&gt;Usages agricole&lt;/p&gt;&lt;p&gt;Navires de pêche et de conchyliculture/ostréiculture&lt;/p&gt;&lt;p&gt;Transport logistique et fonctionnement des équipements de manutention ou des engins lourds de chantier : chariots élévateurs, barges portuaires, grues, chariots bagages des aéroports et ports …&lt;/p&gt;&lt;p&gt;Alimentation électrique de certains équipements isolés et non desservis par le réseau électrique (en substitution de combustible fossile), ou non adaptés à l’électrification.&lt;/p&gt;&lt;p&gt;Fret ferroviaire (en zones portuaires ou industrielles, pour les derniers kilomètres)&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;La pertinence du choix de l’hydrogène au regard des autres solutions de décarbonations existantes : des éléments chiffrés sur le nombre de kilomètres parcourus chaque année par le véhicule, la charge utile liée au type d’activité, les contraintes en temps de recharge, un comparatif explicite avec la solution électrique si elle existe sur le marché. A ce titre, la Région accompagne certains types d’études au travers de son dispositif de soutien « Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive ».  &lt;/p&gt;&lt;p&gt;La performance environnementale : réduction des émissions de gaz à effet de serre au regard d’une situation de référence, réduction des émissions de polluants, etc.&lt;/p&gt;&lt;p&gt;La valorisation énergétique : communication d’un bilan énergétique : consommations d’énergie avec une comparaison par rapport à la solution carbonée de référence&lt;/p&gt;&lt;p&gt;Le modèle économique : le calcul du TCO (Total Cost of Ownership), détermination du coût global du projet, description du montage économique du projet…&lt;/p&gt;&lt;p&gt;La maturité du projet : présentation du calendrier prévisionnel de déploiement de la flotte.&lt;/p&gt;&lt;p&gt;La fiabilité du projet : solvabilité financière du porteur, plan de financement, liste et solvabilité des partenaires&lt;/p&gt;&lt;p&gt;La pertinence géographique du projet : &lt;/p&gt;&lt;p&gt;L’usage ciblé doit venir s’approvisionner sur une infrastructure de distribution basée en région Nouvelle-Aquitaine, qu’elle soit déjà mise en service ou bien en cours de déploiement. Les véhicules éligibles doivent justifier de leur utilisation en Nouvelle-Aquitaine, notamment la localisation des dépôts des véhicules et les trajets prévisionnels à effectuer.&lt;/p&gt;&lt;p&gt;Avant toute candidature, les potentiels usagers intéressés par ce dispositif sont donc invités à se rapprocher des services de la Région pour identifier le point d’avitaillement en hydrogène le plus proche et ainsi vérifier l’éligibilité du critère géographique.&lt;/p&gt;&lt;p&gt;La présence d’une innovation technologique (techniques ou nouveaux usages) n’est pas un critère obligatoire mais sera favorisée dans l’instruction. Par exemple, le développement de l’offre technologique et industrielle régionale de solutions, notamment portée par des start-up, TPE et PME régionales innovantes sera particulièrement encouragé. Il en sera de même pour la conduite d’expérimentations sur de nouvelles technologies ou de nouveaux process .&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/renforcement-economique-des-ecosystemes-hydrogene-par-lusage-mobilite</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Les éléments de présentation et technico-économiques du projet devront être transmis uniquement par voie électronique.&lt;/p&gt;&lt;p&gt;Le dépôt du dossier de candidature doit être accompagné d’un courrier de demande d’aide régionale.&lt;/p&gt;&lt;p&gt;Pour être examiné, le dossier de demande d’aide devra être nécessairement complet avec l’ensemble des éléments demandés par le service instructeur de la Région Nouvelle-Aquitaine : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La « fiche de demande préalable » &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le formulaire Kbis et le RIB du demandeur&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les 3 dernières liasses fiscales du demandeur et les 3 derniers bilans comptables&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une présentation du projet (contexte, état d’avancement, problématiques à résoudre…) et des parties prenantes/participants au projet (activité, intérêt au projet…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le calendrier prévisionnel d’achat de véhicule ou de rétrofit,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le/les devis détaillés d’achat de véhicule ou de rétrofit ou le contrat de location&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les éventuels co-financements sollicités.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon la complexité du dossier, d’autres pièces justificatives pourront être demandées.&lt;/p&gt;&lt;p&gt;Un suivi des performances des équipements et du projet global sur un an sera systématiquement demandé et conventionné.&lt;/p&gt;&lt;p&gt;Par ailleurs, la Région encourage la réalisation d’études préalables en amont des investissements, pour définir au mieux le contour et les caractéristiques du projet. A ce titre, la Région accompagne certains types d’études au travers de son dispositif de soutien « Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive ».&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcement-economique-des-ecosystemes-hydrogene-par-lusage-mobilite/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>163829</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Apporter un soutien aux études d’idéation et de conception réalisées dans l’objectif de créer des solutions de logistique des premiers ou derniers kilomètres</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Ideation eXtrême Défi Logistique</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de l&amp;#039;eXtrême Défi Logistique (XDL), cet AAP (Appel à projets) apporte un &lt;strong&gt;soutien aux études d’idéation et de conception&lt;/strong&gt; réalisées dans l’objectif de &lt;strong&gt;créer des solutions de logistique des premiers ou derniers kilomètres&lt;/strong&gt; qui soient plus mutualisées, optimisées et qui favorisent le report modal.&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP Idéation XDL vise à apporter un soutien aux projets de CMDU (Centre Mutualisé de Distribution Urbaine), Micro-hubs ou CCAP (Circuit Court Alimentaire de Proximité) en mesure d’avoir de &lt;strong&gt;meilleurs impacts environnementaux&lt;/strong&gt; (moins de véhicules, moins de kilométrages, report modal, motorisation adaptée aux circuits des véhicules, empreinte foncière diminuée), &lt;strong&gt;économiques&lt;/strong&gt; (mutualisation, optimisation du remplissage et kilométrage), &lt;strong&gt;sociaux&lt;/strong&gt; (création d’emplois locaux décents non délocalisables, amélioration de la qualité de vie des habitants).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ideation-extreme-defi-logistique/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>163977</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets AACT-AIR est ouvert à &lt;strong&gt;toute collectivité territoriale souhaitant réaliser une étude pour agir sur la qualité de l’air extérieur ou intérieur&lt;/strong&gt;. Attention, l’ADEME ne soutient pas les études obligées par des réglementations (PCAET (Plan climat-air-énergie territorial), constitution d’une ZFE pour les territoires obligés, etc.).&lt;/p&gt;&lt;p&gt;L’objectif de l’étude est de &lt;strong&gt;définir et caractériser des actions pertinentes à déployer sur le territoire pour améliorer la qualité de l&amp;#039;air.&lt;/strong&gt;&lt;br /&gt;Le sujet de l&amp;#039;étude peut être &lt;strong&gt;transversal&lt;/strong&gt; (étude stratégique, de mobilisation citoyenne, d&amp;#039;impact sanitaire…). Cette année, AACT-Air soutient de façon prioritaire l’élaboration de programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée sur la qualité de l’air ambiant.&lt;br /&gt; Le sujet d’étude peut également être &lt;strong&gt;thématique&lt;/strong&gt;, avec deux axes prioritaires : urbanisme, qualité de l’air intérieur, et les autres sujets suivants : combustion de biomasse, chantiers du BTP, agriculture ou encore mobilité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;une&lt;strong&gt; aide financière&lt;/strong&gt; : un financement vous est octroyé sous la forme d&amp;#039;une subvention. L’intensité de l’aide de l’ADEME n’excède pas 70 % des dépenses éligibles.&lt;br /&gt;Le montant de l’aide ADEME est limité :&lt;ul&gt;&lt;li&gt;À 150 000 € pour les programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée « Air ambiant ».&lt;/li&gt;&lt;li&gt;À 100 000 pour toutes les autres études.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;D&amp;#039;un &lt;strong&gt;accompagnement technique&lt;/strong&gt; : des agents ADEME spécialistes de la qualité de l&amp;#039;air et des problématiques rencontrées par les collectivités vous accompagnent dans la réalisation et la valorisation de votre étude.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans la rubrique qui suit « Préparez votre dossier - 2. Rassemblez l’ensemble des documents », les pièces requises au dépôt de dossier sont identiques quel que soit l’objet de projet que vous sélectionnerez, « Assistance à Maîtrise d’Ouvrage » ou « Études Générales ». Il reviendra à l’ADEME de déterminer quel type sera le plus approprié en fonction de la nature de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le dépôt des candidatures a lieu au plus tard le jeudi 15 mai 2025, à 15h.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://agir.ademe.fr/aides-financieres/aap/aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair-aact-air-1/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>163994</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Développer une politique cyclable</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>AVELO 3 - 3ᵉ relevé</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le présent appel à projets s&amp;#039;articule autour de &lt;strong&gt;quatre axes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Axe 1 - Le &lt;strong&gt;soutien à la construction d’une      politique cyclable&lt;/strong&gt; via le financement d’études.&lt;/li&gt;&lt;li&gt;Axe 2 - Le &lt;strong&gt;soutien à l’expérimentation      de services vélo&lt;/strong&gt; dans les territoires.&lt;/li&gt;&lt;li&gt;Axe 3 - Le &lt;strong&gt;soutien à l&amp;#039;animation et la      promotion de politiques cyclables&lt;/strong&gt; intégrées à l’échelle du territoire.&lt;/li&gt;&lt;li&gt;Axe 4 - Le &lt;strong&gt;soutien au recrutement d&amp;#039;un(e) chargé(e) de mission vélo / mobilités actives &lt;/strong&gt;pour mettre en œuvre une politique cyclable intégrée à l’échelle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le ou les projets devront se terminer au plus tard le 30 juin 2027.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;territoires éligibles et leurs conditions d&amp;#039;éligibilité&lt;/strong&gt; sont détaillés dans le &lt;strong&gt;Cahier des charges&lt;/strong&gt; de l&amp;#039;appel à projets.&lt;/p&gt;&lt;p&gt;Les demandes d’aides peuvent être déposées pendant toute la période d’ouverture du dispositif. Elles seront instruites au fur et à mesure des dépôts et jusqu’à épuisement du budget.&lt;/p&gt;&lt;p&gt;L’ADEME se réserve le droit de &lt;strong&gt;clôturer par anticipation ce dispositif de soutien en cas d’épuisement du budget&lt;/strong&gt; avant la date de clôture prévue.&lt;/p&gt;&lt;p&gt;Les devis ne sont pas obligatoires au stade de la candidature. Cependant, si la collectivité est retenue comme lauréate, les dépenses pour l’axe 1 devront obligatoirement être justifiées par un ou plusieurs devis lors de la contractualisation.&lt;/p&gt;&lt;p&gt;Les échanges avec l’ADEME sont fortement recommandés avant le dépôt du dossier : &lt;a href="mailto:aapavelo3&amp;#64;ademe.fr"&gt;aapavelo3&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://agir.ademe.fr/aides-financieres/aap/avelo-3-3-releve</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/avelo-3-3-releve/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>164111</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C189" s="1" t="inlineStr">
+      <c r="C187" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I189" s="1" t="inlineStr">
+      <c r="I187" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J189" s="1" t="inlineStr">
+      <c r="J187" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M189" s="1" t="inlineStr">
+      <c r="M187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>164900</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C188" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LIFE - Programme européen pour l'environnement et le climat</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme LIFE - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;158 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 158 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-ENV-SIP-two-stage: 56 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage: 72 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage and LIFE-2025-STRAT-ENV-SIP-two-stage: entre 10 et 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: between 10 et 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la mise en œuvre à grande échelle et coordonnée des plans, stratégies ou actions requises par la législation ou la politique de l&amp;#039;UE dans les domaines de l&amp;#039;environnement, du climat ou de l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les cadres d&amp;#039;action prioritaires (PAF) et/ou les plans nationaux de restauration pour le SNaP&lt;/li&gt;    &lt;li&gt;Soutenir la mise en œuvre des plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie dans le cadre du SIP&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles à la mise en œuvre complète de ces plans&lt;/li&gt;    &lt;li&gt;Mobiliser des financements supplémentaires pour renforcer et compléter les actions&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorités des SNaP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre pleinement les plans de biodiversité et de restauration de la nature (par exemple, les PAF, les plans nationaux de restauration)&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et mobiliser des financements pour des actions de biodiversité à grande échelle&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Priorités des SIP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre les plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les stratégies de neutralité climatique et de résilience au niveau local, régional et national&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et coordonner les financements pour la mise en œuvre complète des plans&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Parmi les actions financées&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Mise en œuvre directe des mesures et des objectifs des plans/stratégies ciblés&lt;/li&gt;    &lt;li&gt;Développement, test et démonstration d&amp;#039;approches intégrées&lt;/li&gt;    &lt;li&gt;Mobilisation de financements complémentaires&lt;/li&gt;    &lt;li&gt;Renforcement des capacités (formation, structures)&lt;/li&gt;    &lt;li&gt;Gestion de projet, reproductibilité et transférabilité des résultats&lt;/li&gt;    &lt;li&gt;Implication des parties prenantes&lt;/li&gt;    &lt;li&gt;Achat de terres (sous des conditions strictes liées à la conservation de la nature, en particulier pour Natura 2000)&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Eligibilité &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être : une ONG, une entreprise, une université, une institution de recherche, une PME, une organisation…&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : pays de l&amp;#039;EEE répertoriés et pays associés au programme LIFE (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/guidance/list-3rd-country-participation_life_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d’au moins 2 entités doit être constitué&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 60 et 120 mois&lt;/li&gt;    &lt;li&gt;Contact : CINEALIFE-ENQUIRIES&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/wp-call/2025/call-fiche_life-2025-strat-two-stage_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;LIFE-2025-STRAT-two-stage" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive :&lt;a href="https://cinea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://cinea.ec.europa.eu/programmes/life_en?prefLang&amp;#61;fr&amp;amp;etrans&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Industrie</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P190" s="1" t="inlineStr">
+      <c r="P188" s="1" t="inlineStr">
         <is>
           <t>24/04/2025</t>
         </is>
       </c>
-      <c r="Q190" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>05/03/2026</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://www.welcomeurope.com/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
         </is>
       </c>
-      <c r="W190" s="1" t="inlineStr">
+      <c r="W188" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=LIFE-2025-STRAT-two-stage&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>164943</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Soutenir les travaux d’innovation et de démonstration pour l'hydrogène</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Innovation et démonstration Hydrogène</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet appel à projets (AAP) a pour objectif de soutenir les travaux d’innovation et de démonstration, permettant de &lt;strong&gt;développer ou d&amp;#039;améliorer les composants et systèmes&lt;/strong&gt; liés à la production, au transport d’hydrogène et à ses usages, tels que les applications, industrielles, de transport ou de fourniture d’énergie.&lt;/p&gt;&lt;p&gt;Ces travaux seront portés par une ou plusieurs entreprises, pour &lt;strong&gt;développer un équipement, un produit ou un service, ou bien réaliser un démonstrateur&lt;/strong&gt; mettant en œuvre de l’hydrogène, dans &lt;strong&gt;une perspective de transition écologique et énergétique&lt;/strong&gt; et de structuration de la filière.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans au moins un des quatre axes présentés ci-après :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Axe 1 - Briques technologiques : composants et systèmes innovants.&lt;/li&gt;&lt;li&gt;Axe 2 - Pilotes (ou premières commerciales) innovants industriels et réseaux, fourniture temporaire ou localisée d’énergie.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Axe 3 - Conception et démonstration de nouveaux véhicules.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Axe 4 - Écoconception et recyclabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’appel à projets est ouvert à partir du 6 mai 2025 jusqu’au 25 septembre 2026, et comporte 2 relèves intermédiaires :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Relève intermédiaire 1 : 29 septembre 2025&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Relève intermédiaire 2 : 6 avril 2026&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Clôture finale : 25 septembre 2026&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une révision du cahier des charges pourra avoir lieu au moins annuellement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ADEME se réserve le droit de clore l’appel à projets avant cette date, notamment en raison du niveau de consommation de l’enveloppe allouée. Les informations actualisées seront publiées sur le site de l’appel à projet.&lt;/p&gt;&lt;p&gt;Pour toute demande d&amp;#039;information le porteur doit contacter l’ADEME à l’adresse suivante : aap.h2&amp;#64;ademe.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour organiser une réunion de pré-dépôt, le porteur doit préalablement consulter le cahier des charges de cet appel à projets, avant d&amp;#039;adresser l&amp;#039;annexe 2 complétée à : &lt;a href="mailto:aap.h2&amp;#64;ademe.fr"&gt;aap.h2&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P191" s="1" t="inlineStr">
+      <c r="P189" s="1" t="inlineStr">
         <is>
           <t>07/05/2025</t>
         </is>
       </c>
-      <c r="Q191" s="1" t="inlineStr">
+      <c r="Q189" s="1" t="inlineStr">
         <is>
           <t>25/09/2026</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/innovation-et-demonstration-hydrogene</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/innovation-et-demonstration-hydrogene/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>165303</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Investissements en faveur des lycées par les modes actifs</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Investissements en faveur de l&amp;apos;accessibilité des lycées par les modes actifs</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le manque d’infrastructures sécurisées peut représenter un obstacle majeur à la pratique de la marche et du vélo par les jeunes. Afin de rendre les lycées plus accessibles par les modes de déplacements actifs, la Région souhaite soutenir les opérations d’aménagements visant à améliorer leur desserte et ainsi encourager les lycéens à pratiquer la marche et le vélo dans un environnement favorable.  &lt;br /&gt;Cette action s’inscrit dans une démarche plus globale portée par la Région en faveur de l’écomobilité scolaire.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Le dispositif s’adresse à toute collectivité compétente pour réaliser un aménagement dédié aux modes actifs (communes, EPCI, Département), à l’exception des EPCI de plus de 150 000 habitants et de leurs communes membres, qui ne pourront pas solliciter un co-financement via ce règlement d’intervention.  &lt;/p&gt;
 &lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Sont éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;- les aménagements &lt;strong&gt;situés dans un périmètre de 9 km autour des lycées publics et privés&lt;/strong&gt; permettant la desserte directe de l’établissement ou la suppression d’une discontinuité avérée sur un parcours utilisé par les lycéens ; &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;- Les aménagements en site propre devront être privilégiés.&lt;/strong&gt; A défaut, le projet devra s’inscrire dans une réflexion plus globale s’appuyant un re questionnement du plan de circulation à l’échelle de la commune ou sur un schéma directeur modes actifs (réaffectation de voirie, restrictions d’accès, sens de circulation) ; &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;- Les projets d’expérimentations d’aménagements modes actifs&lt;/strong&gt; (pour une durée comprise entre 6 et 24 mois). Un bilan de l’expérimentation devra être établi à l’issue de la période définie. Sous réserve d’un bilan positif, un co-financement de l’aménagement définitif pourra être envisagé.  &lt;/p&gt;
 &lt;p&gt;Compte tenu du public cible visé par ce dispositif d’accompagnement financier, &lt;strong&gt;les chaussées à voie centrale banalisées ne sont pas éligibles&lt;/strong&gt;, sauf lorsque les aménagements cyclables classiques se révèlent techniquement impossibles à réaliser. Les acquisitions foncières éventuelles ne sont pas éligibles. &lt;/p&gt;
 &lt;p&gt;Les projets présentés devront respecter les préconisations du CEREMA.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P192" s="1" t="inlineStr">
+      <c r="P190" s="1" t="inlineStr">
         <is>
           <t>07/01/2025</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La collectivité sollicitant une aide régionale à ce titre devra présenter un dossier de demande de subvention comprenant tout document utile, et composé a minima : &lt;br /&gt;&lt;br /&gt;- d’une note descriptive du projet démontrant l’intérêt de l’aménagement proposé (potentiel d’élèves captifs, impact de ce nouvel aménagement pour les lycéens et éventuellement les autres établissements alentours notamment),  &lt;br /&gt;&lt;br /&gt;- d’un plan précis d’aménagement présentant les situations actuelles et projetées,  &lt;br /&gt;&lt;br /&gt;- d’un plan de financement,  &lt;br /&gt;&lt;br /&gt;- d’un planning prévisionnel, &lt;br /&gt;&lt;br /&gt;-  d’une délibération du ou des organes délibérants. &lt;br /&gt;&lt;br /&gt;Après analyse des dossiers déposés, la Région sélectionne les projets dans la limite de l’enveloppe budgétaire annuelle disponible pour cette politique. &lt;br /&gt;&lt;br /&gt;L’aide est versée sous forme de subvention, formalisée au travers d’une convention qui précisera notamment, le montant de la subvention, la dépense subventionnable, les modalités de versement de la subvention.  &lt;br /&gt;&lt;br /&gt;Les services régionaux devront être associés dès la phase d’étude du projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/investissements-en-faveur-de-laccessibilite-des-lycees-par-les-modes-actifs?sous_thematique=162</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>Direction Marketing et ferroviaire&lt;br /&gt; Service Gares et infrastructures&lt;br /&gt; Pôle Gares,aménagements intermodaux et accessibilité&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Héloise PLAUT&lt;br /&gt; heloise.plaut&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 54 48&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/investissements-en-faveur-des-lycees-par-les-modes-actifs/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>165359</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les communs pour la Transition écologique</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les communs pour la Transition écologique</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P193" s="1" t="inlineStr">
+      <c r="P191" s="1" t="inlineStr">
         <is>
           <t>11/07/2025</t>
         </is>
       </c>
-      <c r="Q193" s="1" t="inlineStr">
+      <c r="Q191" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
         </is>
       </c>
-      <c r="W193" s="1" t="inlineStr">
+      <c r="W191" s="1" t="inlineStr">
         <is>
           <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>165393</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Soutenir le verdissement des flottes professionnelles par l’acquisition de véhicules propres</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>IDEE Action « mobilité décarbonée »</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I192" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J194" s="1" t="inlineStr">
+      <c r="J192" s="1" t="inlineStr">
         <is>
           <t>L’aide prendra la forme d’une subvention plafonnée :  à 50% des dépenses éligibles par véhicule (surcoût du véhicule par rapport à son équivalent diesel Euro VI pour l’acquisition et la location, et coût de l’opération de rétrofit)</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les véhicules éligibles sont les véhicules de transports de
 voyageurs et de marchandises suivants : &lt;/p&gt;&lt;p&gt;- Véhicules de transport de personnes :&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;De
      catégorie M1 (au sens de l’article R311-1 du Code de la route) uniquement
      de type minibus 7 à 9 places ;&lt;/li&gt;
  &lt;li&gt;Les
      minibus, navettes urbaines, autocars, autobus,…&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;-  Véhicules de transports de marchandises et de
 matériels : &lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;de
      type utilitaire de catégorie N1 (au sens de l’article R311-1 du Code de la
      Route) uniquement : camionnette, fourgonnette, fourgon, châssis-cabine ;&lt;/li&gt;
  &lt;li&gt;Les
      poids lourds (tracteurs et porteurs) de PTAC ³ 3,5 t ;&lt;/li&gt;
  &lt;li&gt;Les
      véhicules spécialisés (balayeuses, BOM…).&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Les véhicules éligibles sont ceux dont le système de
 propulsion est alimenté &lt;u&gt;exclusivement&lt;/u&gt; par une ou plusieurs
 sources d’énergie suivantes :&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;électricité,&lt;/li&gt;
  &lt;li&gt;hydrogène,&lt;/li&gt;
  &lt;li&gt;gaz
      naturel renouvelable.&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations éligibles sont :&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;l’achat
      de véhicules strictement neufs et jamais immatriculés ;&lt;/li&gt;
  &lt;li&gt;la
      mise à niveau (rétrofit) de véhicules fonctionnant antérieurement avec des
      carburants fossiles ;&lt;/li&gt;
  &lt;li&gt;Pour
      les véhicules alimentés exclusivement à l’hydrogène, la location longue
      durée, avec ou sans option d’achat, sera également éligible à l’aide
      (plafonds identiques à ceux d’un achat).&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Sont exclus du bénéfice de l’aide :&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Les
      véhicules commandés et/ou achetés avant la réception du dossier de demande
      d’aide par la Région ;&lt;/li&gt;
  &lt;li&gt;Les
      véhicules d’occasion, de démonstration, de collaborateur ou à usage de
      courtoisie.&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;&lt;u&gt;Les véhicules hybrides rechargeables et
 auto-rechargeables fonctionnant avec un carburant fossile ne sont pas éligibles
 au dispositif&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif ne peut être sollicité que dans la limite de 2
 véhicules par bénéficiaire.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’aide est cumulable avec les aides d’état et tout autre
 aide publique dans la limite de la règlementation communautaire applicable.
 Toutefois, pour l’acquisition et la location de véhicules neufs, le cumul de
 ces aides ne doit pas dépasser 100% du surcoût HT par rapport à un véhicule de
 la même catégorie qui est conforme aux normes de l’union européenne applicables
 déjà en vigueur et qui aurait été acquis sans l’aide. En cas de dépassement de
 ce taux, l’aide régionale sera ajustée.&lt;br /&gt;
 L’aide n’est pas cumulable avec les autres aides de la Région Normandie,
 notamment l’aide à l’acquisition de véhicule collectif - Trans’sport en
 Normandie ; Emergence ESS ; Impulsion Environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
         </is>
       </c>
-      <c r="W194" s="1" t="inlineStr">
+      <c r="W192" s="1" t="inlineStr">
         <is>
           <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
  &lt;tbody&gt;&lt;tr&gt;
   &lt;td width="85" valign="top"&gt;
   &lt;p&gt;&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="492" valign="top"&gt;
   &lt;p&gt;Carl Pique&lt;/p&gt;
   &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
   &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
   &lt;p&gt;Direction Energies, Environnement et Développement Durable
   (DEEDD)&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="85" valign="bottom"&gt;
   &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT5SURBVGhD7VsJdFRVmv7q1b6kUqmQPewgINIs4ootuLZb6zja7dp92vWgc1rRcZt2bW1HGW3pPm4wIyiutHq0nZZGxgbcEARpZFERxJCwZKmkUqnU/l69mu&amp;#43;/ScWIBCTJnNDnzH/OI8lb7r3/9&amp;#43;//vdhyJPw/7RMB2z8kNhYLLAcQaH/wdeiBQ8bRjfn9gSAqb2YyMNtjyLbFYISaodc3wF5SCs9xU/psDzZN0/o8yP/JAIaBbDyJbEsrjHArss2tZLwRRmMLjIYQ9MYmGE1yn39H2mBG4zDjCeh6I4Y/8wx806b2eVm2Po9wkAPksllKOo6sMNwaJZMhMixXSwfzTWRWrpYWPm8n07wIkqlnOJOBHEz&amp;#43;FLMSoVqpZLysVv7Kv7M5uMrGovD8Mw5yVft&amp;#43;vV/Byba1I0spZlsi0JtCyIYo7T2N0BvIdIMwTRCoCWY4imx7lEynkCPTOei8xEg6mLaQaXLcxbTFZoPVblfmtj/KphPwHz8F1mDg0AInumQF6q6aBSRNmAlKOpPulHRHMOxiGiIPMi9St9qhORwA&amp;#43;VbvZDTksupl5Kw5WOWnrQM2RR349Ug5apZ3xrH9AowM0i&amp;#43;ak9MNNPzmP2DQGVoRIA92WB3kuJPprtXmCJE3iywZtLlMZDOWDsajVuTSGoxyatHwFOwJG3xhO5otBmw7XLDmRJsAjYAJeKboloPm5eDXeeTMHDSbB95jJh9a4ET&amp;#43;9N9IfLYOFtcgZCck4A6aSK4nU81Ex0MmOhkwExoc06MYNYcRhcyYbgs2v&amp;#43;hF4u4hKD07gqKH9lChckiFraj7iw8tLxXh8MN0eE&amp;#43;l3xmTQtZGQAlwrs6ByPNF0OrtsPg6xs/pOuzlZXCOGXnogCMONjRnPt2BCxbdgj0OHUNubkQgZUP9rEr4ajyAj&amp;#43;JWQs7BE8ih5msNpaX87htqBJ&amp;#43;ZFhMVtzRh13onGhYVweXJIlCVxYj7WxDxZvD1ZgdSiz2w7HLA6uUY02MoWbADoZuq4drupgaZyBkZOEYMgTXgP3TAaV/6PhJ/Xw&amp;#43;rxw&amp;#43;NTBavLMTOZ9L48dMt8C3che0XD4VzD7WIUid2MCbGUT3GwJblLlSO1lE8LYlV7gw2Xl8Bz69aUf5jRjIth9ZdNtTMKYR1sxd&amp;#43;Wn&amp;#43;peCmtQ0va1xQh016Pglsa0Hb1cHjptsTfOEcN7Tdg&amp;#43;sXnhOf/qcNTMpJIkPW66BuWFGPLbBPjZ7XiR&amp;#43;99g12zS5BaUsjI5UAmxpBLkGofKkXlrWHYpscx5Q8NsH3uQctmN9IB&amp;#43;hk6pcqMFSMm0z8NiSPZaEOu2QajzcrcxwK/S0f1JB2bmunAO320hHjHsKpDBxy9bg9iyz5ixPF1LcpkdHFnrYg/UoXVq92YMLceo&amp;#43;c1IvNFM&amp;#43;Lr3NCKDPjcOZzz4h44hxv47G0nfBVpjLo8hrKEeF1e1AT1syPgIR2yYNcqN7wMX5pBHSnMYeMODW0Pl2OwK4eOAGeBrVz0q/&amp;#43;oT9EqungZ9LZm2LzBb1dEUZo0C5/XgPZhACt/asPoB0IYd1aSko0xx6GeEQTnSB0NW2yIhqyYMCMFtHIIal1sjwXRndQSHagaq8PKe9aCHN&amp;#43;1I/J0qfJHBrXPm3BgiJNA2fMRywpb6aD&amp;#43;Q6avoVxyG5Ww7YNEmm6vicE7fNg2047Y7SHYynSMmppGQYAONEkFYSg&amp;#43;5twEkzagnk76i/8Kwklgqy5oh51Mb1rtwMSfZGhmwLSb2rC7hJFqZQEslXTSS90w6uiMRbxsLMg6NJ/30ABHap7E2o0qt&amp;#43;iJxAc53SYq212IzRuEMU/vQUEZ71IrLE4geDi55udb/8eOzVdVo7zJj5G/q0PZGRnENmlYc3cFMmuSGDmzFcEygnZzBLiJF00tPN&amp;#43;Dpn&amp;#43;tRoVJPySehzWi5uiTIXyPjV6PltzwBeuiRljd&amp;#43;5EWcUglbQhOi2HqE7sBRifEgEiLBU1bHUhHNIQ/cyP2RiHGhIiSTceO&amp;#43;UXwnhOFqzyLYLWB2BMV2PxGAGD&amp;#43;ZC03EJyQwrhfxuAfoWOXlRMQHJUhSmkh9VU/Uq/BSazbRG1mMWj51hmrdUnKz2TPYjJ6ca2lv2pB9R/qlZOtXWnDttcL0PqhB56vPXDrGgpzNgyys&amp;#43;SgaeQMDQEO56JWZagMjTs1jGb49jS7kKYZ6bShNv5rnLkF8Z12FNLv5Gi6KkwyqURWfuk/6jU4qc1buYrvSyrHkqDgxBhyM9pRPD6NwgsT2PKmA9ufL0RqhQ&amp;#43;BNieGaxYFgMbZGazBpBf&amp;#43;iyPIjU9i2DURhPZo&amp;#43;OCnlSjb4IODkS1DM3JW6QieS&amp;#43;c/NA37SPqsjyV4d6beojk5ApyWyr3/qNfgZL6pJTR7FU9cq3QP6obG0dKYxbhRWXz9uAd7bq9AZdJFQFgV0QolUxYZqxDMzDBbbOBzdxK2ehPxxW7seCqAYZ8G4WVkknpdMyyIjU3g62JmxgzdsZUO7FzkRzlDuypLaVIS0KWn05/UK3Ck6tYbmmER0XcnSlDMw7mwFFWWHJrnqbiOEdQSKSEEkJyAkf42wtlYS1mY3BX/ZyXZs2A34Shm5HFLI4Nlgcn3peA0lvlRsKwQohs7OVIJtc/Ouk2sSUjAMZqa&amp;#43;xOb3lXl2Qh7MW1ROtDvh3GtMAu/kxV2xAa/MMekUHkCwSmlwXV8HMU0IRvLCdOiYRfDdXphCTw0m6K7GuAcSvb5XmStB9sWeTG4xg/viDSK6YitJQaMuIb4RicSnxM&amp;#43;gyNz/A7rIpj1TQMPjurXpJm&amp;#43;dms&amp;#43;idkbZCp0UiuG/YrNrk&amp;#43;9aPt9KbxSUEmiJsSywO6nqZwYRQETu7aUBZmIB0ZWw7DH9qA1mMGOv3kVAPpuG340nRX5nXVoK8igvtaGTCNbIeUmCv&amp;#43;pBd4aJ9ruq2A2Lo5f8hwNmdpdAw&amp;#43;O9G&amp;#43;g02N0azwJ&amp;#43;w6CoC33o/bIOCZeH4bJnk30vip4dC6e&amp;#43;Y5BJuyTE9QqK&amp;#43;rZnTAp&amp;#43;NJxLDppSrs/oe1NMuFnL8fGEJ6bGENotxVbX/LCupYN85gDTk4o8zRas6iaWwfHjQ1Iz66EnZU6YUfmm7qBB&amp;#43;fbDtN315KlbxiUtCNMM0mwJBj3bxHUFplopQahjuGYryfdWQwebODtiypx3HVtKDw&amp;#43;QU1jO3VxALEtZH9wBvo6xv1tfrhrXRgco1&amp;#43;jQxbnLZeQP&amp;#43;tEwVo/0jPCaCdc4tJyNoJTs1O1aa2Bwn4BqVcOuauhbeSX220tdJLBXW5sO30kWn7TgIn3tKHy7Ha0/sWPyMc&amp;#43;eChlaRIeeUpKtSxqv7Kh4NIwhj7UhBxNSbYYNQ//odbl0hborVak2NxK7iRgbRrMmBXWMgOpo9qx484SVNukG0DNsduUz0lvrYHn6EkDB47mZmPLxQQsygpyL5&amp;#43;s9k8Zsit0K5rur8DyGhuOvjeM0pltKL2yjS1RSpl11YhbwkgyuNQs9WHST3iDlmoZZig3pvO&amp;#43;SX/kpNY5WIdhuI51cwgKNctRlUFqoxXpP7J0aHKz&amp;#43;dUZsVg&amp;#43;mNkEEp9uHGBwCv2slH0wuXUCSmxfpDPrHcQ8JPR8CVZsceGY3zciy60Tny&amp;#43;HgmIyTJCav7Jj5FFpBIczEWQ&amp;#43;uf0jB8KbnXBX6gqkIMGqHG/AwQA2&amp;#43;bwkvl5eBOuSIDzMi1JRJpLMeejOulyfOOX4h2sx6PpfDpzmWP0&amp;#43;1R4QG6d8e1yIdPRKvayX1/ix&amp;#43;hI7htwSQsn51DaxRjI1eAprrQDLLUbgD29j//m1Uoy/lZtyN7UjtdOCpXcHMenydgydnkGAza2py2ph7rLCoOmu&amp;#43;fcgWheUoJCFeb5o0KxuJFavV5t7mrfngviHItcrnyODO9mvjX&amp;#43;ydv/zUPqZGDt3LAGOuCGKwGXMYMXsaEJJ/ppmAdr8uQ1fPVaE4DslKCLU8RoHdCqkTifsphPfckkQ9RdG4Ds2Di99TYB9oKJgDkOYK218NYCijIO1Z0eqYHE6ka6tRXz131Fwygk/FIMe3&amp;#43;s1OK4JY5F7ZR8OWZSCuUeOPsOkmrtYCw2ftwsu&amp;#43;hWd9eeOVQ7U/s2D9CovNDpXJ7deytk5dDENSDMn0t8KID2rGQXH6kixQ1j&amp;#43;SSGcz5ei7XkTIen3laQxbdU3SNBJ&amp;#43;6N2Fp6dOZRCR1o7GUTfendgwXEfNZGsS2e7o7bJkwDj8JtwHpeElVnvkLuakCzOYv18F2r/5Ie50oeChB0VdKBOlgAaQSE2KjN2Dcmg8powHGN0fPBAAcwVfuVXNLYmiqhJnmHc16oyYO/sUnBbsKO26kZWqxfRt5eh4uE7GPVoc32gXmuO58gJ3Ccq57ZvCzR3p9&amp;#43;RMMwSO/OLEBrHxDF&amp;#43;ehohzrDqrAq4mJdUEE4f255SfEr4VZdk0EVZhK&amp;#43;qh4Vglp6ewZoH/cg8Wo0x0h&amp;#43;WjbwkG&amp;#43;knRRHiuIHKLJIVOTRucLKr&amp;#43;n1wLCz30zXb0f7Oeyj85zP7AE0fdjytRYXcej0aLYteQS4uZWKHl5W9yYanmMpnC7FhMH0OVb8y5EWBywKDjO7dcbGwNjJoguHZZapUW30Xta7egWrmOgaLVyEre8WtWxwI/aYC7dTKGjpkx1Y3fHxn34bN8Ra8OnDgyKKrnvgdiv/lFzwGwhaUnJBgpS5XcI8cIogg09BK/8Nn3jhSqQT9EKOTampKui&amp;#43;mKIbB3i8PDQy1MAHkT7QwpkvjvBMYmUeiXqDFiWI20LKNagiWIwSG9/dFVlcB2t99H9KtdE88vNfa02uzkhltxUXwndDzxr2ZSrN6l5MXUXWwyAiFFXh6QwOPnMjvPHUh52taeDKjrfOMTTJJM0p3dnw6CkppqpkE0dA6T17YRT/lfg&amp;#43;nCtguzVIYzX9cgMELHh0YcA40q0b7l8tWNoh72CN6fD3HDp46uhJpJ1hhdTAp28SfPL6izu7wdyMkx1c63jFjvBIE0JTjKx3mnAdR7YYQRM3iRutLb6Lk1plwjRt1oKXu83mfNGd/M&amp;#43;qysS9nan4AWZwOAliirgOCyD6SEY7w8FOkQ/MIni4Hn3gGKCunvtTBp7A6BpdpqEP9nbMx7LW5HWd9DpL6DE4qlUKSplBUVKSmjsfjWLJkCQ4//HB1CbXwlFZhYSEbXN&amp;#43;drrW1laHaBbebDl32njpTgu6/d&amp;#43;dHgcjM/ECbdybXI6fHjBCBoimzYdTRvz1I6hM40WgUixYtUozLNXXqVLzxxhvw&amp;#43;1l7cTGxWAx//etf2bcxWVP5cOqpp2LVqlWYPn063nvvPTQ10Xx4SmPKlCkYNGgQXnvtNVx//fXYuHGjAuywww47SHY6Xtf4rVwHAvFAg/cJHGG&amp;#43;srIS55xzDl555RXU1dUppo477jhUV1djxYoVisGxY8eikXtcojmiWZs3b4YAe/HFFytwBNAJEyaoex9//DGcLANEGwea&amp;#43;gSOmMQXX3yhQCktLcXQoUPxySefoI2Rp6qqSpmKvCPAvP322wo0j8fzHRPKm5KY58knn6wAFLO84IILBhqb3jXY86sWqYspHXXUUfjoo4&amp;#43;UtEXqzc3N&amp;#43;PLLL3HMMccosyooKFDgFRcXK1M74ogjEGL0ETPK8Bzx5MmTEQwGFchiYuvXr&amp;#43;/yPwOJUJ80p6SkRElb6Mwzz1Qmcv755yuQxNyExHREk0RjJHqJdgmJ/xEQxQy93o4t5bKyMvXzqquuGkhMuubuEZz6&amp;#43;nqEw2GMHz&amp;#43;&amp;#43;62VxpqNHj1bOU0iei2aI9AWciooKFbWE2ddff105XDkEfuyxx2LSpEnqG9Ew0RR5Jz&amp;#43;OzLVz504cffTRXXOtWbNGmaZcQjLHsmXL1Dx5&amp;#43;vTTT3koW1fmunTpUnz22WfK&amp;#43;YsmC/hCIrA333wTZ5xxhno2f/58RCKRrmeXXnppV1TdWyI9grNu3TpcdNFFWLt2bdfHN998M&amp;#43;6//36cdtppeOedd3DjjTeqZxKZHn74Ydx3332QybZt26akf&amp;#43;6556oFzZ49G3fffTeuvPJK3HDDDZgxYwYee&amp;#43;yxrrVcccUVyqxefvlldc/g6fVTTjkFl112GebOnavuif&amp;#43;68MIL8etf/1rNJfTqq68qRgUcuefgsV1x/rfddpsSxoIFC9R3d911lwKsvb0dv/3tb3HNNdcosxXgZH09UY/giCOVyS655BK8//77CAQCyjTkkvzk2muvxbx587okKY5YnOjxxx&amp;#43;vnKpoxwsvvKDmXb58OW699VYFjmjXnDlz1PfCyLvvvqukPmvWrK41vvTSS&amp;#43;rZhg0b0MBSo5zVv5Dce/LJJzFx4kS1LjFJ0Sgh&amp;#43;f2OO&amp;#43;7AiSeeiDT31GQdAo7MKWmGgCHvCpCPPPJIj4B0f9AjOIKyqLAs6LzzzlMACVgCjjAjzHdXcXG&amp;#43;p59&amp;#43;Ov785z/jZz/7mZJKnkSTxCkLyULPOussJV0BQbTt7LPPVhLOa4gwJWYp4D799NNK2mI&amp;#43;ee267rrr1Pzi4EVQQsK8&amp;#43;DYhCQoCtowh4MgzGV9yLcmhRHNkfSNGjFBaddCaIwMKQPfccw/E/mUyAUZItGpfeUgikejKeLdu3apMQ3IXCeVvvfWW&amp;#43;lbMQCQsTAugYnoSvUS7hD744AM13zP8zx1btmzBypUrce&amp;#43;99yrByFgnnXQSnnrqKWVyJ5xwggIiT93/k8vu3bu7BJJ/nk9GjzzySAWWaPH&amp;#43;aL/RKq&amp;#43;yYtuirps2bVJIi4bcfvvtapGS0QpJpiwJ3OOPP64ctZjCgw8&amp;#43;CFmkaImYpZBogDDxwAMPKN8j4IuG5DVNfJH4OhGEOHLRuueee05pgDAnTl4AFeBkDeLLhOSZrFf8lSSfYrp5gcg9eS65lETEmTNndmEiz/Yua/IP9wtOXtVloaKiYq&amp;#43;Sp8jfApg4XWFMQrRoxIsvvggJ7xJ9pIQQ5oREc37&amp;#43;858r0xStE/UXqYuzl7HER4jZ1dTUYMeOHco088mh5D0CoKQEec2VMQVw0TBhWEjmu/POO/Hoo4&amp;#43;qNYqQZH4BXcYWgYiAtm/fjmnTpqnxRVBXX321MrN9UY/gSP0zbty4rm&amp;#43;GDRsGCZ35nEScojAn2iILkIWI6gtJyfDss892fSvaJQ5SSMxJ/I5QXq0vv/xyJXEBefHixd9JAMWMFi5cqCKilCgCfp7y0Ur&amp;#43;fuKJJ1RiKTRq1Kiutch38p74KyEJHOIS8n5I/FZP1CM4kq/kK&amp;#43;38x/mcI/&amp;#43;3TCBS2JtEO2SB3Smf53SXfv55fuHy995zyj1xnEL5xDL/nWhD/lsBrTtw3efufl9qvh9KfcqQf&amp;#43;gk/6jv/S8vJ4lppof3uQAAAABJRU5ErkJggg&amp;#61;&amp;#61;" alt="Une image contenant texte, logo, Police, Graphique
 Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
   &lt;/td&gt;
   &lt;td width="492" valign="bottom"&gt;
   &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
   &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;&lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
  &lt;tr&gt;
   &lt;td width="577" colspan="2" valign="top"&gt;
   &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
   &lt;/td&gt;
  &lt;/tr&gt;
 &lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>carl.pique@normandie.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-verdissement-des-flottes-professionnelles-par-lacquisition-de-vehicules-propres/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>165396</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
 Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
 &lt;li&gt;
 &lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
 &lt;/li&gt;
 &lt;li&gt;
 &lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
 &lt;/li&gt;
 &lt;li&gt;
 &lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
 &lt;/li&gt;
 &lt;li&gt;
 &lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
 &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M195" s="1" t="inlineStr">
+      <c r="M193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://transport.data.gouv.fr</t>
         </is>
       </c>
-      <c r="W195" s="1" t="inlineStr">
+      <c r="W193" s="1" t="inlineStr">
         <is>
           <t>https://doc.transport.data.gouv.fr</t>
         </is>
       </c>
-      <c r="X195" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>aurelien.cadiou@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>165405</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Agir pour un territoire inclusif et développer la qualité de vie sur le territoire</t>
         </is>
       </c>
-      <c r="C196" s="1" t="inlineStr">
+      <c r="C194" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA4</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I196" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J196" s="1" t="inlineStr">
+      <c r="J194" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le GAL (Groupe d&amp;#039;Action Locale) Via Domitia, a un territoire connaissant un solde migratoire positif (la population augmente de &amp;#43;1% par an en moyenne), ainsi qu&amp;#039;un forte saisonnalité du fait de son caractère touristique. Le développement de ce territoire doit être concomitant avec le développement et l&amp;#039;amélioration de l&amp;#039;accès aux services et infrastructures pour tous et toutes, afin de conserver et contribuer à l&amp;#039;amélioration des conditions de vie de la population, sans impacter l&amp;#039;environnement. &lt;/p&gt;&lt;p&gt;Cette fiche action a pour but de répondre aux enjeux suivants:&lt;br /&gt;Avoir une offre de services favorisant la mixité des populations et accompagnant sa mutation&lt;br /&gt;Développer un territoire inclusif&lt;br /&gt;Lutter contre l&amp;#039;utilisation du tout voiture individuelle en favorisant la mobilité douce au quotidien, accompagner la transition&lt;br /&gt;Faciliter l&amp;#039;accès à une alimentation sain et de qualité&lt;/p&gt;&lt;p&gt;Elle a donc pour objectif de favoriser un accueil de qualité sur le territoire, notamment grâce à des politiques publiques adaptées en matière d&amp;#039;urbanisme, d&amp;#039;aménagement du territoire et d&amp;#039;alimentation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.1 : Lutter contre la précarité énergétique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.2 : Accompagner les initiatives en faveur de l&amp;#039;inclusion sur le territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.3 : Retenir et aider au retour des jeunes sur le territoire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.3.1 : &lt;/strong&gt;Soutenir les projets coconstruits avec les jeunes et leurs accompagnants &lt;br /&gt;&lt;strong&gt;4.3.2 :&lt;/strong&gt; Soutenir les initiatives en faveur de services et offres innovantes adaptées aux jeunes populations&lt;br /&gt;&lt;strong&gt;4.3.3 :&lt;/strong&gt; Appuyer l&amp;#039;émergence et le développement de structures ou d&amp;#039;initiatives en faveur de l&amp;#039;accompagnement des jeunes&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.4 : Contribuer aux actions de solidarité et de résilience alimentaire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.4.1 : &lt;/strong&gt;Contribuer aux initiatives d&amp;#039;éducation à l&amp;#039;alimentation &lt;br /&gt;&lt;strong&gt;4.4.2 : &lt;/strong&gt;Contribuer aux actions de lutte contre la précarité alimentaire valorisant l&amp;#039;autoproduction et l&amp;#039;autoconsommation&lt;br /&gt;&lt;strong&gt;4.4.3 : &lt;/strong&gt;Contribuer aux recensements du potentiel alimentaire communal&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.5 : Améliorer les conditions de mobilité douce au quotidien&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.5.1 :&lt;/strong&gt; Soutien aux aménagements au sein des communes&lt;br /&gt;&lt;strong&gt;4.5.2 :&lt;/strong&gt; Actions, animations et services en faveur de la mobilité douce au quotidien &lt;br /&gt;&lt;strong&gt;4.5.3 : &lt;/strong&gt;Accompagnement aux démarches de démobilité&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M196" s="1" t="inlineStr">
+      <c r="M194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chantiers participatifs de rénovation du bâti, actions de communication, actions de sensibilisation d&amp;#039;entreprises du bâtiment, action envers les publics défavorisés en ruralité, opération de rénovation du bâti ancien en centre bourg, expérimentations d&amp;#039;adaptations des PLU des centres anciens à l&amp;#039;adaptation climatique, etc. ;&lt;/li&gt;&lt;li&gt;Animation de réseaux professionnels dédiés à des publics spécifiques, action de formation et de sensibilisations, actions de lutte contre les violences sexuelles en milieu rural, action de sensibilisation sur les minorités en milieu rural, action de formation des agents, etc. ;&lt;/li&gt;&lt;li&gt;Aménagements pour jeunes publics, maison des jeunes, &amp;#34;Campus ruraux de projets&amp;#34;, projets d&amp;#039;aménagements et animations co-construits avec les jeunes, etc. ;&lt;/li&gt;&lt;li&gt;Formation de cuisines saine, action de sensibilisation à la précarité alimentaire, expérimentation de sécurité sociale alimentaire, achat d&amp;#039;un support de communication pour une association d&amp;#039;éducation à l&amp;#039;alimentation saine et durable, formation de production potagère à destination des citoyens, projet de jardins d&amp;#039;insertion, projets de jardins familiaux, développement d&amp;#039;une application pour le partage des denrées alimentaires, achat de matériels (irrigation, petits outils) à destination de jardins collectifs, réalisation d&amp;#039;un atlas de la biodiversité comestible, diagnostic des terres au potentiel maraicher, etc .&lt;/li&gt;&lt;li&gt;Aménagements cyclables, action innovante favorisant les déplacements doux pour l&amp;#039;école, schémas directeurs cyclables, plans globaux de déplacement et toutes autres études de mobilités portées par les communes et EPCI, animation favorisant la démobilité, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Formation professionnelle
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P194" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q196" s="1" t="inlineStr">
+      <c r="Q194" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T196" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-un-territoire-inclusif-et-developper-la-qualite-de-vie-sur-le-territoire/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E197" s="1" t="inlineStr">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>165658</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Engins agricoles électriques – Programme CEE E-Trans</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Engins agricoles électriques – Programme CEE E-Trans</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
-[...116 lines deleted...]
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de ce dispositif, les dépenses éligibles à l’aide couvrent non seulement l’acquisition de l’engin et l’infrastructure de recharge, mais également les études préalables à la décision d’investir visant à dimensionner au mieux les besoins du porteur de projet ainsi que les études de retour d’expérience et diffusion de connaissance liées au projet.&lt;/p&gt;&lt;p&gt;Une visioconférence s’est tenue le 15/12/2025 de 15h30 à 17h, pendant laquelle l’ADEME a présenté le dispositif « Engins agricoles électriques 2025 », qui, pour rappel, contient les mêmes conditions d’éligibilité et de financement que le présent dispositif. &lt;/p&gt;&lt;p&gt;La rediffusion de la visioconférence est disponible à l&amp;#039;adresse suivante : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://ademecloud.sharepoint.com/:v:/s/P-ECOSYSELEC/IQBrjWblcWR4Qo_nlk7Yr7yEAYOMa3coq9JAbFQFXfd3ows?nav&amp;#61;eyJyZWZlcnJhbEluZm8iOnsicmVmZXJyYWxBcHAiOiJTdHJlYW1XZWJBcHAiLCJyZWZlcnJhbFZpZXciOiJTaGFyZURpYWxvZy1MaW5rIiwicmVmZXJyYWxBcHBQbGF0Zm9ybSI6IldlYiIsInJlZmVycmFsTW9kZSI6InZpZXcifX0%3D&amp;amp;e&amp;#61;pb9ghX"&gt;Présentation du dispositif d&amp;#039;aides aux engins agricoles électriques - programme CEE E-trans - 15 décembre 2025&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Les demandes d’aide peuvent être soumises pendant toute la période d’ouverture du dispositif. Elles seront instruites au fur et à mesure des dépôts et jusqu’à épuisement du budget.&lt;/p&gt;&lt;p&gt;L’ADEME juge de l’éligibilité des projets et la décision finale d’octroi d’une aide est formalisée par un contrat d’aide établi entre l’ADEME, le bénéficiaire et le crédit-bailleur le cas échéant.&lt;/p&gt;&lt;p&gt;Toute question peut être envoyée à l’adresse email générique dédiée au dispositif : &lt;a href="mailto:engins-agricoles-elec&amp;#64;ademe.fr"&gt;engins-agricoles-elec&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P198" s="1" t="inlineStr">
+      <c r="P195" s="1" t="inlineStr">
         <is>
           <t>02/01/2026</t>
         </is>
       </c>
-      <c r="Q198" s="1" t="inlineStr">
+      <c r="Q195" s="1" t="inlineStr">
         <is>
           <t>30/06/2026</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;L’ensemble des entités éligibles pour chaque typologie de dépense est détaillé dans les conditions d’éligibilité et de financement du présent dispositif. Le dossier de demande d’aide peut être porté par un consortium d’acteurs.&lt;/p&gt;&lt;p&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/p&gt;&lt;p&gt;Toutes les Régions&lt;/p&gt;&lt;p&gt;Je vérifie mon éligibilité&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/E-Trans%20engins%20agricoles%20électriques%20-%20Conditions%20d%27éligibilité%20et%20de%20financement%20-%202026.pdf" target="_self"&gt;E-Trans engins agricoles électriques - Conditions d&amp;#039;éligibilité et de financement - 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/engins-agricoles-electriques-programme-cee-e-trans</t>
         </is>
       </c>
-      <c r="W198" s="1" t="inlineStr">
+      <c r="W195" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/engins-agricoles-electriques-programme-cee-e-trans#collectDocuments</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000936" target="_self"&gt;Contacter l&amp;#039;ADEME&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engins-agricoles-electriques-programme-cee-e-trans/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>165668</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Aider au changement de comportement</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Aides au changement de comportement</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides au changement de comportement&lt;/strong&gt; visent à financer des projets de sensibilisation, d’animation et/ou de communication &lt;strong&gt;d’envergure et structurants &lt;/strong&gt;pour le territoire !&lt;/p&gt;&lt;p&gt;Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;formation/sensibilisation &lt;/strong&gt;: analyse des besoins, conception de modules de formation, animation de sessions ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;communication &lt;/strong&gt;: réalisation d’outils, diffusion d’informations, création de sites internet, organisation d’événements ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;animation &lt;/strong&gt;: mobilisation d’une cible, dissémination de solutions, structuration d’une filière, financement de postes relais.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l’ADEME avant de déposer vos projets sur la plateforme. En effet, l’éligibilité d’un projet dépend des orientations et de la stratégie de chaque Direction régionale, et sous réserve de budget disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P199" s="1" t="inlineStr">
+      <c r="P196" s="1" t="inlineStr">
         <is>
           <t>01/01/2026</t>
         </is>
       </c>
-      <c r="Q199" s="1" t="inlineStr">
+      <c r="Q196" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aides-au-changement-de-comportement</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
+      <c r="W196" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aides-au-changement-de-comportement?backtosearch=true#collectDocuments</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-changement-de-comportement/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>165670</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Description du dispositif :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’AMI CPIER est mis en œuvre et financé par l’État, via l’ADEME (Directions régionales Île-de-France et Normandie), la Région Normandie et la Région Île-de-France en partenariat avec la Délégation interministérielle au développement de la Vallée de la Seine (DIDVS) et les autres services déconcentrés de l’État.&lt;/p&gt;&lt;p&gt;Cet AMI vise à &lt;strong&gt;favoriser l’essor de projets interrégionaux, innovants et exemplaires &lt;/strong&gt;dans cinq domaines :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;solutions durables et décarbonées pour la mobilité des personnes et des marchandises ;&lt;/li&gt;&lt;li&gt;réduction de l’empreinte carbone des procédés industriels ;&lt;/li&gt;&lt;li&gt;transition vers une économie circulaire et boucles locales ;&lt;/li&gt;&lt;li&gt;développement des énergies renouvelables ;&lt;/li&gt;&lt;li&gt;lutte contre le changement climatique, anticipation, adaptation et résilience.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les types de projets suivants &lt;/strong&gt;peuvent être soutenus : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;études de préfiguration/études de préfaisabilité ou de faisabilité ;&lt;/li&gt;&lt;li&gt;expérimentations et démonstrateurs exemplaires et innovants ;&lt;/li&gt;&lt;li&gt;aide au changement de comportement (projets d’animation, de communication, de formation). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Avant tout dépôt de dossier de candidature : &lt;/strong&gt;il est fortement recommandé de contacter les personnes référentes de l’AMI en utilisant la fiche projet téléchargeable sur cette page. &lt;/p&gt;&lt;p&gt;L’ADEME est chargée de la réception des dossiers. Dans le cadre d’un comité de pilotage dédié, les projets sont co-instruits par les partenaires financeurs de l’AMI (Région Île-de-France, Région Normandie, ADEME) en partenariat avec la DIDVS et les services déconcentrés de l’État (DREAL Normandie et Préfecture d’Île-de-France).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;principaux critères d’examen des projets&lt;/strong&gt; sont les suivants (voir détail dans le règlement de l’AMI) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;structuration interrégionale et partenariale du projet ;&lt;/li&gt;&lt;li&gt;capacité à répondre aux enjeux thématiques et stratégiques de l’AMI et du schéma stratégique ;&lt;/li&gt;&lt;li&gt;innovation ;&lt;/li&gt;&lt;li&gt;caractère opérationnel du projet ;&lt;/li&gt;&lt;li&gt;montage technique et financier du projet.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P200" s="1" t="inlineStr">
+      <c r="P197" s="1" t="inlineStr">
         <is>
           <t>22/12/2025</t>
         </is>
       </c>
-      <c r="Q200" s="1" t="inlineStr">
+      <c r="Q197" s="1" t="inlineStr">
         <is>
           <t>31/03/2026</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>regions_11_28</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1</t>
         </is>
       </c>
-      <c r="W200" s="1" t="inlineStr">
+      <c r="W197" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1?backtosearch=true#collectDocuments</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>165674</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Co-construire des connaissances pour des mobilités et logistiques soutenables</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
         <is>
           <t>Co-construction de connaissances pour des mobilités et logistiques soutenables </t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mobilogs entend soutenir des travaux de recherche multidisciplinaires ou transdisciplinaires traitant de la sobriété sous toutes ses formes sans oublier les enjeux de mobilité inclusive et d’efficience économique.&lt;/p&gt;&lt;p&gt;Par sobriété sous toutes ses formes, on entend :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;« sobriété fonctionnelle »&lt;/strong&gt; : réduction des distances de déplacement, démotorisation, raccourcissement des chaines logistiques, réduction des volumes consommés et produits ;&lt;/li&gt;&lt;li&gt; &lt;strong&gt;« sobriété coopérative » &lt;/strong&gt;: partage d’espace de stockage, covoiturage, autopartage, mutualisation de flux de marchandises, partage de l’espace public pour accueillir tous les modes ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;« sobriété structurelle ou organisationnelle »&lt;/strong&gt; : relocalisation d’activités, chaines logistiques restructurées (cyclogistique, transport combiné) ou ralenties (transport maritime à voile), etc. ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;« sobriété dimensionnelle »&lt;/strong&gt; : écoconception et acquisition de véhicules dont les caractéristiques techniques et les performances sont adaptées aux besoins réels de déplacement (véhicules légers intermédiaires, rétrofit).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les travaux soutenus par Mobilogs se structurent autour des trois principales étapes nécessaires au processus de transformation des systèmes &lt;strong&gt;dans une logique d’amélioration continue&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;« &lt;strong&gt;Planifier &lt;/strong&gt;» : Les travaux de recherche pourront permettre de développer des visions de long terme au travers, notamment, d’analyses historiques permettant de dégager les tendances lourdes qu’il faudrait changer. La finalité globale est de concevoir et d’évaluer ex ante de nouveaux scénarios de transition, de nouvelles mesures de politiques publiques nationales ou locales, de nouvelles stratégies de filières prenant en compte la réalité des systèmes.&lt;/li&gt;&lt;li&gt; « &lt;strong&gt;Expérimenter&lt;/strong&gt; » : les travaux de recherche attendus auront pour finalité la co-conception, l’expérimentation et l’évaluation de mesures, de modèles organisationnels, et plus largement de dispositif avec un effet attendu sur la soutenabilité des systèmes de mobilité ou de logistique.&lt;/li&gt;&lt;li&gt; « &lt;strong&gt;Déployer&lt;/strong&gt; » : les travaux de recherche concerneront les &lt;strong&gt;conditions et modalités de diffusion de connaissances utile&lt;/strong&gt;s à la transformation des systèmes de mobilité et de logistique. En se nourrissant notamment des retours d’expérience, il pourra s’agir de développer ou d’améliorer des argumentaires scientifiquement fondés, des récits inspirants ou stratégies d’influence éclairées pour convaincre, des mécanismes de concertation ou de coopération des parties prenantes, des ressources pour monter en compétences et agir en faveur de la soutenabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les priorités sont précisées dans la section « Problèmes à traiter » du texte de l’appel à projets ci-dessus.&lt;/p&gt;&lt;p&gt;Les projets pourront relever de projets collaboratifs &lt;strong&gt;multidisciplinaires&lt;/strong&gt;, de &lt;strong&gt;recherche participat&lt;/strong&gt;ive ou de &lt;strong&gt;recherche-action&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Le montant moyen de l’aide attribuable par projet est de 180-250 k€, pour une durée généralement comprise entre 24 et 36 mois. &lt;/p&gt;&lt;p&gt;Selon la maturité du projet, il est aussi possible d’être accompagné dans le cadre d’un projet de &lt;strong&gt;recherche en émergence &lt;/strong&gt;sur une durée de 18 mois pour un montant d’aide maximum de 30 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour vous informer plus avant sur cet appel à projets : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;N’hésitez pas à participer au webinaire organisé le 6 janvier 2026 de 10h30 à 12h : &lt;a href="https://events.teams.microsoft.com/event/29056358-2e50-45ce-98e3-18736fb14e93&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849" target="_blank"&gt;s’inscrire au webinaire&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment faire pour candidater ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le présent&lt;strong&gt; appel à manifestation d’intérêt&lt;/strong&gt; constitue &lt;strong&gt;la première étape du processus de sélection de Mobilogs&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;Il est ouvert&lt;strong&gt; jusqu’au 19 mars 2026 à 17h.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il s’agit d’une phase d’idéation qui devra se conclure par le dépôt d’une lettre d’intention par le coordonnateur du consortium dans le formulaire en ligne. Un guide d’aide à la préparation de la lettre d’intention est disponible ci-dessous. &lt;/p&gt;&lt;p&gt;Attention, cette lettre d’intention ne constituera pas la demande d’aide définitive et il n’est attendu qu’un coût de projet et montant d’aide indicatifs. Le guide de catégories des dépenses est disponible à titre informatif pour permettre d’identifier les postes de dépenses a priori éligibles.&lt;/p&gt;&lt;p&gt;À ce stade, par souci de simplicité, il est également possible de n’enregistrer sur la plateforme que le coordonnateur du projet. En revanche, les acteurs cités dans la lettre d’intention devront tous être déclarés lors du dépôt du dossier complet (cf. ci-dessous).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Suite du processus de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Un avis d’opportunités formulé par les équipes de l’ADEME sera adressé au porteur du projet dans les 3 semaines suivant le dépôt de la lettre d’intention.&lt;/p&gt;&lt;p&gt;Seuls les consortiums ayant reçu un avis favorable pourront constituer et déposer un dossier complet en tenant compte des recommandations éventuelles formulées par l’ADEME. L’appel sera&lt;strong&gt; clôturé le 18 juin 2026 à 17h.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;C’est la date d’accusé réception de ce dossier complet qui sera prise en compte pour l’éligibilité des dépenses.&lt;/p&gt;&lt;p&gt;Toutes les informations sur les modalités de dépôt, d’évaluation et de sélection seront communiquées ultérieurement.&lt;/p&gt;&lt;p&gt;Les résultats seront annoncés au mois &lt;strong&gt;d’octobre 2026&lt;/strong&gt; et les contractualisations des projets lauréats s’étaleront entre novembre 2026 et le printemps 2027.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P201" s="1" t="inlineStr">
+      <c r="P198" s="1" t="inlineStr">
         <is>
           <t>17/12/2025</t>
         </is>
       </c>
-      <c r="Q201" s="1" t="inlineStr">
+      <c r="Q198" s="1" t="inlineStr">
         <is>
           <t>19/03/2026</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/co-construction-de-connaissances-pour-des-mobilites-et-logistiques-soutenables</t>
         </is>
       </c>
-      <c r="W201" s="1" t="inlineStr">
+      <c r="W198" s="1" t="inlineStr">
         <is>
           <t>https://vosaides.ademe.fr/create-assistant?id_dispo=1f0c4a35-1388-67d0-962e-5d7e930b4089&amp;id_liste=&amp;dossier_aide_type=REINNO</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/co-construction-de-connaissances-pour-des-mobilites-et-logistiques-soutenables/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>162536</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Soutenir les efforts de compétitivité, de souveraineté, d'innovation et d’investissement productif de la filière industrielle du vélo</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Industries du Vélo</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;*Sous réserve de publication de l’arrêté du Premier Ministre approuvant le cahier des charges de cet appel à projets au JORF*&lt;/p&gt;&lt;p&gt;Le présent AAP est ouvert aux entreprises de toute taille présentant un projet susceptible de relever d’un ou plusieurs des 4 volets suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 1&lt;/strong&gt; : Projets de développement et d’assemblage de vélos&lt;/p&gt;&lt;p&gt;Ce volet vise à&lt;strong&gt; soutenir les projets innovants et risqués de développement des capacités industrielles&lt;/strong&gt; ainsi que l’installation de &lt;strong&gt;nouvelles usines ou lignes de production innovantes&lt;/strong&gt; pour assembler des vélos et gagner en compétitivité sur le marché de l’assemblage de vélos. &lt;br /&gt;Les projets pourront notamment comporter :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des dépenses relatives à      l’installation de nouveaux sites industriels.&lt;/li&gt;&lt;li&gt;Des dépenses de      développement relatives à une mutation industrielle vers l’assemblage de      vélo. S’ils ne sont pas exclus de ce dispositif, les constructeurs et      sous-traitants automobiles candidats à ce volet pourront toutefois être      redirigés vers d’autres dispositifs dédiés.&lt;/li&gt;&lt;li&gt;Des investissements      capacitaires relatifs à la création de nouvelles unités de production, la      transformation de l’outil industriel existant (usines 4.0), l’adaptation      de l’outil industriel existant en vue de la phase d’industrialisation et      de la production en série et la création de nouvelles lignes d’assemblages      liées à la production de nouveaux produits innovants.&lt;/li&gt;&lt;li&gt;Des dépenses de recherche      et de développement relatives à de nouveaux modèles de production      innovants ou à la conception et fabrication de solutions et machines de      montages innovantes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Volet 2&lt;/strong&gt; : Projets de production des principaux composants et équipements pour vélos&lt;/p&gt;&lt;p&gt;Ce volet vise à &lt;strong&gt;soutenir les investissements industriels permettant de développer et accroitre les capacités de production des pièces détachées&lt;/strong&gt; (composants) ou &lt;strong&gt;équipements pour vélos&lt;/strong&gt; pour lesquels il existe un &lt;strong&gt;potentiel de relocalisation et de compétitivité du marché européen&lt;/strong&gt;. Ces pièces et équipements devront chercher à être le plus standard et interopérable possible, en s’inscrivant notamment dans une démarche de coopération avec la filière.&lt;br /&gt;Les projets pourront notamment comporter :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des dépenses relatives à      l’installation de nouvelles usines (usines ou micro-usines) ou unités de      production.&lt;/li&gt;&lt;li&gt;Des dépenses permettant      d’améliorer significativement la compétitivité des sites existants      (automatisation, procédés innovants, usines 4.0) et d’augmenter les      capacités de production existantes (élargissement des usines ou      installation de nouvelles lignes de production).&lt;/li&gt;&lt;li&gt;Des dépenses de recherche      et de développement pour développer de nouveaux composants et équipements      innovants répondant à de nouveaux besoins et potentiels de marché ainsi      que des savoirs faire d’ingénierie et de fabrication.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Volet 3&lt;/strong&gt; : Projets d’éco-conception et d’amélioration de l’impact environnemental des vélos et des équipements associés, sur leur cycle de vie.&lt;br /&gt;Ce volet vise à &lt;strong&gt;soutenir des projets d’investissement&lt;/strong&gt; permettant aux entreprises :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De renforcer leurs capacités à produire des vélos éco-conçus, réparables et recyclables.&lt;/li&gt;&lt;li&gt;De développer le recyclage et le réemploi des vélos et leurs équipements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets auront pour but d’alléger significativement l’empreinte environnementale des pièces et composants de vélos et des processus de fabrication associés, notamment par des solutions de conception et des process innovants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 4&lt;/strong&gt; : Briques technologiques et démonstrateurs de solutions innovantes directement adossées aux vélos et leurs équipements&lt;/p&gt;&lt;p&gt;Ce volet vise à &lt;strong&gt;soutenir des projets de recherche et de développement ou de premiers démonstrateurs de solutions innovantes&lt;/strong&gt; portés par des start-ups ou des industriels. Les projets devront être en lien direct avec l’industrialisation du vélo, de ses composants et des équipements vélos.&lt;br /&gt;Les projets peuvent contribuer à favoriser l’innovation dans les solutions technologiques, les procédés industriels, les matériaux, les utilisations et les solutions digitales pour renforcer la compétitivité, la durabilité du secteur et développer une ingénierie du cycle basée sur des compétences et un savoir-faire spécifique. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/industries-du-velo/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>162563</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I203" s="1" t="inlineStr">
+      <c r="I200" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J203" s="1" t="inlineStr">
+      <c r="J200" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M203" s="1" t="inlineStr">
+      <c r="M200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -37126,844 +36657,844 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R203" s="1" t="inlineStr">
+      <c r="R200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T203" s="1" t="inlineStr">
+      <c r="T200" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>161751</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Aides aux relais</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E205" s="1" t="inlineStr">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>161740</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux actions ponctuelles</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
-[...103 lines deleted...]
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S202" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-actions-ponctuelles</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>161739</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Tremplin pour la transition écologique des PME</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Qualité de l'air
 Biodiversité
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S203" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E208" s="1" t="inlineStr">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>161700</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H208" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>162219</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets d’investissements industriels structurants et aux impacts positifs importants</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets éligibles au fonds vert sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet 1 : à titre principal, &lt;strong&gt;des projets d’investissements industriels structurants et ambitieux sur le plan environnemental&lt;/strong&gt; (par exemple : projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, etc.) qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (cf. liste d’exemples ci-après).&lt;/p&gt;&lt;p&gt;Volet 2 : à titre auxiliaire, &lt;strong&gt;des projets d’investissements contribuant au développement des compétences&lt;/strong&gt; (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/p&gt;&lt;p&gt;Volet 3 : à titre exceptionnel, &lt;strong&gt;un soutien spécifique et renforcé aux projets d’investissements industriels structurants et ambitieux&lt;/strong&gt; sur le plan environnemental, tels que définis aux volets 1 et 2 qui contribuent à la redynamisation de territoires « rebond industriel » (territoires confrontés à de fortes difficultés industrielles ou des restructurations importantes de chaînes de valeur, qui bénéficient spécifiquement d’un accompagnement en ingénierie par l’Agence Nationale de la Cohésion des Territoires (ANCT) dans une limite de 3 territoires par an).&lt;/p&gt;&lt;p&gt;Pour candidater &lt;a target="_blank" href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie"&gt;rendez-vous sur le site démarche simplifiée&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/fonds-vert-territoires-dindustrie-transition-ecologique</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
         <v>158948</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Définir un plan d'implantation de Pôles d'Echanges Multimodaux et leur faisabilité technique à destination des déplacements domicile-travail et touristiques</t>
         </is>
       </c>
-      <c r="C209" s="1" t="inlineStr">
+      <c r="C206" s="1" t="inlineStr">
         <is>
           <t>Tourisme Ingénierie Développement
 France Mobilités</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Etude de faisabilité technique à l'installation de différents types de Pôles d'Echanges Multimodaux</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>France Mobilités</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Force d&amp;#039;une expertise et de retours d&amp;#039;expériences sur plusieurs de ses réseaux, PIM Mobility vous propose, en amont de tout déploiement, un accompagnement complet, reprenant vos études et réflexions en cours, en vue de créer des espaces de rétention de voyageur et instaurer une pratique multimodale durable :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Identification géographique et définition des typologies des sites étudiés
  &lt;/li&gt;
  &lt;li&gt;
   Définition des profils voyageurs présents, leur consentement à changer de comportement et leurs besoins de services associés
  &lt;/li&gt;
  &lt;li&gt;
   cartographie des offres de transport présentes, en cours de déploiement
  &lt;/li&gt;
  &lt;li&gt;
   de faisabilité technique  chiffré
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M209" s="1" t="inlineStr">
+      <c r="M206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Hubs de mobilité sur des lignes de covoiturage et lignes BHNS/cars express ; aires de services vélo sur des grands itinéraires touristiques, espaces relais vélos en libre service et stationnement vélos en parc d&amp;#039;activités, aires de covoiturage et relais transport en commun, revitalisation et valorisation multimodale de parvis de gare TER.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R209" s="1" t="inlineStr">
+      <c r="R206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes une collectivités, une entreprise, un syndicat ou un office du tourisme.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S209" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://pim-mobility.com/contact/</t>
         </is>
       </c>
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;pim-mobility.com&lt;br /&gt;06 22 45 03 36&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>p.renault@pim-mobility.com</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5313-definir-un-plan-dimplantation-de-poles-dechan/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>158480</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -37995,205 +37526,205 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P210" s="1" t="inlineStr">
+      <c r="P207" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R210" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W210" s="1" t="inlineStr">
+      <c r="W207" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>157090</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un territoire sobre et résilient</t>
         </is>
       </c>
-      <c r="C211" s="1" t="inlineStr">
+      <c r="C208" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I211" s="1" t="inlineStr">
+      <c r="I208" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J211" s="1" t="inlineStr">
+      <c r="J208" s="1" t="inlineStr">
         <is>
           <t>Plancher = 7 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Une sensibilisation des acteurs à la sobriété énergétique du territoire
 &lt;/p&gt;
 &lt;p&gt;
  - Un développement des projets de rénovation énergétique des bâtiments publics et privés
 &lt;/p&gt;
 &lt;p&gt;
  - La production d&amp;#039;énergies renouvelables sur le territoire
 &lt;/p&gt;
 &lt;p&gt;
  - La réduction des volumes et la valorisation des déchets
 &lt;/p&gt;
 &lt;p&gt;
  - Un usage renforcé des mobilités actives et décarbonées
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;entretien et la valorisation des espaces naturels
 &lt;/p&gt;
 &lt;p&gt;
  - La préservation des ressources naturelles
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement des filières à potentiel
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M211" s="1" t="inlineStr">
+      <c r="M208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Productions d&amp;#039;énergies
 &lt;/p&gt;
 &lt;p&gt;
  - Maîtrise des dépenses énergétiques des bâtiments
 &lt;/p&gt;
 &lt;p&gt;
  - Traitement et/ou stockage de l&amp;#039;eau
 &lt;/p&gt;
 &lt;p&gt;
  - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
 &lt;/p&gt;
 &lt;p&gt;
  - Valorisation des ressources locales
@@ -38215,73 +37746,73 @@
 &lt;p&gt;
  - Production d&amp;#039;énergies renouvelables
 &lt;/p&gt;
 &lt;p&gt;
  - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
 &lt;/p&gt;
 &lt;p&gt;
  - Développement des mobilités décarbonées et/ou actives
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
 &lt;/p&gt;
 &lt;p&gt;
  - Formation et information des professionnels et acteurs privés
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Innovation, créativité et recherche
 Biodiversité
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R211" s="1" t="inlineStr">
+      <c r="R208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -38315,633 +37846,450 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S211" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T211" s="1" t="inlineStr">
+      <c r="T208" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;a target="_self"&gt;
  &lt;p&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/p&gt;
 &lt;/a&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-[...183 lines deleted...]
-      <c r="A213" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>157095</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
         </is>
       </c>
-      <c r="C213" s="1" t="inlineStr">
+      <c r="C209" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 EUROPE - FEDER - Fonds européen de développement régional
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 France Ruralités</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Aide montage des dossiers de subventions</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H213" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
  &lt;br /&gt;
  • trouver des pistes de financement pour les projets ;
  &lt;br /&gt;
  • monter au besoin les dossiers de subventions.
  &lt;br /&gt;
  &lt;br /&gt;
  MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
  &lt;br /&gt;
  Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
  &lt;br /&gt;
  Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R213" s="1" t="inlineStr">
+      <c r="R209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T213" s="1" t="inlineStr">
+      <c r="T209" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
  &lt;br /&gt;
  •    A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
  &lt;br /&gt;
  •    Au 03.55.94.18.11
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  17 Quai Paul Wiltzer
  &lt;br /&gt;
  57000 METZ
  &lt;br /&gt;
  Horaires d&amp;#039;ouverture :
  &lt;br /&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>157094</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Préparer et mettre en oeuvre des activités de coopération</t>
         </is>
       </c>
-      <c r="C214" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°5 : Préparation et mise en œuvre d'activités de coopération</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H214" s="1" t="inlineStr">
+      <c r="H210" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I214" s="1" t="inlineStr">
+      <c r="I210" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J214" s="1" t="inlineStr">
+      <c r="J210" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes :
 &lt;/p&gt;
 &lt;p&gt;
  - Promouvoir un territoire sobre et résilient
 &lt;/p&gt;
 &lt;p&gt;
  - Soutenir l&amp;#039;initiative économique
 &lt;/p&gt;
 &lt;p&gt;
  - Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services
 &lt;/p&gt;
 &lt;p&gt;
  - Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants
 &lt;/p&gt;
 &lt;p&gt;
  A travers l&amp;#039;action &amp;#34;Préparation et mise en œuvre d&amp;#039;activités de coopération&amp;#34;, le GAL souhaite, de manière générale, développer tout projet de coopération lié aux 4 grands axes de la stratégie locale de développement. Les thématiques propices à la coopération sur le territoire sont privilégiées, à savoir : la culture, les énergies renouvelables, l&amp;#039;urbanisme rural durable et les mobilités.
 &lt;/p&gt;
 &lt;p&gt;
  La coopération aura pour attendus :
 &lt;/p&gt;
 &lt;p&gt;
  - La mutualisation de moyens pour la recherche commune de solutions à des problématiques partagées.
 &lt;/p&gt;
 &lt;p&gt;
  - La mise en place d&amp;#039;actions communes répondant aux enjeux identifiés dans la stratégie locale de développement.
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement de partenariats internes au territoire et vers d&amp;#039;autres GAL en région Normandie ou en dehors.
 &lt;/p&gt;
 &lt;p&gt;
  - Le partage d&amp;#039;expériences et la diffusion de bonnes pratiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M214" s="1" t="inlineStr">
+      <c r="M210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Echanges d&amp;#039;expériences : rencontres, visites sur site de projets réalisés, missions sur des problématiques précises (à définir, selon le projet de coopération).
 &lt;/p&gt;
 &lt;p&gt;
  - Missions de conseils, d&amp;#039;expertise, d&amp;#039;animation territoriale et de mise en réseau.
 &lt;/p&gt;
 &lt;p&gt;
  - Actions collectives d&amp;#039;échange, de diffusion de bonnes pratiques et de communication.
 &lt;/p&gt;
 &lt;p&gt;
  - Actions de formations non professionnelles, d&amp;#039;information et de sensibilisation.
 &lt;/p&gt;
 &lt;p&gt;
  - Actions de formation visant à la mise en réseau, à la sensibilisation ou à l&amp;#039;éducation des acteurs sur des problématiques de développement rural et intégrées dans un projet de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Traduction.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Santé
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R214" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -38975,96 +38323,631 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S214" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T214" s="1" t="inlineStr">
+      <c r="T210" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/253b-leader-action-n5-preparation-et-mise-en-uvre-/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>157566</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I211" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J211" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes à réaliser en agglomération des aménagements de sécurité le long ou sur le réseau routier départemental non pris en charge par le Département dans le cadre de son schéma directeur des mobilités.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+   Communes de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dotés de la compétence en matière de voirie dont la population est inférieure à 10.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+  NB: La Métropole Rouen Normandie, ainsi que les communes qui la composent, sont exclues de ce dispositif d&amp;#039;aide
+&lt;/p&gt;
+&lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+  Travaux liés à l&amp;#039;accompagnement de travaux sur la chaussée des routes départementales et à l&amp;#039;amélioration de la sécurité routière en agglomération (non pris en charge par le Département dans le cadre de son schéma directeur des mobilités) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+   Sécurisation des circulations actives (trottoirs, cheminements piétons),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de sécurité le long ou sur la chaussée (chicanes, plateaux traversant, îlots...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et développement de signaux lumineux, signalisation verticale de police et signalisation horizontale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux commandés par les exigences de la sécurité routière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :&lt;/strong&gt;
+ Les aménagements non liés à la sécurité : assainissement, aménagements paysagers, mobilier urbain...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 1000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 130.000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de la dépense subventionnable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T211" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/travaux-daccompagnement-et-de-securite-sur-le-reseau-routier-departemental-en-agglomeration/</t>
+        </is>
+      </c>
+      <c r="W211" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime&lt;/p&gt;&lt;p&gt;Direction de la Cohésion des Territoires&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/887c-soutenir-les-travaux-daccompagnement-et-de-se/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>154990</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Aider au financement de travaux liés à l’amélioration de la sécurité routière</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>FONDS D’ACTION LOCALE (FAL)</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I212" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider au financement de travaux liés à l&amp;#039;amélioration de la sécurité routière (dotation
+de l&amp;#039;État provenant du produit des amendes de police affecté par le Préfet sur proposition de
+la Commission Permanente du Département).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dont la population est inférieure à 10.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude et mise en œuvre de plans de circulation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et développement de signaux lumineux
+et de la signalisation horizontale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  Différenciation du trafic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux commandés par les exigences de la sécurité routière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+ Les opérations à caractère économique et commercial telles que les aménagements de lotissements à usage privé et les ZAC.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de
+  dépenses : 1.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 130.000€ HT par dossier et par maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut présenter plus de 2 demandes
+de subvention.
+L&amp;#039;avis technique de la direction des routes sera sollicité pour l&amp;#039;instruction du dossier.
+L&amp;#039;aide est non cumulable avec celle à la voirie communale.
+Le versement de la subvention est effectué par les services préfectoraux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/fonds-daction-locale/</t>
+        </is>
+      </c>
+      <c r="W212" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4375-modele/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I213" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J213" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Architecture
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T213" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>