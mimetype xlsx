--- v0 (2025-10-23)
+++ v1 (2026-01-17)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA209"/>
+  <dimension ref="A1:AA213"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -742,287 +742,89 @@
  E-mail : ingenierietarn&amp;#64;tarn.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 63 45 64 75
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>pierre.albinet@tarn.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/82e4-gerer-un-patrimoine-mobilier-protege-ou-non-a/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>46985</v>
+        <v>52290</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Financer vos projets en zone rurale (LEADER)</t>
+          <t>Financer vos budgets d'investissement</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
-        <is>
-[...196 lines deleted...]
-      <c r="C7" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &amp;#34;
   &lt;em&gt;
    Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
@@ -1098,96 +900,96 @@
   Plus petit crédit : 11 000€
  &lt;/li&gt;
  &lt;li&gt;
   Plus gros crédit : 50 millions €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
  &lt;/li&gt;
  &lt;li&gt;
   Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Social et Petite enfance
   &lt;/strong&gt;
   (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Revitalisation des centres villes
   &lt;/strong&gt;
   (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Rayonnement culturel
   &lt;/strong&gt;
   (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transition énergétique
   &lt;/strong&gt;
   (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement des mobilités douces
   &lt;/strong&gt;
   (Bordeaux Métropole, 33)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement sportif
   &lt;/strong&gt;
   (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1230,825 +1032,381 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Etude de l&amp;#039;adhésion
   &lt;/strong&gt;
   : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Éligibilité à l&amp;#039;adhésion
   &lt;/strong&gt;
   : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vote de la délibération de la collectivité
   &lt;/strong&gt;
   : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Versement de l&amp;#039;Apport en capital initial
   &lt;/strong&gt;
   : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
   &lt;/strong&gt;
   : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W7" s="1" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://portail.agence-france-locale.fr/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>56185</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser à la transition énergétique</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Pour les scolaires à partir du CM1 :
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Animation réalisée par le SDEC ENERGIE et ses partenaires autour de l&amp;#039;escape game pédagogique &amp;#34;Mission Energie&amp;#34; et réalisation d&amp;#039;ateliers scientifiques, dans les locaux du SDEC ENERGIE. Des expositions nomades (&amp;#34;le Parcours de l&amp;#039;Énergie&amp;#34; ou &amp;#34;2050&amp;#34;) peuvent aussi être mises à disposition pour une animation sur les territoires, dans le cas d&amp;#039;un partenariat spécifique.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les expositions nomades, les coûts de transport des élèves vers le site accueillant l&amp;#039;exposition et certains coûts d&amp;#039;animation sont à la charge des bénéficiaires.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Citoyenneté
 Education et renforcement des compétences
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.maisondelenergie.fr/</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
   maisonenergie&amp;#64;sdec-energie.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 31 06 91 76
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>flemaire@sdec-energie.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f975-developper-un-projet-denergie-renouvelable-ou/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...444 lines deleted...]
-      <c r="A10" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>62848</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M10" s="1" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -2094,165 +1452,165 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W10" s="1" t="inlineStr">
+      <c r="W8" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>66797</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Soutenir des ateliers de découverte des métiers pour tout public</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Occitanie soutient les porteurs de projet qui proposent des actions de découverte des métiers en directions des scolaires de tous niveaux, demandeurs d&amp;#039;emploi ou salariés en reconversion, équipes éducatives et acteurs de l&amp;#039;insertion, familles et alternants.
 &lt;/p&gt;
 &lt;p&gt;
  Contexte et objectifs
 &lt;/p&gt;
 &lt;p&gt;
  Cet appel à projet s&amp;#039;inscrit dans le cadre du Dispositif Régional d&amp;#039;Information sur les Métiers déployé par la Région au titre de la coordination du Service Public Régional de l&amp;#039;Orientation.
 &lt;/p&gt;
 &lt;p&gt;
  Le Dispositif Régional d&amp;#039;Information sur les Métiers est dédié à l&amp;#039;orientation scolaire et professionnelle. Il promeut la diversité et la mixité des métiers, l&amp;#039;égalité professionnelle entre les hommes et les femmes, la pluralité des secteurs professionnels, les métiers et secteurs émergents, et vise également à informer sur les métiers à déficit d&amp;#039;image, à informer sur les réalités des métiers idéalisés, et à promouvoir les métiers/secteurs peu mixtes (ou « genrés »).
 &lt;/p&gt;
 &lt;p&gt;
  Il vise à développer pour le plus de filières professionnelles possibles, des « bouquets d&amp;#039;actions » qui seront organisées sur les territoires en appui des partenaires de l&amp;#039;Orientation et des représentants du monde économique (entreprises et branches professionnelles)
 &lt;/p&gt;
 &lt;p&gt;
  Montant
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total affecté à cet appel à projet est de
  &lt;strong&gt;
   1 900 000 € en 2021
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -2288,62 +1646,62 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Attestation du porteur de projet certifiant qu&amp;#039;il ne bénéficie pas, pour l&amp;#039;année au titre de laquelle la subvention est sollicitée, d&amp;#039;un autre financement régional au titre de la promotion des métiers pour une action similaire.
  &lt;/li&gt;
  &lt;li&gt;
   Liste des subventions déjà perçues par la Région pour l&amp;#039;année en cours.
  &lt;/li&gt;
  &lt;li&gt;
   Partenaires du porteur de projet pour l&amp;#039;opération proposée.
  &lt;/li&gt;
  &lt;li&gt;
   Calendrier et lieu.x prévisionnel.s des actions.
  &lt;/li&gt;
  &lt;li&gt;
   Devis / modes de calculs permettant d&amp;#039;apprécier le budget prévisionnel de l&amp;#039;opération.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur de projet prendra soin de préciser s&amp;#039;il prévoit de reverser tout ou une partie de la subvention à un partenaire (Partie &amp;#34;précision sur le montage de l&amp;#039;opération ou du programme d&amp;#039;action&amp;#34;).
  &lt;br /&gt;
  En version dématérialisée, le budget prévisionnel sera fourni en 2 versions : une version signée et une version modifiable (Excel)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une association
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Fédération
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Ligue et clubs sportifs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   une collectivité, un acteur public
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Acteur public
@@ -2362,61 +1720,61 @@
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Autre entreprise - autre professionnel·le
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Entreprise
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Indépendant
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les soumissionnaires pourront être des personnes morales de droit privé ou public (chambres consulaires, branches professionnelles, organisations professionnelles, syndicats professionnels, fédérations, confédérations, opérateurs de compétences, entreprises ancrées sur le territoire régional, associations locales ou nationales, établissements publics, collectivités locales,...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les organismes de formation par apprentissage, les centres de formation d&amp;#039;apprentis et les organismes de formation ne sont pas autorisés à candidater.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Appel-a-projets-Info-metiers</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  AAP2021infometiers&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
  Ou formulaire à trouver ici :
  &lt;a href="https://www.laregion.fr/Appel-a-projets-Info-metiers"&gt;
   https://www.laregion.fr/Appel-a-projets-Info-metiers
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Envoi du dossier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de demande dûment complété, daté et signé est à remettre en un exemplaire papier et en version numérisée.
 &lt;/p&gt;
 &lt;p&gt;
  En version numérique , les candidatures seront adressées par mail, à l&amp;#039;adresse :
@@ -2428,103 +1786,103 @@
  En version papier , le dossier doit être adressé à l&amp;#039;adresse suivante :
 &lt;/p&gt;
 &lt;p&gt;
  Conseil Régional Occitanie / Pyrénées-Méditerranée
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;Emploi et de la Formation
 &lt;/p&gt;
 &lt;p&gt;
  Service emploi et Orientation Professionnelle
 &lt;/p&gt;
 &lt;p&gt;
  Unité Service Public Régional de l&amp;#039;Orientation
 &lt;/p&gt;
 &lt;p&gt;
  417 rue Samuel Morse – Site de Capdeville
 &lt;/p&gt;
 &lt;p&gt;
  34000 Montpellier
 &lt;/p&gt;
 &lt;p&gt;
  En cas de difficultés d&amp;#039;expédition, la date de réception du dossier dématérialisé sur l&amp;#039;adresse dédiée sera prise en compte.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/221d-appel-a-projets-info-metiers/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>66848</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'organisation de projets d'animation développant la culture scientifique - AAP CSTI 2021</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Occitanie souhaite soutenir l&amp;#039;organisation de projets d&amp;#039;animation préparés en collaboration avec les laboratoires de recherche et les industriels. L&amp;#039;objectif : développer la culture scientifique auprès d&amp;#039;un large public
 &lt;/p&gt;
 &lt;p&gt;
  Contexte et objectifs
 &lt;/p&gt;
 &lt;p&gt;
  Afin de diffuser la culture scientifique auprès d&amp;#039;un large public incluant les scolaires, un soutien est apporté à l&amp;#039;organisation de projets d&amp;#039;animation préparés en collaboration avec les laboratoires de recherche et les industriels et portés par des acteurs travaillant en réseau sur l&amp;#039;ensemble du territoire régional.
 &lt;/p&gt;
 &lt;p&gt;
  Pour réduire les inégalités d&amp;#039;accès aux savoirs, les actions proposées visent à donner aux jeunes une vision plus dynamique de l&amp;#039;apport des sciences dans la sociét. Elles doivent leur permettre de découvrir les carrières scientifiques ou les métiers techniques souvent délaissés, de leur ouvrir de nouveaux horizons notamment en terme d&amp;#039;emplois et de mieux comprendre l&amp;#039;impact de l&amp;#039;innovation sur notre vie et pour une meilleure connaissance du monde qui nous entoure.
 &lt;/p&gt;
 &lt;p&gt;
  Enfin les animations proposées doivent contribuer à l&amp;#039;intérêt public et citoyen en permettant le dialogue science / société, une meilleure information sur les avancées scientifiques...
 &lt;/p&gt;
 &lt;p&gt;
  Montant
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La subvention régionale est plafonnée à
   &lt;strong&gt;
    80% de l&amp;#039;assiette éligible,
   &lt;/strong&gt;
@@ -2536,63 +1894,63 @@
    80%.
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;autofinancement minimum du maître d&amp;#039;ouvrage est fixé à
   &lt;strong&gt;
    20%
   &lt;/strong&gt;
   . L&amp;#039;autofinancement peut comprendre des subventions publiques destinées au fonctionnement de la structure.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités de participation
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projets doivent candidater dans les délais de l&amp;#039;appel à projets. Pour ce faire, ils renseigneront le dossier de demande disponible ci-dessous au téléchargement en respectant les règles et modalités de l&amp;#039;appel à projets inscrites dans le règlement.
 &lt;/p&gt;
 &lt;p&gt;
  La sélection des projets sera réalisée après une phase d&amp;#039;instruction administrative, financière et technique.
 &lt;/p&gt;
 &lt;p&gt;
  La décision finale de financement pour l&amp;#039;aide Région sera prise par délibération de l&amp;#039;assemblée délibérante du Conseil Régional.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Innovation, créativité et recherche
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les bénéficiaires éligibles sont les suivants :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une association régionale de culture scientifique technique et industrielle (CSTI)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Un établissement public d&amp;#039;enseignement supérieur et de recherche de la région Occitanie
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une évaluation de la qualité des projets sera établie par les services instructeurs régionaux (cf. Critères de sélection dans le règlement) et présentée à un comité de sélection composé d&amp;#039;élus régionaux.
  &lt;/li&gt;
@@ -2622,474 +1980,474 @@
   Cofinancements consolidés,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Partenariat avec des entreprises et acteurs socio-économiques.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Une attention particulière sera portée sur :
  &lt;/li&gt;
  &lt;li&gt;
   Les projets localisés dans les villes universitaires d&amp;#039;équilibre,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Des actions d&amp;#039;information et d&amp;#039;animation développées sur des sujets de société (impact des facteurs environnementaux sur la santé humaine, énergies renouvelables, alimentation,...)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Les modalités de diffusion innovantes des actions de CSTI vers les différents publics
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Appel-a-projets-d-animation-de-la-Culture-Scientifique-Technique-et-Industrielle</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact
 &lt;/p&gt;
 &lt;p&gt;
  Région Occitanie / Pyrénées-Méditerranée
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Recherche, du Transfert Technologique et de l&amp;#039;Enseignement Supérieur
 &lt;/p&gt;
 &lt;p&gt;
  Service Accompagnement des Etudiants et Diffusion Scientifique
 &lt;/p&gt;
 &lt;p&gt;
  Martine ESCARTIN
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 61 33 56 74
 &lt;/p&gt;
 &lt;p&gt;
  Mail : martine.escartin&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/17c4-appel-a-projets-danimation-de-la-culture-scie/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>70231</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>SOLURIS (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Projets locaux, intercommunaux et public-privé.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Conseil aux élus et aux cadres territoriaux sur la transformation numériques des collectivités (mairies, intercommunalités, autres établissements publics locaux ).
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Appui technique, financier et organisationnel.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Axes prioritaires : cybersécurité/RGPD, inclusion numérique, numérique responsable, SIG, open data
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Solutions de gestion locale et de dématérialisation, infrastructure locale et cloud.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Centrale d&amp;#039;achat, dispense de marchés publics. Tarifs mutualisés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M13" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Préparation et accompagnement du changement.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Solutions de gestion locale et de transformation numérique.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Conseil et création de sites web de services publics.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Formations à l&amp;#039;inclusion numérique, mise à disposition de médiateurs numériques
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la création de tiers-lieux et de Maisons France Services.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et accompagnement technique sur l&amp;#039;opendata.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Formation initiale et continue des agents publics.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre adhérent de Soluris.
 &lt;/p&gt;
 &lt;p&gt;
  Exception : Assistance en cas de cybermalveillance pour toute collectivité même non adhérente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Charente-Maritime, Deux-Sèvres</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.soluris.fr/</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;soluris.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>b.lienard@soluris.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d3c2-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-      <c r="A14" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
         <v>71878</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Financer l'extension de la couverture THD</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Financement des infrastructures numériques : nous investissons à vos côtés</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose des solutions de financement à destination des raccordements complexes en zone d&amp;#039;initiative publique qui présenteraient une économie dégradée, dont le nombre est estimé à 500 000 en France. Il s&amp;#039;agit de projets dont le coût du raccordement est très élevé :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   À cause de leur complexité technique ;
  &lt;/li&gt;
  &lt;li&gt;
   En raison de leur localisation (site isolé).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour les acteurs souhaitant contribuer au développement de la couverture fixe THD pour de tels raccordements, à condition qu&amp;#039;ils ne soient pas encore financés, la Banque des Territoires propose :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un compte courant d&amp;#039;associés ;
  &lt;/li&gt;
  &lt;li&gt;
   Une dette mezzanine ;
  &lt;/li&gt;
  &lt;li&gt;
   Un prêt subordonné ;
  &lt;/li&gt;
  &lt;li&gt;
   Des Prêts au Secteur Public Local (PSPL) ;
  &lt;/li&gt;
  &lt;li&gt;
   Un Crédit d&amp;#039;études.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Ext_couverture_THD_psat</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
   &lt;strong&gt;
    Nous contacter par mail via notre f
    ormulaire de contact
   &lt;/strong&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fecc-trouver-les-moyens-de-favoriser-lachevement-d/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>71879</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Étendre et améliorer la couverture 4G en Outre-mer</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Financement des infrastructures numériques : nous investissons à vos côtés</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose des solutions dédiées pour résoudre les problèmes de sous-équipement en infrastructures 4G en Outre-mer, notamment en ce qui concerne la couverture et la qualité de service :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Sur les principaux axes de transports ;
  &lt;/li&gt;
  &lt;li&gt;
   Dans les zones avec un potentiel économique et démographique important ;
  &lt;/li&gt;
  &lt;li&gt;
   Sur les sites prioritaires : administrations, écoles, hôpitaux et mairies ;
@@ -3104,160 +2462,160 @@
 &lt;p&gt;
  Pour résorber ces situations et garantir une couverture de qualité, tout en soutenant les chantiers locaux de travaux, la Banque des Territoires propose :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une prise de participation ;
  &lt;/li&gt;
  &lt;li&gt;
   Un compte courant d&amp;#039;associés ;
  &lt;/li&gt;
  &lt;li&gt;
   Une dette mezzanine ;
  &lt;/li&gt;
  &lt;li&gt;
   Un prêt subordonné
  &lt;/li&gt;
  &lt;li&gt;
   Des Prêts au Secteur Public Local (PSPL) ;
  &lt;/li&gt;
  &lt;li&gt;
   Un crédit d&amp;#039;études.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Outre_Mer_4G_psat</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
    Nous contacter par mail via notre formulaire de contact
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/80f3-resoudre-les-problemes-de-sous-equipement-en-/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>72810</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissements dans les Petites Villes</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
 &lt;/p&gt;
@@ -3294,79 +2652,79 @@
 &lt;p&gt;
  •	Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  •	Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  •	Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
 &lt;/p&gt;
 &lt;p&gt;
  •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •
  &lt;strong&gt;
   Entretien du patrimoine
  &lt;/strong&gt;
  (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
 &lt;/p&gt;
 &lt;p&gt;
  •
  &lt;strong&gt;
   Développement sportif
  &lt;/strong&gt;
  (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
 &lt;/p&gt;
 &lt;p&gt;
  •
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3409,939 +2767,939 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Etude de l&amp;#039;adhésion
  &lt;/strong&gt;
  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Éligibilité à l&amp;#039;adhésion
  &lt;/strong&gt;
  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Vote de la délibération de la collectivité
  &lt;/strong&gt;
  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Versement de l&amp;#039;Apport en capital initial :
  &lt;/strong&gt;
  La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
  &lt;/strong&gt;
  La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Contact :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>73058</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Engager des démarches de contrat de territoires (ECLAT - Engagement Commun pour le Logement et l'Autonomie sur les Territoires)</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Caisse nationale d'assurance vieillesse (CNAV)</t>
         </is>
       </c>
-      <c r="F17" s="1" t="inlineStr">
+      <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Caisse d'assurance retraite et de la santé au travail (CARSAT)</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    NB :
   &lt;/strong&gt;
   l&amp;#039;ingénierie de cette démarche est assurée par des partenaires de la Cnav (SOLIHA et la Fédération des Centres Sociaux) et financée par elle. Le pilotage est réalisé par le binôme Carsat/Collectivité.
  &lt;/em&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ECLAT
  &lt;/strong&gt;
  est une démarche visant à faire émerger, à une échelle infra-départementale, un cadre favorable à la prévention de la perte d&amp;#039;autonomie des personnes retraitées.
  &lt;br /&gt;
 &lt;/p&gt;
 Cette démarche prend la forme d&amp;#039;un contrat de territoire : assise sur un diagnostic partagé des besoins, elle mobilise des partenariats locaux, identifie des priorités d&amp;#039;action et soutient financièrement leur concrétisation.
 &lt;br /&gt;
 &lt;p&gt;
  Elle repose sur 3 étapes principales qui se succèdent sur une période de 12 mois environ (du lancement public de la démarche au soutien financier des actions) :
  &lt;br /&gt;
  ✓ Réaliser un diagnostic (dont une consultation des habitants retraités)
  &lt;br /&gt;
  ✓ Lancer un appel à projets dédié au territoire afin de soutenir financièrement les solutions issues du diagnostic ; puis valoriser l&amp;#039;engagement des parties prenantes (signature d&amp;#039;une convention)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M17" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A titre d&amp;#039;exemples, une démarche ECLAT peut venir soutenir : la rénovation d&amp;#039;une résidence autonomie, un programme coordonné d&amp;#039;actions collectives de prévention / de maintien du lien social, des actions favorisant l&amp;#039;inclusion numérique des habitants du territoire, l&amp;#039;organisation de bilan de prévention pour les retraités, l&amp;#039;adaptation de logements dans le parc social, etc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Logement et habitat
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P17" s="1" t="inlineStr">
+      <c r="P15" s="1" t="inlineStr">
         <is>
           <t>16/12/2020</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collectivité :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - volontaire pour s&amp;#039;inscrire dans la démarche, en partenariat avec la Carsat du territoire
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - dont le nombre d&amp;#039;habitants est compris entre 50 000 et 100 000 (recommandation)
 &lt;/p&gt;
 &lt;p&gt;
  Un premier niveau d&amp;#039;analyse d&amp;#039;indicateurs statistiques (notamment issus des observatoires des situations de fragilités - https://www.observatoires-fragilites-national.fr) permettra d&amp;#039;approfondir l&amp;#039;opportunité de s&amp;#039;engager dans la démarche.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Benjamin Leroux
  &lt;br /&gt;
  Responsable animation &amp;amp; développement du territoire
  &lt;br /&gt;
  Direction nationale de l&amp;#039;action sociale - Cnav
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  benjamin.leroux&amp;#64;cnav.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>magalie.raimbault@cnav.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0792-engager-des-demarches-de-contrat-de-territoir/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>73837</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Pôle Numérique du CDG46 (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Centre de Gestion de la Fonction Publique Territoriale du Lot conseille et accompagne, dans le domaine du numérique, autour de 5 services :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Protection des données (RGPD)
  &lt;/li&gt;
  &lt;li&gt;
   Assistance Informatique
  &lt;/li&gt;
  &lt;li&gt;
   Assistance Progiciels
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dématérialisation (Actes / Hélios / marchés publics / convocations aux assemblées / etc.)
  &lt;/li&gt;
  &lt;li&gt;
   Internet (création de sites web, messagerie, ...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Préparation et accompagnement du changement.
  &lt;/li&gt;
  &lt;li&gt;
   Solutions de gestion locale et de transformation numérique.
  &lt;/li&gt;
  &lt;li&gt;
   Conseil et création de sites web de services publics.
  &lt;/li&gt;
  &lt;li&gt;
   Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
  &lt;/li&gt;
  &lt;li&gt;
   Formation continue des agents publics sur les outils numériques des services du CDG.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le numérique étant une mission facultative, les collectivités et établissements publics du Lot qui veulent en bénéficier doivent conventionner.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Lot</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.cdg46.fr/</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir le formulaire de contact sur https://www.cdg46.fr/
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>frederic.frances@cdg46.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bbdc-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>76270</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Servir les politiques énergie-climat des territoires du Rhône</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>ALTE 69 - Agence Locale de la Transition Énergétique du Rhône</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée par les communautés de communes et d&amp;#039;agglomération du Rhône, le Département du Rhône, la Région Auvergne-Rhône-Alpes, l&amp;#039;association Hespul et des acteurs du secteur privé, l&amp;#039;
  &lt;strong&gt;
   Agence Locale de la Transition Énergétique du Rhône (ALTE 69)
  &lt;/strong&gt;
  est une association à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  Tel que défini dans ses statuts, elle se donne pour objectif d&amp;#039;encourager, d&amp;#039;accompagner, de promouvoir et d&amp;#039;animer par tous moyens à sa disposition la mise en œuvre de la transition énergétique. Dans le cadre d&amp;#039;un développement soutenable des territoires et de la lutte contre les causes et les effets du changement climatique, elle participe à la mise en place d&amp;#039;un paysage énergétique sobre, efficace et renouvelable.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elle accompagne les usagers (les collectivités, les habitants et plus largement tous les acteurs locaux) dans leurs démarches d&amp;#039;économie d&amp;#039;énergie, d&amp;#039;utilisation d&amp;#039;énergies renouvelables et d&amp;#039;innovations énergétiques.
  &lt;/li&gt;
  &lt;li&gt;
   Elle déploie une expertise mutualisée à l&amp;#039;échelle départementale pour fournir un service d&amp;#039;intérêt général, indépendant des fournisseurs d&amp;#039;énergie et de matériaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les principaux domaines d&amp;#039;expertise sont:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le suivi des consommations d&amp;#039;énergie ;
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment performant, en construction et rénovation ;
  &lt;/li&gt;
  &lt;li&gt;
   la production d&amp;#039;énergies renouvelables thermiques et électriques (photovoltaïque), intégrées au bâtiment ou en centrales de production indépendantes ;
  &lt;/li&gt;
  &lt;li&gt;
   la planification énergétique.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;intervention de l&amp;#039;ALTE 69 varie de la sensibilisation du particulier à l&amp;#039;accompagnement de projet collectif ou de politique territoriale, avec en perspective la réduction des émissions de gaz à effet de serre sur les territoires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Dynamique territoriale pour la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des acteurs pour le développement des énergies renouvelables locales
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostic énergétique et climatique territorial
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte des enjeux climatiques dans les PLU/I
  &lt;/li&gt;
  &lt;li&gt;
   Schéma directeur de l&amp;#039;énergie (SDE)
  &lt;/li&gt;
  &lt;li&gt;
   Suivi et optimisation des consommations d&amp;#039;énergie du patrimoine bâti (notamment public)
  &lt;/li&gt;
  &lt;li&gt;
   Information et formation des acteurs de l&amp;#039;acte de construire et des acteurs du logement
  &lt;/li&gt;
  &lt;li&gt;
   Information, conseil et accompagnement des particuliers pour la rénovation énergétique de leur logement
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des copropriétés à la rénovation énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
  &lt;/li&gt;
  &lt;li&gt;
   Lutte contre la précarité énergétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être un acteur du territoire du Rhône hors Métropole de Lyon (particulier, collectivité, association...).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Rhône</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.alte69.org/fr/</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Agence Locale de la Transition Énergétique du Rhône
  &lt;br /&gt;
  contact&amp;#64;alte69.org
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>habiba.belkadi-seys@alte69.org</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d1b0-servir-les-politiques-energie-climat-des-terr/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>77078</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Agence Alpine des Territoires (AGATE) - OPSN et CPIE</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nous accompagnons aujourd&amp;#039;hui les collectivités locales dans leur transformation numérique afin qu&amp;#039;elle profite à leurs services et à tous les acteurs du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Nous les aidons également au quotidien dans l&amp;#039;utilisation de leurs logiciels de gestion communale grâce à notre équipe de spécialistes des logiciels BERGER LEVRAULT (éditeur de logiciels). Notre équipe les forme (sur site ou en séminaire) et les dépanne via notre ligne dédiée à l&amp;#039;assistance téléphonique (hotline).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Notre équipe géomatique est quant à elle une ressource à la fois interne et à disposition des collectivités pour structurer et exploiter les données, les spatialiser dans des bases de données et les rendre compréhensibles via des représentations efficaces et innovantes : cartographique ou datavisualisation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement en matière d&amp;#039;inclusion numérique : diagnostic territoriaux, formation, animation de réseau, support  au déploiement de dispositifs - lieu de médiation numérique etc.
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement en matière de gestion de projet numérique : incubateur de projet, formations aux usages numériques, démarche d&amp;#039;openData
  &lt;/li&gt;
  &lt;li&gt;
   Conseil en gestion de données géographiques, production cartographique
  &lt;/li&gt;
  &lt;li&gt;
   Installation, formation, assistance sur les logiciels de gestion de collectivité Berger-Levrault
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Technologies numériques et numérisation
 Appui méthodologique
 Animation et mise en réseau
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adhésion à AGATE et/ou conventionnement en fonction du type d&amp;#039;aide ou d&amp;#039;accompagnement
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Savoie</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://agate-territoires.fr/domaines-dintervention/transition-numerique-geomatique-informatique/</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  numerique&amp;#64;agate-territoires.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>edmond.wach@agate-territoires.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df1f-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-      <c r="A21" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>82911</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>CAUE du Loiret
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Haute-Loire
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE des Deux-Sèvres
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE du Puy-de-Dôme
+CAUE de la Haute-Garonne
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE de la Dordogne
+CAUE de l'Oise
+CAUE du Lot
+CAUE de la Savoie
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE de la Seine-Maritime
+CAUE du Gard
+CAUE du Var
+CAUE de la Sarthe
+CAUE du Morbihan
+CAUE de l'Ain
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE de l'Ardèche
+CAUE du Cher
+CAUE du Maine-et-Loire
+CAUE de l'Aude
+CAUE de l'Yonne
+CAUE de Corse
+CAUE d'Alsace
 CAUE du Tarn
-CAUE d'Alsace
-[...5 lines deleted...]
-CAUE de l'Ardèche
 CAUE du Gers
-CAUE de Corrèze
-[...6 lines deleted...]
-CAUE du Gard
+CAUE de l'Orne
+CAUE du Calvados
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
 CAUE de la Vendée
-CAUE de Mayotte
+CAUE du Cantal
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
 CAUE des Landes
-CAUE des Vosges
-[...51 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
+CAUE de Mayotte</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
  &lt;strong&gt;
   outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
  &lt;br /&gt;
  &lt;br /&gt;
  Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   La palette de leurs interventions est multiple :
  &lt;/strong&gt;
  &lt;br /&gt;
@@ -4388,85 +3746,85 @@
  &lt;li&gt;
   Publications, ouvrages, guides
  &lt;/li&gt;
  &lt;li&gt;
   Vidéos
  &lt;/li&gt;
  &lt;li&gt;
   Expositions
  &lt;/li&gt;
  &lt;li&gt;
   Participation à des commissions techniques thématiques (commerce, agriculture...)
  &lt;/li&gt;
  &lt;li&gt;
   Actions pédagogiques en milieu scolaire et hors ce milieu
  &lt;/li&gt;
  &lt;li&gt;
   Résidences
  &lt;/li&gt;
  &lt;li&gt;
   ...
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Actions locales accompagnées liées aux politiques publiques relatives à :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  / Ecoquartier&lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -4486,79 +3844,79 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
 &lt;p&gt;
@@ -4738,190 +4096,190 @@
  CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
         <v>82912</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Nouveaux lieux, nouveaux liens
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>CAUE de l'Ain
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Seine-Maritime
+CAUE de la Haute-Loire
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+CAUE des Deux-Sèvres
+CAUE de la Sarthe
+CAUE du Puy-de-Dôme
+CAUE de la Dordogne
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE du Calvados
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
 CAUE du Lot
-CAUE du Var
-[...5 lines deleted...]
-CAUE de Corse
 CAUE de la Vendée
-CAUE de l'Aude
-[...6 lines deleted...]
-CAUE de l'Isère
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de l'Ardèche
+CAUE du Maine-et-Loire
 CAUE de l'Yonne
-CAUE du Morbihan
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
 CAUE de Mayotte
-CAUE des Landes
-[...52 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+CAUE du Morbihan</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les formations proposées par les CAUE ont plusieurs objectifs :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   mettre à jour ou approfondir les connaissances des professionnels
@@ -4945,91 +4303,91 @@
  &lt;li&gt;
   de nombreux CAUE sont datadockés
  &lt;/li&gt;
  &lt;li&gt;
   les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  NB : Nature de l&amp;#039;aide complémentaire aux formations
  &lt;br /&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formations dans les domaines de:
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
   &lt;br /&gt;
  &lt;/strong&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
   &lt;br /&gt;
  &lt;/strong&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
   &lt;br /&gt;
  &lt;/strong&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   TRANSVERSALEMENT
   &lt;br /&gt;
  &lt;/strong&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Cohésion sociale et inclusion
 Citoyenneté
@@ -5043,79 +4401,79 @@
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
  &lt;br /&gt;
  &lt;br /&gt;
@@ -5298,192 +4656,192 @@
  CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-      <c r="A23" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>82915</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C23" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>CAUE de l'Ardèche
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Atlantiques
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+CAUE de Meurthe-et-Moselle
+CAUE de la Mayenne
+CAUE de la Manche
+CAUE du Maine-et-Loire
+CAUE Lot-et-Garonne
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE de l'Ardèche
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
+CAUE de l'Hérault
+CAUE de la Gironde
+CAUE de la Haute-Garonne
+CAUE du Gard
+CAUE de l'Oise
 CAUE de la Drôme
-CAUE de l'Oise
-[...5 lines deleted...]
-Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE de l'Aude
-CAUE de la Haute-Loire
-[...6 lines deleted...]
-CAUE de la Moselle
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE du Calvados
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
 CAUE des Landes
-CAUE de la Dordogne
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
 CAUE du Tarn
-CAUE de la Meuse
-[...52 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+CAUE de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -5525,88 +4883,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -5625,79 +4983,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -6169,136 +5527,136 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>82917</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Se faire accompagner sur les thématiques énergie et climat</t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Agences Locales de l'Energie et du Climat (ALEC)</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
  accompagne, et anticipe sur ces questions.
 &lt;/p&gt;
 &lt;p&gt;
  Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
  l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
  oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
  En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
  d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
 &lt;/p&gt;
 &lt;p&gt;
  Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
  réglementaire, technique et de connaissance fine du territoire (observatoire).
 &lt;/p&gt;
 &lt;p&gt;
  Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Diagnostic énergétique et climatique territorial
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte des enjeux climatiques dans les PLU/I
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Schéma directeur énergie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Observatoire local énergie-climat
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   État des lieux énergétique du patrimoine public
   &lt;br /&gt;
@@ -6312,187 +5670,187 @@
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Lutte contre la précarité énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des acteurs pour le développement des énergies renouvelables locales
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://federation-flame.org</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Frank Sentier, Délégué général de la Fédération FLAME
 &lt;/p&gt;
 &lt;p&gt;
  frank.sentier&amp;#64;federation-flame.org
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>contact@federation-flame.org</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f8b5-copie-17h59-se-faire-accompagner-sur-les-them/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>83479</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
         </is>
       </c>
-      <c r="C25" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE des Hauts de France
 Union régionale des CAUE Normands
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -6550,77 +5908,77 @@
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
  &lt;/li&gt;
  &lt;li&gt;
   Animations interprofessionnelles, mise en réseaux des acteurs du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -6642,79 +6000,79 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>http://www.fncaue.fr</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts des unions régionales :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -6747,122 +6105,122 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>83481</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Normands
 Union régionale des CAUE des Hauts de France</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -6905,85 +6263,85 @@
  &lt;/li&gt;
  &lt;li&gt;
   Ateliers, conférences, journées de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
  &lt;/li&gt;
  &lt;li&gt;
   Rendez-vous culturels
  &lt;/li&gt;
  &lt;li&gt;
   Organisation et réalisation de prix, palmarès, concours, appels à idées
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
  &lt;/li&gt;
  &lt;li&gt;
   Participation à des commissions techniques thématiques (commerce, agriculture...)
  &lt;/li&gt;
  &lt;li&gt;
   Actions pédagogiques en milieu scolaire et hors ce milieu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les actions de sensibilisation peuvent toucher les domaines suivants :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -7006,79 +6364,79 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -7111,284 +6469,284 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>89215</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C25" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - FSE + - Fonds social européen</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>ADEFPAT</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Des avancées concrètes dans la réalisation du projet
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   La favorisation de l&amp;#039;ancrage territorial et professionnel
    du projet dans son environnement
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
 &lt;/p&gt;
 &lt;p&gt;
  Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
 &lt;/p&gt;
 &lt;p&gt;
  Pour des projets :
   Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tiers lieux
 &lt;/p&gt;
 &lt;p&gt;
  Projet alimentaire de territoire
 &lt;/p&gt;
 &lt;p&gt;
  stratégie de developpement touristique
 &lt;/p&gt;
 &lt;p&gt;
  équipement de loisir, touristique,
 &lt;/p&gt;
 &lt;p&gt;
  atelier de découpe transformation
 &lt;/p&gt;
 &lt;p&gt;
  mobilisation des acteurs : bourg centre, services aux publics,...
 &lt;/p&gt;
 &lt;p&gt;
  boutique école
 &lt;/p&gt;
 &lt;p&gt;
  petits commerces
 &lt;/p&gt;
 &lt;p&gt;
  installation d&amp;#039;artisans
 &lt;/p&gt;
 &lt;p&gt;
  Politiques et actions d&amp;#039;accueil de nouvelle population
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Transition énergétique
 Recyclage et valorisation des déchets
 Jeunesse
 Accès aux services
 Citoyenneté
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Bâtiments et construction
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>http://www.adefpat.fr</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;adefpat.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 63 36 20 30
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>benedicte.dupre@adefpat.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>90722</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets portés par les jeunes constitués en association - Projets Initiatives Jeunesse</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Association
 Particulier</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Nouvelle-Aquitaine souhaite développer une politique visant à soutenir l&amp;#039;autonomie et l&amp;#039;initiative des jeunes dans tous les domaines et favoriser ainsi la créativité et l&amp;#039;innovation.
 &lt;/p&gt;
 &lt;p&gt;
  Au titre du dispositif « Projets Initiatives Jeunesse », elle soutient les projets de jeunes âgés de
  &lt;strong&gt;
   15 à 30 ans organisés
  &lt;/strong&gt;
  sous forme de
  &lt;strong&gt;
   structures associatives
  &lt;/strong&gt;
  . Ces projets peuvent avoir pour thèmes l&amp;#039;environnement, la culture, les arts, les sciences, la solidarité internationale, le journalisme, le sport...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Au titre du dispositif « Projets Initiatives Jeunesse », elle soutient les projets de jeunes âgés de
  &lt;strong&gt;
   15 à 30 ans organisés
  &lt;/strong&gt;
@@ -7402,71 +6760,71 @@
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est plafonnée à 3 000 € et ne peut excéder 50 % du budget prévisionnel. Elle est déterminée en fonction du budget prévisionnel et de la participation éventuellement attendue de la part d&amp;#039;autres co-financeurs (collectivités locales, entreprises, associations...). Le montant global des recettes pourra intégrer notamment les contributions volontaires en nature, dans la mesure où celles-ci sont objectivement quantifiées selon les règles en vigueur au plan national. La capacité d&amp;#039;autofinancement du projet est également déterminante. Le projet ne doit pas avoir été soutenu ou faire l&amp;#039;objet d&amp;#039;une sollicitation au titre d&amp;#039;un autre dispositif de la Région Nouvelle-Aquitaine.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide de la Région Nouvelle-Aquitaine est apportée sous la forme d&amp;#039;une subvention versée directement à l&amp;#039;association, désignée par le porteur du projet au moment du dépôt du dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ETAPE 1 - Inscription en ligne : Déposez votre demande en ligne via le formulaire . Il est important que vous détailliez au maximum votre dossier papier à cette étape. Note : vous trouverez au bas de cette page un modèle de dossier à télécharger. Ce document a pour objectif de vous aider à préparer votre inscription en ligne.
  &lt;/li&gt;
  &lt;li&gt;
   ETAPE 2 - Transmission du dossier administratif : votre inscription en ligne doit impérativement être complétée d&amp;#039;un envoi simultané (par mail à l&amp;#039;adresse initiativesjeunes&amp;#64;nouvelle-aquitaine.fr ) des justificatifs administratifs listés dans la fiche récapitulative téléchargeable au bas de cette page.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Jeunesse
 Citoyenneté
 Animation et mise en réseau
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les projets déposés en ligne seront étudiés au fur et à mesure et passeront en Commission permanente
  &lt;strong&gt;
   tout au long de l&amp;#039;année
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Note : Le formulaire de dépôt des projets est accessible depuis le bas de cette page. Afin d&amp;#039;anticiper l&amp;#039;ouverture du formulaire, vous pouvez toutefois préparer votre inscription à l&amp;#039;aide du &amp;#34;dossier type&amp;#34; prévu à cet effet et téléchargeable au bas de la page.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -7494,354 +6852,354 @@
 &lt;ul&gt;
  &lt;li&gt;
   Les projets des lycées pour des voyages scolaires, des séjours linguistiques ou des projets culturels ainsi que les demandes d&amp;#039;équipement et de matériels
  &lt;/li&gt;
  &lt;li&gt;
   Les dépenses d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Les projets entrant dans le cadre d&amp;#039;une formation scolaire, universitaire ou y concourant à titre obligatoire ou optionnel (ex projets « tutorés »)
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;organisation de galas de fin d&amp;#039;années ou les soirées festives
  &lt;/li&gt;
  &lt;li&gt;
   Les manifestations récurrentes de type 4L Trophy, courses croisière...
  &lt;/li&gt;
  &lt;li&gt;
   Les dépenses de création et de fonctionnement de l&amp;#039;association
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Seuls les dossiers complets seront examinés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/projets-initiatives-jeunesse-soutien-aux-projets-portes-par-les-jeunes-constitues-en-association</t>
         </is>
       </c>
-      <c r="W28" s="1" t="inlineStr">
+      <c r="W26" s="1" t="inlineStr">
         <is>
           <t>https://teleprocedures-jeunes.nouvelle-aquitaine.pro/initiatives-jeunesse.html</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Engagement Citoyen
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la jeunesse et de la citoyenneté
 &lt;/p&gt;
 &lt;p&gt;
  14, Rue François de Sourdis 33077
                                                     Bordeaux cedex
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 57 57 74 62
 &lt;/p&gt;
 &lt;p&gt;
  Mail : initiativesjeunes&amp;#64;nouvelle-aquitaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b6c3-projets-initiatives-jeunesse-soutien-aux-proj/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>90767</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Conseiller les entreprises de l'Economie Sociale et Solidaire (ESS)</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      L&amp;#039;aide au conseil permet d&amp;#039;apporter l&amp;#039;expertise nécessaire pour franchir des étapes stratégiques du développement de l&amp;#039;entreprise. Elle permet de conforter les décisions de positionnement et d&amp;#039;investissement des entreprises de l&amp;#039;ESS pour le développement de nouvelles stratégies ou activités, pour favoriser l&amp;#039;innovation et la professionnalisation des acteurs.
     &lt;/p&gt;
     &lt;p&gt;
      Ce dispositif est présenté dans le cadre de la politique de développement économique et de l&amp;#039;emploi de la Région dans une volonté prioritaire de développement des activités en faveur de l&amp;#039;ESS, de structuration économique des acteurs, de dynamisme territorial et d&amp;#039;innovation des pratiques.
     &lt;/p&gt;
     &lt;p&gt;
      Objectifs:
     &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   apporter l&amp;#039;expertise nécessaire pour franchir les étapes stratégiques de la vie de l&amp;#039;entreprise.
  &lt;/li&gt;
  &lt;li&gt;
   conforter les décisions de positionnement et d&amp;#039;investissement des entreprises de l&amp;#039;ESS pour la création d&amp;#039;activité, le développement de nouvelles stratégies ou activités,
  &lt;/li&gt;
  &lt;li&gt;
   favoriser l&amp;#039;innovation et la professionnalisation des acteurs.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire
 Emploi
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes sont instruites au fil de l&amp;#039;eau et seront présentées en commission permanente en fonction du calendrier fixé pour l&amp;#039;année.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide au conseil peut être mobilisée sur diverses thématiques (création d&amp;#039;activité, développement économique, diversification d&amp;#039;activité, faisabilité, montage d&amp;#039;actions collectives,...) :
 &lt;/p&gt;
 &lt;p&gt;
  1) Etude de faisabilité et toutes prestations externes permettant l&amp;#039;expertise nécessaire pour franchir une étape stratégique :
 &lt;/p&gt;
 &lt;p&gt;
  Les études de faisabilité peuvent concerner des projets de création et/ou de développement d&amp;#039;activité pour les structures de l&amp;#039;IAE et de l&amp;#039;ESS.
 &lt;/p&gt;
 &lt;p&gt;
  2) Création de SCOP :
 &lt;/p&gt;
 &lt;p&gt;
  En plus de l&amp;#039;appui global de l&amp;#039;URSCOP, les candidats à la reprise sous forme de SCOP peuvent recourir à des conseils extérieurs sur des questions techniques d&amp;#039;ordre financier, juridique et fiscal. Ils peuvent alors solliciter une aide à l&amp;#039;ingénierie du Conseil régional.
 &lt;/p&gt;
 &lt;p&gt;
  Cas particulier : Lors de reprise en SCOP d&amp;#039;entreprises en difficulté, il est impératif de solliciter l&amp;#039;intervention de l&amp;#039;Union Régionale des SCOP en appui aux salariés dans la construction de leur projet.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;adéquation entre la nature de la prestation et les compétences et références du prestataire fera l&amp;#039;objet d&amp;#039;une attention particulière lors de l&amp;#039;instruction. L&amp;#039;aide au conseil doit donner lieu à la mise en place d&amp;#039;un comité de pilotage pour suivre le déroulé des préconisations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute demande d&amp;#039;appui conseil par une structure, il sera vérifié que le Dispositif Local d&amp;#039;Accompagnement (DLA) n&amp;#039;est pas mobilisable et l&amp;#039;aide régionale au titre du règlement d&amp;#039;intervention en faveur de l&amp;#039;ESS n&amp;#039;est pas cumulable avec un co-financement par le DLA.
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-conseil</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Relation aux Usagers
 Direction de l&amp;#039;économie sociale et solidaire et innovation sociale
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet doit, par courrier à l&amp;#039;attention du Président du Conseil régional, solliciter l&amp;#039;intervention de la Région et compléter le dossier téléchargé plus bas.
 &lt;/p&gt;
 &lt;p&gt;
  Avant toute transmission d&amp;#039;une demande d&amp;#039;aide il est fortement conseillé de prendre l&amp;#039;attache du chargé de mission de la direction sur le département concerné afin de s&amp;#039;assurer de la bonne éligibilité de la demande, des dates de commission permanentes à venir ainsi que du calendrier d&amp;#039;instruction. Le chargé de mission territorial, par son conseil, permet une orientation adaptée de la demande.
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet transmet ensuite l&amp;#039;ensemble de son dossier de demande d&amp;#039;aide, par voie numérique , au chargé de mission et à la gestionnaire administrative et financière du département concerné.
 &lt;/p&gt;
 &lt;p&gt;
  A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en commission permanente du Conseil régional qui se réunit 6 à 8 fois par an.
 &lt;/p&gt;
 &lt;p&gt;
  La décision finale appartient aux élus du Conseil régional qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6723-aide-au-conseil/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>90919</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Soutenir les structures de jeunesse</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Nouvelle-Aquitaine soutient les associations et établissements publics (hors établissements public locaux d&amp;#039;enseignement), dans la mise en œuvre de projets en direction des jeunes de 15 à 30 ans.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;strong&gt;
  Objectifs
 &lt;/strong&gt;
 :
 &lt;p&gt;
  La Région Nouvelle-Aquitaine s&amp;#039;est fixé comme objectif en matière de politique de jeunesse, au-delà des compétences clés d&amp;#039;Éducation et de Formation, de créer les conditions d&amp;#039;un parcours de réussite pour accompagner chaque jeune, dès sa sortie du collège, vers l&amp;#039;autonomie.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Citoyenneté
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Les projets déposés en ligne seront étudiés au fur et à mesure et passeront en Commission permanente
  &lt;strong&gt;
   tout au long de l&amp;#039;année
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Le formulaire de dépôt des projets est accessible depuis le bas de cette page. Afin d&amp;#039;anticiper l&amp;#039;ouverture du formulaire, vous pouvez toutefois préparer votre inscription à l&amp;#039;aide du &amp;#34;dossier type&amp;#34; prévu à cet effet et téléchargeable au bas de la page.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Associations et Établissements Publics (hors Établissements Publics d&amp;#039;Enseignement Locaux qui font l&amp;#039;objet de dispositifs spécifiques) menant des actions en direction des jeunes néo-aquitains de 15-30 ans.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;strong&gt;
@@ -7878,289 +7236,289 @@
  &lt;/li&gt;
  &lt;li&gt;
   Fiche INSEE, autrement intitulée Avis de situation au répertoire SIRENE
  &lt;/li&gt;
  &lt;li&gt;
   Récépissé de déclaration de la structure en Préfecture
  &lt;/li&gt;
  &lt;li&gt;
   Copie de parution au Journal Officiel (JO)
  &lt;/li&gt;
  &lt;li&gt;
   Attestation sur l&amp;#039;honneur de sincérité et de régularité au regard des déclarations sociales et fiscales
  &lt;/li&gt;
  &lt;li&gt;
   Tout agrément dont bénéficie votre structure
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Seuls les dossiers complets seront examinés.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/soutien-aux-structures-de-jeunesse</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>Service de Relation aux Usagers
 Direction de la jeunesse et de la citoyenneté
 05.49.38.49.38
 Ouvert du lundi au vendredi de 9h00 à 18h00 sans interruption.</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9099-soutien-aux-structures-de-jeunesse/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
         <v>90963</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Créer les conditions d’un parcours de réussite pour amener chaque jeune, dès sa sortie du collège, vers un emploi stable et durable (MDL, ALESA ou FSE)</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région a pour mission de créer les conditions d&amp;#039;un parcours de réussite pour amener chaque jeune, dès sa sortie du collège, vers un emploi stable et durable. Aussi, dans une perspective d&amp;#039;égalité des chances et d&amp;#039;épanouissement de chacun, la Région doit lever les freins qui s&amp;#039;opposent, notamment aux plus démunis, et compenser les inégalités qu&amp;#039;elles soient sociales ou territoriales.
 &lt;/p&gt;
 &lt;strong&gt;
  Objectifs
 &lt;/strong&gt;
 :
 &lt;p&gt;
  La Région s&amp;#039;est engagée à accompagner financièrement les Initiatives de Jeunesse afin de favoriser l&amp;#039;autonomie de jeunes. En partenariat avec les Rectorats des 3 académies et la DRAAF, elle met en place une politique volontariste pour le soutien aux projets des jeunes constitués en association notamment pour ceux portés par les structures organisées au sein des établissements publics scolaires.
 &lt;/p&gt;
 &lt;p&gt;
  Deux axes sont identifiés comme prioritaires :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la conversion d&amp;#039;ici 2020 de tous les Foyers Socio-Educatifs (FSE) en Maisons des lycéens (MDL),
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;appui financier et éducatif aux activités des MDL et ALESA existantes, avec pour objectif principal que ces associations de jeunes au sein des établissements aient les moyens de remplir leurs missions telles qu&amp;#039;elles ont été définies par la circulaire de 2010.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Citoyenneté
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif s&amp;#039;adresse aux structures suivantes organisées au sein des établissements publics scolaires de Nouvelle-Aquitaine :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   MDL (Maisons Des lycéens),
  &lt;/li&gt;
  &lt;li&gt;
   ALESA (Association des Lycéens, Etudiants, Stagiaires et Apprentis agricoles),
  &lt;/li&gt;
  &lt;li&gt;
   FSE (Foyer Socio-Éducatif) engagés dans une démarche de transformation en MDL (jusqu&amp;#039;à la rentrée scolaire 2019-2020).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Candidature:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Inscription en ligne
   &lt;/strong&gt;
   : Après avoir pris connaissances du règlement d&amp;#039;intervention du dispositif, téléchargeable au bas de cette page, vous devez tout d&amp;#039;abord déposer votre projet en ligne
   via ce formulaire
   . Note : afin de vous aider dans la préparation de votre dossier, vous en trouverez un exemplaire type au format PDF au bas de cette page.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transmission du dossier administratif
   &lt;/strong&gt;
   : Pour que votre dossier de demande de subvention soit instruit, votre inscription en ligne doit impérativement être complétée de l&amp;#039;envoi simultané (par mail à l&amp;#039;adresse
   &lt;a rel="noopener" target="_blank"&gt;
    mdl&amp;#64;nouvelle-aquitaine.fr
   &lt;/a&gt;
   ) des justificatifs listés dans la fiche récapitulative téléchargeable au bas de cette page.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/accompagnement-des-maisons-des-lyceens-mdl-alesa-ou-fse</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Florence GRATIAS
 Direction de la jeunesse et de la citoyenneté
 05 55 45 19 19.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0a44-accompagnement-des-maisons-des-lyceens-mdl-al/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>92240</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour bâtir des stratégies territoriales</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme participent à la construction des stratégies territoriales
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les dynamiques territoriales et les transitions en cours questionnent le sens même de la planification stratégique. Nous sommes dans l&amp;#039;ère des interdépendances territoriales et des réciprocités - qu&amp;#039;elles soient choisies ou subies. Les nouvelles interfaces politiques et territoriales appellent à organiser des alliances entre tous les types de territoires (métropolitains, urbains, périurbains et ruraux), interpellent l&amp;#039;agilité des modes de gouvernance et sollicitent de nouveaux cadres d&amp;#039;actions territoriales. Dans ce contexte qui rebat les cartes du développement territorial, les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
 &lt;/p&gt;
@@ -8189,194 +7547,194 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une équipe pluridisciplinaire et inclusive
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M32" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conduire des démarches de prospective pour construire une vision pour le futur
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet)
  &lt;/li&gt;
  &lt;li&gt;
   Animation de coopérations territoriales (contractualisations, coopérations
   &lt;br /&gt;
   métropolitaines, contrat de réciprocité...)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux stratégies frontalières et transnationales
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez les contacts de chaque agence d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df5d-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>92349</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour observer les territoires</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en oeuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
 &lt;/p&gt;
 &lt;p&gt;
@@ -8403,201 +7761,201 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une équipe pluridisciplinaire et inclusive
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M31" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Observation thématique (loyers, mobilités, habitat, social, stratégies économiques, logement des étudiants...)
  &lt;/li&gt;
  &lt;li&gt;
   Animation des systèmes d&amp;#039;informations géographiques
  &lt;/li&gt;
  &lt;li&gt;
   Enquêtes de terrain
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Personnes âgées
 Jeunesse
 Santé
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Inclusion numérique
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont 51, réparties sur le territoire métropolitain et ultra-marin. Consulter notre annuaire pour identifier celle, la plus proche de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d0a-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>92350</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la mise en oeuvre des villes et territoires durables</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;strong&gt;
      Les agences d&amp;#039;urbanisme vous aident dans la mise en oeuvre des villes et territoires durables
     &lt;/strong&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 &lt;p&gt;
  Mettre en œuvre des villes et territoires durables, c&amp;#039;est penser leur développement de manière transversale et intégrée à différentes échelles, pour faire face aux transitions. C&amp;#039;est faire appel à des modes plus coopératifs et participatifs pour impliquer l&amp;#039;ensemble des acteurs du territoire. C&amp;#039;est aborder les projets dans toutes leurs dimensions : physiques, environnementales, économiques et sociales. Dans ce contexte, un outil d&amp;#039;ingénierie tel que l&amp;#039;agence d&amp;#039;urbanisme constitue un atout important. Par son approche transversale et multi-acteurs, l&amp;#039;agence d&amp;#039;urbanisme permet de rompre avec les approches sectorielles. Elle offre la possibilité de construire une vision stratégique articulant les différentes échelles des territoires et de mieux articuler les politiques publiques, comme celles de l&amp;#039;habitat, de la solidarité, des projets urbains, de l&amp;#039;environnement ou encore de la mobilité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Les agences d&amp;#039;urbanisme
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
  &lt;br /&gt;
 &lt;/p&gt;
@@ -8628,382 +7986,382 @@
   &lt;li&gt;
    &lt;strong&gt;
     Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Une équipe pluridisciplinaire et inclusive
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M32" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Participation à l&amp;#039;élaboration des politiques d&amp;#039;aménagement et de développement
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux politiques de requalification des centres et de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux démarches de développement économique et social
  &lt;/li&gt;
  &lt;li&gt;
   Contribution à l&amp;#039;adaptation des territoires au changement climatique (transition énergétique, îlots de fraîcheur, trames écologiques...)
  &lt;/li&gt;
  &lt;li&gt;
   Développement des politiques publiques du quotidien (mobilités durables, offre de soin, alimentation saine, qualité de l&amp;#039;habitat, des paysages...)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des stratégies de développement et d&amp;#039;inclusion numérique
  &lt;/li&gt;
  &lt;li&gt;
   Participation à l&amp;#039;animation territoriale et au débat public en tant que tiers de confiance
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/88ff-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>92602</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’animation d’ateliers collectifs de médiation numérique sur le territoire du département de Vaucluse</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Animation d&amp;#039;ateliers collectifs de médiation numérique comportant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;ateliers collectifs de médiation numérique par la structure subventionnée (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier)
  &lt;/li&gt;
  &lt;li&gt;
   Des ateliers qui s&amp;#039;inscrivent dans les grands enjeux des Schémas départementaux identifiés ci-dessus, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse et ce, en pleine complémentarité avec les initiatives lancées autour de l&amp;#039;Appel à projet concernant le Réseau d&amp;#039;inclusion numérique de Vaucluse (fin 2019/début 2020) et le réseau des Espaces France Services
  &lt;/li&gt;
  &lt;li&gt;
   Une présentation de la programmation du contenu et des thématiques qui seront traités dans les ateliers sur l&amp;#039;année ainsi que les modalités d&amp;#039;animation projetées (exemples non exhaustifs : «Découverte d&amp;#039;Internet, de la tablette et premiers apprentissages », « Rester connecté avec son territoire », « Rester connecté avec sa famille et ses amis », « Les démarches administratives en ligne »...)
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;animation des ateliers de médiation numérique avec dispositifs informatiques ad-hoc par un/des salarié(s) qualifié(s) sur les thématiques traitées
  &lt;/li&gt;
  &lt;li&gt;
   Des ateliers mis en place physiquement dans la structure bénéficiaire de la subvention mais qui pourront également, après avis des services départementaux, être organisés, dans une entité publique du territoire (commune ou EPCI)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de la subvention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  500 € de subvention par atelier collectif organisé par le demandeur (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier) soit 12 000 € au maximum par an dans la limite de 24 ateliers subventionnés
 &lt;/p&gt;
 &lt;p&gt;
  Les subventions seront allouées après examen des projets déposés dans la limite des crédits disponibles et votés au budget départemental.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais de location de locaux et/ou de matériels
  &lt;/li&gt;
  &lt;li&gt;
   Les projets d&amp;#039;investissement et/ou d&amp;#039;achat de matériels
  &lt;/li&gt;
  &lt;li&gt;
   Les dépenses liées à l&amp;#039;Appel à Projets réseau départemental d&amp;#039;inclusion numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8463-soutenir-lanimation-dateliers-collectifs-de-m/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>94676</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Ardennes
 Ardennes Ingenierie</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accompagnement se décline en trois niveaux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   niveau 1 : un conseil de premier niveau aux bénéficiaires ;
  &lt;/li&gt;
  &lt;li&gt;
   niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
  &lt;/li&gt;
  &lt;li&gt;
   niveau 3 : un accompagnement spécifique pour des prestations identifiées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
 &lt;/p&gt;
 &lt;p&gt;
  Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
 &lt;/p&gt;
 &lt;p&gt;
  Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M36" s="1" t="inlineStr">
+      <c r="M34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement et Equipement publics
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
 &lt;/p&gt;
 &lt;p&gt;
  -	Résorption de logements vacants dégradés
 &lt;/p&gt;
 &lt;p&gt;
  -	Déplacement de la mairie dans l&amp;#039;ancienne école
 &lt;/p&gt;
 &lt;p&gt;
  -	Revue de projets communaux : informations et conseils multi domaines
 &lt;/p&gt;
 &lt;p&gt;
  -	Mise aux normes PMR de la Mairie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Voirie et infrastructures
  &lt;/strong&gt;
@@ -9116,356 +8474,356 @@
 &lt;/p&gt;
 &lt;p&gt;
  Recherche de financements
 &lt;/p&gt;
 &lt;p&gt;
  -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Numérique et dématérialisation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projet culturel
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -	Projet de pôle culturel comprenant un Musée et une bibliothèque
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Culture et identité collective
 Tourisme
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
 &lt;/p&gt;
 &lt;p&gt;
  Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Ardennes</t>
         </is>
       </c>
-      <c r="W36" s="1" t="inlineStr">
+      <c r="W34" s="1" t="inlineStr">
         <is>
           <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  mail : ardennesingenierie&amp;#64;cd08.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>anne.durand@cd08.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>94688</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Financer les actions en faveur du changement de mentalité en faveur de la transition écologique (action ponctuelle ou recrutement)</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J37" s="1" t="inlineStr">
+      <c r="J35" s="1" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide - « Actions en faveur de la transition écologique », mis en place par l&amp;#039;ADEME
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Objectif : soutien aux projets qui permettent de faire évoluer les mentalités, comportements et actes d&amp;#039;achats, dans tous les domaines d&amp;#039;intervention de l&amp;#039;ADEME.
 &lt;/p&gt;
 &lt;p&gt;
  Recrutez un poste de chargé de mission o
  u mettez en place une action ponctuelle d&amp;#039;animation, de communication et/ou de formation
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires : personne morale publique ou privée (hors particulier ou service de l&amp;#039;État).
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide aux relais : forfaitaire pour les dépenses de personnel et entre 50 et 100 % pour les autres dépenses,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Aide aux actions ponctuelles : jusqu&amp;#039;à 70 % selon le type d&amp;#039;actions
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Actions éligibles :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide aux relais : financement de postes de chargé de mission,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Aide aux actions ponctuelles : actions d&amp;#039;animation, de communication et/ou de formation.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Biodiversité
 Animation et mise en réseau
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Critères d&amp;#039;éligibilité :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le champ ou périmètre du projet doit rentrer dans les domaines d&amp;#039;intervention de l&amp;#039;ADEME,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Perspectives de valorisation des actions.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/actions-faveur-transition-ecologique-aides-relais-actions-ponctuelles#:~:text=Pour%20faire%20%C3%A9voluer%20les%20mentalit%C3%A9s,communication%20et%2Fou%20de%20formation</t>
         </is>
       </c>
-      <c r="W37" s="1" t="inlineStr">
+      <c r="W35" s="1" t="inlineStr">
         <is>
           <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=4e12535d-105b-4e38-83f9-288949fd7454&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=dff542e</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez l&amp;#039;ADEME via leur
  &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;5206" rel="noopener" target="_blank"&gt;
   formulaire en ligne
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  pour en savoir plus sur ce dispositif
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/758f-aider-les-actions-en-faveur-de-la-transition-/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-      <c r="A38" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>94913</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Inciter les internes en médecine à pratiquer dans des zones fragilisées par des actions de sensibilisation et d'information</t>
         </is>
       </c>
-      <c r="D38" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Aides Incitatives à la pratique en zones fragilisées - Evènements de sensibilisation et d’information</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I38" s="1" t="inlineStr">
+      <c r="I36" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J38" s="1" t="inlineStr">
+      <c r="J36" s="1" t="inlineStr">
         <is>
           <t>Plancher : 1000€ / Plafond : 3000€</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aides incitatives à la pratique en zones fragilisées des internes en médecine : soutien aux manifestations de sensibilisation et d&amp;#039;information
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La loi du 23 février 2005 relative au développement des territoires ruraux ouvre aux collectivités territoriales la possibilité d&amp;#039;attribuer des aides destinées à favoriser l&amp;#039;installation ou le maintien de professionnels de santé.
 &lt;/p&gt;
 &lt;p&gt;
  Par ce dispositif, la Région Grand Est décide de promouvoir l&amp;#039;exercice en zones déficitaires sur le plan de la démographie médicale, en
  &lt;strong&gt;
   incitant les internes en médecine à effectuer leurs stages sur ces territoires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   En soutenant l&amp;#039;organisation de manifestations qui ont pour objectif d&amp;#039;informer les internes sur
 les nouveaux modes d&amp;#039;exercice et l&amp;#039;installation en médecine générale
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-incitative-a-la-pratique-en-zones-fragilisees-des-internes-en-medecine-bourses-incitatives-en-faveur-des-internes-en-medecine/"&gt;
     Par l&amp;#039;octroi de bourses incitatives en faveur des internes en médecine
    &lt;/a&gt;
@@ -9497,419 +8855,419 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide est déterminé ci-dessous en fonction de la distance kilométrique entre la Faculté de Médecine de référence (Dijon, Nancy, Reims ou Strasbourg) et le(s) lieu(x) de stage situé(s) dans la région Grand Est :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   De 25 à 49 km : 800€
  &lt;/li&gt;
  &lt;li&gt;
   De 50 à 74 km : 1 500€
  &lt;/li&gt;
  &lt;li&gt;
   De 75 à 99 km : 2 000€  100 km et plus : 3 000€
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La Région Grand Est adaptera le montant de l&amp;#039;aide octroyée si une autre Collectivité propose également une indemnité incitative à la réalisation de stage en zone prioritaire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide de la Région Grand Est peut être cumulée avec les aides proposées par les CHU.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
+      <c r="M36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles les évènements de sensibilisation et d&amp;#039;information régionaux et nationaux à destination des étudiants et internes en médecine.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Santé
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P38" s="1" t="inlineStr">
+      <c r="P36" s="1" t="inlineStr">
         <is>
           <t>23/10/2019</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute sollicitation de l&amp;#039;aide régionale doit être antérieure à la date de démarrage de la manifestation, et faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. La demande d&amp;#039;aide contient au moins les informations suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le nom du porteur de projet,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   une description complète du projet, y compris ses dates de début et de fin, le public ciblé,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   la localisation du projet,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   le plan de financement prévisionnel du projet,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   le montant de l&amp;#039;aide régionale sollicitée et les postes de dépenses sur lesquels elle porte.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/pratique-zones-fragilisees-internes-soutien-manifestations/</t>
         </is>
       </c>
-      <c r="W38" s="1" t="inlineStr">
+      <c r="W36" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0197/depot/simple</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La demande d&amp;#039;aide incitative doit être envoyée par mail à l&amp;#039;adresse suivante:
 &lt;/p&gt;
 &lt;p&gt;
  Tiphaine GAMBINI
 &lt;/p&gt;
 &lt;p&gt;
  Chargée de mission
 &lt;/p&gt;
 &lt;p&gt;
  03.87.33.64.54
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:tiphaine.gambini&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   tiphaine.gambini&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/140b-aides-incitatives-a-la-pratique-en-zones-frag/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-      <c r="A39" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>95250</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement en ingénierie de données avec Dataviz</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C37" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Dataviz Petites Villes de Demain</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose un service de centre de ressource aux collectivités. Ce service fournit des cartographies, infographies et autres modélisations graphiques à l&amp;#039;échelle communale, infra-communale ou à celle de l&amp;#039;EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  Ces datavisualisations permettent à la fois d&amp;#039;établir un diagnostic territorial mais servent également d&amp;#039;aide à la décision, d&amp;#039;évaluation voire de communication.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le service Dataviz repose sur trois piliers :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un centre de ressource
  &lt;/li&gt;
  &lt;li&gt;
   Un recueil d&amp;#039;initiatives
  &lt;/li&gt;
  &lt;li&gt;
   Un outil de diagnostic
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Revitalisation
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux/dataviz-pvd?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acc_dataviz_pvd_psat</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://pvd.spallian.com/stat_dashboard.html?name&amp;#61;petites_villes_donnees&amp;amp;token_id&amp;#61;Banque-des-Territoires_public" rel="noopener" target="_blank"&gt;
   Découvrez le service Dataviz PVD
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8e6a-beneficier-du-service-dataviz-pvd-les-petites/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>98767</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Favoriser le développement économique et l'emploi</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J40" s="1" t="inlineStr">
+      <c r="J38" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis 2010, le Pays vit une profonde transformation de son tissu économique. Il s&amp;#039;appuyait sur une production
  agricole reconnue par les industriels, des unités de sous-traitance automobiles et agroalimentaires diversifiées et
  un secteur tertiaire principalement tourné vers la santé et la vie publique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;expérience de revitalisation économique menée dans le cadre du dispositif Fonds National d&amp;#039;Aménagement et
  de Développement du Territoire (FNADT) vient de s&amp;#039;achever sur un bilan très positif de 500 emplois créés. La
  démarche de Veille prospective agricole et agroalimentaire va générer de nouvelles dynamiques des filières. Les
  artisans et les commerçants de proximité souhaitent travailler en réseau, apporter des services nouveaux et
  ouvrir des complémentarités face au développement des agglomérations.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prospection, accueil et transmission d&amp;#039;unités économiques
  &lt;/li&gt;
  &lt;li&gt;
   Consolidation des richesses du territoire (hommes et savoir-faire)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau des acteurs, circulation de l&amp;#039;information, constitution de filières ou cluster
  &lt;/li&gt;
  &lt;li&gt;
   Dynamisation des filières économiques, dont le commerce et l&amp;#039;artisanat de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Développement de stratégies concertées, de sites et d&amp;#039;événements touristiques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M40" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Organisation de forum de l&amp;#039;emploi, de réunion d&amp;#039;information sur les besoins en manœuvre locale...
  &lt;/li&gt;
  &lt;li&gt;
   Organisation de rencontre par filières économiques, de speed dating...
  &lt;/li&gt;
  &lt;li&gt;
   Mise à disposition de conseil en gestion de projets entreprenariaux
  &lt;/li&gt;
  &lt;li&gt;
   Expérimentations d&amp;#039;actions collectives dans le domaine de l&amp;#039;artisanat et du commerce de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Actions de développement de la stratégie touristique du territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie locale et circuits courts
 Emploi
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
  &lt;/li&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -9937,223 +9295,223 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a57e-favoriser-le-developpement-economique-et-lemp/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>98768</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'habitabilité du territoire</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C39" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
+      <c r="I39" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J41" s="1" t="inlineStr">
+      <c r="J39" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Habiter sur un territoire dépasse les dimensions domestique (manger, dormir) et économique (travailler). Les
  autres aspects de la vie en société varient en fonction de l&amp;#039;âge, de la condition sociale, des besoins, des envies...
  Leurs satisfactions constituent les facteurs d&amp;#039;habitabilité du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;amélioration continu de l&amp;#039;accès aux services et aux loisirs stimule la créativité du territoire, améliore l&amp;#039;attractivité
  et renforce les liens entre les habitants. L&amp;#039;objectif sera d&amp;#039;accompagner les projets visant à rendre le territoire plus
  facile à vivre pour l&amp;#039;ensemble de la population.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Possibilité de se déplacer et de communiquer
  &lt;/li&gt;
  &lt;li&gt;
   Accès aux soins, aux services à la personne et aux services publics
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement des liens (solidarité, convivialité...) entre les habitants
  &lt;/li&gt;
  &lt;li&gt;
   Incitation à la sobriété énergétique et foncière
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Expérimentation de mise à disposition de solutions de déplacement alternatives à la voiture
  &lt;/li&gt;
  &lt;li&gt;
   Création de plate-forme dématérialisée de services
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;événements intergénérationnels
  &lt;/li&gt;
  &lt;li&gt;
   Campagne d&amp;#039;information grand public sur les gestes éco-responsables
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation des élus à une gestion raisonnée de l&amp;#039;espace foncier
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Accès aux services
 Animation et mise en réseau
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux
  &lt;/li&gt;
@@ -10179,229 +9537,229 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e00e-copie-13h38-favoriser-le-developpement-econom/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-      <c r="A42" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>98769</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Maintenir les jeunes sur le territoire</t>
         </is>
       </c>
-      <c r="C42" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I42" s="1" t="inlineStr">
+      <c r="I40" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J42" s="1" t="inlineStr">
+      <c r="J40" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les études démographiques montrent une tendance au vieillissement du territoire, une stagnation de l&amp;#039;arrivée de
  nouveaux habitants et des naissances. Pour autant, notre territoire compte de nombreuses familles grâce à son
  positionnement géographique, sa disponibilité foncière et son attractivité en terme d&amp;#039;accès aux services.
 &lt;/p&gt;
 &lt;p&gt;
  Face à l&amp;#039;exode des jeunes, il s&amp;#039;agit de renforcer le cadre de vie des enfants et des jeunes, afin qu&amp;#039;ils restent ou
  reviennent sur le territoire. Cette mobilisation autour des jeunes pourra impacter plusieurs secteurs de leur vie
  sociale, avec une priorité marquée sur la formation et les conditions d&amp;#039;accès à l&amp;#039;emploi.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accès aux activités de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   Information et prévention en matière de santé
  &lt;/li&gt;
  &lt;li&gt;
   Accès aux services et information sur les politiques publiques en faveur de la jeunesse
  &lt;/li&gt;
  &lt;li&gt;
   Accès à la formation et à l&amp;#039;information sur le monde de l&amp;#039;entreprise et l&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   Développement de la mobilité des jeunes
  &lt;/li&gt;
  &lt;li&gt;
   Ouverture aux initiatives et créations d&amp;#039;opportunités (junior entreprise...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M42" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création de lieux ou d&amp;#039;activités de loisirs pour les jeunes
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;événements fédérateurs
  &lt;/li&gt;
  &lt;li&gt;
   Campagne d&amp;#039;information sur la santé, la nutrition, les conduites addictives...
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation aux réalités économiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Parrainage et accompagnement d&amp;#039;initiatives portées par des jeunes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Accès aux services
 Formation professionnelle
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
 &lt;/p&gt;
 &lt;p&gt;
  - Dépenses de personnel
 &lt;/p&gt;
 &lt;p&gt;
  - Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
 &lt;/p&gt;
 &lt;p&gt;
  - Coûts directs en lien avec l&amp;#039;opération, dont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux
  &lt;/li&gt;
  &lt;li&gt;
   acquisition ou location de matériel,
@@ -10427,227 +9785,227 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f7b9-copie-13h47-renforcer-lhabitabilite-du-territ/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-      <c r="A43" s="1">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
         <v>98770</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Valoriser et promouvoir le territoire et ses savoir-faire</t>
         </is>
       </c>
-      <c r="C43" s="1" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I43" s="1" t="inlineStr">
+      <c r="I41" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J43" s="1" t="inlineStr">
+      <c r="J41" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 50 000 €</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un territoire est par de nombreux facteurs (géographie, biodiversité, patrimoine...). Il s&amp;#039;agit à la fois de connaître,
  comprendre, valoriser et transmettre ces caractéristiques. Au-delà de leurs valeurs intrinsèques et constitutives
  de notre vivre-ensemble, elles sont autant d&amp;#039;atouts différenciant pour le développement du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  La promotion du territoire consiste à mettre en exergue les éléments positifs du territoire, dans la perspective de
  son développement intrinsèque (donner envie d&amp;#039;investir) comme extrinsèque (donner envie de venir) : vie
  entrepreneuriale, dynamiques associatives, atouts patrimoniaux... donnent une coloration au territoire.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Préservation et valorisation des ressources naturelles, du patrimoine classé et immatériel
  &lt;/li&gt;
  &lt;li&gt;
   Promotion des bonnes pratiques (environnement,...)
  &lt;/li&gt;
  &lt;li&gt;
   Promotion des richesses patrimoniales du territoire et du cadre de vie (au sens habitabilité)
  &lt;/li&gt;
  &lt;li&gt;
   Promotion des activités portées sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   Utilisation des réseaux (internet, étudiants...) pour promouvoir le territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M43" s="1" t="inlineStr">
+      <c r="M41" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Inventaire du petit patrimoine rural
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;événements fédérateurs
  &lt;/li&gt;
  &lt;li&gt;
   Campagne d&amp;#039;information les richesses de notre environnement et sa préservation...
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation à la vitalité économique du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Mise en réseau des habitants principaux, secondaires et des étudiants pour communiquer sur le territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux
  &lt;/li&gt;
@@ -10675,211 +10033,211 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T43" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7b16-copie-13h52-maintenir-les-jeunes-sur-le-terri/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-      <c r="A44" s="1">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
         <v>98771</v>
       </c>
-      <c r="B44" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Coopérer et favoriser la concertation (LEADER)</t>
         </is>
       </c>
-      <c r="C44" s="1" t="inlineStr">
+      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I44" s="1" t="inlineStr">
+      <c r="I42" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J44" s="1" t="inlineStr">
+      <c r="J42" s="1" t="inlineStr">
         <is>
           <t>Dans la limite de 70 000 €</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Pays de Ploërmel-Coeur de Bretagne développe des programmes de coopération depuis plus de 10 ans. Grâce
  à LEADER, il a pu initier une forte ouverture vers d&amp;#039;autres territoires en France mais également en Europe,
  conduisant certains acteurs à ouvrir des perspectives de plus longs terme à travers des partenariats et d&amp;#039;autres
  programmes européens de coopération.
 &lt;/p&gt;
 &lt;p&gt;
  La Coopération a une forte valeur ajoutée. Elle favorise la concertation en interne au territoire, elle est source de
  dialogues et d&amp;#039;échanges d&amp;#039;idées et de savoir-faire, elle offre un espace de créativité nouveau et le plus souvent
  elle est un effet levier pour les acteurs locaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M44" s="1" t="inlineStr">
+      <c r="M42" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Échanges de savoir-faire et d&amp;#039;expériences
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation de la population, promotion du territoire et éducation à l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Création artistique et valorisation du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Expérimentations croisées dans le domaine de la mobilité et de l&amp;#039;habitat des jeunes
  &lt;/li&gt;
  &lt;li&gt;
   Nouveaux usages NTIC
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Citoyenneté
 International
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les dépenses éligibles sont les dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Dépenses de personnel
  &lt;/li&gt;
  &lt;li&gt;
   Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
  &lt;/li&gt;
  &lt;li&gt;
   Coûts directs en lien avec l&amp;#039;opération, dont :
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux
  &lt;/li&gt;
  &lt;li&gt;
   acquisition ou location de matériel,
  &lt;/li&gt;
  &lt;li&gt;
@@ -10903,149 +10261,149 @@
 &lt;p&gt;
  Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
 &lt;/p&gt;
 &lt;p&gt;
  Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   approuvant le projet et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   sollicitant une subvention européenne dans le cadre de LEADER
  &lt;/li&gt;
  &lt;li&gt;
   autorisant l&amp;#039;exécutif à signer tout document y afférent
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T42" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS DE PLOERMEL</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Marjolaine PONDARD, Chargée de mission contractualisation :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
   m.pondard&amp;#64;pays-ploermel.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - 06 69 71 55 38 - 02 30 19 01 82
 &lt;/p&gt;
 &lt;p&gt;
  PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
   https://www.pays-ploermel.fr/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>m.pondard@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f2cd-copie-14h00-valoriser-et-promouvoir-le-territ/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-      <c r="A45" s="1">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
         <v>98915</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Soutenir les associations d'éducation à la nature, à l'environnement et au développement durable</t>
         </is>
       </c>
-      <c r="D45" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Soutien pluriannuel à destination des associations d’éducation à la nature, à l’environnement et au développement durable</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I45" s="1" t="inlineStr">
+      <c r="I43" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Soutien pluriannuel à destination des associations d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Permettre la compréhension et la participation des jeunes à la protection de la nature, de l&amp;#039;environnement et au développement durable.
  &lt;/li&gt;
  &lt;li&gt;
   Permettre au plus grand nombre de jeunes du Grand Est de bénéficier d&amp;#039;animations pédagogiques portant sur la nature, l&amp;#039;environnement et/ou le développement durable et contribuant ainsi à l&amp;#039;éducation de futurs éco-citoyens.
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir un programme régional pluriannuel d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable cohérent et global qui réponde à la définition de l&amp;#039;éducation à l&amp;#039;environnement.
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner les politiques régionales.
  &lt;/li&gt;
  &lt;li&gt;
@@ -11083,108 +10441,108 @@
 La demande d&amp;#039;aide pour la première année déposée avant le 31 décembre contient au moins les informations suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un courrier de demande avec le montant de l&amp;#039;aide sollicitée,
  &lt;/li&gt;
  &lt;li&gt;
   Le projet associatif,
  &lt;/li&gt;
  &lt;li&gt;
   Une note présentant le projet sur 3 ans (titre explicite, présentation détaillée, calendrier envisagé , budget équilibré et plan de financement),
  &lt;/li&gt;
  &lt;li&gt;
   Un RIB comportant le nom du bénéficiaire,
  &lt;/li&gt;
  &lt;li&gt;
   La délibération du Conseil d&amp;#039;Administration ou de l&amp;#039;Assemblée Générale concernant le projet et son plan de financement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour les années 2 et 3 du projet, la demande d&amp;#039;aide devra être déposée pour le 15 novembre de l&amp;#039;année N-1 accompagnée d&amp;#039;un courrier de demande et d&amp;#039;un budget prévisionnel pour l&amp;#039;année ajusté.
 La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M45" s="1" t="inlineStr">
+      <c r="M43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les projets pluriannuels en éducation à la nature, à l&amp;#039;environnement et/ou au développement durable portés par des associations, qui se déroulent en Grand Est et qui se traduisent par des interventions en face à face pédagogique devant un public jeune dans le cadre scolaire ou en club nature.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;association peut présenter plusieurs projets pédagogiques, chacun sensibilisant au minimum 5 groupes différents.
 &lt;/p&gt;
 &lt;p&gt;
  Chaque projet pédagogique est articulé autour d&amp;#039;une thématique forte en lien direct avec les problématiques du territoire. Il est réalisé en plusieurs séances (minimum de 3 séances réparties dans l&amp;#039;année scolaire pour le public scolaire et les jeunes en IME et IMP et minimum de 5 séances pour les clubs nature) et chaque séance dure au minimum une demi-journée à l&amp;#039;exception des faces à faces pédagogiques réalisés devant des lycéens. Dans ce cas, la notion de séance, et non pas de demi-journée, est retenue. Il est possible que dans le cadre d&amp;#039;un projet des actions soient à destination du grand public ou du public adulte. Celles-ci sont éligibles si le budget alloué à ces dernières reste inférieur à 20 % du montant total du budget du projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les salaires chargés
  &lt;/li&gt;
  &lt;li&gt;
   les frais de structure, de déplacement et/ou de mission
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;achat ou fabrication de petit matériel nécessaire aux animations.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le temps de préparation peut être intégré dans le budget prévisionnel. Les dépenses sont prises en charge à partir du 1er janvier de l&amp;#039;année de réalisation du projet. Le délai de réalisation est fixé au 31 mars de l&amp;#039;année suivant l&amp;#039;année de démarrage du projet et le délai de transmission des pièces au 30 septembre de l&amp;#039;année N&amp;#43;1.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Economie d'énergie et rénovation énergétique
 Education et renforcement des compétences
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Animation et mise en réseau
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles les associations répondant aux conditions suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Statut associatif,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Ayant leur siège en Région Grand Est,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Ayant un ancrage territorial avéré,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Ayant pour objet associatif l&amp;#039;éducation à l&amp;#039;environnement,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dont les activités sont en lien avec l&amp;#039;objet statutaire de l&amp;#039;association,
@@ -11202,139 +10560,139 @@
   Disposant des agréments nécessaires à l&amp;#039;exercice d&amp;#039;activités d&amp;#039;éducation à l&amp;#039;environnement en direction d&amp;#039;un public scolaire et plus généralement à l&amp;#039;accueil du public,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Disposant de moyens professionnels en gestion budgétaire,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Disposant de pratiques et outils de suivi de leur activité,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   S&amp;#039;engageant dans la démarche collective des trois réseaux d&amp;#039;éducation à l&amp;#039;environnement (Ariena, Graine Champagne-Ardenne, LorEEN),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Bénéficiant précédemment d&amp;#039;une convention pluriannuelle d&amp;#039;objectifs avec une des anciennes Régions ou d&amp;#039;un soutien financier annuel important (supérieur à 21 000 €). Toutefois, une nouvelle candidature pourrait être étudiée dans l&amp;#039;hypothèse où, après un premier examen, il s&amp;#039;avère que, dans un département, seule une association serait éligible.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les Têtes de Réseau aideront les associations qui le souhaitent à construire leur projet pluriannuel de même que les Parcs Naturels Régionaux pourront aider les associations de leur territoire notamment pour la définition des enjeux environnementaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-pluriannuel-associations-education-lenvironnement/</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
   Contacter la région
  &lt;/a&gt;
  pour toute question relative à ce dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  Direction : Environnement et Aménagement
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9f0b-copie-09h34-soutien-pluriannuel-a-destination/</t>
         </is>
       </c>
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-      <c r="A46" s="1">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
         <v>100077</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Animer les entreprises de votre territoire</t>
         </is>
       </c>
-      <c r="C46" s="1" t="inlineStr">
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez faire vivre votre centre-ville, revitaliser l&amp;#039;économie de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez développer le management de votre centre-ville, notamment pour la mise en place de plateformes locales de e-commerce et/ou de logiques de circuits courts.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez mettre en réseau les entreprises et les commerces présents sur votre territoire, encourager les logiques de filière ou de chaînes de valeur.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez relayer vos événements auprès des entreprises de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez développer les liens entre les entreprises et les autres acteurs du territoire (collectivités, centres de formation, laboratoires de recherche, technologiques, tiers lieux...).
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI vous propose de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bénéficier de l&amp;#039;expertise de votre conseiller CCI en animation des entreprises et des commerces du territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   Mutualiser le coût financier du recours à cette expertise d&amp;#039;animation avec d&amp;#039;autres collectivités de votre territoire.
@@ -11343,364 +10701,364 @@
 &lt;p&gt;
  L&amp;#039;animation des entreprises du territoire peut prendre les formes suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation de visites d&amp;#039;entreprises par un conseiller CCI ;
  &lt;/li&gt;
  &lt;li&gt;
   Animation d&amp;#039;ateliers sur des thématiques intéressant les chefs d&amp;#039;entreprise, qui peuvent se tenir dans votre collectivité ;
  &lt;/li&gt;
  &lt;li&gt;
   Constitution de clubs d&amp;#039;entreprises, avec des intervenants externes ;
  &lt;/li&gt;
  &lt;li&gt;
   Création et animation de clusters, faisant le lien entre les entreprises et l&amp;#039;écosystème de la recherche et de l&amp;#039;innovation... ;
  &lt;/li&gt;
  &lt;li&gt;
   Structuration et animation de filières.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Il peut être attendu une prise en charge financière des acteurs locaux concernés (préfet, collectivités territoriales).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique
 Animation et mise en réseau
 Industrie</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Certaines CCI proposent des plateformes d&amp;#039;animation et de professionnalisation des managers du commerce et de centre-ville :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réseau MANACOM (Nouvelle-Aquitaine) :
   &lt;a href="https://www.bordeauxgironde.cci.fr/MANACOM-le-reseau-des-managers-du-commerce" rel="noopener" target="_blank"&gt;
    https://www.bordeauxgironde.cci.fr/MANACOM-le-reseau-des-managers-du-commerce
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Réseau MG2T – Management de Centre-Ville (Auvergne-Rhône-Alpes) :
   &lt;a href="https://www.auvergne-rhone-alpes.cci.fr/services/management/territoire" rel="noopener" target="_blank"&gt;
    https://www.auvergne-rhone-alpes.cci.fr/services/management/territoire
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc1b-animer-les-entreprises-de-votre-territoire/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-      <c r="A47" s="1">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
         <v>101598</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Être informé des opportunités transfrontalières</t>
         </is>
       </c>
-      <c r="C47" s="1" t="inlineStr">
+      <c r="C45" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 EUROPE - Interreg - Fonds européens
 Avenir Montagnes
 France Ruralités</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Mission opérationnelle transfrontalière (MOT)</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous souhaitez connaître vos opportunités transfrontalières ?
   &lt;br /&gt;
  &lt;/strong&gt;
  La Mission Opérationnelle Transfrontalière vous propose un appui individualisé afin d&amp;#039;identifier les opportunités de développement territorial liées au positionnement frontalier de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Cet appui consiste en la réalisation d&amp;#039;une note synthétique (« rapport d&amp;#039;étonnement ») selon vos besoins et attentes spécifiques, vous informant des opportunités de coopération transfrontalière et de financement européen en matière de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   développement territorial transfrontalier
  &lt;/li&gt;
  &lt;li&gt;
   services et équipements publics transfrontaliers
  &lt;/li&gt;
  &lt;li&gt;
   attractivité transfrontalière
  &lt;/li&gt;
  &lt;li&gt;
   préservation de l&amp;#039;environnement transfrontalier.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Foncier
 Transition énergétique
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Logement et habitat
 Paysage
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Connaissance de la mobilité
 Industrie
 Mers et océans</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://www.espaces-transfrontaliers.org/</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez la MOT : mot&amp;#64;mot.asso.fr, &amp;#43;33 1 55 80 56 80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>mathias.ribert@mot.asso.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3128-etre-informe-des-opportunites-transfrontalier/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
         <v>101961</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser les citoyens aux émissions CO2 des déplacements</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Premier secteur émetteur de gaz à effet de serre avec 30% des émissions, le secteur des transports est un secteur clé de la transition écologique. Mais comment
  &lt;strong&gt;
   transmettre les bons ordres de grandeur et sensibiliser les citoyens
  &lt;/strong&gt;
  ?
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
  &lt;strong&gt;
   librement diffusable
  &lt;/strong&gt;
  &lt;strong&gt;
   intégrable sur tout type de site
  &lt;/strong&gt;
  pour permettre à chacun de comparer facilement l&amp;#039;impact de ses déplacements, mais aussi de montrer l&amp;#039;impact concret du
  &lt;strong&gt;
   covoiturage
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;a href="https://impactco2.fr/transport" target="_self"&gt;
    impactco2.fr/transport
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt src="https://raw.githubusercontent.com/datagir/datagir-site/master/content/applications/mon-impact-transport/mon-impact-transport.png" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
+      <c r="M46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déjà utilisé dans différents défis et challenges de la mobilité aux 4 coins de la France (
  &lt;a href="https://www.defimobilite-paysdelaloire.fr/page/73/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
   Pays de la Loire
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="http://challenge-mobilite-hdf.fr/blog/votre-%C3%A9co-calculateur-mobilit%C3%A9" rel="noopener" target="_blank"&gt;
   Haut-de-France
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.challengemobilite-bfc.fr/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
   Bourgogne-Franche-Comté
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.challengedelamobilite.com/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
@@ -11726,214 +11084,214 @@
  ,
  &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/mobilites/action-5-je-privilegie-des-modes-de-transport-doux" rel="noopener" target="_blank"&gt;
   Issy
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.normandie-tourisme.fr/preparer-son-sejour/informations-pratiques/venir-en-normandie/" rel="noopener" target="_blank"&gt;
   Normandie Tourisme
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://sudrhone.fr/2020/06/29/vacances-partir-sans-oublier-la-planete/#" rel="noopener" target="_blank"&gt;
   Sud Rhône Environnement
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Animation et mise en réseau
 Valorisation d'actions
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/transport/</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/21a8-sensibiliser-les-citoyens-aux-emissions-co2-d/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-      <c r="A49" s="1">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
         <v>102051</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Impact CO2 - L’impact sur le climat des objets et gestes de quotidien</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G49" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  On parle de plus en plus de kilos ou de tonnes de CO2, et tant mieux. Mais concrètement, quelles sont les émissions nécessaires pour fabriquer et consommer les objets qui nous entourent ? et comment les communiquer auprès des citoyens ? &lt;span&gt;🤔&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    &lt;a href="https://impactco2.fr/" rel="noopener" target="_blank"&gt;
     Impact CO2
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/em&gt;
  &lt;/strong&gt;
  vous propose de
  &lt;strong&gt;
   découvrir l&amp;#039;impact sur le climat
  &lt;/strong&gt;
  &lt;strong&gt;
   des objets et gestes du quotidien pour les comparer avoir les bons ordres de grandeur : usages numérique, transport, alimentation, chauffage ...
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Des infographies peuvent être directement reprises pour illustrer vos contenus et communications.
 &lt;/p&gt;
 &lt;p&gt;
  Cet outil simple et ludique est intégrable sur tout type de site.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M49" s="1" t="inlineStr">
+      <c r="M47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Diffusé par différentes entreprises ou à l&amp;#039;issue de certaines
  &lt;a href="https://fresqueduclimat.org/" rel="noopener" target="_blank"&gt;
   &lt;em&gt;
    Fresques du climat
   &lt;/em&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , ce simulateur est aussi intégré sur les sites de
  &lt;a href="https://www.grenoble.fr/2297-mon-convertisseur-co2.htm" rel="noopener" target="_blank"&gt;
   Grenoble
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
@@ -11951,177 +11309,177 @@
   Issy
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.defimobilite-lemans.fr/" rel="noopener" target="_blank"&gt;
   Le Mans
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Technologies numériques et numérisation
 Economie circulaire
 Agriculture et agroalimentaire
 Consommation et production
 Logement et habitat
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O49" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S49" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V49" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/</t>
         </is>
       </c>
-      <c r="X49" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z49" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/516c-copie-14h12-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-      <c r="A50" s="1">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
         <v>102937</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Aider à la recherche de financements européens</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informer
  &lt;/li&gt;
  &lt;li&gt;
   Conseiller
  &lt;/li&gt;
  &lt;li&gt;
   Appuyer au montage d&amp;#039;un projet européen innovant
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La Région propose de vous informer  par l&amp;#039;intermédiaire :
  &lt;br /&gt;
  - du site internet dédié : www.europeid.fr,
  &lt;br /&gt;
@@ -12129,51 +11487,51 @@
  &lt;br /&gt;
  - de rendez-vous individuels.
 &lt;/p&gt;
 &lt;p&gt;
  Elle propose également de vous accompagner tout au long de votre  candidature.
 &lt;/p&gt;
 &lt;p&gt;
  Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
 &lt;/p&gt;
 &lt;p&gt;
  Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
  &lt;br /&gt;
  - l&amp;#039;orientation vers les cellules ressources
  &lt;br /&gt;
  - la recherche de partenaires
  &lt;br /&gt;
  - la rédaction de votre candidature
  &lt;br /&gt;
  - sa relecture critique avant soumission
 &lt;/p&gt;
 &lt;p&gt;
  Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
@@ -12190,405 +11548,405 @@
 Qualité de l'air
 Biodiversité
 Paysage
 International
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une structure francilienne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact au Conseil régional :
 &lt;/p&gt;
 &lt;p&gt;
  europe&amp;#64;iledefrance.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>veronique.hostein@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-      <c r="A51" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>104631</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Préparer et mettre en oeuvre des activités de coopération</t>
         </is>
       </c>
-      <c r="D51" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>LEADER - Préparation et mise en oeuvre d&amp;apos;activités de coopération du GAL</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K51" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La coopération consiste pour un GAL à entreprendre un projet conjoint, partagé avec un, ou plusieurs autres territoires organisés en GAL ou selon des principes similaires au sein de l&amp;#039;Etat membre ou dans un autre État membre, voire un pays hors de l&amp;#039;Union européenne. Elle vise à acquérir et transférer des compétences, tirer profit d&amp;#039;expérience, faciliter l&amp;#039;expérimentation et partager des pratiques entre territoires.
 &lt;/p&gt;
 &lt;p&gt;
  La mise en œuvre d&amp;#039;activités de coopération constitue l&amp;#039;un des critères examinés dans l&amp;#039;analyse des candidatures des GAL.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La coopération implique au moins un GAL sélectionné au titre de l&amp;#039;approche LEADER. Elle est mise en œuvre sous la responsabilité d&amp;#039;un GAL coordinateur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Coûts éligibles
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Coûts directs inhérents aux projets de coopération de la préparation à l&amp;#039;évaluation (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; travaux).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013). Le taux d&amp;#039;aide publique est fixé par le GAL.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/leader-preparation-et-mise-en-oeuvre-dactivites-de-cooperation-du-gal</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez le GAL dont dépend votre structure.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3d93-leader-preparation-et-mise-en-oeuvre-dactivit/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-      <c r="A52" s="1">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
         <v>104635</v>
       </c>
-      <c r="B52" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'appropriation des missions de l'Europe et ses enjeux sur le territoire ligérien grâce à l'intervention des "animateurs Europe"</t>
         </is>
       </c>
-      <c r="D52" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Animateur Europe</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G52" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K52" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ses objectifs sont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de sensibiliser le public aux politiques et aux institutions européennes,
  &lt;/li&gt;
  &lt;li&gt;
   de répondre à une demande croissante d&amp;#039;information sur l&amp;#039;Europe et ses enjeux,
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;aborder l&amp;#039;Europe sous l&amp;#039;angle dynamique de la construction communautaire et de l&amp;#039;Europe au quotidien
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Citoyenneté
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P52" s="1" t="inlineStr">
+      <c r="P50" s="1" t="inlineStr">
         <is>
           <t>01/01/1991</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pas de critères d&amp;#039;éligibilité spécifiques, sous couvert de disponibilité des animateurs et du choix de la thématique.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;animation est gratuite pour le bénéficiaire.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif peut être sollicité tout au long de l&amp;#039;année, sous couvert des disponibilités des animateurs Europe.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V52" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/animateur-europe</t>
         </is>
       </c>
-      <c r="X52" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Jean-Brieuc Demeuse
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  jean-brieuc.demeuse&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
  0228206161
 &lt;/p&gt;
 &lt;p&gt;
  Autre contact
  &lt;br /&gt;
  Isabelle Buaud (gestionnaire) : 02.28.20.55.52
 &lt;/p&gt;
 &lt;p&gt;
  isabelle.buaud&amp;#64;paysdelaloire.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z52" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/19cd-animateur-europe/</t>
         </is>
       </c>
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-      <c r="A53" s="1">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
         <v>105111</v>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Co-construire des projets territoriaux de transition écologique et solidaire avec les habitant·e·s et les acteurs</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Dispositif national DDmarche</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Réseau national des Centres Permanents d'Initiatives pour l'Environnement (CPIE)</t>
         </is>
       </c>
-      <c r="F53" s="1" t="inlineStr">
+      <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Centres permanents d'Initiatives pour l'Environnement (CPIE)</t>
         </is>
       </c>
-      <c r="G53" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Intégrer les nouvelles compétences et construire un projet de développement durable global de votre territoire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les Centres Permanents d&amp;#039;Initiatives pour l&amp;#039;Environnement (CPIE) sont des associations facilitatrices de transition écologique et solidaire territoriale.
  &lt;/strong&gt;
  Ils mobilisent et accompagnent les acteurs publics et privés et les habitant.e.s dans la construction de solutions de développement durable.
  &lt;strong&gt;
   Le réseau national des 80 CPIE
  &lt;/strong&gt;
  est implanté dans 63 départements et 14 régions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Territoires Conseils,
  &lt;/strong&gt;
  service d&amp;#039;intérêt général de la Banque des Territoires, accompagne les élu·e·s des collectivités dans leur projet de développement.
 &lt;/p&gt;
 &lt;p&gt;
  Ensemble, ils ont créé pour les intercommunalités
@@ -12632,539 +11990,539 @@
  &lt;/strong&gt;
  , qui apporte son savoir-faire d&amp;#039;animation du dialogue territorial, adapte la méthode au contexte de votre territoire et mobilise les outils nationaux DDmarche.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mettre en œuvre une DDmarche implique :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un temps préparatoire (3 à 6 mois) pour préparer le partenariat et le chantier pilote et faire valider la démarche en instance communautaire
  &lt;/li&gt;
  &lt;li&gt;
   Un temps de travail effectif par chantier de 6 à 12 mois environ
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;Union nationale des CPIE porte
  &lt;strong&gt;
   le dispositif national DDmarche
  &lt;/strong&gt;
  , en lien avec les CPIE dans les territoires.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M53" s="1" t="inlineStr">
+      <c r="M51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La DDmarche est une opportunité pour, par exemple :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   nourrir votre projet de territoire intercommunal et réaliser votre plan d&amp;#039;action
  &lt;/li&gt;
  &lt;li&gt;
   initier une nouvelle compétence ou un projet particulier (tiers-lieu, Projet alimentaire territorial, érosion, renaturation, ressourcerie, mobilité douce...)
  &lt;/li&gt;
  &lt;li&gt;
   engager des actions mobilisatrices des acteurs inscrites dans votre Contrat de relance et de transition écologique (CRTE)
  &lt;/li&gt;
  &lt;li&gt;
   concrétiser votre plan climat (PCAET) par des actes et l&amp;#039;implication de tous
  &lt;/li&gt;
  &lt;li&gt;
   approfondir votre projet de Plan local d&amp;#039;Urbanisme intercommunal (PLUI)
  &lt;/li&gt;
  &lt;li&gt;
   sensibiliser les élus et acteurs locaux (habitants, entreprises, associations) et les associer à des projets concrets autour du développement durable
  &lt;/li&gt;
  &lt;li&gt;
   favoriser le dialogue entre acteurs autour d&amp;#039;un sujet sensible
  &lt;/li&gt;
  &lt;li&gt;
   améliorer le fonctionnement de votre communauté : impliquer davantage les communes, mobiliser les élus, décloisonner les services, animer autrement les réunions...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Montagne
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communautés de communes ou d&amp;#039;agglomération accompagnées dans leur DDmarche s&amp;#039;engagent à mobiliser :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un.e élu.e communautaire référent.e pour porter la démarche au sein des instances décisionnaires,
  &lt;/li&gt;
  &lt;li&gt;
   un.e technicien.ne pour coordonner la démarche avec l&amp;#039;accompagnement du CPIE,
  &lt;/li&gt;
  &lt;li&gt;
   une enveloppe complémentaire au cofinancement national, à évaluer localement, pour valoriser l&amp;#039;accompagnement réalisé par le CPIE.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T53" s="1" t="inlineStr">
+      <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://www.cpie.fr/uncpie/projet/176835/Engager-intercommunalites-dans-transition-avec-DDmarche</t>
         </is>
       </c>
-      <c r="X53" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Union nationale des CPIE (dispositif national) :
  &lt;a href="mailto:contact&amp;#64;uncpie.org" rel="noopener" target="_blank"&gt;
   contact&amp;#64;uncpie.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - Tél : 01 44 61 75 35
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  ou directement le CPIE proche de votre territoire (accompagnement local) :
  &lt;a href="https://www.cpie.fr" rel="noopener" target="_blank"&gt;
   cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  pour retrouver le contact de votre CPIE local via notre carte interactive.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>storrealba@uncpie.org</t>
         </is>
       </c>
-      <c r="Z53" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b76c-engager-la-transition-de-son-territoire-inter/</t>
         </is>
       </c>
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-      <c r="A54" s="1">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
         <v>111653</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Expérimenter de nouvelles ressources numériques pour les bibliothèques et médiathèques</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Culture et action extérieure : Bibliothèques et médiathèques</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G54" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H54" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J54" s="1" t="inlineStr">
+      <c r="J52" s="1" t="inlineStr">
         <is>
           <t>2.000€ maximum par territoire.</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bibliothèques et médiathèques : aide aux intercommunalités du Nord-Essonne, pour expérimenter de nouvelles ressources numériques visant à enrichir les offres numériques existantes des intercommunalités.
 &lt;/p&gt;
 &lt;p&gt;
  Dispositif annuel, renouvelable un an pour la même ressource.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2017-02-0021 (AD du 13/11/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation
 Animation et mise en réseau
 Médias et communication</t>
         </is>
       </c>
-      <c r="O54" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Intercommunalités du Nord-Essonne.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T54" s="1" t="inlineStr">
+      <c r="T52" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X54" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture et de l&amp;#039;action internationale
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 93 52
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z54" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7a2b-experimenter-de-nouvelles-ressources-numeriqu/</t>
         </is>
       </c>
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-      <c r="A55" s="1">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
         <v>111704</v>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du co-financement d'un poste de chef de projet PVD</t>
         </is>
       </c>
-      <c r="C55" s="1" t="inlineStr">
+      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Co-financement d'un poste de chef de projet PVD</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)
 Agence Nationale de l'Habitat (ANAH)
 Banque des Territoires</t>
         </is>
       </c>
-      <c r="F55" s="1" t="inlineStr">
+      <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)
 Préfectures de département</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I55" s="1" t="inlineStr">
+      <c r="I53" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 75</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide réservée aux communes et à leur(s) groupement(s) (EPCI, PETR) ayant signé la convention d&amp;#039;adhésion au programme Petites villes de demain.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Trois partenaires nationaux contribuent au financement des postes de chef de projet Petites villes de demain et l&amp;#039;Etat : l&amp;#039;ANCT, la Banque des territoires et l&amp;#039;ANAH.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le cofinancement d&amp;#039;un poste d&amp;#039;un chef de projet s&amp;#039;élève à hauteur de 75% de son coût chargé annuel du poste. Le montant de la subvention maximum diffère selon l&amp;#039;éligibilité au financement de l&amp;#039;ANAH.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dans le cadre d&amp;#039;un cofinancement Banque des territoires et/ou ANCT et/ou Etat, la subvention est de 45 000 € max.
  &lt;/li&gt;
  &lt;li&gt;
   Dans le cadre d&amp;#039;un cofinancement Banque des territoires et/ou ANCT et/ou Etat et/ou ANAH, la subvention est de 55 000 € max. L&amp;#039;ANAH finance à hauteur de 50% du coût chargé annuel du poste, ne pouvant excéder 40 000 €.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les modalités de demande de financement sont communes à l&amp;#039;ensemble des partenaires. Une seule demande de financement doit être faite pour l&amp;#039;ensemble des financements. Les demandes sont à formuler via le formulaire en ligne démarches-simplifiées publié par les préfectures de département. L&amp;#039;instructeur du délégué territorial de l&amp;#039;ANCT, coordonnateur, réceptionne le dossier dématérialisé déposé pour instruire toutes les demandes de financement. Si la demande concerne un cofinancement de l&amp;#039;ANAH, le dossier sera transmis à l&amp;#039;instructeur du délégué territorial de l&amp;#039;ANAH compétent.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Revitalisation
 Attractivité économique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P55" s="1" t="inlineStr">
+      <c r="P53" s="1" t="inlineStr">
         <is>
           <t>01/10/2020</t>
         </is>
       </c>
-      <c r="Q55" s="1" t="inlineStr">
+      <c r="Q53" s="1" t="inlineStr">
         <is>
           <t>31/03/2026</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;employeur :
  &lt;/strong&gt;
  il peut s&amp;#039;agir du ou de plusieurs commune(s), EPCI ou PETR signataire(s) de la convention d&amp;#039;adhésion Petites villes de demain ou de la convention d&amp;#039;ORT valant convention d&amp;#039;adhésion. L&amp;#039;employeur doit être compétent en matière d&amp;#039;habitat, dans le cas d&amp;#039;une demande de financement ANAH.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le projet de territoire :
  &lt;/strong&gt;
  l&amp;#039;ANCT et la Banque des territoires peuvent être mobilisées, quel que soit le projet de territoire. L&amp;#039;ANAH peut-être mobilisée si ce projet comporte un axe sur l&amp;#039;habitat privé, mise en œuvre, en phase pré-opérationnelle ou opérationnelle, par une OPAH – RU, une OPAH-CD, un plan de sauvegarde ou une ORCOD.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La fiche de poste :
  &lt;/strong&gt;
  elle précise les missions attribuées, respectant l&amp;#039;économie générale de la fiche de poste-type présentée en annexe du modèle de convention d&amp;#039;adhésion, et les communes pour lesquelles le chef de projet exécutera ses missions. En cas de mutualisation, elle indique la quotité de travail dédiée à chaque commune. Elle précise également le positionnement du poste. Le chef de projet a pour mission de définir et mettre en œuvre le projet de territoire. Le périmètre d&amp;#039;intervention du chef de projet doit avoir été convenu avec le Préfet de département et ses équipes.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
 &lt;/p&gt;
 &lt;p&gt;
  Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
  &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
   https://france-renov.gouv.fr/espaces-conseil-fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>dsrt.anah@anah.gouv.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-poste-pvd/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-      <c r="A56" s="1">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
         <v>111757</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -13201,82 +12559,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M56" s="1" t="inlineStr">
+      <c r="M54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -13322,188 +12680,188 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W56" s="1" t="inlineStr">
+      <c r="W54" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-      <c r="A57" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>111759</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
+      <c r="I55" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -13538,72 +12896,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M57" s="1" t="inlineStr">
+      <c r="M55" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -13627,176 +12985,176 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T57" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>111760</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Maitriser et réduire la consommation d’énergie du patrimoine public</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Conseil en Energie Partagé</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="J58" s="1" t="inlineStr">
+      <c r="J56" s="1" t="inlineStr">
         <is>
           <t>Audits décret tertiaire subventionné à 50% (sous réserve de disponibilité des fonds)</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Répondre aux enjeux de la transition énergétique en bénéficiant d&amp;#039;un accompagnement technique et financier ajusté à ses besoins.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   être accompagné par un économe de flux spécialisé et disponible au quotidien
  &lt;/li&gt;
  &lt;li&gt;
   établir la carte énergétique de la collectivité (avec audits énergétiques des bâtiments sélectionnés)
  &lt;/li&gt;
  &lt;li&gt;
   établir et présenter des bilans énergétiques annuels
  &lt;/li&gt;
  &lt;li&gt;
   conseil en travaux d&amp;#039;efficacité énergétique et en énergies renouvelables
  &lt;/li&gt;
  &lt;li&gt;
   aide dans les obligations du Décret Tertiaire (Définition de l&amp;#039;année de référence, transmission des données dans OPERAT, Elaboration du dossier technique...) pour tous les bâtiments concernés.
  &lt;/li&gt;
  &lt;li&gt;
   aide à la définition des plans pluriannuels d&amp;#039;investissements
  &lt;/li&gt;
  &lt;li&gt;
   aide à la recherche de financement (DSIL, DERT, CEE...)
@@ -13824,440 +13182,440 @@
 &lt;ul&gt;
  &lt;li&gt;
   rapports d&amp;#039;audit énergétique pour les bâtiments diagnostiqués
  &lt;/li&gt;
  &lt;li&gt;
   bilan énergétique annuel
  &lt;/li&gt;
  &lt;li&gt;
   mise à disposition d&amp;#039;un logiciel de suivi énergétique et patrimoniale
  &lt;/li&gt;
  &lt;li&gt;
   cahier des charges techniques
  &lt;/li&gt;
  &lt;li&gt;
   rapport de commissionnement
  &lt;/li&gt;
  &lt;li&gt;
   dossier de dépôt des CEE
  &lt;/li&gt;
  &lt;li&gt;
   un document unique de programmation formalisée du SDI
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M58" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseillers en Energies Partagés
  &lt;/li&gt;
  &lt;li&gt;
   Aide au changement de contrat d&amp;#039;Energie
  &lt;/li&gt;
  &lt;li&gt;
   Optimisation du fonctionnement des dispositifs de chauffage
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation d&amp;#039;un bâtiment (AMO, MOE....)
  &lt;/li&gt;
  &lt;li&gt;
   Valorisation des travaux effectué via les CEE (certificats d&amp;#039;Economie d&amp;#039;Energie)
  &lt;/li&gt;
  &lt;li&gt;
   Implantation de système de production d&amp;#039;Energies renouvelables
  &lt;/li&gt;
  &lt;li&gt;
   Optimisation du confort d&amp;#039;été ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la transition énergétique.
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention ECOBAT dans le cas de la mise à disposition d&amp;#039;un économe de flux et des outils en lien avec cet accompagnement patrimonial.
  &lt;/li&gt;
  &lt;li&gt;
   Validation du devis d&amp;#039;intervention proposé.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/313-conseil-en-energie-partage-cep.html</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  William RAVAILLE&lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1965-maitriser-er-reduire-la-consommation-denergie/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
         <v>111763</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Former et sensibiliser aux Enjeux Energie Climat</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Proposer aux élus, aux techniciens des Collectivités  des temps de formation et de sensibilisation aux Enjeux Energie Climat.
 &lt;/p&gt;
 &lt;p&gt;
  Informer sur les actualités réglementaires et les innovations techniques d&amp;#039;actualité (petits déjeuner techniques)
 &lt;/p&gt;
 &lt;p&gt;
  Capitaliser les connaissances et les compétences en généralisant les retours d&amp;#039;expériences,
 &lt;/p&gt;
 &lt;p&gt;
  Créer des synergies
 &lt;/p&gt;
 &lt;p&gt;
  Organisation de Commissions techniques, réglementaires et de retours d&amp;#039;expérience avec l&amp;#039;ensemble des EPCI de Gironde (Commission Consultative Paritaire). Temps d&amp;#039;échanges et de coordination de l&amp;#039;action Départementale dans le cadre des PCAET.
 &lt;/p&gt;
 &lt;p&gt;
  Organisation de groupes d&amp;#039;information technique à destination des élus et des techniciens des Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Identification de sujets d&amp;#039;actualité en lien avec les problématiques des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Groupes d&amp;#039;échanges régulier « Conversations Carbone », identification des problématiques des chargés de missions pour la mise en place d&amp;#039;actions de Transition Energétique et Environnementale au sein de leur Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  -	Pour participer aux Commissions Consultatives Paritaire de l&amp;#039;Energie à destination des EPCI de Gironde, désignation par délibération d&amp;#039;un délégué pour chacune des EPCI
 &lt;/p&gt;
 &lt;p&gt;
  -	Aucunes conditions particulières pour participer aux autres accompagnements
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/mediatheque-numerique/les-manifestations-forum-salons-journees-a-theme/377-petits-dejeuners-energetiques.html</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Énergie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>111995</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
         </is>
       </c>
-      <c r="C60" s="1" t="inlineStr">
+      <c r="C58" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Plateforme d'apprentissage Interreg Europe PLP</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F60" s="1" t="inlineStr">
+      <c r="F58" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
  &lt;/li&gt;
  &lt;li&gt;
   des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
  &lt;/li&gt;
  &lt;li&gt;
   des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
 &lt;/p&gt;
 &lt;p&gt;
  A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M60" s="1" t="inlineStr">
+      <c r="M58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
  &lt;/li&gt;
  &lt;li&gt;
   améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
  &lt;/li&gt;
  &lt;li&gt;
   impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -14302,261 +13660,261 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
  &lt;a rel="noopener" target="_blank"&gt;
   interregeurope.eu
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
         </is>
       </c>
-      <c r="W60" s="1" t="inlineStr">
+      <c r="W58" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier  &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase    &amp;#43;33 (0) 491 575 606
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-      <c r="A61" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
         <v>112001</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
         </is>
       </c>
-      <c r="C61" s="1" t="inlineStr">
+      <c r="C59" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Projet de coopération territoriale Interreg Europe</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F61" s="1" t="inlineStr">
+      <c r="F59" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I61" s="1" t="inlineStr">
+      <c r="I59" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J61" s="1" t="inlineStr">
+      <c r="J59" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M61" s="1" t="inlineStr">
+      <c r="M59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -14601,903 +13959,903 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
+      <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-      <c r="A62" s="1">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>112009</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Développer les mobilités alternatives</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H62" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Implanter des équipements de mobilité alternative et accompagner les acteurs du territoire pour la mutation de leurs flottes vers des véhicules propres.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  MODALITES D&amp;#039;ACCOMPAGNEMENT
 &lt;/p&gt;
 &lt;p&gt;
  En lien avec les services de développement économiques et/ou les services logistiques de la collectivité, le SDEEG identifie le potentiel du territoire et développe le projet d&amp;#039;infrastructure de recharge pour véhicules électriques ou de stations au biogaz:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   investissement et réalisation de borne de recharge pour véhicules électriques à usage public ou privé (parking ateliers municipaux...) et/ou de station au biogaz
  &lt;/li&gt;
  &lt;li&gt;
   exploitation des équipements
  &lt;/li&gt;
  &lt;li&gt;
   communication et information sur les avantages à convertir une flotte et les aides financières : baisse des émissions de particules fines, de Nox, de CO2, des nuisances sonores.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  LIVRABLES
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   infrastructure de recharge électrique ou station au biogaz accessibles
  &lt;/li&gt;
  &lt;li&gt;
   étude de faisabilité technico-économique de conversion de flotte
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Accès aux services
 Qualité de l'air
 Animation et mise en réseau
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   intervention en référence au parc existant d&amp;#039;IRVE et au schéma départemental et régional des station GNV (Gaz Naturel pour Véhicules)
  &lt;/li&gt;
  &lt;li&gt;
   présence de potentiels utilisateurs à proximité
  &lt;/li&gt;
  &lt;li&gt;
   trafic routier à proximité
  &lt;/li&gt;
  &lt;li&gt;
   présence du réseau d&amp;#039;électricité et de gaz
  &lt;/li&gt;
  &lt;li&gt;
   foncier disponible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T62" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/316-mobilite-durable.html</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental Energies et Environnement de Gironde
  &lt;/li&gt;
  &lt;li&gt;
   Nathalie Lalanne
  &lt;/li&gt;
  &lt;li&gt;
   Chargée de projets mobilité alternative
  &lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f797-developper-les-mobilites-alternatives/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-      <c r="A63" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
         <v>117146</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Approfondir la connaissance du territoire par un diagnostic territorial partagé</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans la connaissance de leur territoire à travers la réalisation d&amp;#039;un diagnostic territorial transversal et multidisciplinaire, partagé avec les acteurs locaux :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Réalisation d&amp;#039;un diagnostic territorial sur toutes les thématiques intéressant les collectivités (aménagement, culture, sport, solidarité, développement économique, tourisme, santé, environnement, transport...)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réunion de travail
  &lt;/li&gt;
  &lt;li&gt;
   Coordination des services contributeurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Transmission d&amp;#039;un diagnostic territorial sous format numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Accès aux services
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W63" s="1" t="inlineStr">
+      <c r="W61" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/20f8-approfondir-la-connaissance-du-territoire-par/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>117154</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la mise en place d'une gestion différenciée des espaces verts</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser la biodiversité en ville en amenant à des changements de pratique de gestion.
 &lt;/p&gt;
 &lt;p&gt;
  Ce changement de pratique en faveur de la biodiversité nécessite une formation des agents et une appropriation des élus.
 &lt;/p&gt;
 &lt;p&gt;
  Nous apportons également des conseils techniques pour faciliter la mise en œuvre ainsi qu&amp;#039;une cartographie de cette gestion. Ces conseils pour la prise en compte de la biodiversité interviennent tant dans les actions de gestion et d&amp;#039;aménagement que dans les actions éducatives.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Espaces verts
 Friche
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collectivités de Seine-et-Marne.
 &lt;/p&gt;
 &lt;p&gt;
  Adhésion SEME.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>http://www.seine-et-marne-environnement.fr</t>
         </is>
       </c>
-      <c r="W64" s="1" t="inlineStr">
+      <c r="W62" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8549-accompagner-les-collectivites-a-la-mise-en-pl/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-      <c r="A65" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>117156</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités à la conception et à la mise en réseau d'équipements culturels</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Participer à la réalisation d&amp;#039;un diagnostic, permettant de définir les besoins, les cibles, les moyens, les stratégies d&amp;#039;aménagement...afin de mettre en réseau un ensemble de partenaires, acteurs, financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  Ingénierie proposée :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Réalisation de diagnostics partagés, animation et apport d&amp;#039;expertise en matière d&amp;#039;aménagement culturel (réunion, note, atelier..).
   &lt;/li&gt;
   &lt;li&gt;
    Mise à disposition du réseau et partage de connaissances sur les dispositifs de soutien.
   &lt;/li&gt;
   &lt;li&gt;
    Outils d&amp;#039;évaluation
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Accompagnement faisant l&amp;#039;objet d&amp;#039;une convention entre le Département et la collectivité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Espace public
 Equipement public
 Appui méthodologique
 Animation et mise en réseau
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W65" s="1" t="inlineStr">
+      <c r="W63" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2b27-conseiller-les-collectivites-a-la-conception-/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-      <c r="A66" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
         <v>117157</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités en matière de mobilité et de développement des transports collectifs (lignes régulières de transports collectifs et transport à la demande)</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G66" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner la collectivité dans la définition, l&amp;#039;élaboration, la mise en œuvre et le suivi d&amp;#039;un projet de développement ou de restructuration des transports collectifs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M66" s="1" t="inlineStr">
+      <c r="M64" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Information sur l&amp;#039;organisation des transports collectifs en Île-de-France et le rôle des différents niveaux de collectivités locales.
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la réalisation d&amp;#039;un diagnostic transport et déplacement du territoire : élaboration d&amp;#039;un état des lieux de l&amp;#039;offre de transport collectifs routiers et ferrés ; cartographies et données associées, qualification de l&amp;#039;offre de transport ; appréhender les principaux flux de déplacements du territoire (sous réserve des données disponibles), identifier les pôles attractifs, identifier les projets de transports structurants et leurs impacts (TCSP, trains, métro)
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la définition des besoins prioritaires de développement des transports collectifs (lignes régulières ou transport à la demande).
  &lt;/li&gt;
  &lt;li&gt;
   Conseils pour l&amp;#039;élaboration d&amp;#039;un projet de développement des lignes régulières ou de transport à la demande : opportunité, consistance de l&amp;#039;offre.
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;élaboration d&amp;#039;un cahier des charges d&amp;#039;étude transport ou d&amp;#039;exploitation d&amp;#039;un service de transport à la demande : transmission de modèles, relecture des pièces...
  &lt;/li&gt;
  &lt;li&gt;
   Conseil méthodologique pour la mise en œuvre, accompagnement de la collectivité dans ses démarches auprès des transporteurs, d&amp;#039;Ile-de-France mobilités ou d&amp;#039;autres partenaires. Recherche de financement. Conseil sur la communication auprès des habitants.
  &lt;/li&gt;
  &lt;li&gt;
   Suivi des projets ou des lignes existantes : bilan de la fréquentation sous réserves des données disponibles ; identification des atouts et dysfonctionnements éventuels (itinéraires, horaires, fréquences, aménagements de voiries/points d&amp;#039;arrêts..) ; conseils et préconisations pour la mise en œuvre d&amp;#039;actions correctives.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V66" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W66" s="1" t="inlineStr">
+      <c r="W64" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X66" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3723-accompagner-les-collectivites-en-matiere-de-m/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>117159</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Faire appel à un Atelier Chantier d’Insertion : entretien et rénovation du patrimoine bâti</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A propos d&amp;#039;Initiatives77 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Notre offre de service :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 entretient et rénove votre patrimoine (mise en accessibilité, lavoirs, écoles, murs de cimetières, puits, monuments à préserver...). Ces chantiers vous permettent de valoriser votre engagement pour :
 &lt;/p&gt;
@@ -15535,188 +14893,188 @@
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
  &lt;/li&gt;
  &lt;li&gt;
   Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
  &lt;/li&gt;
  &lt;li&gt;
   Les lieux de stockage d&amp;#039;outils et des matériaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
 &lt;/p&gt;
 &lt;p&gt;
  Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1.001€ par semaine (hors matériaux, matériels et logistique
  &lt;br /&gt;
  d&amp;#039;accueil).
  &lt;br /&gt;
  Si la collectivité locale ne peut pas fournir les repas, ils lui seront facturés à hauteur de 8€00 par personne et par repas.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Animation et mise en réseau
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
         </is>
       </c>
-      <c r="W67" s="1" t="inlineStr">
+      <c r="W65" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5bcd-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>117170</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un réseau au service de la santé du végétal et de la protection de l'environnement</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>FREDON  Occitanie</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>FREDON Occitanie</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   FREDON Occitanie
  &lt;/strong&gt;
  regroupe des experts en botanique, phytopathologie, agronomie et environnement.
  &lt;br /&gt;
  Des métiers portés par un ensemble de compétences internes et externes reconnues dans le réseau des FDGDON de la région.
  &lt;br /&gt;
  Pour la partie délégation de missions en santé des végétaux, nous sommes reconnus comme organisme à vocation sanitaire (O.V.S) par arrêt ministériel (ministère de l&amp;#039;Agriculture).
  &lt;br /&gt;
  Nous mettons au profit des détenteurs de végétaux (agriculteurs, collectivités et particuliers) et des services publics (DRAAF, DREAL, ARS, DDTM, collectivités territoriales et locales ...) notre savoir-faire, afin de gérer la prévention, la surveillance et la lutte contre les dangers sanitaires en santé des végétaux (ravageurs et pathogènes) et en santé humaine (ambroisie, chenille processionnaire ...)
  &lt;br /&gt;
  Nous agissons aussi dans un objectif de réduction de l&amp;#039;usage des produits phytosanitaires par l&amp;#039;animation de la démarche Captages d&amp;#039;Eauccitanie et ECOPHYTO Jardins, Espaces Verts et Infrastructures (JEVI).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M68" s="1" t="inlineStr">
+      <c r="M66" s="1" t="inlineStr">
         <is>
           <t>&lt;h1&gt;
  &lt;strong&gt;
   NOS MISSIONS DE DÉLÉGATION DE SERVICE PUBLIC
  &lt;/strong&gt;
 &lt;/h1&gt;
 &lt;h2&gt;
  &lt;em&gt;
   LA SURVEILLANCE DES ORGANISMES NUISIBLES RÉGLEMENTÉS OU ÉMERGENTS
  &lt;/em&gt;
 &lt;/h2&gt;
 &lt;blockquote&gt;
  &lt;p&gt;
   &lt;em&gt;
    Surveillance sanitaire du végétal, informations sur les maladies et les ravageurs des végétaux, les espèces invasives, la surveillance des organismes nuisibles réglementés ou émergents
   &lt;/em&gt;
  &lt;/p&gt;
 &lt;/blockquote&gt;
 &lt;p&gt;
  Nous sommes en charge avec nos sections départementales (FDGDON) de la surveillance et de l&amp;#039;inspection sanitaire des végétaux sur tout le territoire régional. Cette délégation de service public comprend toutes les actions contribuant à la surveillance, la prévention et la lutte contre les organismes nuisibles ou les dangers sanitaires. La surveillance est organisée en plans d&amp;#039;inspection classés selon de grandes thématiques (Passeport sanitaire, export, surveillance générale). Ils évoluent au grès des réglementations européenne et française.
  &lt;br /&gt;
  L&amp;#039;objectif est de préserver les productions agricoles sur notre territoire ainsi que les autres économies liées au secteur végétal (ex. : tourisme).
 &lt;/p&gt;
 &lt;h1&gt;
  &lt;strong&gt;
@@ -15830,875 +15188,875 @@
   L&amp;#039;EXPERTISE SANITAIRE
  &lt;/em&gt;
 &lt;/h2&gt;
 &lt;p&gt;
  Nous réalisons ou aidons à la réalisation de toutes les actions contribuant à la surveillance des problèmes sanitaires en santé des végétaux et sur les exotiques envahissantes. Nous avons un rôle de référent sanitaire et environnemental qui nous amène à être référencés sur des dossiers à la marge de nos actions principales : santé publique (pollens, chenilles urticantes), sécurité publique (frelon asiatique, hyménoptères), droit urbain et environnemental.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;em&gt;
   LE DIAGNOSTIC
  &lt;/em&gt;
 &lt;/h2&gt;
 &lt;p&gt;
  Nous effectuons des diagnostics pour le compte de particuliers, de collectivités ou d&amp;#039;entreprises. Nous apportons notre expertise lors du dépérissement d&amp;#039;un végétal, la suspicion de maladie ou l&amp;#039;état général d&amp;#039;un patrimoine végétal. La FREDON Occitanie fait partie du réseau «CLINIQUE DU VÉGÉTAL®».
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h2&gt;
  LES FORMATIONS
 &lt;/h2&gt;
 &lt;p&gt;
  Nous organisons ou animons des sessions de formation auprès de différents publics. Nous proposons notamment des formations spécifiques aux élus des collectivités locales et territoriales, aux propriétaires ou détenteurs de végétaux, aux groupements de représentants professionnels ou toute autre personne pouvant être intéressée.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Sports et loisirs
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Santé
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Biodiversité
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Médias et communication
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   FREDON Occitanie
  &lt;/strong&gt;
  fédère les initiatives locales et s&amp;#039;appuie dans ses actions sur les fédérations départementales (FDGDON) et les groupements de défense (GDON).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Elle est également membre du réseau FREDON FRANCE.
 &lt;/p&gt;
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>contact@fredon-occitanie.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6a04-beneficier-dun-reseau-au-service-de-la-sante-/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>117373</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l’élaboration du projet de territoire, d’un programme d’actions et de la mise en œuvre de ce dernier</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l’élaboration du projet de territoire et à sa mise en œuvre</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre à une collectivité,sur la base du diagnostic (réalisable dans ID77), de construire et d&amp;#039;élaborer un projet de territoire et le programme d&amp;#039;actions qui en découle.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département met à disposition ses connaissances et ses compétences techniques au service de la collectivité pour aboutir à la constitution d&amp;#039;un programme
  &lt;br /&gt;
  d&amp;#039;actions prévisionnel qui pourrait être mis en œuvre et sur l&amp;#039;identification des financements potentiels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M69" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Appui méthodologique (remise de documents méthodologiques, échanges avec la collectivité)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement/Conseil amont (à un PLU par exemple)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;ateliers thématiques à la demande
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;élaboration d&amp;#039;un programme d&amp;#039;actions
  &lt;/li&gt;
  &lt;li&gt;
   Appui au montage de projet (recherche de financement par exemple)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Accès aux services
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R69" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W69" s="1" t="inlineStr">
+      <c r="W67" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail :
 &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
  id77&amp;#64;departement77.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/db38-accompagner-les-collectivites-dans-lelaborati/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-      <c r="A70" s="1">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
         <v>117379</v>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Mettre en valeur et gérer un milieu naturel (hors ENS)</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G70" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créer des maillons de la trame verte et bleue.
 &lt;/p&gt;
 &lt;p&gt;
  Cette action vous permet de bénéficier de conseil sur la restauration de milieu naturel avec, réalisation d&amp;#039;un schéma d&amp;#039;orientation décrivant les travaux et la gestion à mettre en place. La réalisation de ces travaux peut être réalisé par un chantier d&amp;#039;insertion. Une formation à la gestion peut compléter l&amp;#039;offre.
 &lt;/p&gt;
 &lt;p&gt;
  Adhésion SEME.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>http://www.seine-et-marne-environnement.fr</t>
         </is>
       </c>
-      <c r="W70" s="1" t="inlineStr">
+      <c r="W68" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z70" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/53b4-mettre-en-valeur-et-gerer-un-milieu-naturel-h/</t>
         </is>
       </c>
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-      <c r="A71" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>117380</v>
       </c>
-      <c r="B71" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Mettre en place une politique d'économie d'énergie pour les citoyens (hors PTRE)</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Particulier</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser la rénovation énergétique du parc privé.
 &lt;/p&gt;
 &lt;p&gt;
  Cet accompagnement vise à inciter les particuliers à faire des travaux d&amp;#039;économie d&amp;#039;énergie. Cela passe par une sensibilisation, du public via des stands, conférences, ateliers..., l&amp;#039;aide à l&amp;#039;identification de personnes en précarité énergétique, la mise en place de permanence info énergie, le conseil architectural, ou encore, dans le cadre de la mise en place d&amp;#039;une plateforme territoriale de rénovation énergétique, l&amp;#039;accompagnement des particuliers jusqu&amp;#039;à la phase travaux et l&amp;#039;animation du réseau des professionnels. Cette action comprend également un accompagnement de la collectivité à la définition d&amp;#039;un programme d&amp;#039;action climat-air-énergie.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre de conventions de partenariat ou de convention « plateforme ».
 &lt;/p&gt;
 &lt;p&gt;
  Document contractuel (conventions type ..).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Equipement public
 Réhabilitation
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R71" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V71" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>http://www.seine-et-marne-environnement.fr</t>
         </is>
       </c>
-      <c r="W71" s="1" t="inlineStr">
+      <c r="W69" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X71" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z71" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/817a-mettre-en-place-une-politique-deconomie-dener/</t>
         </is>
       </c>
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-      <c r="A72" s="1">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
         <v>117391</v>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Mettre en œuvre un aménagement foncier, agricole ou forestier</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G72" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H72" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K72" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Améliorer les conditions d&amp;#039;exploitations des propriétés rurales agricoles ou forestières, la mise en valeur des espaces naturels ruraux et l&amp;#039;aménagement du territoire communal.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Constitution par le Département de la Commission (inter)communale d&amp;#039;aménagement foncier ; animation de réunions ; Elaboration du cahier des charges de l&amp;#039;étude du géomètre, passation du marché public, analyse des offres, suivi de l&amp;#039;étude ; lancement et suivi de l&amp;#039;enquête publique ; intervention administratives et juridique des divers actes.
   &lt;/li&gt;
   &lt;li&gt;
    Rédaction de notes et de rapports
   &lt;/li&gt;
   &lt;li&gt;
    Présence des agents du Département aux réunions
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Gratuit pour la commune s&amp;#039;il s&amp;#039;agit d&amp;#039;une première opération d&amp;#039;AFAF volontaire.
 &lt;/p&gt;
 &lt;p&gt;
  Financé par le maître d&amp;#039;ouvrage dans le cadre d&amp;#039;aménagements fonciers liés à des ouvrages linéaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Foncier
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W72" s="1" t="inlineStr">
+      <c r="W70" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/85aa-mettre-en-uvre-un-amenagement-foncier-agricol/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>117396</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Connaître et prendre en compte de la biodiversité au niveau de la collectivité</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser l&amp;#039;intégration de la trame verte et bleue en ville.
 &lt;/p&gt;
 &lt;p&gt;
  Cette action vous permet d&amp;#039;améliorer les connaissances sur la biodiversité de votre collectivité tout en y impliquant des citoyens et agents. Par ailleurs, l&amp;#039;outil de suivi vous permettra de voir l&amp;#039;évolution de cette biodiversité en fonction de l&amp;#039;aménagement du territoire et des actions mises en œuvre. Cette action regroupe un diagnostic de la biodiversité, la participation des citoyens et scolaires à ces inventaires, des formations à la détermination et à la saisie des observations, des suivis et des conseils techniques pour l&amp;#039;amélioration de cette prise en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Gratuit/payant/SC sous conditions.
 &lt;/p&gt;
 &lt;p&gt;
  Convention de partenariat.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Espaces verts
 Friche
 Citoyenneté
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>http://www.seine-et-marne-environnement.fr</t>
         </is>
       </c>
-      <c r="W73" s="1" t="inlineStr">
+      <c r="W71" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1697-connaitre-et-prendre-en-compte-de-la-biodiver/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>117398</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le recrutement et l’accueil d’un salarié en contrat aidé</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="F74" s="1" t="inlineStr">
+      <c r="F72" s="1" t="inlineStr">
         <is>
           <t>Agence départementale d'insertion - Initiatives77</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Faciliter l&amp;#039;accueil d&amp;#039;un salarié en contrat aidé en accompagnant une collectivité ou un établissement public.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A propos d&amp;#039;Initiatives77 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Notre offre de service :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Initiatives77 embauche et met à disposition des salariés en contrat aidés.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois votre besoin identifié, Initiatives77 est l&amp;#039;interlocuteur privilégié qui vous accompagne dans l&amp;#039;accueil de personnes en contrat aidé :
 &lt;/p&gt;
 &lt;p&gt;
@@ -16731,679 +16089,679 @@
   Comment recruter un salarié en contrat aidé avec Initiatives77 ?
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La mise à disposition de contrat aidé s&amp;#039;organise en 4 étapes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Identification des besoins relatifs au poste,
   &lt;/li&gt;
   &lt;li&gt;
    Signature d&amp;#039;une convention de mise à disposition,
   &lt;/li&gt;
   &lt;li&gt;
    Diffusion de la fiche de poste,
   &lt;/li&gt;
   &lt;li&gt;
    Recrutement et accompagnement du salarié.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
         </is>
       </c>
-      <c r="W74" s="1" t="inlineStr">
+      <c r="W72" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d2b-etre-accompagne-dans-le-recrutement-et-laccue/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>117399</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la prise de compétence culture et son développement</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre aux communes et EPCI de définir leur politique culturelle :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etat des lieux du territoire
   &lt;/li&gt;
   &lt;li&gt;
    Diagnostic et préconisations
   &lt;/li&gt;
   &lt;li&gt;
    Réalisation d&amp;#039;une étude du territoire par la rencontre des acteurs concernés
   &lt;/li&gt;
   &lt;li&gt;
    Constitution d&amp;#039;un comité de pilotage pour le suivi de la réalisation de l&amp;#039;étude jusqu&amp;#039;à la remise des préconisations
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Appui méthodologique
 Animation et mise en réseau
 Médias et communication</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W75" s="1" t="inlineStr">
+      <c r="W73" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56ee-accompagner-les-collectivites-dans-la-prise-d/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>117406</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la communication environnementale</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Faciliter la communication de la collectivité sur les actions environnementales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M76" s="1" t="inlineStr">
+      <c r="M74" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rédaction d&amp;#039;articles, réalisation de plaquettes thématiques, aide à la communication, proposition de modèle prêt à l&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   Convention de partenariat
  &lt;/li&gt;
  &lt;li&gt;
   Document contractuel (conventions type ..)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>http://www.seine-et-marne-environnement.fr</t>
         </is>
       </c>
-      <c r="W76" s="1" t="inlineStr">
+      <c r="W74" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7119-accompagner-les-collectivites-a-la-communicat/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>117407</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la communication et sensibilisation "paysage architecture" : production de supports et animation</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mise en valeur du paysage local :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Organisation, animation - mise en valeur d&amp;#039;espaces verts publics, création de documents destinés aux visiteurs
  &lt;/li&gt;
  &lt;li&gt;
   Organisation, animation - valorisation du patrimoine végétal, audit simplifié, comité national des villes et villages fleuris
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Gratuité (part TA du CAUE).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Espace public
 Biodiversité
 Bâtiments et construction
 Architecture
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W77" s="1" t="inlineStr">
+      <c r="W75" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/23b2-accompagner-les-collectivites-a-la-communicat/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>117414</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités sur la création, le déplacement ou l'aménagement de points d'arrêt de lignes régulières de transport en commun (arrêt de bus)</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Création / déplacement / aménagement de points d&amp;#039;arrêt de lignes régulières de transport en commun (arrêt de bus).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M78" s="1" t="inlineStr">
+      <c r="M76" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil sur la localisation du point d&amp;#039;arrêt en tenant compte de l&amp;#039;attractivité du point d&amp;#039;arrêt pour les habitants, des problématiques de sécurité (vitesses, proximité des intersections, profil en long et largeur de voirie, cheminements et traversées des piétons, ...), de l&amp;#039;itinéraire des lignes de transports collectifs.
  &lt;/li&gt;
  &lt;li&gt;
   Conseil sur les modalités techniques d&amp;#039;aménagements ou de mise en accessibilité PMR de points d&amp;#039;arrêt (arrêts en ligne ou en évitement, normes techniques sur les hauteurs de quai, dimensions de l&amp;#039;espace d&amp;#039;attente, signalisation verticale et horizontale,poteaux d&amp;#039;arrêts/ abris-voyageurs,...) et de leur environnement (traversées et cheminements piétons...).
  &lt;/li&gt;
  &lt;li&gt;
   Information et conseil sur les possibilités de subventions de ces aménagements; aide et accompagnement pour le montage des dossiers de demandes de subvention.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Accès aux services
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W78" s="1" t="inlineStr">
+      <c r="W76" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1e4c-conseiller-les-collectivites-sur-la-creation-/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>117416</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Faire appel à un Atelier et Chantier d’Insertion : aménagement d'intérieur (locaux et logements)</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="F79" s="1" t="inlineStr">
+      <c r="F77" s="1" t="inlineStr">
         <is>
           <t>Agence départementale d'insertion - Initiatives77</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A propos d&amp;#039;Initiatives77 :
 &lt;/p&gt;
 &lt;p&gt;
  Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
 &lt;/p&gt;
 &lt;p&gt;
  Notre offre de service : Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 rénove des locaux et des logements (mise aux normes d&amp;#039;accessibilité, installation salle d&amp;#039;eau/ cuisine, peinture, revêtements intérieurs, cloisonnage, doublage...).
 &lt;/p&gt;
 &lt;p&gt;
  Ces chantiers vous permettent de valoriser
  votre engagement pour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail,
  &lt;/li&gt;
  &lt;li&gt;
   La rénovation ou l&amp;#039;embellissement de votre patrimoine.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Comment préparer l&amp;#039;intervention d&amp;#039;un ACI avec Initiatives77 ?
 &lt;/p&gt;
@@ -17426,154 +16784,154 @@
  En règle générale, la collectivité achète les matériaux et prend à sa charge l&amp;#039;accueil du chantier d&amp;#039;insertion à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
  &lt;/li&gt;
  &lt;li&gt;
   Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
  &lt;/li&gt;
  &lt;li&gt;
   Les lieux de stockage d&amp;#039;outils et des matériaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
 &lt;p&gt;
  Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1.001€ par semaine (hors matériaux, matériels et logistique
  &lt;br /&gt;
  d&amp;#039;accueil).
 &lt;/p&gt;
 &lt;p&gt;
  Si la collectivité locale ne peut pas fournir les repas, ils lui seront facturés à hauteur de 8€00 par personne et par repas.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Cohésion sociale et inclusion
 Bâtiments et construction
 Réhabilitation
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
         </is>
       </c>
-      <c r="W79" s="1" t="inlineStr">
+      <c r="W77" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/08be-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
         <v>117417</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Faire appel à un Atelier et Chantier d’Insertion : restauration et aménagement du milieu naturel</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>ID77
 Agence départementale d'insertion - Initiatives77</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
 &lt;/p&gt;
 &lt;p&gt;
  A propos d&amp;#039;Initiatives77 : Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
 &lt;/p&gt;
 &lt;p&gt;
  Notre offre de service :
  Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 crée des promenades (chemin en grave, platelage...), aménage des espaces verts et intervient dans vos espaces protégés (ENS, zones humides).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ces chantiers vous permettent de valoriser votre engagement pour :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail
  &lt;/li&gt;
  &lt;li&gt;
   La rénovation ou l&amp;#039;embellissement de votre environnement et patrimoine naturel.
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -17614,155 +16972,155 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
  &lt;/li&gt;
  &lt;li&gt;
   Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
  &lt;/li&gt;
  &lt;li&gt;
   Les lieux de stockage d&amp;#039;outils et des matériaux.
  &lt;/li&gt;
  &lt;li&gt;
   Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1001 euros par semaine (hors matériaux, matériels et logistique d&amp;#039;accueil). Si le bénéficiaire ne peut pas fournir les repas 8 euros/ personne / repas seront facturés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espaces verts
 Espace public
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Biodiversité
 Equipement public
 Réhabilitation
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
         </is>
       </c>
-      <c r="W80" s="1" t="inlineStr">
+      <c r="W78" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ed52-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>117421</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes à l'obtention de la Première fleur du label "Villes et villages fleuris"</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;accompagnement des communes à l&amp;#039;obtention de la première fleur du label « Villes et villages fleuris » a vocation à soutenir les communes souhaitant candidater à l&amp;#039;obtention du label dans la structuration et la mise en œuvre d&amp;#039;un plan d&amp;#039;actions transversal au regard de la grille d&amp;#039;évaluation élaborée par le Conseil national des villes et villages fleuris (CNVVF).</t>
         </is>
       </c>
-      <c r="M81" s="1" t="inlineStr">
+      <c r="M79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Suite à une phase de diagnostic préalablement conduite sur place par les services départementaux auprès des communes ayant manifesté leur souhait d&amp;#039;être candidates à l&amp;#039;obtention de la première fleur, les communes bénéficieront d&amp;#039;un accompagnement et d&amp;#039;une expertise spécifiquement adaptés aux besoins identifiés dans le cadre du diagnostic, au regard de la grille d&amp;#039;évaluation du CNVVF (qualité paysagère, diversité et qualité botanique,  protection de l&amp;#039;environnement et de la biodiversité, valorisation du patrimoine, promotion touristique, gestion différenciée, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
   Accompagnements proposés :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Direction de l&amp;#039;eau, de l&amp;#039;environnement et de l&amp;#039;agriculture : Préparation pour la concours Villes et Villages Fleuris
  &lt;/li&gt;
  &lt;li&gt;
   Conseils
  &lt;/li&gt;
  &lt;li&gt;
   sur le fleurissement, l&amp;#039;aménagement et l&amp;#039;entretien des espaces dans l&amp;#039;objectif d&amp;#039;obtenir une première fleur au concours Villes et Villages Fleuris :
  &lt;/li&gt;
  &lt;li&gt;
   Choix d&amp;#039;aménagements et de fleurissement adaptés aux différents sites
  &lt;/li&gt;
  &lt;li&gt;
@@ -17833,451 +17191,451 @@
  &lt;/strong&gt;
  : Accompagnement à la mise en place d&amp;#039;une gestion différenciée des espaces verts
  &lt;br /&gt;
  Ce changement de pratique en faveur de la biodiversité nécessite une formation des agents et une appropriation des élus. Nous apportons également des conseils techniques pour faciliter la mise en œuvre ainsi qu&amp;#039;une cartographie de cette gestion. Ces conseils pour la prise en compte de la biodiversité interviennent tant dans les actions de gestion
  &lt;br /&gt;
  et d&amp;#039;aménagement que dans les actions éducatives.Pour plus d&amp;#039;informations sur l&amp;#039;accompagnement et ses modalités (adhésion à
  &lt;br /&gt;
  SEME/conventionnement et/ou prestation) : contact&amp;#64;seme-id77.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Jury départemental Villes et villages fleuris
  &lt;/strong&gt;
  : Le jury départemental Villes et villages fleuris est constitué de
  &lt;br /&gt;
  professionnels du fleurissement engagés qui mettront leurs expertises au service des communes seine-et-marnaises candidates à l&amp;#039;obtention de la première fleur en fonction de leurs problématiques spécifiques, et en articulation avec l&amp;#039;accompagnement proposé par les services départementaux et les organismes associés du Département. Modalités pratiques à définir avec la Commune.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement gratuit par les services départementaux.
  &lt;/strong&gt;
  Certaines prestations délivrées par les organismes associés du Département peuvent être payantes (Initiatives 77, Seine-et-Marne Environnement) et/ou conditionnées à l&amp;#039;adhésion de la commune à l&amp;#039;organisme ou à un conventionnement entre la commune et l&amp;#039;organisme (Seine-et-Marne Environnement).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espaces verts
 Espace public
 Education et renforcement des compétences
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W81" s="1" t="inlineStr">
+      <c r="W79" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/afd9-accompagner-les-communes-a-lobtention-de-la-p/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>117422</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la définition des enjeux d'aménagement et de développement local</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans  leurs réflexions amont d&amp;#039;aménagement et d&amp;#039;urbanisme.
 &lt;/p&gt;
 &lt;p&gt;
  Suite au diagnostic territorial (réalisable dans le cadre d&amp;#039;ID77), le Département met à disposition de la collectivité ses connaissances et ses compétences techniques, afin qu&amp;#039;elle bénéficie d&amp;#039;un accompagnement amont permettant de l&amp;#039;aider à identifier les grands enjeux et les outils à mobiliser, dans l&amp;#039;optique d&amp;#039;un aménagement durable de son territoire.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Cet accompagnement peut être mené en amont de tout projet d&amp;#039;aménagement du territoire, de type :
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  - Aménagement d&amp;#039;un centre bourg,
 &lt;/p&gt;
 &lt;p&gt;
  - Intégration des mobilités dans les espaces publics,
 &lt;/p&gt;
 &lt;p&gt;
  - Choix d&amp;#039;un lieu pour un équipement
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Le projet d&amp;#039;aménagement pourra être poursuivi pour sa mise en œuvre dans le cadre d&amp;#039;ID77
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalité
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Premier contact avec la collectivité pour préciser la commande,
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;une réunion avec la collectivité, les services départementaux et organismes concernés, afin d&amp;#039;identifier les enjeux et problématiques,
 &lt;/p&gt;
 &lt;p&gt;
  - Production par le Département d&amp;#039;un document synthétisant ces enjeux et proposant des outils à mobiliser.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Biodiversité
 Equipement public
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R80" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
+      <c r="W80" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f9b-accompagner-les-collectivites-dans-la-definit/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>117423</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités pour le développement et à l'installation d'unités de méthanisation</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>Au travers de la charte CAPMETHA77, le Département, avec ses 8 signataires, affirme les orientations et valeurs qui doivent guider les projets de méthanisation, favoriser leur appropriation par tout porteur de projet, élu ou autre acteur seine-et-marnais concerné, et contribuer à leur réussite</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
+      <c r="M81" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ingénierie : Faire le lien entre l&amp;#039;élu et le porteur de projet ; bâtir une stratégie d&amp;#039;acceptabilité du projet
  &lt;/li&gt;
  &lt;li&gt;
   Action de sensibilisation : Réunions d&amp;#039;information auprès des Communes, des porteurs de projets, participation à des réunions publiques
  &lt;/li&gt;
  &lt;li&gt;
   Ressources documentaires : Exposition ; plaquettes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Document contractuel (conventions type ..)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Sols
 Foncier
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Qualité de l'air
 Bâtiments et construction
 Paysage
 Emploi
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W83" s="1" t="inlineStr">
+      <c r="W81" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8584-accompagner-les-collectivites-pour-le-develop/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>117425</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser et informer les citoyens au sujet de l’Europe - Europe Direct Seine-et-Marne</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sensibiliser le grand public aux enjeux européens dans les communes et EPCI
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M84" s="1" t="inlineStr">
+      <c r="M82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Europe Direct Seine-et-Marne a pour vocation de sensibiliser le grand public aux enjeux européens et faire vivre l&amp;#039;Europe sur le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Nos Missions :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Informer
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des guides et ressources documentaires ;
  &lt;/li&gt;
  &lt;li&gt;
   des prêts d&amp;#039;expositions thématiques ;
  &lt;/li&gt;
  &lt;li&gt;
   une permanence ouverte au public à l&amp;#039;Hôtel du Département ;
  &lt;/li&gt;
  &lt;li&gt;
   une ligne téléphonique dédiée ;
  &lt;/li&gt;
@@ -18301,174 +17659,174 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 Animer
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des conférences-débats sur l&amp;#039;actualité européenne
  &lt;/li&gt;
  &lt;li&gt;
   recueil des contributions citoyennes sur l&amp;#039;Europe
  &lt;/li&gt;
  &lt;li&gt;
   des ateliers pédagogiques dans les établissements scolaires
  &lt;/li&gt;
  &lt;li&gt;
   Ateliers d&amp;#039;information et d&amp;#039;échange tout public
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Cette action peut s&amp;#039;accompagner de prêts d&amp;#039;expositions et/ou de supports pédagogiques.
  &lt;br /&gt;
  Délais de prêts et modalités pratiques à définir en fonction du besoin. Formulaire de prêt à remplir pour les expositions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Citoyenneté
 Animation et mise en réseau
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://www.seine-et-marne.fr/fr/europe-direct-seine-et-marne</t>
         </is>
       </c>
-      <c r="W84" s="1" t="inlineStr">
+      <c r="W82" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cdc5-europe-direct-seine-et-marne-sensibiliser-et-/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>117550</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
  &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
   formations thématiques
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
 &lt;/p&gt;
 &lt;p&gt;
  Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M85" s="1" t="inlineStr">
+      <c r="M83" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
  &lt;br /&gt;
  Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
  &lt;br /&gt;
  Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
  &lt;br /&gt;
  Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   organisation de sessions d&amp;#039;information thématiques :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : dispositif département Jura subventions DETR DSIL FNADT
  &lt;br /&gt;
  Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
  &lt;br /&gt;
@@ -18483,51 +17841,51 @@
  Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   organisation de formations thématiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : comment mobiliser les fonds européens sur son territoire
  &lt;br /&gt;
  Ex : mécénat et financement participatif
  &lt;br /&gt;
  Ex : marchés publics - comment acheter local
  &lt;br /&gt;
  Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
  &lt;br /&gt;
  Ex : réalisation des travaux
  &lt;br /&gt;
  Ex :
  comment associer les habitants à un projet communal ou intercommunal
  &lt;br /&gt;
  Ex le projet culturel du territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
@@ -18537,184 +17895,184 @@
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>http://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Madame la Présidente
  &lt;/li&gt;
  &lt;li&gt;
   AMJ
  &lt;/li&gt;
  &lt;li&gt;
   2 rue de Pavigny 39000 Lons-le-Saunier
  &lt;/li&gt;
  &lt;li&gt;
   Tél 03-84-86-07-07
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Service assistance juridique, administrative et financière :
   &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    juridique&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Service formation :
   &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    formation&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>117589</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Professionnaliser les acteurs du développement rural , favoriser l'innovation dans les territoires ruraux et stimuler la mise en réseaux et les synergies entre acteurs</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Cap Rural Centre de ressources pour le développement local</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Cap Rural</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cap Rural est un
  &lt;strong&gt;
   c
  &lt;/strong&gt;
  &lt;strong&gt;
   &lt;a href="http://caprural.org/" rel="noopener" target="_blank"&gt;
    entre de ressources spécialisé dans les pratiques et les métiers du développement rural
   &lt;/a&gt;
   .
  &lt;/strong&gt;
  Son action est articulé autour de trois grands axes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Professionnaliser
   &lt;/strong&gt;
   les acteurs du développement rural
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser
   &lt;strong&gt;
    l&amp;#039;innovation
@@ -18746,155 +18104,155 @@
   Accompagner les acteurs du développement rural en Auvergne-Rhône-Alpes dans leur réflexion pour construire une stratégie de recherche de financements
  &lt;/strong&gt;
  : des appuis individuels et/ou collectifs à la réflexion autour de la définition de stratégies de recherche de financements, d&amp;#039;organisation pour être plus efficient dans ses recherches...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Faire découvrir de nouvelles sources de financements, les combiner...
  &lt;/strong&gt;
  : des sessions de formation et d&amp;#039;exploration (webconférence ou présentiel) pour présenter de nouveaux dispositifs et outils de financements, prendre connaissance d&amp;#039;appels à projets, découvrir de nouveaux acteurs du financement, acquérir de nouvelles connaissances et savoir-faire, échanger des expériences...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Outiller pour repérer et faire de la veille sur les financements en général ou des financements plus ciblés
  &lt;/strong&gt;
  : des outils de recherche de financement sous forme de guides ou de cartes mentales pour assurer une veille sur les appels à projets, faciliter la mobilisation de financements publics et/ou privés...
 &lt;/p&gt;
 &lt;p&gt;
  De
  &lt;strong&gt;
   susciter, favoriser la réflexion et les échanges d&amp;#039;expériences
  &lt;/strong&gt;
  : un groupe d&amp;#039;échanges de pratiques constitué d&amp;#039;agents de développement pour traiter de sujets autour des stratégies de financements, de la création de postes d&amp;#039;ingénierie financière...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M86" s="1" t="inlineStr">
+      <c r="M84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A titre d&amp;#039;illustration quelques exemples d&amp;#039;outils élaboré par Cap rural à destination des agents de développement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    V
    &lt;a href="http://caprural.org/des-ressources/financement-de-projets/financements/7022-precarite-et-pauvrete-un-outil-de-veille-sur-les-financements" rel="noopener" target="_blank"&gt;
     eille sur les financements
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Comprendre
    &lt;a href="http://caprural.org/des-ressources/financement-de-projets/financements/9367-fonds-europeens-sectoriels-opportunites-de-financements-pour-les-projets-de-developpement-local" rel="noopener" target="_blank"&gt;
     et décrypter des financements
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Travailler sa
   &lt;/strong&gt;
   &lt;strong&gt;
    &lt;a href="http://caprural.org/des-ressources/financement-de-projets/strategie/8729-repondre-a-un-appel-a-projets-ou-a-un-appel-a-manifestation-d-interet-un-outil-pour-accompagner-vos-reflexions" rel="noopener" target="_blank"&gt;
     stratégie financière
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts
 Economie sociale et solidaire
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cap Rural s&amp;#039;adresse aux acteurs du développement local rural en Auvergne-Rhône-Alpes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Agents de développement rural ou périurbain (éco, culture, tourisme, environnet, agriculture...)
  &lt;/li&gt;
  &lt;li&gt;
   Professionnels de l&amp;#039;aménagement impliqués dans le développement rural ou périurbain
  &lt;/li&gt;
  &lt;li&gt;
   Agents de développement urbain impliqués dans le développement rural ou périurbain
  &lt;/li&gt;
  &lt;li&gt;
   Techniciens impliqués dans un projet de développement rural ou périurbain
  &lt;/li&gt;
  &lt;li&gt;
   Directeurs de structures employant l&amp;#039;ingénierie de développement local
  &lt;/li&gt;
  &lt;li&gt;
   Élus de collectivités territoriales ou d&amp;#039;associations
  &lt;/li&gt;
  &lt;li&gt;
   Salariés/membres de collectifs porteur de projet (dont agricole et agroalimentaire)
  &lt;/li&gt;
  &lt;li&gt;
   En recherche d&amp;#039;emploi dans l&amp;#039;ingénierie de développement local
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La cotisation donne accès aux services pour l&amp;#039;année civile en cours aux personnes inscrites dans le tableau au verso
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="W86" s="1" t="inlineStr">
+      <c r="W84" s="1" t="inlineStr">
         <is>
           <t>http://www.caprural.org/des-ressources/financement-de-projets</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vos contacts
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sur des financements nationaux, régionaux, appel à projets, privés/publics...
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  → Jean-Philippe Jamot, chargé de mission Dynamiques entrepreneuriales de créations d&amp;#039;activités - Ingénierie financière des projets
 &lt;/p&gt;
 &lt;p&gt;
  Cap Rural
 &lt;/p&gt;
 &lt;p&gt;
  Lycée Agricole Le Valentin
 &lt;/p&gt;
 &lt;p&gt;
  Avenue de Lyon
 &lt;/p&gt;
 &lt;p&gt;
  26500 Bourg-lès-Valence
@@ -18907,258 +18265,258 @@
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sur le FEADER, FEDER et FSE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  → Nelly Marrel, chargée de mission Europe et développement rural
 &lt;/p&gt;
 &lt;p&gt;
  Cap Rural
 &lt;/p&gt;
 &lt;p&gt;
  23, rue Jean Baldassini
 &lt;/p&gt;
 &lt;p&gt;
  69364 Lyon cedex 07
 &lt;/p&gt;
 &lt;p&gt;
  Tel. : 04 72 72 49 76 / 06 77 83 12 76 et europe.devrural&amp;#64;caprural.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>agriruralite@caprural.org</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3400-cap-rural-pole-dexpertise-sur-lingenierie-fin/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>119703</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Construire une stratégie de développement économique territorial</t>
         </is>
       </c>
-      <c r="C87" s="1" t="inlineStr">
+      <c r="C85" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Fédération des agences d'attractivité, de développement et d'innovation (CNER)</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mettre en œuvre une stratégie de développement économique sur votre territoire afin de répondre aux enjeux futurs de celui-ci et gérer au mieux le développement territorial orienter au mieux le futur de votre territoire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   valorisation des secteurs d&amp;#039;activité déjà existants : artisanat, commerce, services, industrie, santé ...
  &lt;/li&gt;
  &lt;li&gt;
   projets d&amp;#039;accueil et d&amp;#039;implantation de nouvelles entreprises
  &lt;/li&gt;
  &lt;li&gt;
   attraction résidentielle : nouveaux talents et nouvelles populations
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Vous souhaitez vous inspirer de pratiques innovantes issues d&amp;#039;autres territoires.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;offre :
 &lt;/p&gt;
 &lt;p&gt;
  Le CNER, fédération des agences d&amp;#039;attractivité, de développement et d&amp;#039;innovation vous propose un accompagnement comprenant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un diagnostic opérationnel de votre territoire en termes de développement économique identifiant les forces, faiblesses et potentialités de mise en dynamique de vos acteurs économiques locaux, de vos filières et des opportunités de renforcement par un développement exogène,
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;émergence d&amp;#039;un positionnement compétitif du territoire basé sur le diagnostic ci-dessus complété du contexte global et des initiatives des autres acteurs institutionnels et d&amp;#039;un benchmark sur des écosystèmes innovants et inspirants
  &lt;/li&gt;
  &lt;li&gt;
   La construction d&amp;#039;axes de développement pour renforcer les potentiels identifiés (stratégie de développement économique)
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;élaboration d&amp;#039;une feuille de route pour mettre en œuvre cette stratégie de développement économique s&amp;#039;appuyant sur les acteurs du territoire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour vous accompagner tout au long de cette démarche, le CNER sollicitera son réseau d&amp;#039;experts aguerris rompus à l&amp;#039;exercice territorial (plus de 30 ans d&amp;#039;expérience dans l&amp;#039;exercice), en prenant en compte les spécificités propres à chacun. Ceux-ci vous aideront à mieux comprendre l&amp;#039;environnement territorial et à appréhender les facteurs clés de succès dans ce type de démarche. Au terme du soutien, ces experts vous laisseront l&amp;#039;ensemble des éléments nécessaires (diagnostic, feuille de route, données, outils et méthodes)  pour que vous puissiez poursuivre le travail en toute autonomie.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M87" s="1" t="inlineStr">
+      <c r="M85" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   valorisation des secteurs d&amp;#039;activité déjà existants : artisanat, commerce, services, industrie, santé ...
  &lt;/li&gt;
  &lt;li&gt;
   projets d&amp;#039;accueil et d&amp;#039;implantation de nouvelles entreprises
  &lt;/li&gt;
  &lt;li&gt;
   attraction résidentielle : nouveaux talents et nouvelles populations &amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Revitalisation
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Industrie</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   g.lombardi&amp;#64;cner-france.com
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>cner@cner-france.com</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/840a-construire-une-strategie-de-developpement-eco/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>119908</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Valoriser les produits alimentaires locaux auprès de l’ensemble des acteurs de votre territoire</t>
         </is>
       </c>
-      <c r="C88" s="1" t="inlineStr">
+      <c r="C86" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez promouvoir l&amp;#039;artisanat alimentaire :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Valoriser les territoires à travers les produits alimentaires ;
  &lt;/li&gt;
  &lt;li&gt;
   Promouvoir des filières, productions et savoir-faire locaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer une offre alimentaire et touristique durable en lien avec les enjeux actuels environnementaux, sanitaires et socio-économiques.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les « Cités du goût et des saveurs » (CG&amp;amp;S), outil des Chambres de Métiers et de l&amp;#039;Artisanat pour l&amp;#039;accompagnement des acteurs de l&amp;#039;alimentaire et des territoires proposent les services suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elaborer une stratégie alimentaire et un plan d&amp;#039;action ;
  &lt;/li&gt;
  &lt;li&gt;
   Structurer des filières alimentaires locales et circuits de proximité ;
@@ -19166,279 +18524,279 @@
  &lt;li&gt;
   Renforcer le rôle des acteurs locaux dans la distribution d&amp;#039;une alimentation saine et de qualité, y compris dans la restauration collective ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer des animations sur le territoire autour de l&amp;#039;alimentation locale et de qualité, la réduction du gaspillage alimentaire, la découverte des savoir-faire et produits artisanaux, etc. ;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner les professionnels de l&amp;#039;alimentation dans la lutte contre le gaspillage alimentaire ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer l&amp;#039;offre touristique autour des savoir-faire et produits locaux (ateliers culinaires, découvertes de savoir-faire, visites d&amp;#039;entreprises, etc.) ;
  &lt;/li&gt;
  &lt;li&gt;
   Former et accompagner les professionnels des métiers de bouche afin d&amp;#039;assurer leur montée en compétence pour répondre aux enjeux de l&amp;#039;alimentation d&amp;#039;aujourd&amp;#039;hui et de demain.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Au travers des actions menées par les CG&amp;amp;S, les thématiques en lien avec l&amp;#039;environnement, l&amp;#039;agriculture, le développement local, la culture, le patrimoine et le tourisme pourront être abordées, si le diagnostic identifie le besoin et si elles sont priorisées dans le plan d&amp;#039;action.
 &lt;/p&gt;
 &lt;p&gt;
  N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Accès aux services
 Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
  &lt;/li&gt;
  &lt;li&gt;
   Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre chambre des métiers et de l&amp;#039;artisanat :
  &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
   https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>jacquot-le-page@cma-france.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6819-valoriser-les-produits-alimentaires-locaux-au/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>119942</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="C89" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I89" s="1" t="inlineStr">
+      <c r="I87" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J89" s="1" t="inlineStr">
+      <c r="J87" s="1" t="inlineStr">
         <is>
           <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
 &lt;/p&gt;
 &lt;p&gt;
  Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M89" s="1" t="inlineStr">
+      <c r="M87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
  &lt;/li&gt;
  &lt;li&gt;
   La transition écologique : par exemple, la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -19467,895 +18825,586 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-      <c r="A90" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>120061</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Représenter les maires et les présidents d'intercommunalité</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Représenter les maires et les présidents d&amp;#039;intercommunalités du Jura auprès des services de l&amp;#039;Etat, des commissions et des groupes de travail départementaux et régionaux, des instances et opérateurs publics et privés partenaires des collectivités afin de préserver les intérêts des communes et de leurs groupements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités d&amp;#039;accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Désigner des maires et/ou présidents d&amp;#039;intercommunalités pour siéger au sein des instances nécessitant la représentation d&amp;#039;élus du bloc communal
  &lt;/li&gt;
  &lt;li&gt;
   Porter la voix des communes et de leurs groupements auprès de diverses instances
  &lt;/li&gt;
  &lt;li&gt;
   Intervenir auprès des pouvoirs publics et des partenaires des collectivités locales
  &lt;/li&gt;
  &lt;li&gt;
   Formuler des propositions pour faciliter l&amp;#039;exercice du mandat ou des compétences
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
+      <c r="R88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T90" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>http://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Madame la Présidente AMJ
  &lt;/li&gt;
  &lt;li&gt;
   2 rue de Pavigny 39000 Lons-le-Saunier
  &lt;/li&gt;
  &lt;li&gt;
   Tél 03-84-86-07-07
  &lt;/li&gt;
  &lt;li&gt;
   contact&amp;#64;amjura.fr
  &lt;/li&gt;
  &lt;li&gt;
   Service assistance juridique, administrative et financière : juridique&amp;#64;amjura.fr
  &lt;/li&gt;
  &lt;li&gt;
   Service formation : formation&amp;#64;amjura.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4e6-representer-les-maires-et-les-presidents-dint/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-      <c r="A91" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>120458</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Avoir un guichet unique pour les aides européennes en Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="C91" s="1" t="inlineStr">
+      <c r="C89" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - FEDER - Fonds européen de développement régional
 EUROPE - FSE + - Fonds social européen
 EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D91" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Mon projet européen</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La période de démarrage d&amp;#039;une nouvelle programmation des FESI (fonds européens structurels et d&amp;#039;investissement) est généralement l&amp;#039;occasion de reposer les ambitions en matière d&amp;#039;animation pour faire connaître les opportunités de financements offertes par l&amp;#039;Union européenne, et accompagner au mieux les porteurs potentiels.
 &lt;/p&gt;
 &lt;p&gt;
  Il est important d&amp;#039;avoir un pilotage général de cette stratégie d&amp;#039;animation via la mise en place d&amp;#039;un guichet d&amp;#039;accueil de premier niveau (boîte mails :
  &lt;strong&gt;
   Mon projet européen).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif de ce guichet unique est d&amp;#039;orienter au mieux le projet en dirigeant le porteur vers le bon financement européen disponible, ou à l&amp;#039;inverse lui indiquer qu&amp;#039;il n&amp;#039;y en a pas en lien avec son projet.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une adresse mail est mise à disposition des porteurs potentiels/porteurs :
  &lt;strong&gt;
   monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce nouvel outil permettra une orientation de premier niveau afin de rediriger les porteurs potentiels/porteurs vers le bon interlocuteur qui pourra les accompagner ensuite vers la définition de son projet dans le respect des règles européennes.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Montagne
 Economie d'énergie et rénovation énergétique
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 International
 Attractivité économique
 Animation et mise en réseau
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S91" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu</t>
         </is>
       </c>
-      <c r="W91" s="1" t="inlineStr">
+      <c r="W89" s="1" t="inlineStr">
         <is>
           <t>http://www.europe-bfc.eu</t>
         </is>
       </c>
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y91" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>andrea.perilli@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z91" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b498-mon-projet-europeen/</t>
         </is>
       </c>
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-[...163 lines deleted...]
-      <c r="A93" s="1">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
         <v>121461</v>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Eduquer au territoire et à l'environnement</t>
         </is>
       </c>
-      <c r="D93" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Education au territoire et à l'environnement</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
         </is>
       </c>
-      <c r="G93" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le syndicat mixte du PNR des Baronnies provençales met en relation un réseau de professionnels susceptibles d&amp;#039;intervenir dans les écoles, les collèges, les lycées et les centres de loisirs et de vacances dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement, avec les communautés pédagogiques.
 &lt;/p&gt;
 &lt;p&gt;
  Les interventions des professionnels sont financées grâce à des subventions régionales gérées par le syndicat mixte du Parc. Les professionnels et les enseignants entrent ainsi dans un réseau de professionnels qui peut bénéficier de formations dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement. Les projets sont valorisés dans plusieurs médias portés par le syndicat mixte du Parc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M93" s="1" t="inlineStr">
+      <c r="M90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  À Taulignan , la classe de Quentin Sanchez est partie sur les traces du patrimoine local grâce à l&amp;#039;œil aiguisé de la photographe Anna Puig - Rosado de l&amp;#039;Atelier Bildo photo. Mêlant histoire moderne et découverte de la photographie, les élèves de CE1- CE2 ont étudié de vieilles cartes postales du village et les lieux représentés. À partir de ces prises de vue, ils se sont concrètement aperçus des changements qu&amp;#039;a connus le village : la filature est devenue salle d&amp;#039;escalade, la gare est devenue gendarmerie, etc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R93" s="1" t="inlineStr">
+      <c r="R90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se trouver dans le périmètre classé du Parc naturel régional des Baronnies provençales, se trouver dans une ville-porte du Parc
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>PNR des Baronnies provençales (Parc naturel régional)</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.baronnies-provencales.fr/publication/le-petit-baroniard-2021/</t>
         </is>
       </c>
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Matthieu MORARD
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission éducation au territoire et à l&amp;#039;environnement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  mmorard&amp;#64;baronnies-provencales.fr
 &lt;/p&gt;
 &lt;p&gt;
  04.75.26.79.03
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>eruin@baronnies-provencales.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/300e-education-au-territoire-et-a-lenvironnement/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...146 lines deleted...]
-      <c r="A95" s="1">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
         <v>122171</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Réaliser des économies d'énergie et d'eau sur votre patrimoine</t>
         </is>
       </c>
-      <c r="D95" s="1" t="inlineStr">
+      <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Conseil en Energie Partagé</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Energies Solidaires association</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Energies Solidaires porte plusieurs dispositifs de service public de la rénovation énergétique sur les Yvelines et accompagne les acteurs locaux au plus près de leurs besoins et contraintes.
 &lt;/p&gt;
 &lt;p&gt;
  Nous proposons un accompagnement personnalisé, pas-à-pas, de l&amp;#039;idée à la réalisation de vos projets de transition énergétique notamment au travers de la mission de Conseil en Energie Partagé de l&amp;#039;ADEME (Agence de la Transition Ecologique).
 &lt;/p&gt;
 &lt;p&gt;
  Vous partagerez sur plusieurs communes les compétences d&amp;#039;un.e conseiller.e qui vous proposera un service objectif et indépendant, sur le long terme, pour un accompagnement et une assistante technique sur les aspect réglementaires, techniques et financiers.
 &lt;/p&gt;
 &lt;p&gt;
  Votre conseiller.e sera force de proposition pour vous permettre de maitriser vos dépenses énergétiques et hydriques mais également dans l&amp;#039;optique de réduire votre empreinte carbone territoriale (objectif national de neutralité carbone à horizon 2050).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur ce dispositif :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   notre site (voir le bouton plus d&amp;#039;information en bas de fiche)
  &lt;/li&gt;
  &lt;li&gt;
   le site de l&amp;#039;ADEME :
   &lt;a href="https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep" target="_self"&gt;
    https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M95" s="1" t="inlineStr">
+      <c r="M91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce que comprend le dispositif CEP (liste non exhaustive)
 &lt;/p&gt;
 &lt;p&gt;
  → Réaliser un inventaire du patrimoine (bâtiments, luminaires, véhicules...) et des usages
 &lt;/p&gt;
 &lt;p&gt;
  → Réaliser un bilan énergétique des trois dernières années de consommations
 &lt;/p&gt;
 &lt;p&gt;
  → Suivi annuel de l&amp;#039;évolution des consommations et des dépenses énergétiques, définition d&amp;#039;indicateurs et reporting dans un tableau de bord pour surveiller leur évolution
 &lt;/p&gt;
 &lt;p&gt;
  → Rédaction de notes et de rapports (état de santé du bâtiment, dépenses énergétiques...)
 &lt;/p&gt;
 &lt;p&gt;
  → Mise en évidence des surconsommations
 &lt;/p&gt;
 &lt;p&gt;
  → Suivi et optimisation des consommations énergétiques des bâtiments
 &lt;/p&gt;
 &lt;p&gt;
  → Proposition de modification de certains réglages (régime de température, mise en place d&amp;#039;un réduit...)
 &lt;/p&gt;
@@ -20392,1629 +19441,1643 @@
 &lt;/p&gt;
 &lt;p&gt;
  → Remplissage de la plateforme OPERAT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ce que ça ne comprend pas (liste non exhaustive)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  → ES aide à la réalisation mais ne réalise pas pour la commune les démarches (administratives, techniques) relatives aux travaux
 &lt;/p&gt;
 &lt;p&gt;
  → Réalisation d&amp;#039;audits énergétiques réglementaires
 &lt;/p&gt;
 &lt;p&gt;
  → Remplissage de la plateforme OPERAT
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Consommation et production
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
+      <c r="R91" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10 000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Communes sur une des 5 EPCI yvelinoises suivantes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Communauté Urbaine Grand Paris Seine &amp;amp; Oise
  &lt;/li&gt;
  &lt;li&gt;
   Communauté d&amp;#039;Agglomération Saint-Germain Boucles de Seine
  &lt;/li&gt;
  &lt;li&gt;
   Communauté de Communes des Portes d&amp;#039;Ile-de-France
  &lt;/li&gt;
  &lt;li&gt;
   Communauté de Communes de Gally-Mauldre
  &lt;/li&gt;
  &lt;li&gt;
   Communauté de Communes Pays Houdanais
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T95" s="1" t="inlineStr">
+      <c r="T91" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>Yvelines</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
         <is>
           <t>https://energies-solidaires.org/conseil-energie/le-conseil-en-energie-partage-cep/</t>
         </is>
       </c>
-      <c r="W95" s="1" t="inlineStr">
+      <c r="W91" s="1" t="inlineStr">
         <is>
           <t>https://energies-solidaires.org/lassociation/contacts/</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Vincent LEVISTRE
  &lt;/li&gt;
  &lt;li&gt;
   Responsable accompagnement des Collectivités
  &lt;/li&gt;
  &lt;li&gt;
   01 39 70 23 06
  &lt;/li&gt;
  &lt;li&gt;
   vincent.levistre&amp;#64;energies-solidaires.org
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier d&amp;#039;une présentation, contactez-nous :
  &lt;a href="https://energies-solidaires.org/lassociation/contacts/" target="_self"&gt;
   https://energies-solidaires.org/lassociation/contacts/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>vincent.levistre@energies-solidaires.org</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4156-realiser-des-economies-denergie-et-deau-sur-v/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-      <c r="A96" s="1">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
         <v>122825</v>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Participer au label national Territoires, Villes et Villages Internet</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Villes Internet</t>
         </is>
       </c>
-      <c r="G96" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Label national Territoires, Villes et Villages Internet est une évaluation des politiques publiques numériques territoriales, unique en Europe.
 &lt;/p&gt;
 &lt;p&gt;
  La marque territoriale « Label National Territoires, Villes et Villages Internet » concerne les villages comme les grandes villes, dès les premiers services connectés aux habitants et usagers du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Ce label national prend la forme d&amp;#039;un panneau en entrée de ville avec 1 à 5 arobases (&amp;#64;) millésimé chaque année. Il se base sur un référentiel de 16 enjeux thématiques et 139 services numériques conçu par des universitaires avec l&amp;#039;association et créé avec l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  Pour participer, les collectivités référencent leurs actions sur la plateforme
   villes-internet.net. Le référentiel sert d&amp;#039;auto-évaluation et de feuille de route quotidienne aux décideurs publics et à leurs agents.
  &lt;br /&gt;
  &lt;br /&gt;
  Chaque année un jury d&amp;#039;experts indépendant étudie plus de 250 dossiers de collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le label national est soutenu depuis près de 25 ans par plusieurs ministères et traditionnellement remis par un membre du gouvernement.
 &lt;/p&gt;
 &lt;p&gt;
  La participation est ouverte à tout EPCI, ville ou village, de toutes tailles et toutes les régions françaises et territoires ultramarins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/site/label-territoires-villes-villages-internet/reglement/" rel="noopener" target="_blank"&gt;
   Consultez le règlement du Label national Territoires, Villes et Villages Internet
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M96" s="1" t="inlineStr">
+      <c r="M92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions de toutes les collectivités sont recensées en accès libre et de manière géolocalisée et thématique dans l&amp;#039;ATLAAS.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/atlaas" rel="noopener" target="_blank"&gt;
   Consultez plus de 30 000 actions de collectivités
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/site/evaluer/" rel="noopener" target="_blank"&gt;
   Consultez le palmarès des éditions antérieures
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche
 Equipement public
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Médias et communication
 Réduction de l'empreinte carbone
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T96" s="1" t="inlineStr">
+      <c r="T92" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V96" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://www.villes-internet.net/site/participez-au-label/</t>
         </is>
       </c>
-      <c r="X96" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour participer rendez-vous sur la page &amp;#34;Participer au label&amp;#34;
  (voir le bouton &amp;#34;descriptif complet&amp;#34; en bas de page) et cliquez sur le bouton &amp;#34;Ma collectivité souhaite participer&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Ou contactez directement l&amp;#039;association Villes Internet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   01 55 06 09 30 |  coordination&amp;#64;villes-internet.net
  &lt;/li&gt;
  &lt;li&gt;
   68 boulevard Malesherbes 75008 Paris
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>fpoznanski@villes-internet.net</t>
         </is>
       </c>
-      <c r="Z96" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb5f-label-national-territoires-villes-et-villages/</t>
         </is>
       </c>
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-      <c r="A97" s="1">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
         <v>123492</v>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
         </is>
       </c>
-      <c r="C97" s="1" t="inlineStr">
+      <c r="C93" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D97" s="1" t="inlineStr">
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G97" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M97" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Sols
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
 Foncier
 Accès aux services
 Cohésion sociale et inclusion
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions</t>
-[...2 lines deleted...]
-      <c r="O97" s="1" t="inlineStr">
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R97" s="1" t="inlineStr">
+      <c r="R93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V97" s="1" t="inlineStr">
-[...20 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-      <c r="A98" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>126842</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Accompagner l'élaboration d'une stratégie de transition écologique</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Trajectoire Durable - Territoire engagé</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime Attractivité</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seine-Maritime Attractivité accompagne les collectivités dans l&amp;#039;élaboration de leur stratégie de développement durable grâce à la démarche Trajectoire Durable.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La démarche repose sur les 17 Objectifs du développement durable de l&amp;#039;ONU ainsi que sur la méthode ISO 37101.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un diagnostic est réalisé sur 6 thématiques :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Stratégie, gouvernance et démocratie locale
  &lt;/li&gt;
  &lt;li&gt;
   Santé et sécurité
  &lt;/li&gt;
  &lt;li&gt;
   Coeur de bourg et territoire
  &lt;/li&gt;
  &lt;li&gt;
   Environnement
  &lt;/li&gt;
  &lt;li&gt;
   Mobilité
  &lt;/li&gt;
  &lt;li&gt;
   Economie et coopération
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  Un plan d&amp;#039;actions est ensuite élaboré. Seine-Maritime Attractivité accompagne la mise en place des actions grâce à la mise en réseau avec les acteurs du territoire.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M98" s="1" t="inlineStr">
+      <c r="M94" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   La ville de Blangy-sur-Bresle a réalisé son diagnostic avec la méthode Trajectoire Durable. Un plan d&amp;#039;actions a été validé pour les trois prochaines années.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Espace public
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Biodiversité
 Equipement public
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adhésion à l&amp;#039;association Seine-Maritime Attractivité
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://www.seine-maritime-attractivite.com/fr/actualites-documents/actualites/developpement-durable-trajectoire-durable-nouvel-accompagnement</t>
         </is>
       </c>
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Mathilda Clennell
  &lt;/li&gt;
  &lt;li&gt;
   Chargée de mission Territoires et Développement Durable
  &lt;/li&gt;
  &lt;li&gt;
   mathilda.clennell&amp;#64;sma76.fr
  &lt;/li&gt;
  &lt;li&gt;
   07 88 47 20 32
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>mathilda.clennell@sma76.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/20e5-accompagner-lelaboration-dune-strategie-de-tr/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>126877</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LES OUTILS DE PLANIFICATION TERRITORIALE
  &lt;/strong&gt;
  &lt;br /&gt;
  Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
   les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M99" s="1" t="inlineStr">
+      <c r="M95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
    Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
    OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
    Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
    PLUi Le Havre Seine Métropole
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   Consulter la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>128963</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Passer un marché public en vue de la réalisation d’un projet de construction et d’aménagement</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Gironde Ressources (ATD)</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Assister le maître d&amp;#039;ouvrage dans toutes les étapes
 de la commande publique dans le cadre d&amp;#039;un projet
 de construction et d&amp;#039;aménagement :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   aider dans la définition du besoin
  &lt;/li&gt;
  &lt;li&gt;
   informer sur la procédure pour la mise en oeuvre
 d&amp;#039;un marché
  &lt;/li&gt;
  &lt;li&gt;
   rédiger les pièces nécessaires à la consultation
 et à la bonne exécution du marché
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités d&amp;#039;accompagnement
 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rencontre avec le conseiller en développement
 territorial et/ou un chef de projet
  &lt;/li&gt;
  &lt;li&gt;
   Détermination du besoin
  &lt;/li&gt;
  &lt;li&gt;
   Proposition d&amp;#039;accompagnement
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M100" s="1" t="inlineStr">
+      <c r="M96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Livrables
 :
 &lt;/p&gt;
 &lt;p&gt;
  Documents inhérents aux marchés publics (règlement de
 la consultation, cahier des charges, cahier des clauses
 administratives particulières, acte d&amp;#039;engagement...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Equipement public
 Logement et habitat
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Saisine officielle de l&amp;#039;exécutif
  &lt;/li&gt;
  &lt;li&gt;
   Fourniture de documents administratifs et études
 diverses relatifs au projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Gironde Ressources
 &lt;/p&gt;
 &lt;p&gt;
  05 56 99 57 70
 &lt;/p&gt;
 &lt;p&gt;
  contact&amp;#64;gironderessources.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>contact@gironderessources.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fb7e-passer-un-marche-public-en-vue-de-la-realisat/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>128974</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Demander une subvention au titre de la convention interrégionale du Massif central (CIMAC) 2021-2027</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Convention interrégionale du Massif central (CIMAC) 2021-2027</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Commissariat du Massif Central</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I101" s="1" t="inlineStr">
+      <c r="I97" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espace public
 Accès aux services
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Réhabilitation
 Paysage
 Accessibilité
 Attractivité économique
 Animation et mise en réseau
 Artisanat
 Mobilité pour tous
 Connaissance de la mobilité
 Spectacle vivant
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Consulter la
  &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/1.-CIMAC-21-27.pdf" target="_self"&gt;
   convention de massif
  &lt;/a&gt;
  et sa
  &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/2.-Plaquette-presentation_convention_massif_central_21_27.pdf" target="_self"&gt;
   plaquette de présentation
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T101" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Massif central</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://www.massif-central.eu/jai-un-projet/deposer-un-dossier/je-ne-sollicite-pas-de-feder/</t>
         </is>
       </c>
-      <c r="W101" s="1" t="inlineStr">
+      <c r="W97" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/demande-de-subvention-cimac-2021-2027</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ANCT Commissariat du Massif central
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.massif-central.eu/contact/carnets-de-contacts/animateurs-thematiques/" target="_self"&gt;
   Coordonnées des chargés de mission thématiques
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  et
  &lt;a target="_self"&gt;
   massif.central&amp;#64;anct.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>massif.central@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>129731</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Répondre collectivement aux défis éducatifs des enfants et des jeunes - Cité éducative de Chambéry</t>
         </is>
       </c>
-      <c r="C102" s="1" t="inlineStr">
+      <c r="C98" s="1" t="inlineStr">
         <is>
           <t>Cités éducatives
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Caisse des écoles de Chambéry</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I102" s="1" t="inlineStr">
+      <c r="I98" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="J102" s="1" t="inlineStr">
+      <c r="J98" s="1" t="inlineStr">
         <is>
           <t>Taux moyen de 50%, autofinancement et/ou cofinancements obligatoires</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions accordées par la cité éducative doivent contribuer à un ou plusieurs des objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   faciliter les coopérations entre les membres de la communauté éducative
  &lt;/li&gt;
  &lt;li&gt;
   faciliter l&amp;#039;engagement des jeunes et des parents dans la vie des associations et des institutions du champ éducatif (sport, culture, éducation populaire...)
  &lt;/li&gt;
  &lt;li&gt;
   soutenir les parents dans la relation avec leurs enfants et sur les questions éducatives
  &lt;/li&gt;
  &lt;li&gt;
   enrichir les parcours d&amp;#039;éducation et d&amp;#039;insertion des enfants et des jeunes (sport, culture, numérique, santé, citoyenneté, écologie...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le projet doit répondre à des besoins des enfants et des jeunes de 0 à 25 ans ou des parents des quartiers prioritaires qui ne trouvent pas de réponse dans l&amp;#039;offre de service existante ou renforcer un service existant.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M102" s="1" t="inlineStr">
+      <c r="M98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Renforcement de l&amp;#039;animation de rue à destination des jeunes, renforcement de l&amp;#039;offre culturelle, sportive, numérique et de plein air, découverte du monde professionnel, actions favorisant l&amp;#039;acquisition du langage chez les tout-petits, soutien aux parents et aux professionnels (usage des écrans par les enfants et les jeunes, égalité filles-garçons...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Lutte contre la précarité
 Animation et mise en réseau
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit impliquer plusieurs établissements, associations, institutions ou entreprises compétents sur la thématique du projet, en particulier pour améliorer la continuité éducative entre école et temps libre ou pour faciliter le passage de la petite enfance à l&amp;#039;enfance, de l&amp;#039;enfance à l&amp;#039;adolescence ou de l&amp;#039;adolescence à l&amp;#039;âge adulte.
 &lt;/p&gt;
 &lt;p&gt;
  Des enfants, des jeunes ou des parents des quartiers prioritaires doivent participer au moins à l&amp;#039;évaluation du projet, à sa définition (au sein de focus groupes, groupes de travail, panels d&amp;#039;usagers...) et si possible à la mise en oeuvre (assurer des permanences, être relais d&amp;#039;information, former ses pairs, participer à l&amp;#039;animation ou l&amp;#039;organisation d&amp;#039;événements...).
 &lt;/p&gt;
 &lt;p&gt;
  Les actions doivent se dérouler dans un ou plusieurs quartiers prioritaires : Hauts de Chambéry, Biollay, Bellevue. Si ce n&amp;#039;est pas le cas, le projet doit agir sur les freins qui limiteraient l&amp;#039;accès des habitants des quartiers prioritaires aux actions proposées.
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet et l&amp;#039;ensemble de ses partenaires doivent respecter les valeurs de la république et les principes de laïcité et intégrer la question de l&amp;#039;égalité entre les femmes et les hommes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Chambéry</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.chambery.fr/3704-chambery-cite-educative.htm</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les habitants, les associations, les institutions autres que l&amp;#039;Education Nationale :
 &lt;/p&gt;
 &lt;p&gt;
  Clémentine Mouilleron, 07 84 06 20 47, cite.educative&amp;#64;mairie-chambery.fr
 &lt;/p&gt;
 &lt;p&gt;
  Pour l&amp;#039;Education Nationale :
 &lt;/p&gt;
 &lt;p&gt;
  Gisèle Beck, 06 10 81 42 23, referenten.citeduc&amp;#64;ac-grenoble.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>c.mouilleron@mairie-chambery.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/feee-cite-educative-de-chambery/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>131354</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Représenter les maires et les présidents de communautés</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Association des maires et des présidents de communautés de l'Ardèche</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Représenter les maires et les présidents de communautés de l&amp;#039;Ardèche auprès des services de l&amp;#039;Etat, des commissions et des groupes de travail départementaux, régionaux et nationaux, des instances et opérateurs publics et privés partenaires des collectivités afin de préserver les intérêts et droits des élus ainsi que des communes et de leurs groupements.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M103" s="1" t="inlineStr">
+      <c r="M99" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Désigner des maires et/ou présidents d&amp;#039;intercommunalités pour siéger au sein des instances nécessitant la représentation d&amp;#039;élus du bloc local
  &lt;/li&gt;
  &lt;li&gt;
   Porter la voix des élus, des communes et de leurs groupements auprès de diverses instances
  &lt;/li&gt;
  &lt;li&gt;
   Intervenir auprès des pouvoirs publics et des partenaires des collectivités locales
  &lt;/li&gt;
  &lt;li&gt;
   Formuler des propositions pour faciliter l&amp;#039;exercice du mandat ou des compétences
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre adhérent de l&amp;#039;association
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Ardèche</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://adm07.innogam.cloud/index.php/s/AntBGEyJwrdnsGk</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Association des maires et des présidents de communautés de l&amp;#039;Ardèche
 &lt;/p&gt;
 &lt;p&gt;
  Fleur RICHARD
 &lt;/p&gt;
 &lt;p&gt;
  7, cours du temple
 &lt;/p&gt;
 &lt;p&gt;
  07000 Privas
 &lt;/p&gt;
 &lt;p&gt;
  04 75 66 84 34 - contact&amp;#64;amf07.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>contact@amf07.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c28c-representer-les-maires-et-les-presidents-dint/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>131819</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de formations pluridisciplinaires</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Formation des élus</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Association des maires et présidents de communautés des Vosges (AMV 88)</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;AMV 88 est
  &lt;strong&gt;
   organisme agréé
  &lt;/strong&gt;
  depuis 1994 par le ministère chargé des collectivités territoriales pour la formation des élus. L&amp;#039;Association conçoit chaque année une
  &lt;strong&gt;
   offre d&amp;#039;actions animées par des intervenants reconnus
  &lt;/strong&gt;
  pour leur maîtrise du sujet et leur connaissance du rôle des élus et de leur quotidien.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Les formations sont destinées aux maires et présidents d&amp;#039;intercommunalité, adjoints et vice-présidents ainsi qu&amp;#039;aux conseillers municipaux et communautaires.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Les réunions d&amp;#039;informations sont ouvertes aux agents des collectivités.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M104" s="1" t="inlineStr">
+      <c r="M100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour répondre aux attentes des élus, l&amp;#039;AMV 88 propose un large choix de formations :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La fiscalité de l&amp;#039;intercommunalité et son incidence sur les communes
  &lt;/li&gt;
  &lt;li&gt;
   La mise en place du budget et les nouvelles dispositions de la loi finances 2023
  &lt;/li&gt;
  &lt;li&gt;
   La recherche de cofinancement pour vos projets communaux et intercommunaux
  &lt;/li&gt;
  &lt;li&gt;
   Les marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Les pouvoirs de police
  &lt;/li&gt;
  &lt;li&gt;
   La taxe d&amp;#039;aménagement
  &lt;/li&gt;
@@ -22072,738 +21135,738 @@
   &lt;br /&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des visites thématiques ou réunions d&amp;#039;information :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Transfert des compétences eau et assainissement
  &lt;/li&gt;
  &lt;li&gt;
   Zones humides : environnement et urbanisme
  &lt;/li&gt;
  &lt;li&gt;
   Visite d&amp;#039;une unité de méthanisation
  &lt;/li&gt;
  &lt;li&gt;
   Route Vosgienne de l&amp;#039;Energie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transition énergétique
 Logement et habitat
 Appui méthodologique
 Animation et mise en réseau
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhérer à l&amp;#039;Association
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>Vosges</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://www.maires88.asso.fr/formation-et-information-des-elus</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez retrouver les
  &lt;strong&gt;
   programmes détaillés et bulletins d&amp;#039;inscription
  &lt;/strong&gt;
  des formations ou réunions d&amp;#039;information sur le site de l&amp;#039;AMV 88.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, vous pouvez contacter Marie-Paule MASSON par téléphone au 03 29 29 88 23 ou par mail à
  &lt;a target="_self"&gt;
   mpmasson&amp;#64;vosges.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  AMV 88
  &lt;br /&gt;
  Courriel :
  &lt;a target="_self"&gt;
   amv88&amp;#64;vosges.fr
  &lt;/a&gt;
  &lt;br /&gt;
  Tél. : 03 29 29 88 30
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>amv88@vosges.fr</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9fda-former-et-informer-les-elus/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>131823</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Se déplacer au congrès annuel de l'AMF</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Association des maires et présidents de communautés des Vosges (AMV 88)</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;AMV 88 organise un
  &lt;strong&gt;
   déplacement &amp;#34;clés en main&amp;#34;
  &lt;/strong&gt;
  afin de permettre à ses adhérents de se rendre au
  &lt;strong&gt;
   congrès annuel de l&amp;#039;AMF
  &lt;/strong&gt;
  (Association des Maires de France et des présidents d&amp;#039;intercommunalité).
 &lt;/p&gt;
 &lt;p&gt;
  Ce grand événement se déroule habituellement en novembre à Paris.
 &lt;/p&gt;
 &lt;p&gt;
  Le prix de ce déplacement inclut les frais de transport, d&amp;#039;hébergement, de restauration, ainsi que les spectacles et visites organisés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M105" s="1" t="inlineStr">
+      <c r="M101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les participants au Congrès assistent à l&amp;#039;assemblée générale de l&amp;#039;AMF mais peuvent également assister à de nombreuses conférences, débats en plénière, forums thématiques ou points infos sur les
  &lt;strong&gt;
   grands sujets d&amp;#039;actualité ou d&amp;#039;action des communes
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  C&amp;#039;est l&amp;#039;occasion de
  &lt;strong&gt;
   débattre, d&amp;#039;échanger et d&amp;#039;interpeller les pouvoirs publics
  &lt;/strong&gt;
  sur des enjeux majeurs comme l&amp;#039;avenir de la décentralisation, la transition écologique, l&amp;#039;accès aux services essentiels de proximité ou encore l&amp;#039;évolution des finances locales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adhérer à l&amp;#039;Association.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>Vosges</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://www.maires88.asso.fr/deplacement-au-congres-de-lamf</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez retrouver
  &lt;strong&gt;
   le
  &lt;/strong&gt;
  &lt;strong&gt;
   programme du Congrès et le bulletin d&amp;#039;inscription
  &lt;/strong&gt;
  &lt;strong&gt;
   au déplacement &amp;#34;clés en main&amp;#34;
  &lt;/strong&gt;
  sur le site de l&amp;#039;AMV 88
  &lt;em&gt;
   (éléments qui sont publiés sur une période)
  &lt;/em&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, vous pouvez contacter Marie-Paule MASSON par téléphone au 03 29 29 88 23 ou par mail à
  &lt;a target="_self"&gt;
   mpmasson&amp;#64;vosges.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  AMV 88
  &lt;br /&gt;
  Courriel :
  &lt;a target="_self"&gt;
   amv88&amp;#64;vosges.fr
  &lt;/a&gt;
  &lt;br /&gt;
  Tél. : 03 29 29 88 30
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>amv88@vosges.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6e6e-deplacement-au-congres-annuel-de-lamf/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>133055</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire de l’habitat et du foncier (OHF)</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La loi Climat et résilience du 22 août 2021 prévoit de faire évoluer les anciens dispositifs d&amp;#039;observation de l&amp;#039;habitat, en observatoires de l&amp;#039;habitat et du foncier (OHF). Ces observatoires doivent être créé au plus tard dans les trois années après la mise en place d&amp;#039;un PLH. Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. La loi climat a renforcé leur rôle ainsi que celui des EPF pour aider les collectivités dans la mise en place de ces outils.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les observatoires de l&amp;#039;habitat et du foncier (OHF) ont pour mission de suivre la conjoncture des marchés fonciers et immobiliers et d&amp;#039;identifier les disponibilités foncières. Cette analyse s&amp;#039;appuie sur le recensement des friches constructibles, des locaux vacants, des secteurs à densifier, des secteurs à enjeux et des surfaces pour la surélévation, des surfaces non imperméabilisées ou éco-aménageables et des espaces non bâtis nécessaires au maintien des continuités écologiques dans les secteurs urbanisés et sur un inventaire des zones d&amp;#039;activités économiques et sur le suivi du parc de logements (privés, sociaux, en accession à la propriété, l&amp;#039;habitat dégradé).
 &lt;/p&gt;
 &lt;p&gt;
  Les observatoires doivent rendre compte annuellement du nombre de logement construits sur des espaces déjà urbanisés et sur des zones ouvertes à l&amp;#039;urbanisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M106" s="1" t="inlineStr">
+      <c r="M102" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Addrn, l&amp;#039;agence d&amp;#039;urbanisme de la région de Saint-Nazaire a réalisé un Observatoire du Foncier, de l&amp;#039;habitat et économique.
   &lt;a href="https://addrn.fr/page-mosaique/foncier_habitat_economie/" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;Epures, l&amp;#039;agence d&amp;#039;urbanisme de la région Stéphanoise a réalisé un Observatoire des marchés fonciers de la Loire.
   &lt;a href="https://www.epures.com/index.php/publications/epures/foncier" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;Aurg, l&amp;#039;agence d&amp;#039;urbanisme de la region Grenobloise a réalisé l&amp;#039;observatoire foncier partenarial de l&amp;#039;isere (Ofpi).
   &lt;a href="https://ofpi.aurg.org/#c&amp;#61;home" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Topos, l&amp;#039;agence d&amp;#039;urbanisme des territoires de l&amp;#039;orléannais a réalisé un observatoire des copropriétés de la métropole d&amp;#039;Orléans.
   &lt;a href="https://www.topos-urba.org/publications/focus-n4-lobservatoire-des-coproprietes-un-outil-pour-prevenir-les-situations-de-fragilite/" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/92de-etre-aide-pour-observer-les-territoires/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>133057</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des secteurs prioritaires de précarité énergétique</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="C103" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les logements dont les consommations énergétiques et/ou les émissions de gaz à effet de serre sont élevées (classés E, F, G), vont progressivement faire l&amp;#039;objet de restriction et d&amp;#039;interdiction à la location. Ce sont donc des cibles prioritaires pour la politique publique de rénovation de l&amp;#039;habitat.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Eu égard à leur période de construction, leur typologie (maisons individuelles, copropriétés), leur taille, leur énergie de chauffage ou leur statut d&amp;#039;occupation, ces logements ne nécessiteront pas le même type de réhabilitation ou d&amp;#039;accompagnement des ménages. Une connaissance territoriale fine de l&amp;#039;habitat et sa précarité énergétique est indispensable pour orienter les choix stratégiques des collectivités en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise dans l&amp;#039;identification des « passoires thermiques » et dans les stratégies territoriales à mettre en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
+      <c r="M103" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;agence d&amp;#039;urbanisme de Rennes réalise une série de travaux afin de brosser le portrait global des performances énergétiques des logements de la métropole. Ces travaux permettront d&amp;#039;orienter les choix stratégiques de celle-ci en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
   &lt;a href="https://www.audiar.org/sites/default/files/documents/etudes/audiar_note-performance-energetique-logements-rm_web_0.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;atelier parisien d&amp;#039;urbanisme a inscrit dans son programme partenarial d&amp;#039;accompagner les besoins de demain et notamment d&amp;#039;accélérer la rénovation du bâti et l&amp;#039;adaptation climatique.  Dans ce cadre, l&amp;#039;atelier a publié récemment des travaux sur l&amp;#039;enjeu de la rénovation énergétique des logements à Paris.
   &lt;a href="https://www.apur.org/sites/default/files/8p212_logement_enjeux_renovation_energie_forts_paris.pdf?token&amp;#61;GMthf7Bn" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ba78-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>133058</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour réaliser un inventaire des zones d'activités économiques (ZAE)</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans un contexte de rareté du foncier, les zones d&amp;#039;activités économiques (ZAE) représentent une part importante de foncier artificialisé dont les usages sont à repenser en raison de leur perte d&amp;#039;attractivité. Sont considérés comme zone d&amp;#039;activité : « les zones d&amp;#039;activités industrielle, commerciale, tertiaire, artisanale, touristique, portuaire ou aéroportuaire ».  Pour améliorer la connaissance sur les ZAE et réfléchir sur leurs potentiels de requalification, la loi impose aux collectivités de réaliser un inventaire de leurs zones d&amp;#039;activités économiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;inventaire doit être établit par l&amp;#039;EPCI qui est l&amp;#039;autorité compétente en matière de création, d&amp;#039;aménagement et de gestion des zones d&amp;#039;activités. L&amp;#039;inventaire doit contenir trois étapes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un état parcellaire des unités foncières de la zone d&amp;#039;activité économique (qui identifie la surface de chaque unité foncière et le propriétaire) ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;identification des occupants de la zone d&amp;#039;activité économique ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;identification du taux de vacance de la zone d&amp;#039;activité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La vacance est définie selon trois critères :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une absence d&amp;#039;affectation de l&amp;#039;unité foncière à « une activité assujettie à la cotisation foncière des entreprises (CFE) ;
@@ -22834,239 +21897,239 @@
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M108" s="1" t="inlineStr">
+      <c r="M104" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Audélor, l&amp;#039;agence d&amp;#039;urbanisme, de développement économique et technopole du Pays de Lorient a réalisé un observatoire des sites d&amp;#039;activités du Pays de Lorient. L&amp;#039;observatoire est composé de tableau de bord sur le foncier économique disponible dans les zones d&amp;#039;activités et de fiches descriptives pour chacune des zones d&amp;#039;activités.
   &lt;a href="https://www.audelor.com/observatoires-et-etudes/zones-d-activites/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;agape, l&amp;#039;agence d&amp;#039;urbanisme et de développement durable Lorraine Nord a créé un outil de connaissance web cartographique de suivi des zones d&amp;#039;activités économiques.
   &lt;a href="https://www.agape-lorrainenord.eu/les-ressources/les-produits-de-donnees/actualite/occaze.html" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7c38-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>133059</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
         </is>
       </c>
-      <c r="C109" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
 &lt;/p&gt;
 &lt;p&gt;
  Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M109" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes pré opératoire à la renaturation des espaces en ville
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
   &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
   &lt;em&gt;
    Renaturer les milieux urbains
   &lt;/em&gt;
   » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
   &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
@@ -23087,534 +22150,344 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Etudes d&amp;#039;identification des gisements de renaturation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
   &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
    Consulter les travaux
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
   &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T109" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-[...22 lines deleted...]
-      <c r="H110" s="1" t="inlineStr">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>138965</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer les inventaires des zones d'activités économiques</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Inventaire des ZAE</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Agence Territoriale d'Ingénierie Publique (ATIP)</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
-[...195 lines deleted...]
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre de la loi Climat et Résilience, l&amp;#039;ATIP élabore l&amp;#039;inventaire des ZAE en permettant à la collectivité de disposer d&amp;#039;un véritable recensement de l&amp;#039;ensemble des espaces économiques du territoire concerné (zones d&amp;#039;activités, grandes entreprises, sites d&amp;#039;intérêt en cas de mutation, zones programmées au document d&amp;#039;urbanisme). Les unités foncières sont représentées, les propriétaires et locataires identifiés ainsi que le taux de vacance par ZAE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de l&amp;#039;ATIP pour définir les modalités de réalisation de l&amp;#039;inventaire. Une convention sera établie entre la collectivité et l&amp;#039;ATIP pour définir les modalités d&amp;#039;accompagnement et le coût.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide s&amp;#039;adresse aux collectivités adhérentes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>Bas-Rhin</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.atip67.fr/</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Responsables de territoires
 &lt;/p&gt;
 &lt;p&gt;
  Nord : Mme GEORGEL Marie-Paule / 03 68 33 87 27
 &lt;/p&gt;
 &lt;p&gt;
  marie-paule.georgel&amp;#64;atip67.fr
 &lt;/p&gt;
 &lt;p&gt;
  Sud : Mme ALBERT Paulette / 03 88 76 66 77
 &lt;/p&gt;
 &lt;p&gt;
  paulette.albert&amp;#64;atip67.fr
 &lt;/p&gt;
 &lt;p&gt;
  Ouest : M. ALBERICO Jean-Baptiste / 03 88 76 66 69
 &lt;/p&gt;
 &lt;p&gt;
  jean-baptiste.alberico&amp;#64;atip67.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>rachel.fontenit@atip67.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/78a0-elaborer-les-inventaires-des-zones-dactivites/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>139927</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D112" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -23660,168 +22533,168 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P112" s="1" t="inlineStr">
+      <c r="P107" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q112" s="1" t="inlineStr">
+      <c r="Q107" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>142693</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Co-construire votre projet de territoire intelligent avec l'ensemble des parties prenantes</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La transformation numérique représente une révolution culturelle. Elle constitue également un enjeu politique majeur pour la transition écologique et solidaire de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans l&amp;#039;élaboration de votre projet de territoire intelligent, depuis l&amp;#039;identification des besoins collectifs jusqu&amp;#039;à la mise en place des solutions technologiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mettre le numérique au service de votre projet de territoire : par où commencer ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment choisir les solutions les plus adaptées ?
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement vers de nouvelles pratiques : comment réussir la conduite du changement ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment rendre l&amp;#039;usage de la donnée pertinent pour favoriser la prise de décision ?
@@ -23861,176 +22734,176 @@
   Identification et priorisation de vos besoins
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Co-construction de la stratégie numérique au service du projet de territoire
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mobilisation des parties prenantes
  &lt;/li&gt;
  &lt;li&gt;
   Animation d&amp;#039;ateliers d&amp;#039;intelligence collective : vision partagée, grandes orientations
  &lt;/li&gt;
  &lt;li&gt;
   Formalisation du plan d&amp;#039;actions opérationnel (démarche itérative)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des services et montée en compétence des agents
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la rédaction des cahiers des charges pour le choix des solutions techniques adaptées
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M113" s="1" t="inlineStr">
+      <c r="M108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Grand Bassin de Bourg-en-Bresse
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un séminaire pour les élus : intégrer la transformation numérique dans le projet de territoire du Grand Bassin de Bourg-en-Bresse
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Espace public
 Voirie et réseaux
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Commerces et services
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Médias et communication
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/co-construire-votre-projet-territoire-intelligent-ensemble</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e9b1-co-construire-votre-projet-de-territoire-inte/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>143278</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Intégrer l'économie circulaire dans vos projets de construction et d'aménagement (Label 2EC)</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Label 2ECEngager une démarche d&amp;#039;économie circulaire dans le BTP répond à de fortes attentes sociétales. En tant que porteur de projet, votre levier d&amp;#039;action consiste à réduire la production et à recycler les déchets dans une double motivation environnementale et économique. Le label 2EC, concourt à la réussite et à l&amp;#039;acceptabilité de vos projets. Le Cerema pilote son déploiement pour le compte du Ministère de la Transition écologique. A ce titre, il vous accompagne pour obtenir le label et promouvoir vos engagements à chaque étape clé de vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Vous envisagez de réaliser un projet de construction ou d&amp;#039;aménagement et vous souhaitez :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser son acceptabilité sociale
  &lt;/li&gt;
  &lt;li&gt;
   Réduire son empreinte environnementale par l&amp;#039;utilisation de matériaux alternatifs, la prévention et le recyclage des déchets, tout en optimisant les couts de gestion associés
  &lt;/li&gt;
  &lt;li&gt;
   Maîtriser les risques en appliquant une méthodologie éprouvée d&amp;#039;infrastructures de transport
  &lt;/li&gt;
  &lt;li&gt;
   Renforcer la visibilité de vos engagements en faveur de l&amp;#039;économie circulaire.
@@ -24147,277 +23020,277 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Valoriser des matériaux alternatifs dans le cadre de vos projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Tracer l&amp;#039;origine des matériaux
  &lt;/li&gt;
  &lt;li&gt;
   Vérifier la conformité environnementale des matériaux utilisés
  &lt;/li&gt;
  &lt;li&gt;
   Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, rendez-vous sur le site du Label :
  &lt;a target="_self"&gt;
   www.label-2ec.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/integrer-economie-circulaire-vos-projets-construction</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa3a-integrer-leconomie-circulaire-dans-vos-projet/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>143279</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Apporter un appui technique aux gestionnaires d’ouvrages de protection contre les inondations</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La sécurité et la fonctionnalité des ouvrages hydrauliques de protection contre les inondations sont au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
 &lt;/p&gt;
 &lt;p&gt;
  Pour cela, vous cherchez un appui technique et une expertise pointue en mesure de vous accompagner par le biais de visites techniques, diagnostics et études réglementaires (études de danger...) sur l&amp;#039;organisation de la maintenance et des travaux d&amp;#039;entretien et l&amp;#039;assistance aux travaux de reconstruction ou réhabilitation des digues et écluses.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema dispose de l&amp;#039;ensemble des compétences techniques et réglementaires lui permettant d&amp;#039;intervenir et d&amp;#039;apporter un appui aux collectivités à tous les niveaux et sur l&amp;#039;ensemble des problématiques associées à la gestion des ouvrages de protection contre les inondations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui à la définition des systèmes de protection et des sollicitations hydrauliques ou mécaniques
  &lt;/li&gt;
  &lt;li&gt;
   Visites techniques approfondies et diagnostics techniques de l&amp;#039;état des ouvrages
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la définition de politiques d&amp;#039;entretien et de surveillance
  &lt;/li&gt;
  &lt;li&gt;
   Expertises et définition de solutions de confortement ou de travaux lourds
  &lt;/li&gt;
  &lt;li&gt;
   Études réglementaires : Études de danger, dossiers d&amp;#039;autorisation loi sur l&amp;#039;eau...
  &lt;/li&gt;
  &lt;li&gt;
   Conseils et AMO pour les études et travaux
  &lt;/li&gt;
  &lt;li&gt;
   Formation des personnels
  &lt;/li&gt;
  &lt;li&gt;
   Développement de partenariat de recherche et d&amp;#039;innovation sur le suivi, l&amp;#039;entretien et les travaux sur les ouvrages hydrauliques.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Risques naturels
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/apporter-appui-technique-aux-gestionnaires-ouvrages</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/18cd-apporter-un-appui-technique-aux-gestionnaires/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>143283</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Modéliser et proposer des solutions face aux nuisances (via des études environnementales)</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous désirez modéliser et proposer des solutions face aux nuisances et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue capable de réaliser l&amp;#039;exploitation de données environnementales en Air, Bruit et/ou Vibrations (enrichissement, croisement ou interprétation) afin de proposer des solutions adaptées à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous vous proposons un accompagnement pour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Modéliser des nuisances (pollution de l&amp;#039;air, bruit, vibrations), leurs impacts sanitaires et des scénarios d&amp;#039;atténuation
  &lt;/li&gt;
  &lt;li&gt;
   Faire un diagnostic d&amp;#039;une situation particulière
  &lt;/li&gt;
  &lt;li&gt;
@@ -24430,283 +23303,283 @@
   Disposer de techniques de réduction des nuisances
  &lt;/li&gt;
  &lt;li&gt;
   Vérifier la conformité ou l&amp;#039;efficacité d&amp;#039;équipements mis en place pour réduire des nuisances - disposer d&amp;#039;une expertise pour des nuisances, dans un cadre juridique ou non.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nos atouts
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le Cerema travaille depuis de nombreuses années sur la collecte et l&amp;#039;exploitation de données environnementales. Sa connaissance des différentes disciplines lui permet une exploitation experte des données, en apportant au commanditaire une vision globale des enjeux et un appui à une exploitation ultérieure.
  &lt;/li&gt;
  &lt;li&gt;
   Le Cerema dispose de plus d&amp;#039;une excellente connaissance et de liens historiques avec les acteurs qui peuvent être concernés dans ces différents domaines (services de l&amp;#039;État, collectivités, gestionnaires d&amp;#039;infrastructures, établissements publics travaillant dans ces thématiques, acteurs de la santé environnementale...). Cela permet au Cerema de mettre en œuvre une offre complète, diversifiée et adaptée à chaque situation.
  &lt;/li&gt;
  &lt;li&gt;
   Sa connaissance de l&amp;#039;état de l&amp;#039;art, des liens possibles entre thématiques et des opérations déjà réalisées permet au commanditaire de mieux définir les besoins, afin de répondre pleinement à l&amp;#039;usage qui va en être fait ensuite.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transition énergétique
 Qualité de l'air
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/etudes-environnementales-modeliser-proposer-solutions-face</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d7e6-modeliser-et-proposer-des-solutions-face-aux-/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>143286</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Réaliser un schéma directeur Réseau de chaleur</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Recherche</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le concept de schéma directeur s&amp;#039;inscrit dans une démarche d&amp;#039;anticipation dont l&amp;#039;objectif est d&amp;#039;aider chaque maître d&amp;#039;ouvrage d&amp;#039;un réseau existant à réaliser un exercice de projection sur le devenir de son réseau à l&amp;#039;horizon 2020, en lien avec les abonnés et de lui fournir différents scénarios qui lui permettront de décider d&amp;#039;une programmation de travaux à entreprendre durant cette période.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema peut vous accompagner dans votre démarche Schéma Directeur sur le volet Réseaux de chaleur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Grâce aux outils et aux données du groupe Réseaux de chaleur, le Cerema vous accompagne au stade amont de la réflexion sur le schéma directeur afin d&amp;#039;orienter les premiers choix (schéma multi-énergie, schéma multi-réseaux de chaleur, recherches des opportunités locales et régionales de développement, amorce des contacts avec les acteurs locaux et régionaux des réseaux de chaleur etc). L&amp;#039;équipe « Réseaux de chaleur » du Cerema définit le cahier des charges de l&amp;#039;étude et le choix des prestataires.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema apporte son expertise tout au long des étapes clés de la réalisation d&amp;#039;un schéma directeur, à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   constituer un comité de pilotage,
  &lt;/li&gt;
  &lt;li&gt;
   dresser un diagnostic technico-économique du réseau,
  &lt;/li&gt;
  &lt;li&gt;
   réaliser un exercice de projection à l&amp;#039;horizon 2020 sur le potentiel d&amp;#039;évolution du        réseau,
  &lt;/li&gt;
  &lt;li&gt;
   élaborer différents scénarios d&amp;#039;évolution,
  &lt;/li&gt;
  &lt;li&gt;
   proposer un plan d&amp;#039;actions.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   Pour en savoir plus, consultez le site Réseaux de chaleur du Cerema :
   &lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur" target="_self"&gt;
    https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur
   &lt;/a&gt;
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Réhabilitation
 Appui méthodologique
 Animation et mise en réseau
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/realiser-schema-directeur-reseau-chaleur</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a85b-realiser-un-schema-directeur-reseau-de-chaleu/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>143360</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Apprendre à réaliser une Enquête Mobilité Certifiée Cerema (EMC²) - Formation</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Réaliser une Enquête Mobilité Certifiée Cerema (EMC²) - Formation</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les enquêtes ménages-déplacements alimentent les politiques publiques depuis la fin des années 1970.
  &lt;br /&gt;
  Initialement conçues pour les zones denses des grandes agglomérations (EMD), les enquêtes ont été déclinées dans les villes moyennes (Enquête Déplacements Villes Moyennes – EDVM) et les couronnes périurbaines (Enquête Déplacements Grands Territoires – EDGT).
  &lt;br /&gt;
  &lt;br /&gt;
  Aujourd&amp;#039;hui, ces méthodes ont été harmonisées pour n&amp;#039;en former qu&amp;#039;une seule : l&amp;#039;enquête mobilité certifiée Cerema (EMC2).
 Avec sa méthodologie modulable, elle s&amp;#039;adapte aux besoins des territoires et étend ses champs de construction de la connaissance.
 Elle continue d&amp;#039;être largement réalisée par les collectivités qui ont besoin de mettre à jour leurs indicateurs de planification et/ou leur modèle multimodaux de prévision de trafic.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS PÉDAGOGIQUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  A l&amp;#039;issue du module, les stagiaires doivent être en capacité de :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -24829,143 +23702,143 @@
 &lt;/p&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ACCESSIBILITÉ DE NOS FORMATIONS AUX PERSONNES EN SITUATION DE HANDICAP
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement, merci de contacter le référent handicap
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉLAIS D&amp;#039;ACCÈS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T113" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-realiser-enquete-mobilite-certifiee-cerema-emc2</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa26-formation-realiser-une-enquete-mobilite-certi/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>143361</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’efficacité et la sécurité des bus à haut niveau de service</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   VOTRE BESOIN :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de votre projet de bus à haut niveau de service (BHNS) par un organisme expert est importante pour garantir son bon fonctionnement. Si elle n&amp;#039;est pas obligatoire, tous les retours d&amp;#039;expériences montrent les bénéfices qu&amp;#039;elle amène.
 &lt;/p&gt;
 &lt;p&gt;
  Compétent en matière d&amp;#039;aménagements incluant tous types d&amp;#039;usagers (dont les personnes à mobilité réduite), le Cerema vous accompagne à chaque étape de votre démarche, de la conception à l&amp;#039;optimisation de votre ligne BHNS.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous avez un projet de création ou d&amp;#039;extension de ligne de BHNS ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez garantir un haut niveau de service et de sécurité routière ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous ambitionnez un meilleur partage de l&amp;#039;espace avec les modes actifs ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous envisagez des modifications pour optimiser une ligne existante ? Vous voulez évaluer sa qualité d&amp;#039;usage ?
  &lt;/li&gt;
@@ -25030,183 +23903,183 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Modifier ou optimiser les lignes BHNS en service
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Evaluation de la performance et du niveau de service de la ligne
  &lt;/li&gt;
  &lt;li&gt;
   Analyse de l&amp;#039;usage de la ligne (profils des usagers)
  &lt;/li&gt;
  &lt;li&gt;
   Conseil sur les choix d&amp;#039;optimisation pour un meilleur niveau de service, en intégrant tous les usagers (PMR y compris)
  &lt;/li&gt;
  &lt;li&gt;
   Expertise sécurité des modifications d&amp;#039;aménagements
  &lt;/li&gt;
  &lt;li&gt;
   Audits ou expertises ponctuelles (analyse de configurations accidentogènes, proposition d&amp;#039;actions correctives)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ILS NOUS FONT CONFIANCE :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Syndicat mixte des transports urbains du Grand Nouméa
    - TSCP Grand Nouméa : expertise sécurité (en phase projet)
  &lt;/li&gt;
  &lt;li&gt;
   Saint Brieuc Armor agglomération
    - BHNS de Saint-Brieuc (TEO) : missions d&amp;#039;évaluations du projet de BHNS à Saint-Brieuc
  &lt;/li&gt;
  &lt;li&gt;
   Ile-de-France mobilités
    - BHNS Massy-Saclay : Partenariat lDFMCerema pour un audit de sécurité de la ligne exploitée (audit sur l&amp;#039;infrastructure et sur les comportements)
  &lt;/li&gt;
  &lt;li&gt;
   Nantes métropole
    - Lignes Chronobus à Nantes : évaluation de la qualité d&amp;#039;usage des lignes Chronobus
  &lt;/li&gt;
  &lt;li&gt;
   Ile-de-France mobilités &amp;amp; EPA Sénart
    - TZen1 en Ile-de-France : diagnostic de sécurité de la ligne en exploitation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Cohésion sociale et inclusion
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/renforcer-efficacite-securite-bus-haut-niveau-service</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/06b7-renforcer-lefficacite-et-la-securite-des-bus-/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>143362</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Soutenir le développement d'une mobilité décarbonée</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Agir pour une mobilité décarbonée</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   VOTRE BESOIN
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif de neutralité carbone à horizon 2050 implique d&amp;#039;importants changements sur l&amp;#039;organisation des systèmes de transports, les usages et comportements, ainsi que les choix technologiques associés. Tous les leviers (report modal, taux de remplissage, efficacité énergétique, sobriété des déplacements) doivent être mobilisés, à la fois pour les voyageurs et les marchandises.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Expert public des mobilités, le Cerema accompagne le passage à l&amp;#039;action des collectivités dans le déploiement de solutions structurantes pour la mobilité décarbonée de tous, dans une dynamique vertueuse de réduction des émissions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA REPONSE DU CEREMA
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Du diagnostic des besoins de déplacements à la mise en place des services de mobilité les plus adaptés, le Cerema s&amp;#039;engage à vos côtés !
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Développer les modes actifs : vélo, marche
@@ -25293,172 +24166,172 @@
   Expérimentation de systèmes pour les autoroutes électriques
  &lt;/li&gt;
  &lt;li&gt;
   Conseil aux collectivités pour la transition des flottes de bus (potentiel d&amp;#039;usage des différentes motorisations, pertinence avec le réseau de transport).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Adapter les conditions d&amp;#039;usages des mobilités
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation des revêtements et voiries urbaines
  &lt;/li&gt;
  &lt;li&gt;
   Management de la mobilité ; adaptation des horaires et politiques temporelles des activités
  &lt;/li&gt;
  &lt;li&gt;
   Identification de la vulnérabilité des réseaux de transports.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M120" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Être accompagné pour préparer un projet MaaS sur votre territoire
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Créer des aménagements cyclables
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Organiser une logistique urbaine vertueuse
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Évaluer l&amp;#039;efficacité d&amp;#039;un service de mobilité autonome
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/agir-mobilite-decarbonee</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38c4-agir-pour-une-mobilite-decarbonee/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>143389</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Développer un projet MaaS : pour un accès unique aux services de mobilité du territoire (Formation)</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le MaaS (pour Mobility-as-a-Service) vise un accès unique à l&amp;#039;ensemble de l&amp;#039;offre de mobilité. Il se développe fortement en France, grâce aux avancées technologiques et réglementaires. Face aux attentes des usagers, les collectivités se doivent de faire évoluer leurs systèmes pour tendre vers le MaaS. Mais le sujet est complexe, à la fois au niveau technique que de gouvernance. Les collectivités doivent maîtriser cette complexité pour mener à bien leur projet de MaaS, et en faire un outil au service de leurs politiques publiques. Quant aux acteurs privés, ils sont généralement positionnés sur un sous-domaine du MaaS (calcul d&amp;#039;itinéraires, ticket mobile, paiement, application) et doivent étendre leurs compétences pour répondre au mieux aux attentes des collectivités ou des employeurs. La gestion de la donnée et des échanges entre partenaires est essentielle à la réussite de ces projets.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Objectifs pédagogiques
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  A l&amp;#039;issue du module, le stagiaire doit être en capacité de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Identifier les modalités possibles du développement de la mobilité servicielle sur un territoire et leur contribution aux politiques de mobilité
  &lt;/li&gt;
  &lt;li&gt;
   Connaître les différents modèles économiques du MaaS
  &lt;/li&gt;
  &lt;li&gt;
   Maîtriser les enjeux du développement du MaaS
  &lt;/li&gt;
  &lt;li&gt;
   Savoir trouver les ressources documentaires essentielles sur le MaaS et les projets emblématiques
@@ -25636,353 +24509,353 @@
  Modalités d&amp;#039;évaluation
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;h4&gt;
  Accessibilité de nos formations aux personnes en situation de handicap
 &lt;/h4&gt;
 &lt;p&gt;
  Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour tout renseignement, merci de contacter le référent handicap
 &lt;/p&gt;
 &lt;h4&gt;
  Délais d&amp;#039;accès
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-developper-projet-maas-acces-unique-aux-services</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb7b-developper-un-projet-maas-formation-pour-un-a/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>143860</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Makesense</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Mobilisez les parties prenantes autour de vos politiques publiques
  &lt;/strong&gt;
  : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
  &lt;/strong&gt;
  Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3) Faites émerger des projets impactants sur votre territoire :
  &lt;/strong&gt;
  Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous trouverez des exemples
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   ici
 &lt;/a&gt;ou encore :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
  &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
   programme
  &lt;/a&gt;
  a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R122" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous vous reconnaissez dans ces expériences qui guident nos projets :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
  Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
  &lt;/li&gt;&lt;li&gt;
  Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
 &lt;/li&gt;&lt;li&gt;
  Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
  &lt;/li&gt;&lt;li&gt;
  Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://france.makesense.org/organisations/collectivites/</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>sylvia.garzon@makesense.org</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>144518</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Economie circulaire
 Biodiversité
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R123" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions et critères d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une attention particulière sera portée sur les projets :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
   &lt;/li&gt;
   &lt;li&gt;
    présentant l&amp;#039;engagement des collectivités locales ;
   &lt;/li&gt;
   &lt;li&gt;
    novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
   &lt;/li&gt;
   &lt;li&gt;
    selon le périmètre d&amp;#039;intervention.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
@@ -26009,144 +24882,144 @@
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
   &lt;/li&gt;
   &lt;li&gt;
    être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
   &lt;/li&gt;
   &lt;li&gt;
    être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
   &lt;/li&gt;
   &lt;li&gt;
    présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=200</t>
         </is>
       </c>
-      <c r="W123" s="1" t="inlineStr">
+      <c r="W118" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/demande-subvention</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
 Direction de l&amp;#039;Environnement&lt;br /&gt;
 Service Médiation environnementale et partenariats&lt;br /&gt;
 Tél. : 05.58.05.40.40&lt;br /&gt;
 Mèl : environnement&amp;#64;landes.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>145007</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Déployer le réseau WIFI 43</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>KIT WIFI 43</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="J124" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
         <is>
           <t>Financement des frais d'accès au service WIFI43 soit 250€ HT pour 2 bornes maxi par structure publique</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département finance un kit Wifi 43 comprenant l&amp;#039;activation et le matériel nécessaires au fonctionnement des bornes, soit un coût de 250€ HT pour le kit de 2 bornes (ces frais sont à votre charge pour toute borne supplémentaire). Cette prise en charge ne comprend pas la pose des bornes.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;abonnement, à la charge de la collectivité ou de l&amp;#039;établissement bénéficiaire, sera de 288€ HT / an (il ne comprend pas l&amp;#039;abonnement ADSL/Fibre/...) pour les 2 bornes. Pour toute borne supplémentaire, le bénéficiaire devra s&amp;#039;acquitter d&amp;#039;un abonnement supplémentaire de 144€ HT/an auprès du fournisseur
  (la société YZIACT - &lt;a href="https://www.google.com/maps/place//data&amp;#61;!4m2!3m1!1s0x47f557fa9db027ed:0xeae53dc45fead0ac?sa&amp;#61;X&amp;amp;ved&amp;#61;1t:8290&amp;amp;ictx&amp;#61;111" tabindex="0"&gt;&lt;span&gt;ZA de Clairac, 30 Rue Maryse Bastié, 26760 Beaumont-lès-Valence&lt;/span&gt;&lt;/a&gt;&lt;span&gt;- tel &lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;a href="https://www.google.com/search?client&amp;#61;firefox-b-e&amp;amp;q&amp;#61;YZIACT#"&gt;&lt;span&gt;04 75 78 28 35&lt;/span&gt;&lt;/a&gt;)&lt;/span&gt;&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Centre de soins&lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le kit Wifi 43  comprend 2 portails :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - portail captif pour l&amp;#039;authentification des usagers
  &lt;br /&gt;
  - un portail d&amp;#039;administration à destination de la structure publique pour gérer les bornes (exemple : limiter les accès pendant les heures d&amp;#039;ouverture de la mairie,...)
@@ -26157,5769 +25030,1248 @@
   Public concerné :  tout public
  &lt;/li&gt;
  &lt;li&gt;
   Pièces à fournir : Délibération de la structure publique selon modèle pouvant être fourni par le Département&lt;br /&gt;&lt;/li&gt;
  &lt;li&gt;
   Récurrence de l&amp;#039;aide : souscription possible  jusqu&amp;#039;à fin 2024 &lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Plus de 95 structures publiques  équipées
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Accès aux services
 Cohésion sociale et inclusion
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Animation et mise en réseau
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les pré-requis pour bénéficier du kit Wifi 43 :
   &lt;br /&gt;
   - Etre une structure publique
   &lt;br /&gt;
   - Disposer d&amp;#039;une ligne et d&amp;#039;un abonnement internet ADSL ou autre (Fibre, Wifimax, Satellite, 4G fixe)
   &lt;br /&gt;
   - Emettre une délibération de votre assemblée délibérante (un modèle peut vous être fourni)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Il est recommandé d&amp;#039;avoir un débit supérieur à 2mb/s pour pouvoir utiliser les bornes dans de bonnes conditions.
   &lt;br /&gt;
   &lt;br /&gt;
   NB : Vous pouvez tester votre débit sur le site
   suivant, par exemple : https://www.degrouptest.com/test-debit.php
   &lt;br /&gt;
   Vous pouvez également, si besoin, tester l&amp;#039;éligibilité de votre ligne pour passer sur du Très Haut Débit : https://www.auvergnetreshautdebit.fr/reseau-et-couverture/eligibilite-de-votre-ligne/
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction du Numérique (DNUM)
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:dnum&amp;#64;hauteloire.fr" target="_self"&gt;
   dnum&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b800-beneficier-du-reseau-wifi-43/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-[...226 lines deleted...]
-      <c r="G126" s="1" t="inlineStr">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)
+Fédération nationale des collectivités concédantes et régies (FNCCR)
+Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
-[...190 lines deleted...]
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="I120" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
-[...4133 lines deleted...]
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
 Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
 de mettre à disposition et financer des outils d’aide à la décision pour les
 groupements de collectivités qui souhaitent développer des projets de
 rénovation énergétique des bâtiments publics. A l’échelle du Var ce
 programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
 COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
 permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
 conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;o&lt;span&gt;  
 &lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
 différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
 ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
 de flux ACTEE83 avec le
 recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
 collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
 collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
 des collectivités sur l’amélioration énergétique des bâtiments publics en
 communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
 du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
 de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
 AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M148" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Consommation et production
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P148" s="1" t="inlineStr">
+      <c r="P120" s="1" t="inlineStr">
         <is>
           <t>01/09/2023</t>
         </is>
       </c>
-      <c r="Q148" s="1" t="inlineStr">
+      <c r="Q120" s="1" t="inlineStr">
         <is>
           <t>01/09/2026</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>Var</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>mehdi.rassoul@symielecvar.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>162817</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Rejoindre le groupement d'achat d'électricité</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>GPT elec 83</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Territoire d'Energie Var - Symielec (TE83)</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le groupement de commandes, dont Territoire d&amp;#039;énergie Var - Symielec est le coordonnateur, est constitué de 137 membres.&lt;/p&gt;&lt;p&gt;Un accord-cadre, ayant pour objet l’acheminement et la fourniture d’électricité pour les besoins propres de chaque membre du groupement, est régulièrement notifié pour une période de 3 ans. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;La période 2025-2027 est clôturée, la prochaine période 2028-2031 est ouverte aux demandes d&amp;#039;adhésions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les prix ont subi de très fortes augmentations en raison du contexte géopolitique mondial, qui ont pu être limitées grâce à la force du groupement et au marché passé par le Syndicat.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le Groupement d’Achat d’Électricité du Syndicat permet :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’éviter aux membres d’engager chacun, une procédure de marché&lt;/li&gt;&lt;li&gt;de simplifier les démarches administratives&lt;/li&gt;&lt;li&gt;de bénéficier de l’expertise du Syndicat face à la complexité des marchés de l’énergie&lt;/li&gt;&lt;li&gt;de globaliser des achats pour obtenir des meilleurs prix&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Le Syndicat met à disposition à chaque membre du groupement, une plateforme de management de l’énergie conçue pour maîtriser l’ensemble des consommations.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Chaque collectivité possède un compte qui permet de suivre les consommations énergétiques ainsi que la facturation.&lt;/p&gt;&lt;p&gt;Les données sont centralisées dans un tableau de bord permettant de surveiller des indicateurs précis pour procéder à des analyses afin d’identifier les premières sources d’économies.&lt;/p&gt;&lt;p&gt;Un système d’alertes personnalisables permet de détecter des anomalies et contrôler l’état de fonctionnement des équipements.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M149" s="1" t="inlineStr">
+      <c r="M121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Groupement en cours : 137 membres (126 collectivités, 6 CCAS, 5 établissements de santé) pour 7002 points de livraisons et 110 GWh acheminés par an.&lt;/p&gt;&lt;p&gt;&lt;img src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAQ4AAACJCAYAAADdc9ZxAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAAFxEAABcRAcom8z8AAC4wSURBVHhe7Z33c13Jld/9D/gXl8uu3bW1kqXRKnhWu2tL67XWK3t3f3CtfnC5XFbJpR8kV0klWTmHkSaTHA7JYc4JJAGQBAkQOSciAwRAEDlHAiAJgMgZII/7c4Am71w8IpAPmEeyv6wm3ns3dJ/uc77ndLr3n4mDg4PDBuGIw8HBYcNwxOHB/Py8zM7OLn/bOjx48EAePny4/O3FAvU5PT29/G194JrV2oH6Wi9mZmaWPy1hYWHhiXVN&amp;#43;wcC18zNzcnU1NTyLw6OOJaRmZkpO3fulN27d0t7e/vyr1uD1NRUuXnz5vK3p0dBQYHcunVLPxcVFQXlns&amp;#43;KpKQkuXbt2vK3tdHa2irvvvuuvP/&amp;#43;&amp;#43;xIZGSnj4&amp;#43;PLR5bQ29srV69eXZM8JiYm5Ny5c7J9&amp;#43;3bJysrS3&amp;#43;7cuSMxMTFKJomJiXpvSCQhIUHGxsbkypUrj&amp;#43;qMcg8PD2sKCwuTlJQUCQ8P12MOjjgUGNxrr70mbW1tcvfu3UfKWldXJ7W1tfoZRezp6ZGqqioZGhqSlpaWRwTT19enBltZWfnIU3Z0dEhZWZkqKUre1dUlDQ0Nahh8vnHjhnox7othdXZ26rnl5eWq4IC/paWlj&amp;#43;5B/jU1NdLY2KjH/dizZ48cPHhQP2N8Z86c0c9cT1m4H3lSNkDe5Av4jbzxuouLi5pXdXW1ygnu37&amp;#43;v51DukZER/Q1wTn19/fK3xyBPjHDXrl0SFRWlv3V3d&amp;#43;v1NgIhb86hTBaFhYXy3nvvaR7IkJycrG1COZC9pKREsrOztQ1oL0B92jqzwNiPHj2qbXPv3j39DYKmricnJ&amp;#43;V73/ue3g/C&amp;#43;M53vqNlIa/Tp09rvXzzm9/U&amp;#43;qDeqFfyhIRoY3u/lxmOOAz2798vaWlpy9&amp;#43;WEB8fr4q7Y8cOVTiU6Be/&amp;#43;IWe&amp;#43;&amp;#43;tf/1qV8g9/&amp;#43;IMaDgb65ptvyt69e/U4RoOibdu2TY4fPy4DAwN6Dd/z8vIeKSHH8KC//e1vlSBOnjwp77zzjio0BMNn7nn48GE1Ds6DGF5//XW5fv36ckmXgMH/7ne/k9///vdy&amp;#43;/Zt&amp;#43;f73vy8ffPCBGsmBAwf0M7IUFxdrVEWZ0tPT1atjjBj4vn37NC&amp;#43;MlPIeOnRI88JYqINf/epXmj/RAIaN56d8yMJ9bBSA4fE71//yl79U7w3hch31wz3I8ze/&amp;#43;Y1cuHBBScACQ3377beVUJAfUud8ziVKoK65B9dg0EQQRIrIbAHB/eAHP5CzZ89qfQPKRnn6&amp;#43;/uVJL7&amp;#43;9a9rpEE5vva1r2mENjg4qGWMjo5WMiEv6oO6rqio0Do9cuSI1gn3eZnhiMMARcSYLTB8IhCUA2WCQCASzqOf&amp;#43;8Ybb6jiYiwYz4kTJ9TwAUqPV42Li1MDxXDwyG&amp;#43;99ZZ6TgwcD8yxn/zkJxrdHDt2TJUT40S58cwoLfcGGEZsbKzeg/wpq40sLCAglB6PCQFQJpQ8IyNDCQtgKBgTXvfy5cuaL2XlOOWGyMgDY4MI6dtj9OfPn9druBZAQBAt5accGDB522iL6/kOuO7SpUtKTBDtqVOntP44B6OknkZHR/VcgIH&amp;#43;8Ic/VLKj&amp;#43;0j0QwQCgQAIiO&amp;#43;AKO&amp;#43;rX/3qh9oOUN8YPuQOCQPIkPwAhAmxIS&amp;#43;/Uee2G8Lv3/rWt5RIqAsiE4iQ/DkPkD8E/DLDEYcBioSh4NVRMDwWxpGbm6sGjWHQx0WZ8eAoFB4bZcO4MVYMgGsxQH7DSHJycjQKwHtCPpAEyo7n5hikQtiLoZMXxyEVrsFIMWzKQtkwDu5JaE2fnWu84HqIAkP57ne/qxELRo3RkjfdKowEQ4YM8chEChARxER&amp;#43;GG1TU5N6ZDw8RICXJ&amp;#43;y3cgLqBqOGXKk7ogSusYOOfEcG6hPjhaTIG3nIgzqAlGxkY7syAAOFZLyA2CA4AEHzne7NxYsX5cc//rGSpHcAFuKHuDB08kBeykAbAuqOfIh2IAG6pNyTqATy/tGPfqSycF/aGiCvrXPqiy7VywxHHAYoMQaFEqFwzc3N2n/mM0qC8dIlwQgxNAyIQTO8LgZLdIChcS4KiXFjxBgNyoeXZKCO3yEHjmFEtg9uB&amp;#43;XwwtzDDsxxX4iIqIHvXAdxYUReYwMYMIaBQfEXxUcmDA2SIuynLHhPAJlEREToZ0gFo4AgMWrGM8iLe2Eg9P25BxELgGQgBbpv1BGkwJiIBVEVhgrBkA/3gCAhMkiB8lMXeHw8PPVtQT17ByGRg7rDuAHRBJEeY0/UH10munh0ObyA2Lk/&amp;#43;REd0KXhN&amp;#43;5H&amp;#43;1FeyJX6gSCpG8rEWIkdTCUPG1lAhsgEKJ&amp;#43;NZF5WOOLwwHrMjQLjsd5so/Dnudb3p4X3PoThRBsQohfByssi0P3sOAh4lvy89wH&amp;#43;7xZP&amp;#43;j0Qgi3/iwxHHEEA0YLX44Y68LJeL&amp;#43;/gsFE44ggi8G70r9eLjXjDQFjNQz5P3tN5&amp;#43;ucPzy1xMNq&amp;#43;UYWjT0v/lGsDgfEL&amp;#43;tPMntDHZwrT9ncDgfwZPGRWgDEIuizMflgwYEj/n0FV7sNYigXdBcqzHjAOwriCJSXGORise9KKTMZE/DMNXtBFYbDTEhdjF09aG&amp;#43;KHd83FRuGVHzDeglzMNq0GxoUoL&amp;#43;MwDF767xMqQB/8ZWM8h3Ec9IkxHmaVqGv0jO8cY7ob3WPcinEb24VkfIVxJ8avQk3mkCUOQn87TUelMnDFXL1tHBoCJcJ4MCTOxcAAg10M3vk9uh2Rt2AKE4O34L4MFDJe8bOf/UwHxziH6VG76MnmxSAa5WGalnswZQlxMLBogXEzOMhAK2swIAvA&amp;#43;RAMcgEGE5GXe/IbeUFuyIHRoGisHbDTnXSNGJQNBMqLgbEWAVBv/m4UU8nM6EBszDgwy8NfDBlZLfjOoKZdZ0G&amp;#43;KLJ3zQTn2wFXP7zHGEhmQJgBSgvyZN2JbTfy8a&amp;#43;PgKggcAY0GSDNz8/X32gD6touxuK&amp;#43;9t7ohNUd/trv3Nu7eAtdQk9oU0DdU98QGcdoD1vngN/t9ZSBc6lvS&amp;#43;jM8jDgbHUFIBML/5ATHcFZMLBK/SMPuoE&amp;#43;QN7IadelAGagIB4G3kNtMDbkiAMjwrvgpVFSKgwDZO6fWQ87Is50IlN5NATTahgmjcZ3Rsi5Hva2Sg&amp;#43;YBWCUnTyYueAc1lP45&amp;#43;QhDwweoNwoPDMENLKdRsVz0MgQEVOYTD&amp;#43;yQAxFtMC4OQ4B8ZcZAbwJ04SUjfJihHymXNwD74MXwggwVKZCyZfrUVbqguspu5c8OEaZIC/WQRB1UBecSwRFHXm7UdQj0RL3Y/YGI4eMOZeoDGO2s0xMSTLbgbzf&amp;#43;MY31EAwNmYZ8JoovHf1KPlwDscgMQyEyIv1Ed5BZNqGWSPqmLZBJu4FqVoPS91hdDgBEvlCRrQHOsH9mLVh1og2Y/aD9kQHAHJC2ORPHZIfs0SQCfVvvT5tjhPgPpyH7pE4BqEw40Xd8BufmSljehz94TcIxK77CDRVy7WQHoCwf/rTn2rZuBfAOdD&amp;#43;yEQ5LGgfdNurx6GAkCMOFPTb3/62GisVyZQaCsqUGwrJ2gGMD2PDsAAMjVIDjIe5fc5nPYP18gDlRFEwdI6hTDQ&amp;#43;xoGHsaARUTB&amp;#43;o5ExLIwRL06jYgwoNkqMUuOJKKMtgwUKhIJAcpQLoGQQHvIR1WDQKCoEQlTBdC7rNqwxoXAQB8TCX&amp;#43;5F/ig4imoNjOuYKSFS4Z5MxWKE1Bd1xXXerhHGTD4YG&amp;#43;RMveDZKBcLu1i/Qt3gpTFO2oF6w5AAxskiKwwUIsUILKhz7zEMlPtBgl5gDBAA5aIeqQfKTL1YQ8HjWhKHFKg7pl4xMKaOcQKUk/UaDPhyP9qBegP8pZsICZIP9UzdUT&amp;#43;sBEVPfv7zn&amp;#43;tUO&amp;#43;WjjdFB2oIohXNxFjgF2s5OMRPtUt/kz72JZsnXTln7Qb3Z7iPtSJRHFGanmSEQSIjzaD/brshIGYhaQgkhRxyEZyzAQTFRQMJFvJed26fRUBC8Ew1KBaNsGA7ASCAS7sP13jAaxaNhMBTy4BryoSG9oJEgDozQNiTemPUDLPTiL8ATofCEr/zGegwv8BYYHN4cRccroXzcC1IgukA&amp;#43;FB&amp;#43;DIB&amp;#43;UFcKkTFyPnCg8SorhYtQYAsZDPVjC41zqBnK1q06pBwiLvDBAb9hNvZEnic8oP3XHuXaWCNkoD54SQiGqQInJAyPAmLgv9YxsFrQLxmiPQYJEQBgxZbBl5nfqmfpGZsrMNRiLHYci8qKMeHjqG7LEOCF7oiLKjpFTNxg8hg25I7uNTCgP9Y5DsNGkXWiHvJQRoqKuqEfqm/ogioOwGWOgDJAFOoTjItrD0AGki5Pgnugp1/nBudwb0G6U2Y5RUR8cJwpGHyxxUj/UA8cgulBCyBEHSgnz0&amp;#43;AYHZVL6IpHtxWMIWI8KCcNSYPT&amp;#43;IAIAaUi&amp;#43;dmfBkMh6FNi5BgjxuLtdwPOQ2HIj3twHoqHYhDeW4JAkSkn19toxAu8iA2ZuQa5MBLKwP0hLuTjMwaJvBgD50I0GC6eHGUiHxTJlgdl9Y410N/GMDEKvBmKTV5cZ/PyAxK0ZaZLwLnUL&amp;#43;dyP&amp;#43;5Ff526ZRCT8RLKSd6UCYJCFo5RFxZciyfnfhzDK9NmGB&amp;#43;DgpYUiNg4h2gBArcRh78/D5lAGJABMkISRF3cE1Be6osIinMxOgiJ84l4&amp;#43;A194Bx&amp;#43;h0ggFciQ8tsyYfQcg7TJB13EcVA&amp;#43;yIPyQeREYRCOXYJOG6OHECtGT736gbOw3RLKDekiO2XEgRB5ICPlo00oD5EaBEMZvGMzoYCQHRyl8W20gJey3hJDs4OeEADfOYZyWsD4GLOf&amp;#43;SECOxAGGFzDGPyg0aw3AN58vGXhfhgM5eE3f36UCeWzsHnxGySAt0RGiAJCQsnxzICyYYA2L5sPoDxEAn5QHuqNY7Y&amp;#43;uI7frLF6YccNLJDRlsvKxl&amp;#43;vHJTHOwDM&amp;#43;d469cJ/jM/&amp;#43;cpOnLSvycm/y9IPzaFMrB2XzykTdcr0F5eVenEeiy0ZU4G9vyshxgGyUxbY/5eCvrSNI1A58ch7HAHlZGfzlsPCew/04B3kgBJs/ukDbWlAe2x6hhpAljpcFKAeDdXhoSMMShUPwgKHixUPNaz/PcMTh4OCwYTjicHBw2DAccTg4OGwYjjgcHBw2DEccDg4OG4YjDgcHhw3DEYeDg8OG4YjDwcFhw3DE4fBcobfvjuQXlcrQ/WG5dDVODh4/K6XlNyXySqzcrF56Bw4oKquQi1dj5d7gkMQlpUlqZu6jFZjVdQ0SFnFF7tz98FYDh/XDEYfDc4UaY/Qnwy7qatCx8XG5HBMvI6NjUlZRJQkpS8v1wcTkpFyOjpfO7tvSd&amp;#43;euEsvs7JyMjY3Lucgrcru3PySXcj8vcMTh8Fxhfm5ektOXtqffqqmTguKl1ybU1DdKdFzyo/0r/I2OT5Gm1nYZGRuT8MsxMj4&amp;#43;IR1dPfKHd3ZJT&amp;#43;/Sw4NCEd69Ot69RGDR892/p2d&amp;#43;/snvxQ02HHE4PFdgsxjdDjaMQSDDI6Nyb2BQI4r07DxpammTxpZWKb9ZrZHFzVu1kp6TJxFR10y0MaGGGHUtQYlkwHRjQgGUg7I/fPBQI6G2jqWHQdGlQj4AIZSWV8mFS9EyOHRfiY9oyqLZEGR4VMyWEaIjDofnChgQGwEfGCObnl7asTttyKTLGNG86Xr03O6TftM1wbju3BswF4ga06jpoljgmbtv9wZ8bsZHAYji5LlIuT88KnsPn5Q0Q4xtHZ3y1o69pmu29CxYullXriUagrmuYzacl5S29DzcURNR7T9yWm5UVsnc8g7czYYjjhcY9OExsP6796S9s9t8fxzGe0NaPc98ZyzAejjAORjk1FTghyKHIrYqVA820rOuS0NTi5y/eFUJ4cipcxKbmCYXr8Q9Ir3KqlrZtvuAnLlwSa7EJklUTIK0tnfK0NCwvLvrgHT3bF33yxHHC4qOrm6jhNHqxcJMyJ6Zk69GdbuvX2ISHj/3s6WtQ86b8HdqelpyC4o1FB5ffg5KQckN7QLgxR02D3SfcvKKtMuSkJKpA76Fpu6vXEuSxNRMqWtsNl2uGj0vw3S7&amp;#43;u/c0/PobvEZZOUWaHest//Db&amp;#43;3fLDjieEExOHhfLkXHa8iOgkXFJmqfGJI4dvq8KiEgrOe82Zk5mZiYVKKARJjuxIvVN7boeaGIgdl5aRiblKbxqTUT5901MoYqbLdrYnJK2wxAJHTD7t4b1GnoBRMpzs0tPzBofMI4hcdPUydi7Ontl9kt6n454niBgbci4mDwkBmHyya0DYuMkvf3HdXuC1OWRCEMMjJNSVfllOlro4CQyIFjZ6Ta9LFnZkLz4UL7mrvlk0mF8mpaifz5GukT5rx36z/8ykuHp4cjjhcUEAJ94smpKcm6XijXTPcEb4ZHqqqpk9qGJim5UaHn8p01EWnZeUoik&amp;#43;Y8UFvfKJEm/IVIQhH7W3rkFUMIXzDE8BdrJAhmW0Pn8pWiERUzM4wRlNyo1LGdiqoa6fZ0y&amp;#43;iy3ai8pcTZZ7oAt2rrH42hME5Ubo719a/&amp;#43;MqkXFY44XgIsLn54LQCAKIgqvLBrILzwryMIJRwwxPFnyUXyl&amp;#43;ml8ldrpFfMeduXieOOibYOmmiKSOzCxWiJS07X7gArUhmcZHYGpGTkGMJNlfjkDImJT9axIdaLgGxDxnTxOruC&amp;#43;87ge6Y7da6zT06398nZjtXT8bZeuX7v8TNKtxKOOByeCKYr8bB3jYHVNzZrxMLsjLdvjddmOhGCgYy6eh6vLQDt5hjefTPwtMRB1MXgItO1eYWlpnt2UddPIAvRhwUDjucirsjJsEhDHuly9PR5KSgpU4J95/39GnEEGxXDY/JpU9Z/m5Avn0gsWDX9y9jr8uPKpuUrtxaOOBwCgim&amp;#43;k2ERxhMPyJXYRPXKhOUp6TkSbrovdg0EhhcZFasemHMuRcdJS&amp;#43;vSWELlrVq5cClGGpvX947cjeJpiQOkZuXqDATysVQ9r7BErsYl6X6XYUOMzD7NzM7KsTPhUlZBl&amp;#43;SO7Dl4QiMTyJQZDBZtBXsR2a2RcfnrzDIdlwkkhzdBML&amp;#43;r3py6XQuOOBwCgrGR6NgkNRhCdrwyIT6RBdO2tvvDYiUM7kRYuFw150dcjpHc/CI1rp37jui04mbhWYijrbNLZ4&amp;#43;qqut0qhpSjIlP0bI3tbRLUWm5ysoYCLKwloI1LRZEUfGGcFjCHkw44nB47pFhPGp3T692TRJTs4xRFUumCd/ZaIbR8TuzMfuPnpas6wXSYboxTOFiTBjb6fOXlGSYOtwMPAtxrAa6Mls1remHIw6H5x71Dc3qaSuqayQuLUM6e29LxNVYScu5Lm1dXZJfWrZ0XkurLDxclMmZKWlsb9ffAGsPLl6Nk8aWD79iM1jYLOL4KOGIwyGkkH3vvuxq7FRjWy3tb&amp;#43;7Wac7uqcdvoFucW5SFyXlZnJqX2fEZmRmdlpF7I3K//75&amp;#43;fzC9IAvm2Jz5/HBmUR4sbM1MDOV9WuJ4uPhQ5iZmTZlN4u9qyZyzMLM1e0AccTiEFF6raZV/cS034Oi8N30sIV/&amp;#43;1PzNH3g8c1J7plTCv7RXLv/9EYn6h6OP0pV/PCaXzG/8fum/mfRfD0vklw9IV9bWrDZ9FuK43zSgZb/4lUNLZV8lXTCyF76Runzl5sIRh0NIYVt9h3wqqTCgAnqTLqYyf0uGHm92qzyQJ8c&amp;#43;9rac&amp;#43;ffvr5pOf26nnHxlu7QlNyxfubl4FuIYrLsjZ141Zf7sewFl8aZjH39Hsn8au3zl5sIRh0NI4VmI4&amp;#43;bhAjn5qW1y7q/2rJrC/mK3nPn8TmlPXVoktdl4FuIYqr8r5/6DKfMXdgWUxZtOfnq75P5y6a3&amp;#43;m42XgjgYUWe/A2CZst2oA3hGAHsfeOoSn&amp;#43;0yZgums0JtDwSLidlEZBcssdDH&amp;#43;xwHngPBpjBmE1gMxXy/F2w/5zF2oQhHHI44gokNE8cAuy6vxsn9kRHdAxEWEaUrB9mOzYNGLBmw/4HFM/xWWFquOzStQdY1NOkuTebLQwEQBMuK6xqadZv5ibAIqa5tkOy8IjlxNkJXS4KlxVBJcuTUeX2yFDJX1dTrMfY6sB2aOuFJTqEGRxyOOIKJDRMHW37Phl9Wr8tcfUZ2vjQbY2M5LuTgnf/G8HiWwJSJRJiW4xpW47E7kydThwpYanwtMdWUaWm5MfsRWPXIwqe9h05KR/fjRT5sTbfPvMzIzZfi5SXKLIKCREN1J6kjDkccwcRTdVVSM3Nk1ITkeGd2D&amp;#43;KRWTXIsxyZu2c58sjouDEmHh77QLs0Z41RcT7H9hw6oSv27GaiUEBNfYM&amp;#43;p5KFTSx8GmRlYHK6RkzFZRVKeBAlpMFCJ8oOccQnp&amp;#43;n1bFtnuTXPTwjFZ1A54nDEEUw8FXGUVdzUvjzr9SOiYnR9Pw&amp;#43;ASUjN0O3axaUV0tlz23jtGj2fJb2QCrsRAQ9h5UGyLOcNFUBqEALkwUrI8qpqE3FkaznZ4EX0xL4EdlAC9l&amp;#43;wvJqt1oDnXrBnI7egSHhcX6jBEYcjjmDiqYiDpw3xmHYGAxk8ZE0/g4pEFzzDgO6Md4s2g6Z0B7zAswfaxv1RgWiCxAAouzzpcvDd/mXPhn2GJ&amp;#43;Az&amp;#43;zm84CG4RCahCEccjjiCiaciDofnD444HHEEE444XhI44nDEEUw8E3GMmND8jdp2&amp;#43;Y0p/GtrpJ9XNesTi0IdE/OLsquxS351qyWgHN70W5P&amp;#43;UNMm/SE6k&amp;#43;KFIw5HHMHEMxFH3/ScfC6lWPc28EzH1dK/isuT/120NFgayhicmZe/yy6XP47PDyiHN33cyE3j8QTtUIcjDkccwcQzEcedmTn5m8wb6xby/5YtzUCEMoZm5&amp;#43;Wr&amp;#43;VVKiIHk8CaM7IsZZdI8/uFB0lCEIw5HHMGEIw4fHHE44vAnRxwr4YjDB0ccjjj8yRHHSjji8MERhyMOf3LEsRKOOHxwxOGIw58ccazElhLHt8sbZX5uTl/TX1B8QzfA8c6Ky9HxuvqUNZkpGTm6PL37dq/uNs0vKtOVm4DNZ2ykY7PcZuFpiKNtalaqqqp1oxsv6KH8x85cePSyZpannz5/0fxtU3l4FaN9zAC7alm6f6t2cx9&amp;#43;44jDEUcwsaXE8f&amp;#43;q26S5sUUfQ0/i3RVV1bUSbT4D6OHY6QuSmJYpk1PTumGOLfyQCmTBfhieoO1fvh5MbJQ4/jqrXG4N3Jc4QxbsbeGp3jw&amp;#43;4NzFq48ILvt6gRw5eU7u3B2Q8YlJ3YnL4/khRF4MxKP4/c8rCTYccTjiCCa2lDi&amp;#43;U9kkY6NjEm088/Y9B3WfC6/th0Asmlra5OLVWKmpa5S7xtB41gfguRdvvbf30TM9NgsbJY4vGflbJqak/EaFysTjAtoNKdjNcIA3oSEnkRb7e9gZvLQvZk627z6o0ddmwxGHI45g4iMZ47hlDCcjJ19JIDZxaVs64TwGx0N&amp;#43;CN2LSitk94Fjkmy6LmxVx1OfDY/S7sDI6GOlDjaepqvSMT0n05OTEmW6IDwRjXeQsJOW94mwQ5gXGbHtnnePINvRU&amp;#43;eVLCEP3oDGA49a2jb3oUaOOBxxBBMfCXHwfA66H3Q5eAQfaG5t11fyYVB0R/DGvI&amp;#43;jwRCK7ZpAHvVNLZv6spynIY7WiWmZnZnVaALYxw0Oj4zoOA7y8pedtsjHYwW84zRNRnZ2FG8mHHE44ggmPhLiCASIJBTwNMTxpFmVUHpsgCMORxzBRMgQR6ggmMQRSnDE4YgjmPjIiOPB/KJ0ZTZLW0KdtCfVr5pa42ulJ6/t0bTsZuJZiWOguk9a4moDyuFNbaTEepke3JoNco44HHEEEx8ZcfC6wEtfOSSnPr1Dzr76/qrpxCe3Scz/OCUPlt&amp;#43;Qvpl4VuLIfz1FX&amp;#43;ATSA5vwsBOffY96StdmjXabDjicMQRTHykxMGrA3n7Fwq3Wjr1Zzvk2v8881wQR8GbqXLCGFkgObzp7J/v0reE9ZctvXphs&amp;#43;GIwxFHMPGREkfUPx5V4wnUWN7Ea/pi/9fZ54I4Ct9KU0ULJIc3WfJwxPH0cMThiGPV5Ijj2eGIwxFHMOGIwwdHHI44/MkRx0o44vDBEYcjDn96XoiDdUO8doTFhXYxIuDz3PIiSl7fwWtMvGCF80ZnLB1x&amp;#43;OCIwxGHP4UycbxW08ZLgeRmVY2&amp;#43;JI2tG&amp;#43;w4vxS9VF5WXfNGwuj4ZN25zUbR2KS0R4sT2QbBNg5eDr8ROOLwwRGHIw5/CmXieKuxW3q6e&amp;#43;SNd3fpq0qJHAqKy6Rk&amp;#43;Z3GxBFsdYAgEtOy5FZNvaRl5uo&amp;#43;MR7zsHPfEem7c1dfsrYROOLwwRGHIw5/CmXieKf5tpSX35SYuOSl59j09OoubN6eyNsGIRKiEJ5lU1ZRJTfZYJqdr8&amp;#43;BgUR2Hzyue6tcV&amp;#43;UZ4YjDEYc/hTJxvF7fKfeH7utza1IycqS5pV0f7QCKSm4oaZwJv6wPy2poatHPCSkZujdsYXFBnw3Ds3HY1b0ROOLwwRGHIw5/CmXisIOjU1NT&amp;#43;u5ibMSOX/AEOt6DTHTBC9&amp;#43;JKnjfMZGIxYI5l&amp;#43;MbhSMOHxxxOOLwp&amp;#43;eBOLYajjh8cMThiMOfHHGshCMOHxxxOOLwp&amp;#43;eFOOYnZ6Xnept0pjfpzvPVUmdGk3TntMri7ONuy0bgiMMHRxyOOPzpeSGOkbYhifzbA2ovZ41cqyU2l4b/zX6ZesrHOjji8MERhyMOf3puiKPdEMd/OahtQFuslrC7iP98wBFHsOCIwxGHPz1PxHHxK4f0eS&amp;#43;B5PAmdC/ybw864ggWHHE44vAnRxwr4YjDB0ccjjj8yRHHSjji8MERhyMOf3LEsRKOOHxwxOGIw58ccayEIw4fHHE44vAnRxwr4YjDB0ccjjj8yRHHSjji8MERhyMOf3LEsRKOOHxwxOGIw58ccayEIw4fHHE44vAnRxwr4YjDB0ccjjj8yRHHSjji8MERhyMOf3LEsRKOOHxwxOGIw58ccayEIw4fHHE44vAnRxwr4YjDB0ccjjj8yRHHSjji8MERhyMOf3LEsRKOOHxwxOGIw58ccayEIw4fHHE44vAnRxwr4YjDB0ccjjj8yRHHSjji8MERhyMOf3LEsRKOOHxwxOGIw58ccayEIw4fHHE44vAnRxwr4YjDB0ccjjj8yRHHSjji8MERhyMOf3LEsRKOOHxwxOGIw58ccayEIw4fHHE44vAnRxwr8czE8Z8McbxqhKTxVks03Ari&amp;#43;AdDHJ83Qv6lEWaVdPozW0sc/2SI47OGOALJ4U007n8MRByvGOIIIIc3hX3BEMerW0scnzTEEUgOb0KmL5i/K4jjk4Y4AsjhTch05nNbSxwYD0QXSBZv&amp;#43;lQg4jAGFGYMKJAs3kR7biVxfMkQx3ptagVx/J0hDpxxADm8Cd2L/HKQiOPhw4frTuY/6ZuelS&amp;#43;klqgn&amp;#43;4wRYrX0J/H58n&amp;#43;Kax5dPzs2LRFf3i/HP/GunPrMjlXTsY&amp;#43;9LVf/6YQsLiw&amp;#43;un6z0oAhw7/PrZA/TSgIKIc3vWLk/rwhmMYxU/lcb/7l/S5JjvzJmwHl8Ca82AnjxXuLO/W6QGUJVjL/yRs1bfJHcXkB5fAmZMIYCwdGHslUvve6HPmjNwLK4U3IdPzj70hrYr25amP6tNFk/pPdTV3yb4xeEXUEksWb/tic92Zt&amp;#43;yOZBmr65dRnTZlf2RZQFm&amp;#43;iPTN/FKPXBSpLsJL5TyqHx&amp;#43;TV1OJ129TPbzYvXW/&amp;#43;DbcOyPkvfiAn/t3aNoXuQZyT9yY&amp;#43;VIb1JPCIOBYXF2VqamrdaWZ6WgbGxuV4fZscqm2VI3Wrp301LXK1rVumzXXTM9MyPjImlWcKpeRgtpQdyV01lezPklsRpTI5OanXBypPMBIyDY1PyPmmTjmwDpmQ&amp;#43;2hdm9weGdVrZ2ZnpCW9Tor3ZQWUw5tKD&amp;#43;dI6aEcGWi7I9PmukDlCUaaNomyZXb3y17TBoHk8KZDJh02qXVoWGZNOyFTR0GzFO/NDCiHN5UeNm11IFv6antkZm7zZCLNGpnyeu/KfiMT5Q0kizehf1k9/Xrd9MyMDHUPLpXZtIFfDn&amp;#43;iPRuTbm1qO5EoW&amp;#43;fwiBzbgE2ldPaqTdBOw31DUn6qQEoPri0TcpefyJdRE1lij4HK86T04MGDZ&amp;#43;uqODg4vJxwxOHg4LBhOOJwcHDYMNZFHPRrpqdnlr&amp;#43;txOzsrFTXNsj4&amp;#43;MTyL8EB4y419Y3Sf/eefm9oapH7pg/I9/rGZlkwxxubW6X7dq8eXwujY&amp;#43;Nys7pWZkwfd2JyUgaH7i8fWR1z8/NajpHRseVfggP6inUNzXK7r1&amp;#43;/N7W0yd17g9LW0SUdXT0yNzcvt2rrZfD&amp;#43;&amp;#43;sq5aO6HjKuB&amp;#43;7Z1di1/Cx7679yVmrql2RTqtbm1Xev5Vk29jIyNad1V1zVoXa6FBw8eSoNp167u2/q9r/&amp;#43;uyrYedPf0Sktbx/K34OHewKDR8XodHBw2OkhboYvINzc3Z8p4R3&amp;#43;zg4drYcbYDDr4JCwuLunGwOD62n69eGDKRznbO5dm89A1yj48MipVNXUqC5g37WQ/B8KaxMFA0uGTYdLa3qGN12kaE4W&amp;#43;Y4zXKnxqZq5EXo2VSUMw94eH9RgzIBSu0yhqu1FUCozycGxhYUGV4nZvv1yMjlOlw/iHR8akt&amp;#43;&amp;#43;OTEwsVei4&amp;#43;ZuVWyCRV2Kl/Ga1nL94Va7Fp5jGqpOwiCj9rai0XE6fv6TnroWunttyKTpeMnPzTaNNyY3KW1pBEBFlbevo1PvY8tF4IDuvUMIvx6hRDo&amp;#43;Oankhrc7uHjXEdlP5C4sLxugHtAEghJ7bfXLzVq3EJKSY68aMfH2qcH3m2rHxJeOempqWnPwiiYi6pmWJiIqRi6Yes64XSsTla1JviDItK1cuxyToPdfC9YISvRe4c9eUxeRHmyAbijowOCRHTp03ZNum96M&amp;#43;Zo1yDN4fVgWinYZM&amp;#43;4EuY4C0MwYDmaVn50lhyQ39jiHfHzGyGIWzgFgvXIqWguIySUrLWvpcUiZpRjeumTqgji9cjpaSssrlK56M2dk5uV5YImfDo1Rnagzh3DF1OzU9bfSwU&amp;#43;sdggDUJ3KC&amp;#43;8OjcuTkOaltaNJZBmSYmZnVsnId9QCpIbN1NtQJ97oalyRNhuyGTF2g1&amp;#43;Rr9RvgtC5cuip5plzo&amp;#43;/mL0Srnldgk/a25tU3Liy6sBXTnXOQVKSqr0O&amp;#43;UE9nI25Ilun0yLFLbZtwQzO3ePnWkPcZmlnS1Sx021/WYY7QnMkE06Hh7R7eWn3uil9glQPbC0humrJel4maNRBp9uRwTL5VVNao7xctlOht&amp;#43;SfXjSViTODCslIwcNarMnHzZseeQKVicHDtzQYUDeP3k9GxlMoTde&amp;#43;SUJKRkqLEdPH5Wf8sw11LYfeZY1LVEvUdzS7t8cPiEpGdd13NSM3Jl94HjcvbCZc0XzM8vqDBpWXlqlJRhwhjDzeo6VWKQX1SmyrYe0Ei1hskTTaO/v/&amp;#43;oKkx0fLJRuPNy5PR5iUtKk7jkdHl3134lLYDSoSTIh3J8cOiExBv5ILRDJ8LkzIVLSmqHjKwnzkYYAyvXRsDYjp0Jl0pDIMfN78i3x1yLrBAyoMFLb1Sac/NVnryiUiXX0hs3VaaxiQn9vB5PhkGRB&amp;#43;S&amp;#43;78hJzTPcGDBlQcFQtOT0HI0MaI/3PjhsiCpOYhNT5djpCyoL9UFbvr/viFGqWJWt3tTXhUsxeuxcZJQkpWfp7&amp;#43;/tPWzIrXk5d9EoEIMvq6hS4uTv5NSklJbf1OPZhhAh&amp;#43;vWC6ynr/qOnNb&amp;#43;45DR1GOgQxIQuHDh&amp;#43;Rh0bhA/RQVRVRjdy8ou1fBdNG8WaNj1&amp;#43;NlzPCzfkhR7uNPJB2hgZdb7P5FF&amp;#43;85bqLLobZgx7xweHjBd&amp;#43;vPaoqaVVcgqKpcS0F23EXxwC&amp;#43;g&amp;#43;uxiWrUa8F2hydxbHgMGiHcFO/J89FqtMAvYaU41PSVefQs11GV5EDJ3LoxFltL&amp;#43;zysin/7gPHlMDCTNvgyNCxDKN7R42TyMjJkwPHzshBc82wIVAL6jY9&amp;#43;7o67xKjX/zt6OrWaC3f1Mfr23ZLbX3T8tkrsa6uCp4GpThtGm/X/mNaWJTNQiMDI/AHh05qY50Ii5AYExnQEPnGAxFu01g7TAUhDN0FDI&amp;#43;GizbnocSQUHZekbz13l5tTEJaGJb70A3KLyw15HFdK4vykD/eFCXPL74h8yZKWAsYZrjx5HgpCG3v4ZNy&amp;#43;VqCeknuWW2UlPvSEDRUnskTEFLiVVDYnUa&amp;#43;44YMIBsaHfmoG8r99s596olohKS0bFVCyotsxcbToixv7vhADRniQIESDElV3qoxXqBcjR6CijYKiAGOma4fBEvYTvi&amp;#43;FvCSmTkFUm7K9cb2PZo/ng1CAURSkOCp8xfVcPYcPCFRRhEzDUGiSJQTZULxIA7qtqy8ShJTMiUxNdO0cYGSKp5s&amp;#43;56DqpAoNiA6oq1QXKIs2gqSiDZk02byxPMh2zWP3jwJkGSKqYsSQzgFy3UGwXGvWhPZoCeQA/nvMOU4F3nV6OCERsQdnT2PiAEnhHzIhGzoI47hl79/17TlablhZCY6uWTufdYQUnNrh5YP&amp;#43;XbuO6oOkPwA9XbFODxImQiKOotNSjVOMEGjmLtGt2jXQqOL6wE6XVFVrXVFXUJweP5pEyEB9KOkvFJlxKYOm0gKncOJFhnHhPzY4XsfHJH9x04riUEW1A3kkmuIk0iZfN40ugDxEvkCHHWB0XeijCTTrjgT9BPHQGSHw9tuAgSr/4GwLuLoMCxKqENIR8UTwsCy1gu2tHWq0lDhJTcqNGSGMfHu7UaRMCRCq2JzLNcwNuFhgilwlwmt8EZ8JvxnjATFbFxWRkJ62BYlxIPFJqRqvgWmcVAk&amp;#43;sxUPNcQjawFrkWpUKLmtnZJNoqMLCQUHkKBcTFUvA59WGCNAXluVFZJjmkculTUBx6G62rqG5TdiYTGxiaUOOqMUtKQyEjd0AVLMEaIsgK6KihLkjFQws3E1Aw1&amp;#43;sTULK1niAz5iXxsBLYauF&amp;#43;TieKILmj8CqMYyGnHcuiuoCQYDDIjI4aGMSAbdUw7NZs6oJy0G&amp;#43;dCAPZ8yHLBdEPLTD1gkESEAPIlCqD&amp;#43;ICHajLoh4uEYoT7thF6sBSIjyDMuKV3DbxwLBoAe0j2CiKh/jJljRHQA50E3otgYESE95UUe5CMyINGVoD0gdPSNOsIp8Jdogi4XBAuZc46NZDFMokq6eZybbI4h53nTfSF/zodobTd0LdDdoy5oG9qaekPvbX4YcIypA8qPHiAX53cYJ0D3n7ZBFggkNTNHuzRpmdeVyHHU1HVLe4e2OdeiV4D2wlZxkLR3Ska2lBsC4z44GWwKEH1A9k/CuojDwcHhxcD6hm7XhiMOBweHDcMRh4ODw4bhiMPBwWHDcMTh4OCwYTjicHBw2DAccbyEYFqPxT1MkbK2paGpVVeMspqWKXbWEDCl&amp;#43;yQwhcj1rF/pv3NPp0VZYj5prmc5O9frdPXy6kyHFw&amp;#43;OOF4ClA6N6pOi9jV3y8TCoq4vYYEXC4hYfRkWcUVXPTK/z3qSrLxCXbtiMdwyIIVvpkrxtgyZ6B3VBWUsoGMhGYvCWEjHuhEWHe09fEIXr7EegJWQrLB0ePHgiOMlwKn2Xvnn0TnyxYxSuTeztJCstLxSRkbGNGpgCT2Lzlg8xOpEFk55F5x1ZbXI4X/9uj7d617VUhTBSlEIhEVER06G6aI&amp;#43;FmmxupbFYUQurIZkYZ/DiwdHHC8BIrv65ZWkIvnveTdlcHaJEIg0WF2JsYeFR&amp;#43;nqXZbAs0ybrQBe3C5o14fbXvjSXhmsW9r4VVq&amp;#43;tI&amp;#43;ELgorH1llm5yWLfHJGbqdgI1lS6t7t&amp;#43;b5ow5bC0ccLwHonnRPzUj/zKwsLm8TYPn98PCodk3YPckyeJYYE3Ww78KLBROljPeMyLjppizOLepvRBssm2a848yFy7rEmeXoLMvmXmyUYh&amp;#43;S3ens8GLBEYeDg8OG4YjDwcFhgxD5//KeXesLT0RRAAAAAElFTkSuQmCC" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Consommation et production
 Equipement public
 Bâtiments et construction
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P149" s="1" t="inlineStr">
+      <c r="P121" s="1" t="inlineStr">
         <is>
           <t>01/09/2024</t>
         </is>
       </c>
-      <c r="Q149" s="1" t="inlineStr">
+      <c r="Q121" s="1" t="inlineStr">
         <is>
           <t>01/09/2026</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Toutes les structures du Var hors particuliers peuvent devenir membres du groupement d&amp;#039;achat d&amp;#039;électricité de TE83.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Var</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://te83.fr/competences/le-groupement-dachat-denergie/</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Laurent MERLATTI - &lt;a href="mailto:laurent.merlatti&amp;#64;te83.fr"&gt;laurent.merlatti&amp;#64;te83.fr&lt;/a&gt; - 04 94 37 28 11&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>mehdi.rassoul@symielecvar.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/groupement-dachat-delectricite-sur-le-var/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>162829</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Accompagner les transitions écologiques et énergétiques</t>
         </is>
       </c>
-      <c r="C150" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I150" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J122" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Promouvoir l&amp;#039;agriculture et les productions locales dans les pratiques alimentaires du territoire ;&lt;br /&gt;- Encourager les entreprises aux pratiques de gestion durable des ressources ;&lt;br /&gt;- Soutenir les projets innovants qui participent à la résilience du territoire ;&lt;br /&gt;- Accompagner les changements de pratiques pour préserver les ressources.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Accompagner les territoires vers de nouvelles pratiques alimentaires ;&lt;br /&gt;- Favoriser les alternatives écologiques des entreprises publiques et privées ;&lt;br /&gt;- Initier les innovations énergétiques ;&lt;br /&gt;- S&amp;#039;adapter pour gérer durablement la ressource en eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;accompagnement des territoires vers l&amp;#039;alimentation durable ;&lt;br /&gt;- Opérations favorisant les alternatives écologiques des structures publiques et entreprises privées ;&lt;br /&gt;- Opérations favorisant les innovations énergétiques et durables ;&lt;br /&gt;- Opérations visant à adapter le territoire à une gestion durable de la ressource en eau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Alimentation durable : &lt;/strong&gt;Ensemble de pratiques alimentaires visant à nourrir les êtres humains en qualité et en quantité suffisante, aujourd&amp;#039;hui et demain, dans le respect de l&amp;#039;environnement, en étant accessible économiquement et rémunératrice sur l&amp;#039;ensemble de la chaîne alimentaire (ADEME).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Innovation, créativité et recherche
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt;/ 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-transitions-ecologiques-et-energetiques/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>162933</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Innover dans la poursuite du Projet Alimentaire Territorial</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Alimentation Locale</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F151" s="1" t="inlineStr">
+      <c r="F123" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I151" s="1" t="inlineStr">
+      <c r="I123" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J151" s="1" t="inlineStr">
+      <c r="J123" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir une diversité agricole garante d’une richesse paysagère&lt;/li&gt;&lt;li&gt;Développer des filières locales agricoles, et alimentaires permettant de s’adapter aux effets du réchauffement climatique et / ou de les réduire&lt;/li&gt;&lt;li&gt;Réduire les déchets alimentaires et le gaspillage alimentaire de manière innovante&lt;/li&gt;&lt;li&gt;Sensibiliser et rendre accessible une alimentation saine et locale auprès de tous&lt;/li&gt;&lt;li&gt;Mettre en valeur des produits de notre terroir par la coopération entre différents acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Encourager la reconquête des parcelles en déprise agricole pour une finalité alimentaire&lt;/li&gt;&lt;li&gt;Etudier et investir pour améliorer la commercialisation en circuit court et de proximité (distributeurs automatiques de produits locaux, …)&lt;/li&gt;&lt;li&gt;Renforcer la formation et l’accompagnement des agriculteurs sur les pratiques vertueuses&lt;/li&gt;&lt;li&gt;Promouvoir des pratiques agricoles innovantes moins consommatrices en eau&lt;/li&gt;&lt;li&gt;Créer un document pédagogique d’aide à la décision basé sur les émissions de GES&lt;/li&gt;&lt;li&gt;Identifier et valoriser les invendus et restes alimentaires (dont GMS)&lt;/li&gt;&lt;li&gt;Eduquer au goût la population en la sensibilisant aux produits locaux&lt;/li&gt;&lt;li&gt;Conseiller et accompagner les collectivités pour favoriser les circuits courts et de proximité dans les marchés publics&lt;/li&gt;&lt;li&gt;Soutenir des initiatives visant à réduire le gaspillage alimentaire&lt;/li&gt;&lt;li&gt;Appuyer la structuration d’une filière locale d’aide alimentaire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P151" s="1" t="inlineStr">
+      <c r="P123" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q151" s="1" t="inlineStr">
+      <c r="Q123" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W151" s="1" t="inlineStr">
+      <c r="W123" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-1/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>162934</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Préserver la biodiversité et sensibiliser tous les publics aux enjeux du futur</t>
         </is>
       </c>
-      <c r="C152" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Biodiversité et Sensibilisation environnementale</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F152" s="1" t="inlineStr">
+      <c r="F124" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I152" s="1" t="inlineStr">
+      <c r="I124" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J152" s="1" t="inlineStr">
+      <c r="J124" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer la préservation de la biodiversité (ordinaire, en péril, trame verte, trame bleue, trame brune, …)&lt;/li&gt;&lt;li&gt;Préserver et valoriser le patrimoine naturel et permettre l’adaptabilité au changement climatique&lt;/li&gt;&lt;li&gt;Renforcer les réseaux d’acteurs afin de permettre la transversalité des thématiques (santé, paysage, climat, mobilité, agriculture)&lt;/li&gt;&lt;li&gt;Développer des outils de communication et de sensibilisation tout public&lt;/li&gt;&lt;li&gt;Sensibiliser et lutter contre les espèces invasives&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Expérimenter, adapter la flore (parterre, culture, forêt, …) au changement climatique et notamment au besoin en eau (hors acquisition ou plantation de plantes annuelles)&lt;/li&gt;&lt;li&gt;Créer un atlas des arbres remarquables / Inventaire du patrimoine floristique&lt;/li&gt;&lt;li&gt;Mettre en lien des acteurs touchés directement ou indirectement par la biodiversité&lt;/li&gt;&lt;li&gt;Restaurer les habitats permettant de préserver, d’améliorer ou de recréer une biodiversité&lt;/li&gt;&lt;li&gt;Valoriser et mettre en avant les bonnes pratiques sur les jardins privés&lt;/li&gt;&lt;li&gt;Créer des itinéraires en mobilité douce à la découverte de la biodiversité&lt;/li&gt;&lt;li&gt;Investir pour améliorer la biodiversité en milieu urbain&lt;/li&gt;&lt;li&gt;Créer des vitrines de projets de la biodiversité à l’échelle du Pays des Châteaux&lt;/li&gt;&lt;li&gt;Mener des études d’impact de projets sur la biodiversité&lt;/li&gt;&lt;li&gt;Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P152" s="1" t="inlineStr">
+      <c r="P124" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q152" s="1" t="inlineStr">
+      <c r="Q124" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W152" s="1" t="inlineStr">
+      <c r="W124" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-2/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>162935</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Rassembler les acteurs autour de l’économie circulaire et la valorisation de nos ressources locales</t>
         </is>
       </c>
-      <c r="C153" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Economie circulaire</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F153" s="1" t="inlineStr">
+      <c r="F125" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J153" s="1" t="inlineStr">
+      <c r="J125" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’utilisation et la disponibilité des agromatériaux et bois locaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner tous les acteurs à l’intérêt des filières d’agromatériaux et énergies renouvelables et à la valorisation des déchets&lt;/li&gt;&lt;li&gt;Développer des filières de recyclage / réutilisation des matériaux&lt;/li&gt;&lt;li&gt;Accompagner les entreprises, les collectivités locales et les agriculteurs à la gestion efficiente de l’eau&lt;/li&gt;&lt;li&gt;Accompagner les artisans et professionnels sur les enjeux de l’adaptation au changement climatique de l’économie circulaire et de la sobriété énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M153" s="1" t="inlineStr">
+      <c r="M125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réfléchir et investir sur la réduction, la récupération d’eau et son utilisation&lt;/li&gt;&lt;li&gt;Réfléchir et investir sur la réutilisation des eaux usées&lt;/li&gt;&lt;li&gt;Sensibiliser sur l’utilisation de l’eau dans les différents usages domestiques&lt;/li&gt;&lt;li&gt;Adapter les aménagements autour de la consommation d’eau (récupération, …)&lt;/li&gt;&lt;li&gt;Sensibiliser sur le devenir des déchets (réutilisation, valorisation, …) et leur recyclage&lt;/li&gt;&lt;li&gt;Mettre en place des ressourceries, des matériauthèques / des solutions autour de la récupération de matériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner sur les agro-matériaux ou bio sourcés&lt;/li&gt;&lt;li&gt;Mener des inventaires, états des lieux, études, études de faisabilité sur les filières d’agromatériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer sur l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer auprès des élus et/ou techniciens sur l’usage des bâtiments et la maitrise de l’énergie&lt;/li&gt;&lt;li&gt;Mener des réflexions, études et investissements sur les nouvelles énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P153" s="1" t="inlineStr">
+      <c r="P125" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q153" s="1" t="inlineStr">
+      <c r="Q125" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W153" s="1" t="inlineStr">
+      <c r="W125" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-et-sensibiliser-tous-les-publics-aux-enjeux-du-futur/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>162936</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Rendre attrayante une mobilité sobre</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Mobilité et services</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F154" s="1" t="inlineStr">
+      <c r="F126" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I154" s="1" t="inlineStr">
+      <c r="I126" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J154" s="1" t="inlineStr">
+      <c r="J126" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;font face="Segoe UI"&gt;&lt;span&gt;Objectifs : &lt;/span&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Penser l’accès aux services par une mobilité sobre, douce et/ou réduite&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Imaginer la mutualisation, la mutation, la réversibilité et/ou la recyclabilité de lieux, d’équipements, de véhicules et d’usages&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Accompagner à l’acceptabilité du changement des pratiques (comportements, aménagements) vers plus de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Expérimenter de nouvelles mobilités dans une optique de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Faire prendre conscience de l’urgente nécessité de changer les pratiques de mobilité par la sensibilisation, la formation, l’expérimentation, …&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Recréer l’effet « place du village » ou « vie de quartier », par une mobilité adaptée au changement climatique&lt;/font&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place l’autopartage / un réseau d’autostop organisé et/ou amélioré&lt;/li&gt;&lt;li&gt;Réutiliser les anciennes voies de fret pour un nouvel usage de mobilité&lt;/li&gt;&lt;li&gt;Créer des itinéraires « bis » pour piétons ou cyclistes en dehors de routes (réouvertures d’anciennes voies, ...)&lt;/li&gt;&lt;li&gt;Former, créer des réseaux pour les décideurs (chefs d’entreprises, élus, …) sur les questions de mobilité sobre&lt;/li&gt;&lt;li&gt;Etudier et investir autour de nouvelles formes de mobilité douce&lt;/li&gt;&lt;li&gt;Solutions à destination des publics non véhiculés (sans permis, jeune, personne âgée)&lt;/li&gt;&lt;li&gt;Rendre plus simple l’accès aux services en télétravail&lt;/li&gt;&lt;li&gt;Mutualiser des services entre entreprises ou associations&lt;/li&gt;&lt;li&gt;Sensibilisation, organisation d’évènements autour de la mobilité pour une meilleure prise de conscience&lt;/li&gt;&lt;li&gt;Recréer une proximité entre services au sein d’une commune ou d’un quartier&lt;/li&gt;&lt;li&gt;Etude et investissement autour de solutions spécifiques de mobilité pour des publics de premières nécessités&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Appui méthodologique
 Animation et mise en réseau
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P154" s="1" t="inlineStr">
+      <c r="P126" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q154" s="1" t="inlineStr">
+      <c r="Q126" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W154" s="1" t="inlineStr">
+      <c r="W126" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/rassembler-les-acteurs-autour-de-leconomie-circulaire-et-la-valorisation-de-nos-ressources-locales/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>162982</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C155" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -31962,1683 +26314,1683 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P155" s="1" t="inlineStr">
+      <c r="P127" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q155" s="1" t="inlineStr">
+      <c r="Q127" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>163013</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de coopération</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C128" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F156" s="1" t="inlineStr">
+      <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J156" s="1" t="inlineStr">
+      <c r="J128" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 €. Montant maximum de subvention : 80 000 €.</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Coopération LEADER 2023-2027 &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La mise en œuvre de projets de coopération représente un outil
 d’ouverture vers de nouvelles pratiques et de nouvelles cultures. Elle est un
 moyen de concrétiser l’intégration européenne et prolonge le partenariat interne
 d’un territoire en l’ouvrant à d’autres territoires ruraux, français, européens
 ou hors Union Européenne. Les activités de coopération et leur préparation sont
 un des fondements de la démarche LEADER. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les actions de coopération
 pourront répondre à différents enjeux identifiés dans le diagnostic du
 territoire. Elles pourront porter sur tout type de coopération utile pour le
 territoire (transnationale, interrégionale ou locale). Elles apporteront une plus-value
 aux actions engagées, favoriseront l’innovation et le développement de liens de
 travail durables avec les territoires limitrophes.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Partager les expériences avec d’autres territoires limitrophes,
      français, européens et/ou transnationaux&lt;/li&gt;&lt;li&gt;Développer des réflexions communes en particulier avec des
      territoires voisins&lt;/li&gt;&lt;li&gt;Mettre en place des actions collectives sur des problématiques
      partagées&lt;/li&gt;&lt;li&gt;
 &lt;span&gt;Capitaliser et faire
 circuler les expériences les plus innovantes à l’échelle du territoire du Pays
 d’Ancenis&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M156" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets de coopération doivent se concrétiser
 par la mise en place d’actions communes en cohérence avec la stratégie du GAL.
 Sont éligibles dans ce cadre les opérations contribuant à la préparation, à la
 mise en œuvre, à l’évaluation d’activités de coopération, ainsi qu’à la
 communication afférente.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Soutien
 préparatoire : aide à la préparation et à la définition du projet dans le
 cadre d’une coopération&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Mise en place d’un
 réseau d’échanges et de partenariat aussi bien entre les bénéficiaires,
 qu’entre les GAL en lien avec la stratégie du territoire&lt;/li&gt;&lt;li&gt;&lt;span&gt;A&lt;/span&gt;&lt;span&gt;nimation et gestion
 des projets de coopération&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Communication des
 projets de coopération&lt;/li&gt;&lt;li&gt;Organisation ou
 participation à des événements favorisant la mise en réseau des acteurs
 (visites, repas, hébergements, séminaires, réunions, animations, par exemple)&lt;/li&gt;&lt;li&gt;Actions d’information /
 de sensibilisation autour de thématiques communes avec les territoires et les
 partenaires&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P156" s="1" t="inlineStr">
+      <c r="P128" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q156" s="1" t="inlineStr">
+      <c r="Q128" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/connaitre-et-preserver-nos-ressources-naturelles-et-energetiques/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>163040</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’artisanat local et les commerces de proximité du Pays d'Auge tout en encourageant les circuits courts et les modes de consommation responsables</t>
         </is>
       </c>
-      <c r="C157" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F157" s="1" t="inlineStr">
+      <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I157" s="1" t="inlineStr">
+      <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bien qu’étant un territoire très attractif, le Pays d’Auge souffre de disparités en matière de dynamisme économique et d’accès pour tous à des services marchands de proximité. Certaines zones rurales sont en effet confrontées à des problématiques de vacances commerciales, de sous-développement du tissu artisanal et de disparition des commerces de proximité, faute de repreneurs. Participant à 6 des 59 objectifs du SRADDET, cette fiche-action rend indispensable le maintien et le renforcement des commerces de proximité et l’artisanat local afin d’assurer un développement équilibré du territoire, facteur de bien-être des habitants, d’emplois et d’attractivité touristique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Permettre à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural &lt;/li&gt;&lt;li&gt;Soutenir les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Encourager les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Soutenir les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, modernisation et développement de &lt;strong&gt;commerces de proximités et d’activités artisanales dans les centre-bourgs &lt;/strong&gt;(communes de moins de 10 000 habitants / pour les créations une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Opérations visant à réhabiliter des &lt;strong&gt;friches industrielles et économiques&lt;/strong&gt; (études)&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination/coopération entre les acteurs locaux&lt;/strong&gt; et à valoriser les démarches collectives &lt;/li&gt;&lt;li&gt;Soutien à l&amp;#039;élaboration de &lt;strong&gt;plans d&amp;#039;action locaux pour le développement économique&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Expérimentations de &lt;strong&gt;nouvelles formes de commerces innovantes&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien au développement de &lt;strong&gt;lieux participatifs&lt;/strong&gt; (commerces autogérés, cafés associatifs, tiers-lieux)&lt;/li&gt;&lt;li&gt;Aides à la création ou au développement des &lt;strong&gt;petites entreprises dans le champ de l’économie sociale et solidaire (ESS) et de l’économie circulaire&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Actions visant à soutenir les diversifications/reprises/transmissions du &lt;strong&gt;« dernier commerce de proximité du village » &lt;/strong&gt;(collectivités uniquement, une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Création, expérimentation, développement et valorisation de projets en faveur de la &lt;strong&gt;commercialisation des produits en circuits courts&lt;/strong&gt;, de la &lt;strong&gt;relocalisation de la production alimentaire&lt;/strong&gt; et de la consommation responsable, notamment dans le domaine de la restauration collective et aide à la structuration de filières locales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Friche
 Accès aux services
 Citoyenneté
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité
 Attractivité économique
 Animation et mise en réseau
 Artisanat</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet permet à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le projet soutient les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Le projet encourage les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Le projet soutient les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Achat de terrain bâti et non bâti, &lt;span&gt;Construction et extensions ;  &lt;/span&gt;&lt;span&gt;Travaux de rénovation énergétique sans audit énergétique préalable ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques-1/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>163044</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Diversifier, valoriser et structurer une offre touristique durable à destination des habitants et des touristes dans le Pays d'Auge</t>
         </is>
       </c>
-      <c r="C158" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F158" s="1" t="inlineStr">
+      <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I158" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En alliant tourisme balnéaire, tourisme rural et forte identité culturelle, le Pays d’Auge bénéficie d’atouts touristiques indéniables. En plus de contribuer à affirmer l’identité du Pays d’Auge, le tourisme est créateur d’emplois et constitue un pilier clef de développement économique pour les collectivités et les commerçants.&lt;/p&gt;&lt;p&gt;Toutefois, ce dynamisme touristique se concentre majoritairement dans le Nord Pays d’Auge, autour des stations balnéaires dont l’afflux touristique entraîne parfois des difficultés de gestion. A l’inverse, le Sud Pays d’Auge souffre d’un certain déficit de notoriété, malgré la richesse de son patrimoine naturel (bocages, prairies…) et culturel (architecture, haras, gastronomie…).&lt;/p&gt;&lt;p&gt;Il s’agit donc de renforcer l’attractivité touristique de l’arrière-pays pour les touristes et pour les habitants, à travers l&amp;#039;essor de nouvelles activités, la mise en réseau des acteurs locaux et la valorisation de l’offre déjà existante. Afin d’assurer une mise en œuvre effective du tourisme durable et de pleinement prendre en compte les impacts actuels et futurs du tourisme sur les systèmes vivants, la biodiversité et l’intégrité culturelle, il convient aussi de réfléchir à une gestion équilibrée des ressources naturelles et d’impliquer tous les acteurs locaux.&lt;/p&gt;&lt;p&gt;Les opérations accompagnées dans le cadre de cette fiche action n°5 sont en cohérence avec 7 objectifs du SRADDET normand, notamment la promotion d’un tourisme durable, ainsi que les constats liés au changement climatique du GIEC normand.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Encourager et généraliser les démarches de tourisme durable, la randonnée et le cyclotourisme&lt;/li&gt;&lt;li&gt;Renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations d&amp;#039;aménagement, de modernisation, et de promotion d&amp;#039;équipements, de sites et d&amp;#039;&lt;strong&gt;activités touristiques valorisant les atouts et les spécificités locales du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien à l’investissement pour la réhabilitation, la rénovation ou la création d’&lt;strong&gt;hébergements touristiques publics et privés&lt;/strong&gt; dans le respect des qualités architecturales du bâti, en cohérence avec les besoins du territoire et répondant à un objectif d’amélioration de la performance thermique&lt;/li&gt;&lt;li&gt;Soutien à la réhabilitation et à l’extension de &lt;strong&gt;logements de personnels saisonniers&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions de marketing territorial et de mise en réseau des acteurs afin de &lt;strong&gt;structurer le secteur touristique à l’échelle du Pays d’Auge&lt;/strong&gt; et de renforcer l’identité culturelle locale&lt;/li&gt;&lt;li&gt;Initiatives visant à développer et à valoriser les &lt;strong&gt;savoir-faire locaux&lt;/strong&gt;, en collaboration avec les acteurs du territoire, notamment en matière d’&lt;strong&gt;artisanat et d’agritourisme&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Développement d’&lt;strong&gt;itinéraires touristiques et culturels à l’échelle du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Opérations d’animation et de sensibilisation sur les &lt;strong&gt;enjeux du tourisme durable et solidaire&lt;/strong&gt; à destination des acteurs du territoire&lt;/li&gt;&lt;li&gt;Projets visant à renforcer la rencontre et les échanges entre les acteurs agricoles et les habitants en zone rurale ainsi qu’entre les touristes et les locaux afin de &lt;strong&gt;lutter contre les conflits d’usage&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Economie sociale et solidaire
 Logement et habitat
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;encourager et généraliser les démarches de tourisme durable&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Le projet permet de valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Construction de bâtiments contribuant à l’artificialisation des sols ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-valoriser-et-structurer-une-offre-touristique-durable-a-destination-des-habitants-et-des-touristes-dans-le-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>163076</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre des démarches énergie-climat territoriales structurantes</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre des démarches énergie-climat territoriales structurantes</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Alec métropole bordelaise et Gironde</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Expertise énergie-climat pour mettre en place une stratégie territoriale de réduction des consommations d’énergie et des émissions de gaz à effet de serre et de développement des énergies renouvelables et de récupération (EnRR).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;• &lt;/span&gt;Etat des lieux énergie-climat du territoire &lt;/p&gt;&lt;p&gt;• Elaboration d’une scénarisation prospective de la demande en énergie, du mix énergétique et du développement des EnRR à court, moyen et long termes, en lien avec les contextes et objectifs nationaux, régionaux et locaux &lt;/p&gt;&lt;p&gt;• Participation à la définition des objectifs et de la stratégie énergie-climat du territoire &lt;/p&gt;&lt;p&gt;• Participation aux groupes de travail et ateliers thématiques portés par les collectivités en vue de définir un plan d’actions &lt;/p&gt;&lt;p&gt;• Accompagnement tout au long de la mise en place de la démarche : participation aux comités de pilotage, recherche de benchmarks locaux et européens… &lt;/p&gt;&lt;p&gt;• Aide à la mise en place d’indicateurs de suivi &lt;/p&gt;&lt;p&gt;• Suivi des trajectoires d’évolution des consommations et des productions en lien avec les objectifs fixés &lt;/p&gt;&lt;p&gt;• Suivi de la mise en œuvre du plan d’actions et de ses impacts sur la stratégie territoriale&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M159" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Accompagnement des territoires engagés dans des démarches type Plan Climat-Air-Energie Territorial, TEPOS, Agenda 21...&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;EPCI, collectivités, communautés de communes... en Gironde&lt;/li&gt;&lt;li&gt;Adhésion à l&amp;#039;Alec&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention éventuelle&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.alec-mb33.fr/</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>thi.gref@alec-mb33.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-demarches-energie-climat-territoriales-structurantes/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>163077</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Connaître et comprendre la situation énergie-climat de mon territoire</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Connaître et comprendre la situation énergie-climat de mon territoire</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Alec métropole bordelaise et Gironde</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La collectivité bénéficie des informations nécessaires et d’une connaissance fine de l’existant pour mettre en oeuvre une politique climat-air-énergie efficace. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Etat des lieux et analyse des consommations énergétiques finales par type d’énergie, par secteur et par usage &lt;/p&gt;&lt;p&gt;• Etat des lieux et analyse des productions énergétiques : filières EnR locales, installations de production et de transformation d’énergie &lt;/p&gt;&lt;p&gt;• Analyse des flux énergétiques sur le territoire en mettant en lien production, transformation, transport, distribution, pertes et consommation d’énergie sur le territoire, afin d’apprécier l’autonomie du territoire et ses échanges avec l’extérieur &lt;/p&gt;&lt;p&gt;• Evaluation des émissions territoriales de gaz à effet de serre, directes et indirectes (scopes 1 et 2), et de la séquestration de CO2 du territoire &lt;/p&gt;&lt;p&gt;• Evaluation de la vulnérabilité au changement climatique : analyse des forces et faiblesses du territoire &lt;/p&gt;&lt;p&gt;• Estimation de la dépense énergétique par type d’énergie et par secteur &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diagnostics énergie-climat territoriaux à différentes échelles dans le cadre de plusieurs démarches (PCAET, TEPOS, PNR, Agenda 21, Convention des Maires...) en Gironde.&lt;/li&gt;&lt;li&gt;Fourniture ponctuelle de données dans le cadre de projets territoriaux (PLU, SCOT, études spécifiques…)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion &lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.alec-mb33.fr/</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>thi.gref@alec-mb33.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/connaitre-et-comprendre-la-situation-energie-climat-de-mon-territoire/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>163078</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Alec métropole bordelaise et Gironde</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Identification et quantification des potentiels de réduction des consommations d’énergie et de développement des énergies renouvelables, en lien avec les démarches énergie-climat et enjeux locaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Modalités :&lt;/p&gt;&lt;p&gt;Sur la base de l’état des lieux énergétique, et au regard des objectifs énergie-climat à atteindre (SRADDET, neutralité carbone, PCAET…), élaboration d’études de potentiels et/ou de scénarisations prospectives : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Estimation du potentiel de réduction des consommations d’énergie par secteur et/ou par usage : rénovation thermique des bâtiments, éclairage public… &lt;/li&gt;&lt;li&gt;Evaluation des potentialités de mutation énergétique (conversion des énergies fossiles vers les énergies renouvelables) &lt;/li&gt;&lt;li&gt;Estimation du potentiel de développement des différentes filières énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M161" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude des potentiels de développement des EnR à l’échelle des différents EPCI dans une logique de coopérations territoriales avec Bordeaux Métropole &lt;/li&gt;&lt;li&gt;Etude du potentiel d’implantation de méthaniseurs&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.alec-mb33.fr/</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>thi.gref@alec-mb33.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/identifier-le-potentiel-en-economies-denergie-et-en-energies-renouvelables-de-mon-territoire/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>163080</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un porter à connaissance énergie-climat</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un porter à connaissance énergie-climat</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Alec métropole bordelaise et Gironde</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Expertise énergie-climat dans la conception ou l’aménagement d’un projet urbain ou site à enjeux (éco-quartier, zone d’activités…), dans le but d’apprécier de façon transversale les opportunités de desserte et/ou réhabilitation énergétiques.&lt;/p&gt;&lt;p&gt;Réalisation d’un &lt;strong&gt;« Porter à connaissance Energie / Urbanisme » &lt;/strong&gt;auprès du ou des maîtres d’ouvrage du projet  comprenant : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définition d’un périmètre d’analyse pertinent, intégrant le ou les projets et les bâtiments et tissus existants situés à proximité, &lt;/li&gt;&lt;li&gt;Identification des consommateurs en jeu et quantification des besoins énergétiques &lt;/li&gt;&lt;li&gt;Caractérisation des tissus bordant le projet : typologie, nombre de logements, surfaces des bâtiments, datation, domanialité, mode et énergie de chauffage… &lt;/li&gt;&lt;li&gt;Identification qualitative et quantitative des ressources renouvelables mobilisables au droit du projet et au regard de « l’économie générale » des ressources renouvelables locales &lt;/li&gt;&lt;li&gt;Propositions d’options de rénovation thermique et/ou de desserte en énergies renouvelables satisfaisant tout ou partie des besoins énergétiques en jeu.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M162" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude de préfaisabilité d’un réseau de chaleur sur un quartier des hôpitaux &lt;/li&gt;&lt;li&gt;Etude de l’intégration des tissus urbains existants dans la réflexion de desserte énergétique d&amp;#039;un quartier &lt;/li&gt;&lt;li&gt;Etude de l’adéquation entre besoins et distribution en électricité à moyen-long terme&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Bâtiments et construction
 Logement et habitat
 Appui méthodologique
 Animation et mise en réseau
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.alec-mb33.fr/</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>thi.gref@alec-mb33.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-dun-porter-a-connaissance-energie-climat/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>163081</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Alec métropole bordelaise et Gironde</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La collectivité est accompagnée dans le suivi énergétique de ses bâtiments publics et bénéficie d’un soutien technique dans la réalisation des travaux préconisés par l’ALEC.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rencontre avec la collectivité et les partenaires concernés &lt;/li&gt;&lt;li&gt;Visite technique des bâtiments publics (système constructif, état et épaisseur des isolants existants, menuiseries, système de chauffage et climatisation, régulation…) • Analyse des consommations des trois dernières années &lt;/li&gt;&lt;li&gt;Suivi des consommations d’énergie et d’eau des bâtiments et éclairage public &lt;/li&gt;&lt;li&gt;Préconisation d’actions d’économie d’énergie sur les bâtiments étudiés &lt;/li&gt;&lt;li&gt;Réalisation d’un plan pluriannuel d’investissement en concertation avec l’équipe municipale &lt;/li&gt;&lt;li&gt;Identification de potentiel en énergies renouvelables &lt;/li&gt;&lt;li&gt;Sensibilisation des usagers des bâtiments publics aux économies d’énergie &lt;/li&gt;&lt;li&gt;Proposition de programmes pluriannuels d’investissement sur chaque bâtiment public (régulation et programmation du chauffage, isolation, chauffage performant renouvelable…) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ALEC s’adapte aux besoins de la collectivité et peut réaliser l’intégralité de l’accompagnement cité ci-dessus ou uniquement une partie.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Appui méthodologique
 Animation et mise en réseau
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.alec-mb33.fr/collectivites/agir-patrimoine-public/</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>thi.gref@alec-mb33.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-sur-la-maitrise-de-lenergie-de-mon-patrimoine-public/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>163082</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Rénover et construire durablement un bâtiment public</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Rénover et construire durablement un bâtiment public</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Alec métropole bordelaise et Gironde</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribution à la réflexion en amont du projet et aide à la programmation et aux études préalables pour : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter le coût d’investissement en optimisant les choix &lt;/li&gt;&lt;li&gt;avoir des consommations d’énergie conformes au niveau attendu &lt;/li&gt;&lt;li&gt;assurer le confort en toute saison&lt;/li&gt;&lt;li&gt; faciliter l’exploitation future d’un bâtiment &lt;/li&gt;&lt;li&gt;intégrer éventuellement une solution d’énergie renouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;MODALITES :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définition d’un objectif de performance énergétique&lt;/li&gt;&lt;li&gt;visite du bâtiment et analyse des consommations &lt;/li&gt;&lt;li&gt;Proposition de solutions d’amélioration&lt;/li&gt;&lt;li&gt;Aide à la rédaction du cahier des charges technique (choix assistance à maîtrise d’ouvrage, maîtrise d’œuvre) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation au concours d’architecte lancé par la collectivité &lt;/li&gt;&lt;li&gt;Analyse des dossiers techniques dans les différentes phases du projet (avant-projet sommaire, avant-projet définitif, dossier de consultation des entreprises, exécution, exploitation…) &lt;/li&gt;&lt;li&gt;Participation aux différentes réunions du projet &lt;/li&gt;&lt;li&gt;Suivi des travaux et échanges avec les entreprises et la maîtrise d’ouvrage &lt;/li&gt;&lt;li&gt;Validation du niveau de performance attendu &lt;/li&gt;&lt;li&gt;Accompagnement de la société d’exploitation durant la phase de réglages des installations techniques &lt;/li&gt;&lt;li&gt;Suivi du fonctionnement général de tous les systèmes thermiques du bâtiment pendant la phase de parfaite achèvement des travaux &lt;/li&gt;&lt;li&gt;Bilan des consommations sur les premières années d’utilisation du bâtiment&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M164" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rénovation globale de bâtiments (isolation des murs, des toitures, remplacement des menuiseries, réflexion sur le système de chauffage en place) &lt;/li&gt;&lt;li&gt;Participation au jury des concours d’architecture et analyse des documents dans les différentes phases du projet&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Bâtiments et construction
 Réhabilitation
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.alec-mb33.fr/collectivites/etre-accompagne-projets/</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>thi.gref@alec-mb33.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renover-et-construire-durablement-un-batiment-public/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>163085</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Financer des projets qui favorisent le partage des richesses culturelles et la vie locale</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C137" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I165" s="1" t="inlineStr">
+      <c r="I137" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J165" s="1" t="inlineStr">
+      <c r="J137" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l’offre culturelle locale (dont le patrimoine), les services aux habitants pour favoriser le bien vivre ensemble dans les villages. Il vise également à trouver des solutions de mobilité durables qui permettent aux habitants d’accéder aux opportunités proches de chez eux. Enfin, il vise à renforcer le lien social, à favoriser la mixité, l’entraide et la solidarité.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Sauvegarder et transmettre les patrimoines matériels et immatériels&lt;/p&gt;&lt;p&gt;- Créer une offre culturelle locale favorisant les échanges&lt;/p&gt;&lt;p&gt;- Renforcer le lien social et les actions en faveur de la jeunesse&lt;/p&gt;&lt;p&gt;- Développer les services aux habitants&lt;/p&gt;&lt;p&gt;- Favoriser les mobilités alternatives au service du lien social ou de la vie locale&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le
 projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné
 par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union
 Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre
 cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds
 propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M165" s="1" t="inlineStr">
+      <c r="M137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Restauration de patrimoine permettant de créer du lien social, recueil de récits et valorisation, etc.&lt;/p&gt;&lt;p&gt;‐ Création artistique sur le territoire, etc.&lt;/p&gt;&lt;p&gt;‐ Activités intergénérationnelles, tiers-lieu culturel, etc.&lt;/p&gt;&lt;p&gt;‐ Bibliothèque itinérante, activités inter-villages, etc.&lt;/p&gt;&lt;p&gt;‐ Rosalies, installations de racks à vélo et bornes de réparation, autopartage, navette mutualisée, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Friche
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Architecture
 Paysage
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q165" s="1" t="inlineStr">
+      <c r="Q137" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet
 se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité
 temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de
 la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte,
 notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de
 promotion et communication, formation, animation, prestation de service,
 équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou
 exemplaire &lt;/strong&gt;pour le territoire ET le projet f&lt;strong&gt;avoriser les interactions et crée du
 lien social.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement
 appeler en contrepartie un cofinancement auprès d’une structure publique (Etat,
 Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T165" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;PETR Garrigues et Costières de Nîmes&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;1 rue du Colisée - &lt;/span&gt;&lt;span&gt;30900 NÎMES&lt;/span&gt;&lt;br /&gt;06 30 07 33 52  | 04 &lt;span&gt;66 02 54 12&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-un-programme-europeen-au-service-des-ruralites/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>163093</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Financer de l'ingénierie thématique</t>
         </is>
       </c>
-      <c r="C166" s="1" t="inlineStr">
+      <c r="C138" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Fiche action 9 - Ingénierie thématique</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F166" s="1" t="inlineStr">
+      <c r="F138" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I166" s="1" t="inlineStr">
+      <c r="I138" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J166" s="1" t="inlineStr">
+      <c r="J138" s="1" t="inlineStr">
         <is>
           <t>Plancher 25 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le territoire du Sud Gironde soutiendra les actions d’ingénierie de projet thématique ou de coopération thématique (hors projets éligibles FA 11 : Coopération transnationale et interterritoriale) locale et interterritoriale permettant de mutualiser les moyens, de partager des objectifs communs et de mettre en réseau les acteurs. La thématique devra être rattachée à la stratégie DLAL du territoire et concerner tout le territoire du GAL (territoire du Syndicat Mixte du Sud Gironde : quatre Communautés de Communes (CdC Convergence Garonne, CdC du Sud Gironde, CdC du Réolais en Sud Gironde, CdC du Bazadais).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie et animation thématique en lien avec la stratégie et au minimum une fiche action de la stratégie DLAL du territoire du Sud Gironde, favorisant une mise en réseau d’acteurs à l’échelle de tout le Sud Gironde&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P166" s="1" t="inlineStr">
+      <c r="P138" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q166" s="1" t="inlineStr">
+      <c r="Q138" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel, agriculteur dans le cadre de leur activité agricole &lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T166" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W166" s="1" t="inlineStr">
+      <c r="W138" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X166" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-touristique-culturelle-et-patrimoniale-2/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>163141</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Accompagner et coordonner les différents acteurs pour la désimperméabilisation d'espaces publics</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Désimperméabilisation d'espaces publics</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La démarche de désimperméabilisation et de végétalisation
 des espaces publics (place, parking, cour d’école, aire de jeux,…) est devenue
 un enjeu dans un contexte de changement climatique. Elle cible une gestion
 intégrée des eaux pluviales en surface (infiltration) à toutes les échelles pour
 limiter les phénomènes de ruissellement.&lt;/p&gt;&lt;p&gt;Une gestion intégrée des eaux pluviales en surface
 (infiltration) a pour objectifs de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter les phénomènes de ruissellement,&lt;/li&gt;&lt;li&gt;limiter la saturation des systèmes d’assainissement,&lt;/li&gt;&lt;li&gt;limiter les inondations,&lt;/li&gt;&lt;li&gt;préserver les ressources naturelles en favorisant la
 recharge des nappes,&lt;/li&gt;&lt;li&gt;préserver la qualité de l’eau,&lt;/li&gt;&lt;li&gt;réintroduire la nature,&lt;/li&gt;&lt;li&gt;favoriser la biodiversité,&lt;/li&gt;&lt;li&gt;et contribuer à réduire le phénomène d&amp;#039;îlots de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Suite à une phase de diagnostic préalablement conduite sur
 place par les services départementaux et leurs partenaires, un accompagnement
 adapté est proposé pour faire aboutir le projet de désimperméabilisation.&lt;/p&gt;&lt;p&gt;Cet accompagnement comprend :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réalisation d’un état des lieux du site&lt;/li&gt;&lt;li&gt;L’accompagnement et le conseil sur l’aménagement
 du site (conseils techniques pour la maîtrise d’ouvrage et rédaction du cadre
 général du cahier des charges)&lt;/li&gt;&lt;li&gt;Coordination entre les différents acteurs dans
 la phase d’étude&lt;/li&gt;&lt;li&gt;Accompagnement au montage de dossiers de demande
 de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Direction de l&amp;#039;Eau, de l&amp;#039;Environnement et de
 l&amp;#039;Agriculture (DEEA) pilotera, animera et coordonnera cette prestation, en lien
 avec Aqui&amp;#039;Brie sur son périmètre d&amp;#039;intervention. Elle apportera des conseils
 sur la gestion des eaux pluviales et la création d’ilots de fraicheur. En tant
 que référent elle sera en charge de la coordination des acteurs et la
 répartition des missions d’expertise entre les différents partenaires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Ainsi, selon la complexité du dossier et les thématiques
 abordées, Seine-et-Marne Environnement (SEME), la Direction des Routes (DR) et
 le CAUE77 seront amenés à intervenir techniquement sur leur domaine de
 compétence : Le CAUE77 en particulier sur l’analyse paysagère des sites, la
 création de schéma d’intention et la prise en compte de l’accessibilité, SEME
 sur La sensibilisation aux enjeux environnementaux des différents acteurs et
 l’intégration d’une biodiversité dans les projets et la Direction des Routes
 sur les dépendances de la route.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M167" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Désimperméabilisation et végétalisation des espaces publics  type place, parking, cour d’école, aire de jeux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Sols
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Santé
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R167" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités de Seine-et-Marne &lt;/li&gt;&lt;li&gt;Accompagnement gratuit par les services départementaux.&lt;/li&gt;&lt;li&gt;Certaines prestations délivrées par les organismes associés
 du Département peuvent être payantes, et/ou conditionnées à l’adhésion de la
 commune à l’organisme ou à un conventionnement entre le  demandeur et l’organisme (Seine-et-Marne Environnement).&lt;/li&gt;&lt;li&gt;Si payant ou sous conditions, détail du coût.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
         </is>
       </c>
-      <c r="W167" s="1" t="inlineStr">
+      <c r="W139" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>163142</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M168" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -33647,160 +27999,160 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W168" s="1" t="inlineStr">
+      <c r="W140" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>163199</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C169" s="1" t="inlineStr">
+      <c r="C141" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I169" s="1" t="inlineStr">
+      <c r="I141" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -33837,160 +28189,160 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q169" s="1" t="inlineStr">
+      <c r="Q141" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>163767</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>ADEME
 Agence Nationale de l'Habitat (ANAH)
 Agences de l'eau
 Agence nationale de la cohésion des territoires (ANCT)
 ALEC 42 - Agence Locale de l'Energie et du Climat
 Agence Nationale pour la Rénovation Urbaine (ANRU)
 SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
 DDT de la Loire</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -34032,6322 +28384,12550 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W170" s="1" t="inlineStr">
+      <c r="W142" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>163792</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Préserver et valoriser des espèces et des espaces naturels</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Conseil Départemental des Pyrénées Orientales</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;A travers 
 son Schéma Départemental des Espaces Naturels (SDEN) le Département des Pyrénées Orientales a 
 identifié un réseau d’une centaine d’espaces naturels protégés, ou non, 
 par la réglementation, permettant de cibler les écosystèmes et enjeux 
 prioritaires. Cette démarche de conservation de la nature s’inscrit 
 également en faveur de certaines espèces de faune et de flore 
 emblématique du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de l’aide défini selon le type de projet au cas par cas.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M171" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département intervient pour soutenir des projets permettant de valoriser les atouts du territoire au
  niveau écologique et du paysage. &lt;/p&gt;&lt;p&gt;→ Améliorer la connaissance, 
 restaurer des milieux naturels, reconnecter des corridors écologiques, 
 pérenniser à long terme la qualité des écosystèmes par des équipements 
 adaptés et une gestion différenciée de l’espace. &lt;/p&gt;&lt;p&gt;Les opérations doivent 
 également permettre une ouverture au public pour faciliter la découverte
  du patrimoine naturel.&lt;/p&gt;&lt;p&gt;Les projets doivent cibler les espèces et des milieux naturels prioritaires du SDEN, selon 5 orientations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Inventaires et études (plan de gestion…)&lt;/li&gt;&lt;li&gt;Animation et acquisitions foncières (vieilles forêts, zones humides…)&lt;/li&gt;&lt;li&gt;Travaux de restauration (reconstitution de mares, de corridors écologiques)&lt;/li&gt;&lt;li&gt;Aménagement à des fins de protection (infrastructures écologiques, équipement et matériel, accueil du public dans le 
 respect du milieu)&lt;/li&gt;&lt;li&gt;Gestion d’espaces naturels (ouverture de milieux…)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Foncier
 Santé
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aides ouvertes aux communes, EPCI, associations de préservation de l’environnement, syndicats mixtes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T171" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Pyrénées-Orientales</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://portail-collectivites66.fr/aap/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable Mission Biodiversité&lt;/p&gt;&lt;p&gt;Département des Pyrénées Orientales&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>vanessa.amiel@cd66.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>163869</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine domestique</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Lutte contre les pollutions d'origine domestique</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="I172" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans un contexte où l&amp;#039;imperméabilisation des surfaces urbanisées a été
 croissante ces dernières décennies provoquant l&amp;#039;augmentation des volumes d&amp;#039;eaux
 pluviales à gérer et un impact parfois significatif sur la qualité des milieux
 naturels récepteurs, la gestion efficace de ces eaux constitue un enjeu
 crucial, particulièrement dans un contexte d&amp;#039;adaptation au changement
 climatique et de préservation de la biodiversité. &lt;/p&gt;&lt;p&gt;L&amp;#039;augmentation de la performance environnementale des systèmes
 d&amp;#039;assainissement collectif représente un autre enjeu majeur. Dans cette
 perspective, l&amp;#039;Agence de l&amp;#039;Eau soutient principalement les actions visant à
 améliorer la performance des unités d&amp;#039;épuration, à maîtriser les déversements
 des réseaux d&amp;#039;assainissement dans le milieu naturel, à mettre à niveau les
 raccordements en domaine privé et à réhabiliter les installations
 d&amp;#039;assainissement non collectif situées dans des zones sensibles.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les interventions de l&amp;#039;Agence de l&amp;#039;Eau en matière de lutte
 contre les pollutions d&amp;#039;origine domestique visent ainsi à atteindre les
 objectifs fixés par la Directive Cadre sur l&amp;#039;Eau, la Directive Eaux Résiduaires
 Urbaines et la Directive Eaux de Baignades, telles que mentionnées dans le
 Schéma Directeur d&amp;#039;Aménagement et de Gestion des Eaux. Elles visent à atteindre
 le bon état des masses d&amp;#039;eau et à réduire ou éliminer les rejets de polluants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M172" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;    Les dispositifs d’autosurveillance des
 installations&lt;/li&gt;&lt;li&gt;    Les travaux de réhabilitation de réseaux
 d’assainissement d’eaux usées séparatifs ou unitaires sans redimensionnement
 hydraulique à la hausse (dépose/repose, chemisage continu ou ponctuel…)&lt;/li&gt;&lt;li&gt;    La mise en service d’un réseau de collecte neuf
 ou d’un tronçon de réseau de collecte réhabilité ;&lt;/li&gt;&lt;li&gt;    Etudes ou des travaux qui contribuent à réduire
 l’impact des rejets des installations d’assainissement non collectif pour
 préserver l’environnement et la santé des personnes&lt;/li&gt;&lt;li&gt;    Réalisation de missions d’assistance technique
 auprès des collectivités dans le domaine de l’assainissement collectif.&lt;/li&gt;&lt;li&gt;    Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Sols
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P144" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
+      <c r="Q144" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les ouvrages d’épuration&lt;/li&gt;&lt;li&gt;Les réseaux d’assainissement et de gestion des
 eaux pluviales&lt;/li&gt;&lt;li&gt;Le raccordement au réseau public de collecte des
 eaux usées&lt;/li&gt;&lt;li&gt;L’assainissement non collectif&lt;/li&gt;&lt;li&gt;L’assistance technique départementale&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T172" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_blank"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_blank"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE - &lt;a target="_blank"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-domestique/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>163874</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Gérer l'eau et la nature dans les villes et les villages</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I173" s="1" t="inlineStr">
+      <c r="I145" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 70</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
 entraîné une artificialisation des zones urbanisées altérant durablement les
 fonctions écologiques des sols urbains, en particulier leurs fonctions
 hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
 le plus souvent par une imperméabilisation qui constitue la forme la plus
 sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
 naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
 l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
 corolaire un accroissement des ruissellements urbains, quasi-systématiquement
 gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
 inondations et des impacts plus ou moins significatifs sur la qualité des
 milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
 60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
 sont rejetés sans traitement au droit des déversoirs d’orage directement dans
 les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
 la vie présente dans ces sols et leur capacité à être supports de biodiversité,
 les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
 plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
 les capacités de stockage de carbone dans les sols sous forme de matière
 organique, facteur d’atténuation du dérèglement climatique, mais aussi de
 réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
 par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
 au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
 l’expression de leurs services écosystémiques, en repensant la place de l’eau
 et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
 constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
 Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
 Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
 première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
 titre de la présente délibération visent à impulser et accompagner la
 nécessaire transformation des modes d’aménagement urbain, de tendre vers un
 urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
 l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
 dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
 habitants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M173" s="1" t="inlineStr">
+      <c r="M145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
 en améliorant leur état initial par la création de nouveaux espaces de nature
 en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P173" s="1" t="inlineStr">
+      <c r="P145" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q173" s="1" t="inlineStr">
+      <c r="Q145" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
 village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>163875</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Lutte les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I174" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
 masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
 gérer les crues et préserver la biodiversité, dans un contexte de changement
 climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
 agroécologique et privilégie les pratiques ou les changements à l’échelle du
 système d’exploitation, tels que l’agriculture biologique, l’agriculture de
 conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
 l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
 spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
 particulièrement dans les aires d’alimentation des captages prioritaires où
 l’agence privilégie les projets de territoires portés par les collectivités et
 soutient des actions concourant à réduire ou maitriser les pressions à un
 niveau compatible avec l’état de la ressource en eau et les enjeux de santé
 publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
 en zones humides qui poursuit un objectif de maintien des surfaces et à
 démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
 sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
 climatique pour lesquelles il est visé une stabilisation des prélèvements à des
 fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
 réserve utile du sol, la résistance des plantes et la réduction de la
 consommation d’eau ; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
 pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
 favoriser le retour au sol agricole des matières organiques en créant les
 conditions de la confiance.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M174" s="1" t="inlineStr">
+      <c r="M146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
 changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
 filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
 micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
 ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
 (CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P174" s="1" t="inlineStr">
+      <c r="P146" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q174" s="1" t="inlineStr">
+      <c r="Q146" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux personnes morales de droit public ou privé
 réalisant des opérations visant à lutter contre les pressions d’origine
 agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
 principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
 la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
 zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
 large. Il est tenu compte de la délibération d’intervention portant sur les
 zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
 particulier les aires d’alimentation des captages prioritaires définis dans le
 SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
 l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
 » ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
 quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
 programme global de lutte contre l’érosion des sols reconnu par l’Agence de
 l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
 conservation des sols, programme global d’aménagements hydrauliques issu d’une
 étude préalable) sont également des territoires à enjeux pour l’Agence de
 l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
 précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
 la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
 transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
 leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
 l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
 agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>163876</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Aménager le territoire avec et pour l'eau</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Politique territoriale</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I175" s="1" t="inlineStr">
+      <c r="I147" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette délibération présente les principes d’intervention et les
 objectifs de l’Agence en matière de politiques territoriales : restaurer l’état
 ou le potentiel des masses d’eau de surface à travers un contrat territorial
 dénommé « contrat de masse d’eau », soutenir le travail réalisé par les
 commissions locales de l’eau et les structures porteuses des schémas
 d’aménagement et de gestion des eaux (SAGE) et intégrer les enjeux de l’eau
 dans les politiques d’urbanisme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M175" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’élaboration et la mise en œuvre des contrats
 de masse d’eau&lt;/li&gt;&lt;li&gt;La mise en œuvre des pactes de gouvernance
 qu’elle a conclus avec les schémas d’aménagement et de gestion des eaux (SAGE)&lt;/li&gt;&lt;li&gt;Les études liées à la révision ou la mise en
 œuvre des plans d’action des SAGE (études juridiques, dossiers réglementaires,
 dispositif de consultation du public…)&lt;/li&gt;&lt;li&gt;Elaboration des documents d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Sols
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P175" s="1" t="inlineStr">
+      <c r="P147" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q175" s="1" t="inlineStr">
+      <c r="Q147" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières et l’éligibilité des coûts 
 sont précisées plus en détail dans la délibération :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats de masse d’eau&lt;/li&gt;&lt;li&gt;Pacte de gouvernance avec les schémas d’aménagement et de gestion des eaux (SAGE)&lt;/li&gt;&lt;li&gt;Intégration des enjeux de l’eau dans les
 politiques de planification territoriale et d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T175" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-le-territoire-avec-et-pour-leau/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>163877</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Protéger la ressource en eau et l'alimentation en eau potable</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Protection de la ressource en eau et alimentation en eau potable</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I176" s="1" t="inlineStr">
+      <c r="I148" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’approvisionnement permanent du service public d’eau
 potable par une eau de qualité satisfaisante et en quantité suffisante est un
 enjeu majeur de l’Agence de l’Eau Artois-Picardie.&lt;/p&gt;&lt;p&gt;Le bassin Artois-Picardie compte environ 1 000 captages
 d’eau potable actifs, dont la quasi-totalité dispose d’une déclaration
 d’utilisé publique visant la protection contre les pollutions accidentelles et
 ponctuelles. Plus de 200 captages sont néanmoins considérés comme dégradés par
 des pollutions diffuses, parmi lesquels les 60 captages d’eau potable
 prioritaires identifiés par le Schéma Directeur d’Aménagement et de Gestion des
 Eaux (SDAGE) au regard de taux de nitrates et/ou de phytosanitaires et leurs
 métabolites en augmentation tendancielle, voire en dépassement des valeurs
 limites de potabilité.&lt;/p&gt;&lt;p&gt;Les problèmes de qualité de la ressource sont de différentes
 origines, et leur résolution appelle une mobilisation large des dispositifs du
 programme d’intervention de l’Agence de l’Eau en conformité avec les
 orientations du Gouvernement définies dans le « Plan Eau » lancé au mois de
 mars 2023, la mise en place de démarches préventives doit être prioritairement
 recherchée pour réduire à la source l’ensemble des pollutions qui s’exercent
 sur les aires d’alimentation de captages. Elles sont le préalable à la mise en
 place des solutions curatives qui s’avèreraient nécessaires, ou des projets
 d’interconnexions accompagnés par l’Agence de l’Eau afin de sécuriser
 l’alimentation en eau potable des territoires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau Artois-Picardie incite les maitres
 d’ouvrage à mettre en place des actions de protection de la ressource en eau,
 principalement à travers des actions de réduction des pollutions qui s’exercent
 sur les aires d’alimentation des captages afin de reconquérir à terme la
 qualité des eaux brutes, et de sécurisation de l’alimentation au bénéfice de
 tous les usagers du service public d’eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M176" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation financière pour l’élaboration et
 la mise en œuvre des contrats d’actions pour la ressource en eau portant sur
 les captages prioritaires identifiés par le SDAGE&lt;/li&gt;&lt;li&gt;Les travaux de rebouchage de captages, puits ou
 forages inutilisés au sein d’une aire d’alimentation de captage&lt;/li&gt;&lt;li&gt;Les acquisitions foncières (y compris les
 indemnités d’éviction et les frais d’actes, de notaire ou de portage) réalisées
 au sein d’une aire d’alimentation de captage et le boisement pérenne&lt;/li&gt;&lt;li&gt;Les études techniques, juridiques et financières
 liées à la prise de compétence et à la structuration du service eau potable&lt;/li&gt;&lt;li&gt;Les études préalables à la réalisation des
 travaux (assistance à maîtrise d’ouvrage, définition des besoins, études de
 faisabilité, études spécifiques, choix du site et des solutions techniques…)&lt;/li&gt;&lt;li&gt;Les études technico-économiques d’examen des
 différentes solutions de sécurisation (nouveau forage, raccordement,
 interconnexion...)&lt;/li&gt;&lt;li&gt;Les travaux de déplacement, d’adaptation et de
 sécurisation des ouvrages d’eau potable existants situés dans les zones d’aléa
 fort et définis dans un document d’urbanisme en lien avec un plan de prévention
 des risques&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Risques naturels
 Biodiversité
 Equipement public
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P176" s="1" t="inlineStr">
+      <c r="P148" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q176" s="1" t="inlineStr">
+      <c r="Q148" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières sont précisées en détail dans
 la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats d’action pour la ressource en eau&lt;/li&gt;&lt;li&gt;La protection de la ressource en eau &lt;/li&gt;&lt;li&gt;La production d’eau potable et la sécurisation
 quantitative&lt;/li&gt;&lt;li&gt;L’approvisionnement en eau potable et la
 sécurisation quantitative&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-la-ressource-en-eau-et-lalimentation-en-eau-potable/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>163878</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I177" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette
 délibération présente les principes d’intervention et les objectifs de l’Agence
 dans le domaine de la restauration écologique des milieux naturels et du
 littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
 d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
 une approche globale à l’échelle du cycle de l’eau, tenant compte du
 fonctionnement écologique des milieux naturels. Les actions conduites ont pour
 ambition notamment d’améliorer l’état écologique des eaux de surface et de
 contribuer à la préservation et la restauration de la biodiversité. L’approche
 vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
 physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
 d’eau, milieux humides et non humides) et leur biodiversité, et le
 rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
 (ruissellement et gestion des eaux pluviales « à la source », débordement de
 cours d’eau, limitation des flux de matières en suspension et du colmatage des
 cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
 Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
 la Biodiversité », l’objectif visé est également de faciliter la prise en
 compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
 les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M177" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
 d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
 de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
 riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
 accompagner les maîtrises d’ouvrage des opérations de rétablissement des
 continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
 écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
 d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
 végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
 douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
 milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P177" s="1" t="inlineStr">
+      <c r="P149" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q177" s="1" t="inlineStr">
+      <c r="Q149" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau est susceptible
 d’attribuer une participation financière aux opérations respectant les
 conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
 qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
 écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
 déclarées et respectent les prescriptions administratives afférentes ou, à
 défaut, le dossier visant à l’obtention de ces éléments est en cours
 d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
 plus précisément les conditions particulières sont précisées en détail dans la
 délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
 cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
 colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
 d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
 d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>163879</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Gérer la ressource en eau, une approche quantitative</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Prêt
 Avance récupérable</t>
         </is>
       </c>
-      <c r="I178" s="1" t="inlineStr">
+      <c r="I150" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette délibération présente les principes d’intervention et
 les objectifs de l’Agence en matière de gestion de la ressource en eau dans un
 contexte de changement climatique qui sont de concilier les différents usages
 humains, économiques sans oublier les milieux naturels, avec la disponibilité
 de la ressource notamment en période d’étiage.&lt;/p&gt;&lt;p&gt;Cette gestion implique une gouvernance à l’échelle des
 bassins versants afin de régir le partage de cette ressource et la mise en
 place d’actions visant à réduire la pression de prélèvement sur les milieux via
 une réduction des consommations puis par l’utilisation d’eaux non
 conventionnelles.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les objectifs du plan Eau déclinés sur le bassin Artois
 Picardie sont également rappelés à travers cette délibération.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M178" s="1" t="inlineStr">
+      <c r="M150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de connaissance visant à définir
 l’impact des usages actuels et futurs sur les milieux (études « hydrologie,
 milieux, usages, climat ») et les volumes disponibles ;&lt;/li&gt;&lt;li&gt;Les travaux d’instrumentation du réseau afin de
 localiser les zones déficitaires (installations d’appareils de mesure de
 sectorisation, de vannes de sectionnement, mise en place de pré localisateurs
 de fuites…) ;&lt;/li&gt;&lt;li&gt;Les frais annexes liés à la réalisation des
 travaux (acquisitions des terrains, honoraires de maîtrise d’œuvre, assistance
 à maîtrise d’ouvrage, dossiers réglementaires, frais de contrôle et de
 sécurité, frais de publicité et d’assurances…) ; &lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Biodiversité
 Equipement public
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Industrie</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P178" s="1" t="inlineStr">
+      <c r="P150" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q178" s="1" t="inlineStr">
+      <c r="Q150" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières sont précisées en détail dans
 la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La gestion équilibrée de la ressource en eau&lt;/li&gt;&lt;li&gt;Les économies d’eau potable réalisées par les
 particuliers et les collectivités territoriales&lt;/li&gt;&lt;li&gt;La valorisation et l’utilisation des eaux non
 conventionnelles&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-la-ressource-en-eau-une-approche-quantitative/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>163882</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Lutter contre la pollutions des activités économiques hors agricole</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Lutte contre la pollution des activités économique hors agricole</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I179" s="1" t="inlineStr">
+      <c r="I151" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 50</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les activités économiques hors agricoles existantes et leur
 développement peuvent impliquer des pressions sur la ressource en eau et les
 milieux aquatiques. L’Agence de l’Eau en tient compte dans son programme
 d’intervention et accompagne les acteurs économiques hors agricoles dans une
 logique d’approche globale de la gestion de l’eau à l’échelle de leur site,
 afin de réduire leur impact sur la ressource en eau et les milieux aquatiques.&lt;/p&gt;&lt;p&gt;Cette délibération présente les principes d’intervention et
 les objectifs de l’Agence en matière d’activités économiques hors agricole :
 approche globale de la gestion de l’eau sur les sites économiques visant à
 réduire les pollutions et les prélèvements d’eau, gérer les eaux pluviales et,
 le cas échéant, rétablir les continuités écologiques des cours d’eau. Plus
 particulièrement la partie elle fixe des objectifs spécifiques aux titres : &lt;/p&gt;&lt;p&gt;-de la lutte contre les pollutions : l’Agence de l’Eau
 favorise dans ce cadre les solutions de techniques propres de changement de
 procédés visant à réduire les pollutions à la source, en adéquation avec les
 objectifs environnementaux du Schéma Directeur d’Aménagement et de Gestion des
 Eaux 2022 – 2027 (SDAGE).&lt;/p&gt;&lt;p&gt;-de la réduction des prélèvements en eau : l’Agence de
 l’Eau privilégie dans ce cadre les logiques de réduction des consommations,
 puis de réutilisation et/ou de recyclage des eaux industrielles ou des eaux
 pluviales de la gestion des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les interventions de l’Agence de l’Eau visent l’atteinte des
 objectifs du Schéma Directeur d’Aménagement et de Gestion des Eaux via :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la réduction ou la suppression des eaux de
 ruissellement admises dans les réseaux d’assainissement ou rejetées au milieu
 naturel superficiel&lt;/li&gt;&lt;li&gt;le rétablissement des continuités écologiques
 des cours d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;La politique de l’Agence de l’Eau favorise les solutions
 basées sur l’arasement des seuils faisant obstacle à la continuité écologique
 des cours d’eau.&lt;u&gt;&lt;/u&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M179" s="1" t="inlineStr">
+      <c r="M151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
 restauration de la continuité écologique et les travaux associés&lt;/li&gt;&lt;li&gt;Les travaux d’économie d’eau (changement de
 procédés, réutilisation d’eau de process, recyclage des eaux pluviales ou des
 eaux usées traitées…)&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
 gestion des eaux pluviales&lt;/li&gt;&lt;li&gt;Les modifications de circuits internes
 d&amp;#039;utilisation d&amp;#039;eau, en particulier dans le but de réduire les débits ou les
 sous-produits à traiter&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P179" s="1" t="inlineStr">
+      <c r="P151" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q179" s="1" t="inlineStr">
+      <c r="Q151" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux maîtres d’ouvrage des activités économiques
 hors agricoles suivants : - Entreprises immatriculées au registre du commerce
 et des sociétés, - Chambres consulaires ou tout autre organisme représentatif
 d’une activité économique industrielle, commerciale ou artisanale, -
 Collectivités territoriales et associations, pour les projets qu’elles portent
 dès lors qu’ils répondent aux principes d’intervention définis dans la présente
 délibération. Sont éligibles aux aides de l’Agence de l’Eau les opérations qui
 permettent aux entreprises d’aller au-delà des normes de portée européenne ou
 nationale en vigueur, et d’améliorer la protection de l’environnement par
 rapport à l’état initial.&lt;/p&gt;&lt;p&gt;Les opérations réunissant au moins
 l’un des critères suivants ne sont pas éligibles aux aides de l’Agence de l’Eau
 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises en difficulté, sauf si l’aide de
 l’Agence de l’Eau est apportée dans le cadre du régime de minimis&lt;/li&gt;&lt;li&gt;Renouvellement à l’identique des ouvrages&lt;/li&gt;&lt;li&gt;Existence d’une mise en demeure réglementaire au
 titre de la police de l’eau ou des installations classées pour la protection de
 l’environnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au titre de cas particulier, les
 transferts d’activités existantes sur un autre site du bassin sont éligibles
 aux aides de l’Agence de l’Eau pour la part des travaux permettant d’aller
 au-delà des normes de portée européenne ou française en vigueur. L’Agence de
 l’Eau peut aider l’implantation de nouvelles activités dans le bassin, si ces
 installations sont réalisées sur des sites déjà artificialisés, et pour la part
 des travaux se rapportant à la gestion des eaux pluviales. L’Agence de l’Eau
 peut aider les travaux accompagnant une augmentation de capacité de production
 dans les conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les flux de pollution nouveaux à éliminer seront
 pris en compte dans les dépenses finançables, dans la limite de 150% des flux
 de pollution initiaux ;&lt;/li&gt;&lt;li&gt;Les volumes d’eau économisés seront pris en
 compte dans les dépenses finançables pour la part correspondant aux économies
 d’eau se rapportant à la production initiale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau peut aider les
 opérations collectives si elles sont portées par les chambres consulaires ou
 tout autre organisme représentatif d’une activité économique industrielle,
 commerciale ou artisanale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-la-pollutions-des-activites-economiques-hors-agricole/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>163894</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
         </is>
       </c>
-      <c r="C180" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
+Nouveaux lieux, nouveaux liens
 ÉcoQuartier
-Renaturation des villes</t>
-[...2 lines deleted...]
-      <c r="D180" s="1" t="inlineStr">
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G180" s="1" t="inlineStr">
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K180" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="M152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Jeunesse
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
-[...17 lines deleted...]
-&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W152" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>163896</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G181" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K181" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M181" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="N181" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W153" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>163926</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°1 - Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture, pour en faire un atout environnemental, économique, culturel et touristique</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I182" s="1" t="inlineStr">
+      <c r="I154" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J182" s="1" t="inlineStr">
+      <c r="J154" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette aide met l’accent sur la promotion des métiers de la mer et des
 produits, un pilier incontournable pour garder un territoire vivant et attractif. Il vise
 à créer de la richesse économique, environnementale et sociale par la valorisation
 conjointe de produits de qualité du territoire, les métiers et le tourisme. Cette fiche
 action contribue à revitaliser la filière pêche et aquaculture, nos territoires littoraux
 et contribuer à améliorer l’image des gens de mer. Cette image vivante du
 territoire, associée à la richesse de son passé halieutique, est au centre de
 l’attractivité du territoire et de son potentiel d’attractivité. Il est donc important de
 structurer l’offre touristique bleue et durable, pour attirer les touristes sur notre
 territoire.
 En parallèle, le nombre de professionnels de la pêche et de l’aquaculture, que ce
 soit en mer comme à terre a fortement baissé depuis ces dernières années, et la
 moyenne d’âge des pêcheurs est élevée. L’attrait des métiers est de plus en plus
 difficile, et la transmission des entreprises, notamment pour les marins-pêcheurs
 devient un problème primordial pour les années à venir. Il est nécessaire de donner
 les moyens à la mise en avant des métiers et des formations liés à la pêche et à
 l’aquaculture (y compris le mareyage, la vente, la poissonnerie, etc.) afin d’attirer
 de nouveaux professionnels, en reconversion professionnelle ou en formation
 initiale et de permettre à chacun de se faire sa propre opinion sur les métiers de la
 pêche et de l’aquaculture.
 Il s’agira également d’enrichir et diversifier l’offre de produit de qualité à partir des
 ressources halieutiques pêchées et élevées sur notre territoire… qui ne sont pas
 encore valorisées. Il s’agira de soutenir les démarches collectives de promotion qui
 visent en particulier à développer les liens entre produits, savoir-faire et territoire
 et donc à renforcer la notoriété conjointe des produits et du territoire. Des efforts
 spécifiques de communication et sensibilisation doivent ainsi permettre de faire
 connaître et comprendre aux consommateurs la singularité et la spécificité de ses
 produits (qui combinent leur qualité à un lieu singulier)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter la population à s’orienter vers
 les métiers de la pêche et de l’aquaculture, valorisant l’image des gens de mer&lt;/li&gt;&lt;li&gt; Soutenir les démarches collectives de
 valorisation et promotion des produits de la pêche et de l’aquaculture &lt;/li&gt;&lt;li&gt;Développer une offre touristique bleue et
 durable, de découverte des activités maritimes&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accroissement des formations maritimes
 dans l’orientation des jeunes, des femmes et des personnes en réinsertion &lt;/li&gt;&lt;li&gt;&lt;span&gt;Amélioration de l’environnement
 économique de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accroissement des démarches de qualité
 (label, IGP, promotion) pour les produits de la mer locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’une offre touristique
 bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M182" s="1" t="inlineStr">
+      <c r="M154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de sensibilisation et de communication aux métiers en mer comme à
 terre&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 de partenariats entre les acteurs socio-professionnels de la filière pêche et
 aquaculture, la formation et l’emploi&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien
 des savoir-faire et des compétences de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coordination
 entre le secteur de la pêche et le tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’une identité touristique « Côte d’Albâtre » en lien avec la filière pêche et
 aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de valorisation et promotions des produits de la mer locaux (label,
 IGP, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la création de nouvelles filières de valorisation et de promotion de produits
 de la mer « méconnus »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la mise en place de concours culinaire visant à promouvoir les métiers
 et  des produits&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre
 en valeur les savoir-faire locaux et artisanaux de l’ensemble de la filière&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P182" s="1" t="inlineStr">
+      <c r="P154" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q182" s="1" t="inlineStr">
+      <c r="Q154" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture-pour-en-faire-un-atout-environnemental-economique-culturel-et-touristique/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>163959</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C183" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
+Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G183" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K183" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M183" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N183" s="1" t="inlineStr">
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W155" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>163961</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°2 - Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I156" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J184" s="1" t="inlineStr">
+      <c r="J156" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Face
 à une demande des consommateurs pour les produits et services de qualité, cette
 2ème fiche action est indissociable de
 la première pour garantir et maintenir la qualité de notre territoire. Elle
 repose donc sur l’offre de commercialisation et de consommation avec le
 développement de synergies et de mise en réseau entre les acteurs et filières à
 l’intérieur comme à l’extérieur du territoire.&lt;/p&gt;&lt;p&gt;Il
 s’agira de conforter et animer la démarche de circuits courts existante en
 augmentant le nombre de producteurs concernés et le nombre de lieux. La vente
 directe est un réel moyen de valoriser les produits, mais aussi le savoir-faire
 et les métiers, auprès de consommateurs friands des produits locaux. Afin de
 faciliter la vente directe, il sera nécessaire d’améliorer les conditions de
 vente en matière de structuration des étals, qui protégeront les vendeurs,
 consommateurs et produits. &lt;/p&gt;&lt;p&gt;Premier
 metteur en marchés des espèces halieutiques locales, la Criée de Fécamp Côte
 d’Albâtre organise des ramasses sur l’ensemble du littoral Normand. Il s’agit
 ainsi d’assurer la cohésion dans les sites de débarquement, à l’échelle de
 Fécamp et du Tréport, et bien au-delà avec un partenariat possible entre les
 criées normandes. Au-delà, il s’agira de structurer une offre de
 commercialisation globale sur notre territoire, pour élargir la vente et
 valoriser les produits de la mer. En partenariat avec les organismes de
 formation, des compétences spécifiques liées à la vente et à la préparation du
 produit pourraient être développés afin de permettre une montée en puissance du
 secteur. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;D’un
 point de vue de la consommation de produits locaux issus de la pêche et de
 l’aquaculture, elle est assez basse sur notre territoire. Il est primordial de
 faire découvrir nos produits aux consommateurs locaux en coordonnant le secteur
 de la pêche avec la restauration collective des structures publiques pour
 mettre à l’honneur les poissons locaux dans leurs cuisines. À cela, s’ajoute
 une volonté de faire mettre en avant par les chefs cuisiniers locaux les
 produits de la mer, avec la création de recettes emblématiques de notre
 territoire.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Renforcer
 les circuits courts et la vente directe&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Accompagner
 les restaurateurs locaux dans l’utilisation de produits de la mer locaux&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Améliorer
 la commercialisation des espèces locales&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Augmentation
 des points de vente des produits de la mer locaux &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
 de l’offre de commercialisation des produits de la mer sur notre territoire&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
 de la consommation locale des produits issus de la filière pêche et aquaculture
 locale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la visibilité des produits de la mer sur le territoire&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M184" s="1" t="inlineStr">
+      <c r="M156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Progression
 des conditions de vente directe de produits halieutiques en matière de
 structuration des étals, notamment avec des étals/halles à poissons&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
 de partenariats avec des chefs cuisiniers reconnus autour d’un produit de la
 mer &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
 de la part de produits locaux issus de la pêche et aquaculture dans la
 préparation des restaurants et de la restauration collective.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
 des sites de débarquement liée à la commercialisation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la visibilité auprès du consommateur la vente directe et les circuits courts&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Artisanat
 Mers et océans</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P184" s="1" t="inlineStr">
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q156" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>164100</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Accompagner la mise en oeuvre de la transition alimentaire</t>
         </is>
       </c>
-      <c r="C185" s="1" t="inlineStr">
+      <c r="C157" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche action 6</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I185" s="1" t="inlineStr">
+      <c r="I157" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Objectifs stratégiques&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	Encourager le déploiement de système globaux en matière de stratégies alimentaires locales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Conforter, développer l’agriculture locale et valoriser les nouveaux modes de production agroécologiques dans une optique de préservation du climat, de l’air, des sols, de l’eau et de la biodiversité &lt;/span&gt;&lt;br /&gt;&lt;span&gt; Encourager les changements de comportements alimentaires et favoriser la saisonnalité et le « bien manger »&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la valorisation du potentiel nourricier des espaces publics et privés&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la consommation des produits agricoles du territoire sur le territoire par les habitants du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Valoriser et diffuser les savoir-faire des exploitations aux pratiques agroécologiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les restaurants collectifs vers un approvisionnement local et issu d’une activité raisonnée&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Lutter contre le gaspillage alimentaire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager l’animation territoriale, la coopération, la mobilisation des partenaires et encourager les professionnels à s’organiser entre eux pour valoriser les circuits courts et le « bien-manger »&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Amplifier le recours aux circuits de proximité &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner la mise en œuvre de filières locales de déchets fermentescibles &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M185" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/eb31d09f-d0e4-40f6-a1f9-9b34f97c23aa/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Lutte contre la précarité
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q185" s="1" t="inlineStr">
+      <c r="Q157" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour être éligible le Projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour être éligible le porteur de projet doit être accompagné par une structure d&amp;#039;accompagnement type Chambres consulaires, BGE, Galillée....&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/d0ce306f-8a3f-469e-bed9-326d092a6f68/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T185" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-accompagner-la-mise-en-oeuvre-de-la-transition-alimentaire/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>164101</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
         </is>
       </c>
-      <c r="C186" s="1" t="inlineStr">
+      <c r="C158" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>LEADER- fiche action 7</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I186" s="1" t="inlineStr">
+      <c r="I158" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M186" s="1" t="inlineStr">
+      <c r="M158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q186" s="1" t="inlineStr">
+      <c r="Q158" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>164102</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C187" s="1" t="inlineStr">
+      <c r="C159" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I187" s="1" t="inlineStr">
+      <c r="I159" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M187" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q187" s="1" t="inlineStr">
+      <c r="Q159" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T187" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>164103</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Dynamiser le territoire par l'offre de services à la population et les initiatives solidaires//</t>
         </is>
       </c>
-      <c r="C188" s="1" t="inlineStr">
+      <c r="C160" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche action  9</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I188" s="1" t="inlineStr">
+      <c r="I160" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Aide plafond:  30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer une offre de services en adéquation avec les besoins préalablement identifiés de la population locale tout en réduisant l’impact sur l’environnement &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir et conforter les services à la population existants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer la coopération et la solidarité entre les territoires du Calaisis&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir les initiatives permettant d&amp;#039;accroître et de consolider une offre de services sur la santé &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Faciliter l’accès pour tous aux services publics, aux services de soins et aux services de préventions sanitaires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser, communiquer sur les dispositifs sociaux existants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les actions de mutualisation, de partenariats, de mise en réseau des structures sur les politiques jeunesse &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir les initiatives solidaires  &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Proposer des solutions de mobilité durable, alternatives à la voiture individuelle&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M188" s="1" t="inlineStr">
+      <c r="M160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/87855c78-6497-4672-b568-576afb84dfe5/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 9&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Lutte contre la précarité
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Inclusion numérique
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q188" s="1" t="inlineStr">
+      <c r="Q160" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R188" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/cff056a0-dca4-4a03-8b5a-46727b5d1995/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 9&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T188" s="1" t="inlineStr">
+      <c r="T160" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Calaisis</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-dynamiser-le-territoire-par-loffre-de-services-a-la-population-et-les-initiatives-solidaires/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>164104</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Encourager les initiatives locales, culturelles, patrimoniales et citoyennes</t>
         </is>
       </c>
-      <c r="C189" s="1" t="inlineStr">
+      <c r="C161" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche action  10</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I189" s="1" t="inlineStr">
+      <c r="I161" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher: 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs Stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Valoriser l’identité territoriale plurielle autour d’initiatives culturelles, patrimoniales ou citoyennes &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer de la cohésion sociale sur le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir le modèle associatif&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Qualifier et valoriser le patrimoine naturel et culturel local, participant à l’identité du territoire du Calaisis (bâti et non bâti)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Conforter l’offre culturelle et la création artistique, vectrice d’attractivité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Former des ambassadeurs du territoire du GAL&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Améliorer la diffusion de l’offre culturelle&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager les actions de mutualisation, de partenariats, de mise en réseau des structures à vocation artistiques, culturelles, citoyennes ou patrimoniales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Impliquer les habitants dans les projets associatifs &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser la population locale à son environnement proche&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir la création d’associations à vocation artistique, culturelle, citoyenne ou patrimoniales  &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M189" s="1" t="inlineStr">
+      <c r="M161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a71c0522-cf33-4d6c-8a23-b2e9d2e1a5a8/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q189" s="1" t="inlineStr">
+      <c r="Q161" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/725ad43d-eaa8-4c22-b568-02eefef89ed9/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T161" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Calaisis</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-encourager-les-initiatives-locales-culturelles-patrimoniales-et-citoyennes/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>164110</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de développement et d'attractivité économique locale</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I162" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J190" s="1" t="inlineStr">
+      <c r="J162" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M190" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Information voyageur, billettique multimodale
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>164111</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C191" s="1" t="inlineStr">
+      <c r="C163" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I191" s="1" t="inlineStr">
+      <c r="I163" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J191" s="1" t="inlineStr">
+      <c r="J163" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M191" s="1" t="inlineStr">
+      <c r="M163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R191" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T191" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>164173</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>S'enrichir aux regards des autres par la coopération nationale ou transnationale</t>
         </is>
       </c>
-      <c r="C192" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Coopération nationale ou transnationale : Fiche-action 5 du programme LEADER</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I192" s="1" t="inlineStr">
+      <c r="I164" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J192" s="1" t="inlineStr">
+      <c r="J164" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;La
 coopération est une réelle opportunité pour enrichir la stratégie LEADER du
 territoire du GAL et ouvrir de nouvelles perspectives. Cette ouverture revêt un enjeu
 d’autant plus important que la stratégie est orientée vers le changement de
 modèles et de pratiques. Elle nécessite de s’intéresser à d’autres modes de
 réflexion et d’organisation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;br /&gt;&lt;/strong&gt;- Développer des nouvelles approches en matière de
 développement territorial&lt;br /&gt;- Mutualiser les moyens pour répondre à des enjeux
 communs à plusieurs territoires&lt;br /&gt;- Développer des réseaux d&amp;#039;acteurs à l&amp;#039;échelle nationale
 et européenne&lt;br /&gt;- Apporter une plus-value aux actions du territoire&lt;br /&gt;- Donner une dimension européenne au territoire&lt;br /&gt;- Renforcer la cohésion, l&amp;#039;identité et l&amp;#039;image du
 territoire par effet &amp;#34;miroir&amp;#34;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;strong&gt;Coopération « Conduite du
 changement »&lt;/strong&gt;&lt;br /&gt;&lt;/em&gt;- Actions d&amp;#039;information, de sensibilisation,
 d’accompagnement des collectivités sur des sujets expérimentaux en lien avec
 l’aménagement, l’urbanisme durable (réemploi, densification, mobilisation des friches…)&lt;br /&gt;- Actions de recherche-action et de sensibilisation sur
 la résilience territoriale, les dynamiques de villes ou territoires en
 transition, l’adaptation de l’agriculture/forêt au dérèglement climatique, la
 préservation de la ressource en eau&lt;br /&gt;- Actions de sensibilisation et de transferts
 d’expériences sur la sobriété énergétique, le développement des énergies
 renouvelables, l’économie circulaire&lt;br /&gt;- Actions de sensibilisation et de recherche sur le
 vieillissement de la population&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « démarche
 Projet Alimentaire Territorial »&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions de transfert d’expériences, visite de terrain,
 sensibilisation, formation, étude avec des territoires nationaux ou européens
 plus avancés dans leurs démarches de structuration de leurs systèmes
 alimentaires territoriaux ou sur des problématiques spécifiques (préservation
 du foncier agricole, adaptation de l’agriculture aux enjeux climat, eau,
 biodiversité…)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « Biodiversité
 »&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions liées au développement et à la préservation
 des Trames Vertes et Bleues, à la mise en place de Trames Noires…&lt;br /&gt;- Actions sur le volet santé/environnement (cours
 d’écoles résilientes…)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Coopération « Slow Tourisme » &lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;- Actions
 de valorisation des produits identitaires du territoire (produits alimentaires,
 produits agricoles, savoir-faire…) en lien avec la dynamique PAT et le Slow
 Tourisme. Projet en cours avec deux GAL portugais (IN LOCO et ALENTEJO
 XXI) et un GAL régional (Pays de la Vallée du Cher et du Romorantinais)&lt;br /&gt;- Poursuite
 du déploiement de l’itinéraire européen de la route d’Artagnan, à l’échelle
 nationale voire européenne : animation, communication, actions culturelles…&lt;br /&gt;- Actions
 mutualisées en lien avec les marques et réseaux touristiques&lt;br /&gt;- Actions
 liant tourisme et biodiversité en forêt&lt;br /&gt;- Actions
 de découverte insolite / innovante des territoires, actions favorisant
 l’inclusion sociale, actions culturelles liées aux thématiques de la
 résilience, développées avec d’autres GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Personnes âgées
 Alimentation
 Economie circulaire
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q192" s="1" t="inlineStr">
+      <c r="Q164" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire. Dans
 le cadre d’actions de coopération, celles-ci pourront avoir lieu en dehors du
 territoire régional.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements,
 matériels, mobiliers, panneaux, signalétique, achat de véhicule&lt;br /&gt;- Dépenses
 de construction, d’aménagement de locaux pour la logistique, la transformation,
 la conservation, la distribution, la vente de produits locaux en circuit court
 de proximité.&lt;br /&gt;- Investissements
 matériels scientifiques, techniques et pédagogiques&lt;br /&gt;- Travaux
 d&amp;#039;aménagement et de réhabilitation d’espaces, de plantation&lt;br /&gt;- Travaux
 d&amp;#039;aménagement et de réhabilitation d’itinéraires et de sites touristiques&lt;br /&gt;- Achats
 de fournitures liées à l’opération&lt;br /&gt;- Aménagement
 et acquisition d&amp;#039;équipements de valorisation des biodéchets : travaux de
 construction de plate-forme, équipement de broyage, de manutention, de
 stockage, de compost&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/senrichir-aux-regards-des-autres-par-la-cooperation-nationale-ou-transnationale/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>164286</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
         </is>
       </c>
-      <c r="C193" s="1" t="inlineStr">
+      <c r="C165" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I193" s="1" t="inlineStr">
+      <c r="I165" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;2.1     
 Créer du lien et
 de l’interrelation : « faire territoire ensemble »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.1.1    
 Mettre en réseau
 les acteurs&lt;/p&gt;&lt;p&gt;2.1.2    Améliorer la
 communication pour rendre l’offre accessible à tous&lt;/p&gt;&lt;p&gt;2.1.3    Encourager et
 valoriser le bénévolat par la formation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.2     
 Développer l’offre
 culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk155954921"&gt;&lt;strong&gt;2.3     
 Renforcer le
 maillage des équipements culturels&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.4     
 Préserver,
 valoriser, transmettre les patrimoines et matrimoines&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.4.1     Sauvegarder le patrimoine emblématique,
 remarquable, rare et favoriser sa découverte&lt;/p&gt;&lt;p&gt;2.4.2     Favoriser la transmission intergénérationnelle et
 la collecte de mémoires&lt;/p&gt;&lt;p&gt;2.4.3  Créer, accompagner et mettre en réseau les lieux
 d’interprétation, de conservation et de découverte&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.5     
 Créer des
 aménagements paysagers et accompagner les réseaux paysagers&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M193" s="1" t="inlineStr">
+      <c r="M165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création d’outils de communication, etc. ;&lt;/li&gt;&lt;li&gt;Résidence contextuelle, pratique artistique,
 création participative, offre/spectacles          itinérants, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’une salle
 culturelle, achat d’une scène mobile, etc. ;&lt;/li&gt;&lt;li&gt;Création et aménagement de
 lieux d’interprétation, montage d’expositions, etc. ;&lt;/li&gt;&lt;li&gt;Aménagement de points de
 vue, journées de sensibilisation, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Paysage
 Animation et mise en réseau
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q193" s="1" t="inlineStr">
+      <c r="Q165" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les festivals, saisons
 et événements culturels pourront être aidés 2 ans maximum (soit un projet
 sur 2 ans ou 2 mêmes projets d’un an), pendant la durée du programme. Seules les opérations présentant un financement d’un EPCI
 seront éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T193" s="1" t="inlineStr">
+      <c r="T165" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader/</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
 des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
 Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
 - 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-patrimoine/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>164306</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’approche intégrée de l’eau à la bonne échelle territoriale</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Gestion territoriale</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I166" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les territoires pour réduire leur vulnérabilité face au changement climatique est l’une des priorités de l’agence de l’eau Adour-Garonne. L’aide de l’Agence vise à soutenir des démarches globales intégrant l’ensemble des actions nécessaires pour protéger ou restaurer les masses d’eau.&lt;/p&gt;&lt;p&gt;L’Agence soutient des projets pour accompagner l’élaboration et la mise en œuvre de contrats 
 « Eau et Climat » permettant de contractualiser sur des 
 durées pluriannuelles les actions territoriales de gestion 
 intégrée avec un programme de mesures d’adaptation et 
 d’atténuation au changement climatique adaptées au territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/demarches-territoriales-gestion-integree"&gt;Démarches territoriales de gestion intégrée | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M194" s="1" t="inlineStr">
+      <c r="M166" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Accompagner la structuration de la gouvernance intégrée ; &lt;/li&gt;&lt;li&gt;Améliorer la connaissance intégrée des territoires en 
 prenant compte des prospectives ; &lt;/li&gt;&lt;li&gt;Accompagner l’animation territoriale multithématiques ; &lt;/li&gt;&lt;li&gt;Assurer la promotion de la gestion intégrée de l’eau.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Animation et mise en réseau
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P194" s="1" t="inlineStr">
+      <c r="P166" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="Q166" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires sont les collectivités territoriales ou leurs 
 groupements et associations. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les maîtres d’ouvrage doivent consulter la CLE du SAGE 
 lorsqu’elle existe et associer l’EPTB ou la structure assimilée 
 intervenant à l’échelle de la stratégie territoriale de sous 
 bassin géographique ; &lt;/li&gt;&lt;li&gt;Pour le renouvellement d’une démarche territoriale un 
 contrat « Eau et Climat » devra être établi.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T166" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Gestion%20territoriale.pdf</t>
         </is>
       </c>
-      <c r="W194" s="1" t="inlineStr">
+      <c r="W166" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-3/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>164374</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Faire dialoguer agriculture et société</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Notre offre vous aide à favoriser le dialogue entre acteurs du monde agricole et les habitants de votre territoire. Nous soutenons la mise en place d&amp;#039;initiatives participatives qui rapprochent agriculteurs, citoyens et acteurs locaux. Nous accompagnons la co-construction de projets permettant de sensibiliser aux enjeux agricoles, renforcer les liens sociaux et promouvoir une agriculture durable, respectueuse des attentes sociétales et des spécificités locales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Agriculture et agroalimentaire
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X195" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contactez votre chambre d&amp;#039;agriculture (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faire-dialoguer-agriculture-et-societe/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>164416</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="C196" s="1" t="inlineStr">
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I196" s="1" t="inlineStr">
+      <c r="I168" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J196" s="1" t="inlineStr">
+      <c r="J168" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M196" s="1" t="inlineStr">
+      <c r="M168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P168" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q196" s="1" t="inlineStr">
+      <c r="Q168" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T196" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
         </is>
       </c>
-      <c r="W196" s="1" t="inlineStr">
+      <c r="W168" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
 04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>164417</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Structurer les filières prioritaires et permettre l'émergence d'activités particulièrement innovantes</t>
         </is>
       </c>
-      <c r="C197" s="1" t="inlineStr">
+      <c r="C169" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Rendre l'économie rurale plus résiliente en soutenant les activités à fort ancrage local - Structurer les filières prioritaires et permettre l'émergence d'activités particulièrement innovantes</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I197" s="1" t="inlineStr">
+      <c r="I169" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J197" s="1" t="inlineStr">
+      <c r="J169" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Trois filières prioritaires ont été identifiées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Alimentation : diversité de produits alimentaires locaux associés aux valeurs gastronomiques véhiculées par les acteurs locaux (producteurs, transformateurs, distributeurs, consommateurs).&lt;/p&gt;&lt;p&gt;− Forêt-bois : très présente et structurante pour l’emploi local avec la présence d’entreprise de transformation (scierie, menuiserie, fabricants d’isolants, constructeurs…) ses potentiels demeurent insuffisamment exploités (ex : construction, production d’énergie).&lt;/p&gt;&lt;p&gt;− Textile : patrimoine industriel du territoire, la valeur ajoutée de la filière textile ligérienne s’exprime par une spécialisation sur des compétences de niche avec des textiles techniques (médical, sport) et des textiles haut de gamme pour les grandes marques de luxe. L’ancrage territorial passera également par la fourniture de matières premières issues de l’agriculture locale : le chanvre et la laine.&lt;/p&gt;&lt;p&gt;Outre leur caractère structurant pour l’économie ligérienne, ce choix s’est opéré également en raison :&lt;/p&gt;&lt;p&gt;− Des politiques d’accompagnement sur l’ensemble du territoire du GAL, dont elles font l’objet et qui se sont concrétisées par des labellisations (« Projets Alimentaires Territoriaux » et « Territoires d’Industrie ») ;&lt;/p&gt;&lt;p&gt;− Du rôle primordial qu’elles jouent dans la préservation de la biodiversité et de la ressource en eau. Il est donc nécessaire de les accompagner pour limiter l’impact écologique de leurs activités, et de les protéger des aléas climatiques et des crises énergétiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL Loire ambitionne également de soutenir la création ou le développement de nouvelles filières ou activités liées à une ressource locale&lt;/strong&gt;. Les projets soutenus devront être innovants, structurants et résilients. A titre informatif et sans présenter une liste exhaustive, plusieurs ressources locales, constituant des potentiels pour l’avenir, ont été identifiées :&lt;/p&gt;&lt;p&gt;− Les matériaux biosourcés issus totalement ou partiellement de la biomasse (colza, miscanthus, balle de riz, paille, anas de lin, liège, rafle de maïs, roseau, laine de mouton) ;&lt;/p&gt;&lt;p&gt;− Les matériaux géo-sourcés d’origine minérale tels que la terre crue ou la pierre sèche qui, lorsqu’ils sont locaux et peu transformés, présentent une faible empreinte environnementale. Ils peuvent aussi être issus du réemploi ou de la valorisation des déchets, de sous-produits ;&lt;/p&gt;&lt;p&gt;− Les Plantes à Parfum Aromatiques et Médicinales (PPAM) pour lesquelles un bassin de production se développe dans la Loire ;&lt;/p&gt;&lt;p&gt;− Le chanvre, historiquement produit dans la Loire, fait l’objet d’une relance économique par le biais de transformations multiples (huile, savon, isolant…) hors graines alimentaires et textiles.&lt;/p&gt;&lt;p&gt;Les projets s’inscrivant dans le champ de l’économie circulaire et/ou de l’écologie industrielle sont recherchés.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Agir ensemble sur les chaînes de valeur des filières prioritaires locales&lt;/p&gt;&lt;p&gt;− Favoriser l’émergence de filières ou activités nouvelles liées à une ressource locale&lt;/p&gt;&lt;p&gt;− Créer une culture commune autour des ressources pour l’ensemble des acteurs (entreprises, institutions publiques, habitants)&lt;/p&gt;&lt;p&gt;− Limiter l’impact écologique des activités économiques&lt;/p&gt;&lt;p&gt;− Protéger les entreprises des aléas climatiques et des crises énergétiques&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologiques et énergétiques :&lt;/p&gt;&lt;p&gt;     * Valoriser les ressources locales tout en préservant la biodiversité, la ressource en eau, en limitant les intrants et en les protégeant des aléas climatiques&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant en soutenant des projets de réutilisation, réemploi, d’écoconception&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser la création d’activités à faible bilan carbone&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers par la mise en réseau d’acteurs et la conduite d’actions collectives&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets suivants :&lt;/p&gt;&lt;p&gt;− La production, transformation, distribution ou commercialisation de biens et services ;&lt;/p&gt;&lt;p&gt;− Les stratégies territoriales ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel ;&lt;/p&gt;&lt;p&gt;− La mise en réseau des acteurs ;&lt;/p&gt;&lt;p&gt;− Le renforcement de la synergie entre les activités à fort ancrage territorial local ;&lt;/p&gt;&lt;p&gt;− La sensibilisation et l’accompagnement à la création-reprise d’activités notamment pour les secteurs dont le métier est en tension ;&lt;/p&gt;&lt;p&gt;− La sensibilisation aux enjeux de l’économie circulaire, de l’emploi durable et de la mobilité décarbonée ;&lt;/p&gt;&lt;p&gt;− Information et sensibilisation des consommateurs ;&lt;/p&gt;&lt;p&gt;− Les tiers-lieux innovants à vocation économique permettant le développement d’une ou plusieurs filières.&lt;/p&gt;&lt;p&gt;Les caractères innovants, structurants, résilients et le fort ancrage local du projet s’appréciera au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;A ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de production, transformation, distribution ou commercialisation de biens et services éligibles aux dispositifs FEADER ;&lt;/p&gt;&lt;p&gt;→ Les stratégies territoriales éligibles au dispositif FEADER T01 ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 7.5.2.1 du FEDER : Soutenir les filières spécifiques : forêt/bois, textile/cuir/laine et pierre.&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 1.1.1.4 du FEDER : Animer la stratégie régionale d’innovation&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− Les activités touristiques basées sur les savoir-faire locaux (éligible à l’AAP 2.1).&lt;/p&gt;&lt;p&gt;− Les foires et manifestations&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ancrage territorial local : C’est le processus et le résultat d’interactions entre entreprise et territoire, fondés sur la création collective de ressources communes, spécifiques et localisées, permettant une longue période de sédentarité d’une entreprise.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M197" s="1" t="inlineStr">
+      <c r="M169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P197" s="1" t="inlineStr">
+      <c r="P169" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q197" s="1" t="inlineStr">
+      <c r="Q169" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions ;&lt;/p&gt;&lt;p&gt;− Les grandes entreprises (hors collectivités, sociétés avec de l’actionnariat public et SCIC).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à l’une des conditions suivantes :&lt;/p&gt;&lt;p&gt;     o Soit en lien avec, a minima, l’une des filières identifiées comme prioritaire au titre de cet appel à projets (alimentation, forêt et bois, textile),&lt;/p&gt;&lt;p&gt;     o Soit en lien avec l’exploitation d’une autre ressource identifiée comme locale.&lt;/p&gt;&lt;p&gt;Dans les deux cas, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB&lt;/strong&gt; : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements.&lt;/p&gt;&lt;p&gt;Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 80 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T197" s="1" t="inlineStr">
+      <c r="T169" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_1_FILIERES_Approuve-1.pdf</t>
         </is>
       </c>
-      <c r="W197" s="1" t="inlineStr">
+      <c r="W169" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si votre projet peut être éligible à l&amp;#039;accompagnement technique et financier LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne Métropole)&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/structurer-les-filieres-prioritaires-et-permettre-lemergence-dactivites-particulierement-innovantes/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>164419</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
         </is>
       </c>
-      <c r="C198" s="1" t="inlineStr">
+      <c r="C170" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I198" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J198" s="1" t="inlineStr">
+      <c r="J170" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
 la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M198" s="1" t="inlineStr">
+      <c r="M170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Espaces verts
 Espace public
 Friche
 Recyclage et valorisation des déchets
 Accès aux services
 Citoyenneté
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P198" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q198" s="1" t="inlineStr">
+      <c r="Q170" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T198" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>GAL Loire AAP Revitalisation de centre-bourg</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W198" s="1" t="inlineStr">
+      <c r="W170" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>164420</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Structurer les destinations touristiques ligériennes pour améliorer leur notoriété</t>
         </is>
       </c>
-      <c r="C199" s="1" t="inlineStr">
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.2 « Structurer les destinations touristiques ligériennes pour améliorer leur notoriété »</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I199" s="1" t="inlineStr">
+      <c r="I171" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J199" s="1" t="inlineStr">
+      <c r="J171" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la Région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être notamment dans le cadre d’une amélioration de la notoriété du territoire du GAL et de ses destinations. Dans ce cadre, le présent appel à projets vise à permettre au GAL de soutenir des projets visant à structurer ces destinations.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Faciliter l’accueil des visiteurs par une communication simple et claire&lt;/p&gt;&lt;p&gt;− Donner envie de visiter les destinations par une promotion qui correspond à l’offre&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;     * Sensibiliser les visiteurs et usagers&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’objectif du GAL dans le cadre du présent appel à projets est de soutenir la structuration et la promotion des 3 destinations identifiées que sont :&lt;/p&gt;&lt;p&gt;− Le Forez&lt;/p&gt;&lt;p&gt;− Le Pilat&lt;/p&gt;&lt;p&gt;− Le Roannais&lt;/p&gt;&lt;p&gt;Les opérations soumises à cet AAP devront s’inscrire au moins à l’une de ces échelles ou couvrir un territoire plus large.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets innovants suivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Accompagner les professionnels et prestataires touristiques dans leur engagement dans des démarches de tourisme durable ;&lt;/p&gt;&lt;p&gt;− Développer des produits touristiques correspondant aux attentes de la clientèle et la commercialisation des offres touristiques locales ;&lt;/p&gt;&lt;p&gt;− Structurer et cibler la communication et la promotion des destinations identifiées.&lt;/p&gt;&lt;p&gt;Les projets innovants et de tourisme durable s’apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;A ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M199" s="1" t="inlineStr">
+      <c r="M171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Accès aux services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P199" s="1" t="inlineStr">
+      <c r="P171" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q199" s="1" t="inlineStr">
+      <c r="Q171" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets devront se déployer au minimum à l’échelle de l’une des 3 destinations citées dans la partie descriptif du présent appel à projets. Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets de développement des produits touristiques devront répondre aux attentes de la clientèle. Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » :&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques)) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.2_DESTINATIONS_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
+      <c r="W171" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/structurer-les-destinations-touristiques-ligeriennes-pour-ameliorer-leur-notoriete-1/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>164421</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire</t>
         </is>
       </c>
-      <c r="C200" s="1" t="inlineStr">
+      <c r="C172" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.1 "Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire"</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I200" s="1" t="inlineStr">
+      <c r="I172" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J200" s="1" t="inlineStr">
+      <c r="J172" s="1" t="inlineStr">
         <is>
           <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être identifiés tels que :&lt;/p&gt;&lt;p&gt;− La diversification du tissu touristique autour de valeurs partagées ;&lt;/p&gt;&lt;p&gt;− La montée en gamme de l’offre proposée à la fois par une meilleure structuration de celle-ci et une meilleure valorisation des atouts du territoire ;&lt;/p&gt;&lt;p&gt;− L&amp;#039;amélioration de la capacité d’accueil notamment en prenant en compte tous les types de publics (famille, séniors, personnes en situation de handicap, affinitaires, couples jeunes sans enfants, etc.) ;&lt;/p&gt;&lt;p&gt;− La nécessité de faire redécouvrir le territoire aux habitants en faisant également des sites touristiques des lieux de vie, de loisirs et de rencontre pour les populations locales.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la médiation et l’accessibilité des sites pour un accueil facilité de tous&lt;/p&gt;&lt;p&gt;− Mettre en valeur et préserver de manière innovante les sites et patrimoines emblématiques&lt;/p&gt;&lt;p&gt;− Faire découvrir le territoire à travers les itinérances&lt;/p&gt;&lt;p&gt;− Garantir une qualité d’accueil&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la biodiversité dans les projets d’aménagement touristique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources (foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets structurants de :&lt;/p&gt;&lt;p&gt;− Valorisation touristique et d’amélioration de conditions d’accueil des visiteurs sur des sites patrimoniaux ;&lt;/p&gt;&lt;p&gt;− Développement de l’offre touristique et d’amélioration de conditions d’accueil des visiteurs en lien avec des sites et activités de pleine nature, des grandes itinérances, des circuits patrimoniaux locaux et leurs connexions entre eux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisitions de matériels et d’équipement ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;− Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de développement touristique éligibles au dispositif 7.5.2.5 du FEDER.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− La création, rénovation ou modernisation d’hébergements touristiques (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel non liées à une activité touristique (éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;− Les initiatives culturelles particulièrement innovantes dont l’objectif principal est la valorisation des centres-bourgs et favorisant le bien-vivre ensemble (éligible à l’AAP 3.1-2) ;&lt;/p&gt;&lt;p&gt;− Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; : un projet structurant est un projet dont la finalité est de participer à l’attractivité du territoire. Cette notion peut s’apprécier au regard des critères suivants :&lt;/p&gt;&lt;p&gt;− Le périmètre de son rayonnement participant à l’attractivité du territoire ;&lt;/p&gt;&lt;p&gt;− La mise en place des organisations, réseaux ou des outils ayant un impact en termes de synergie et de développement pour une communauté, une filière, le territoire ;&lt;/p&gt;&lt;p&gt;− Générer ou appuyer d’autres projets ;&lt;/p&gt;&lt;p&gt;− Fédérer des acteurs locaux d’horizons différents autour d’un objectif commun.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M200" s="1" t="inlineStr">
+      <c r="M172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Handicap
 Accès aux services
 Paysage
 Accessibilité
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P200" s="1" t="inlineStr">
+      <c r="P172" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q200" s="1" t="inlineStr">
+      <c r="Q172" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets concernant des musées devront justifier d’un projet d’établissement ou d’une démarche scientifique et culturelle valide ou en cours d’élaboration. Un justificatif sera demandé au porteur de projet à la demande d’aide.&lt;/p&gt;&lt;p&gt;• Seront éligibles uniquement les projets répondant à la définition des sites et activités présentés à l’annexe 1.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à la définition de projet structurant (cf. 1.3. Définition). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les acquisitions de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie, réseaux divers et d’entretien des chemins ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Ce taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T200" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.1_VALORISATION_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W200" s="1" t="inlineStr">
+      <c r="W172" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 04 74 87 52 01&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-le-patrimoine-local-les-activites-touristiques-en-ameliorant-les-conditions-daccueil-des-visiteurs-du-gal-loire/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>165244</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Mobiliser du public pendant les consultations réglementaire pour l’élaboration du Sdage</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Actions de mobilisation de l’avis du public pendant les consultations prévues réglementairement pour l’élaboration du Sdage</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I201" s="1" t="inlineStr">
+      <c r="I173" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne encourage les initiatives de 
 mobilisation du public pendant les consultations menées par le comité de
  bassin Loire-Bretagne. Elle finance les actions qui favorisent 
 l&amp;#039;appropriation et la mise en œuvre du Sdage, le débat sur l&amp;#039;eau, les 
 concertations et les consultations.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Médias et communication
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P201" s="1" t="inlineStr">
+      <c r="P173" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q201" s="1" t="inlineStr">
+      <c r="Q173" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T201" s="1" t="inlineStr">
+      <c r="T173" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-actions-de-mobilisation-de-lavis-du-public-pendant-les-cons.html</t>
         </is>
       </c>
-      <c r="W201" s="1" t="inlineStr">
+      <c r="W173" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-du-public-pendant-les-consultations-reglementaire-pour-lelaboration-du-sdage/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>165245</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Accompagner les programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I202" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J202" s="1" t="inlineStr">
+      <c r="J174" s="1" t="inlineStr">
         <is>
           <t>Une majoration est possible lorsque la région est un partenaire engagé dans la démarche territoriale.</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les programmes de sensibilisation aux 
 enjeux de l&amp;#039;eau qui visent l&amp;#039;atteinte des objectifs prioritaires du 12&lt;sup&gt;e&lt;/sup&gt;
  programme en favorisant la mobilisation et l’action des acteurs locaux 
 dans leur diversité, au regard des enjeux prioritaires de leurs 
 territoires.&lt;/p&gt;&lt;p&gt;Nature et finalité :&lt;/p&gt;&lt;p&gt;L’objet de ces dispositifs d’aide est de favoriser :&lt;/p&gt;&lt;p&gt;• la compréhension,&lt;/p&gt;&lt;p&gt;• la prise de conscience,&lt;/p&gt;&lt;p&gt;• l’évolution des comportements,&lt;/p&gt;&lt;p&gt;• la mobilisation et l’action des acteurs locaux dans leur diversité, au regard des enjeux prioritaires de&lt;/p&gt;&lt;p&gt;leurs territoires.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P202" s="1" t="inlineStr">
+      <c r="P174" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q202" s="1" t="inlineStr">
+      <c r="Q174" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R202" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaire&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Public ou privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Programmes d’actions de sensibilisation dans le cadre des démarches territoriales&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation est décliné en application de la stratégie de territoire des&lt;/p&gt;&lt;p&gt;démarches territoriales de l’agence de l’eau : la stratégie de territoire comporte des objectifs de&lt;/p&gt;&lt;p&gt;sensibilisation et définit les publics cibles et enjeux éducatifs. Le programme d’actions en découle et&lt;/p&gt;&lt;p&gt;est validé par le comité de pilotage.&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation inscrite dans un Sage : le programme d’actions validé par&lt;/p&gt;&lt;p&gt;la Commission locale de l’eau.&lt;/p&gt;&lt;p&gt;• Les actions du programme de sensibilisation mobilisées répondent aux enjeux locaux.&lt;/p&gt;&lt;p&gt;Elles visent trois cibles :&lt;/p&gt;&lt;p&gt;• Les élus et les décideurs locaux,&lt;/p&gt;&lt;p&gt;• les usagers et riverains directement concernés par les projets mis en œuvre,&lt;/p&gt;&lt;p&gt;• enfin le grand public et les scolaires.&lt;/p&gt;&lt;p&gt;Les élus et les décideurs locaux y sont obligatoirement ciblés.&lt;/p&gt;&lt;p&gt;Actions de mobilisation de l’avis du public pendant les consultations prévues&lt;/p&gt;&lt;p&gt;réglementairement pour l’élaboration du Sdage&lt;/p&gt;&lt;p&gt;Les actions de mobilisation sont cohérentes avec la stratégie et le dispositif de communication arrêtée par le&lt;/p&gt;&lt;p&gt;comité de bassin pour la consultation du public.&lt;/p&gt;&lt;p&gt;Programmes régionaux conventionnés d’actions au bénéfice du volet « eau » en&lt;/p&gt;&lt;p&gt;éducation à l’environnement&lt;/p&gt;&lt;p&gt;• Le programme d’actions associe d’autres financeurs publics de l’éducation à l’environnement et/ou&lt;/p&gt;&lt;p&gt;une structure animatrice/porteuse d’un réseau régional de l’éducation à l’environnement,&lt;/p&gt;&lt;p&gt;• Les actions du « volet eau » du programme sont négociées annuellement avec l’agence de l’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T202" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-programmes-dactions-de-sensibilisation-dans-le-cadre-des-de.html</t>
         </is>
       </c>
-      <c r="W202" s="1" t="inlineStr">
+      <c r="W174" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>165246</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Développer et structurer l'éducation à l'environnement sur le volet « eau »</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Projets régionaux d’éducation à l’environnement sur le volet « eau »</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I203" s="1" t="inlineStr">
+      <c r="I175" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les actions visant à développer et à 
 structurer l&amp;#039;éducation à l&amp;#039;environnement à l&amp;#039;échelle régionale autour 
 des enjeux de l&amp;#039;eau. Elle finance des actions éducatives dans le cadre 
 de partenariats concertés avec les acteurs de l&amp;#039;éducation à 
 l&amp;#039;environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Education et renforcement des compétences
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P203" s="1" t="inlineStr">
+      <c r="P175" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q203" s="1" t="inlineStr">
+      <c r="Q175" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T203" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-projets-regionaux-deducation-a-lenvironnement-sur-le-volet.html</t>
         </is>
       </c>
-      <c r="W203" s="1" t="inlineStr">
+      <c r="W175" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-leducation-a-lenvironnement-sur-le-volet-eau/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>165266</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Accompagner techniquement la sensibilisation et l’animation de réseaux d’acteurs</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Missions d’appui technique, de sensibilisation et d’animation de réseaux d’acteurs</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I204" s="1" t="inlineStr">
+      <c r="I176" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le partenariat de l’agence de l’eau avec les structures, apportant un 
 accompagnement technique auprès des maîtres d’ouvrage et des acteurs 
 locaux, doit permettre de maintenir ou de créer une dynamique de bassin 
 sur des sujets à forts enjeux. La mise en réseau des maîtres d’ouvrages 
 territoriaux doit permettre d’assurer la cohérence technique des 
 projets, de faciliter les retours d’expériences et de diffuser les 
 connaissances afin d’atteindre les objectifs prioritaires du programme 
 d’intervention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P204" s="1" t="inlineStr">
+      <c r="P176" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q204" s="1" t="inlineStr">
+      <c r="Q176" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T204" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par4-missions-dappui-technique-sensibilisation-animation-reseaux.html</t>
         </is>
       </c>
-      <c r="W204" s="1" t="inlineStr">
+      <c r="W176" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-techniquement-la-sensibilisation-et-lanimation-de-reseaux-dacteurs/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>165305</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Accompagner les CLE du Sage pour l'animation et la communication</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Animation et communication de la CLE du Sage</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I205" s="1" t="inlineStr">
+      <c r="I177" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
 l’agence de l’eau finance la cellule d’animation de la commission locale
  de l’eau (CLE). Son objectif est de soutenir l’élaboration, la mise en 
 œuvre ou la mise à jour (révision/modification) du Sage.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P205" s="1" t="inlineStr">
+      <c r="P177" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q205" s="1" t="inlineStr">
+      <c r="Q177" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T205" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-animation-et-communication-de-la-cle-du-sage.html</t>
         </is>
       </c>
-      <c r="W205" s="1" t="inlineStr">
+      <c r="W177" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-cle-du-sage-pour-lanimation-et-la-communication/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-      <c r="A206" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>165306</v>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Accompagner les études d’émergence de la gouvernance sur les territoires dépourvus de Sage</t>
         </is>
       </c>
-      <c r="D206" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Études d’émergence de la gouvernance sur les territoires orphelins</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I206" s="1" t="inlineStr">
+      <c r="I178" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient les études d’émergence de la gouvernance sur 
 les territoires dépourvus de schémas d’aménagement et de gestion des 
 eaux (Sage).&lt;/p&gt;&lt;p&gt;Ces études proposées par un collectif d’acteurs locaux, sont portées par un acteur légitime et reconnu &lt;br /&gt;localement. Les objectifs et le contenu de l’étude sont précisés dans un cahier des charges validé par un &lt;br /&gt;comité de pilotage.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P206" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q206" s="1" t="inlineStr">
+      <c r="Q178" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T206" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-demergence-de-la-gouvernance-sur-les-territoires-orp.html</t>
         </is>
       </c>
-      <c r="W206" s="1" t="inlineStr">
+      <c r="W178" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-etudes-demergence-de-la-gouvernance-sur-les-territoires-depourvus-de-sage/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>165318</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Animer un collectif [FORMATION]</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Réseau Canopé : Atelier Canopé 21 Dijon
 Réseau Canopé : Atelier Canopé 71 Macon
 Réseau Canopé : Atelier Canopé 58 Nevers
 Réseau Canopé : Atelier Canopé 70 Vesoul
 Réseau Canopé : Atelier Canopé 89 Auxerre
 Réseau Canopé : Atelier Canopé 90 Belfort
 Réseau Canopé : Atelier Canopé 25 Besançon
 Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
 Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;​​Faire partie d’un groupe ou d’une équipe ne garantit pas une démarche collective. On peut être ensemble mais apprendre de différentes façons : en collaboration, en opposition ou de manière individuelle.   &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Cette formation de 6h permettra de :&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;&lt;li&gt;​Définir les gestes professionnels du facilitateur
 pour favoriser les interactions au sein du collectif, coconstruire des savoirs
 et trouver des solutions &lt;/li&gt;&lt;li&gt;​Identifier des méthodes et outils dynamiques permettant d’impliquer le collectif et de favoriser les échanges au sein du groupe&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;​ &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Contenu de la formation&lt;/strong&gt;  :  &lt;/p&gt;&lt;ul&gt;&lt;li&gt;​Définition des concepts liés à la création et l’engagement d’un collectif &lt;/li&gt;&lt;li&gt;​Exploration des compétences et de la posture d’accompagnement du collectif par le facilitateur  &lt;/li&gt;&lt;li&gt;​Mise en activité autour de méthodes et outils agiles &lt;/li&gt;&lt;li&gt;​Retours réflexifs et échanges de pratique &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M207" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;​​Fédérer un groupe autour d’un projet commun, le rendre autonome dans la gestion du projet. &lt;/li&gt;&lt;li&gt;Gestion, animation de réunions de travail.​ &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;​​Cette offre de service s’adresse à tout type de structure désireuse de dynamiser l’animation de collectif (groupe de travail, groupe projet, réunion de service…)​ &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank" rel="noreferrer noopener"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt; ou adressez votre demande à &lt;a target="_self"&gt;canope-collectivites&amp;#64;reseau-canope.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>christel.renaud@reseau-canope.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-animer-un-collectif/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>165342</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Mettre à disposition un kit d'information et de sensibilisation sur la lutte contre les dépôts sauvages</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Mise à disposition d'un kit d'information et de sensibilisation sur la lutte contre les dépôts sauvages</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de la stratégie départementale de lutte contre les dépôts sauvages et en soutien des collectivités locales, mise à disposition de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Fichiers d&amp;#039;affiches personnalisables de sensibilisation grand public pour impression ou utilisation sur les réseaux sociaux, journaux municipaux,&lt;/li&gt;&lt;li&gt;Fichiers de flyer de sensibilisation concernant les travaux de particuliers&lt;/li&gt;&lt;li&gt;Ressources documentaires pour les maires : dépliant &amp;#34;les clés pour agir&amp;#34;, modèles de délibération, de PV...&lt;/li&gt;&lt;li&gt;Rapport de l&amp;#039;Observatoire des dépôts sauvages sur l&amp;#039;état des lieux de votre territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M208" s="1" t="inlineStr">
+      <c r="M180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Faciliter la communication et les actions du bénéficiaire dans la lutte contre les dépôts sauvages&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R208" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://id77.fr</t>
         </is>
       </c>
-      <c r="W208" s="1" t="inlineStr">
+      <c r="W180" s="1" t="inlineStr">
         <is>
           <t>https://catalogue.id77.fr/index.php/admin/service/update?id=401</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-a-disposition-un-kit-dinformation-et-de-sensibilisation-sur-la-lutte-contre-les-depots-sauvages/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>165344</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Prévenir des risques d'inondation et gérer les milieux aquatiques</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Prévention des risques d'inondation et gestion des milieux aquatiques</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;apporter une animation technique aux collectivités maîtres d&amp;#039;ouvrage sur la prise en compte et la gestion des risques d&amp;#039;inondation par débordement et ruissellement, la restauration des milieux aquatiques et de la continuité écologique et l&amp;#039;accompagnement à l&amp;#039;élaboration des PICS.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation de prédiagnostic du risque d&amp;#039;inondation par ruissellement ou débordement sur les territoires communaux&lt;/li&gt;&lt;li&gt;Facilitation de l&amp;#039;émergence des études de bassin versant et accompagnement technique des maîtres d&amp;#039;ouvrage pour la réalisation de ces études (établissement du cahier des charges, aides aux démarches administratives, juridiques, financières, suivi des études et participation aux choix des travaux à entreprendre)&lt;/li&gt;&lt;li&gt;Accompagnement administratif des Communes dans les actions d’identification et de préservation des milieux humides afin de préserver les zones naturelles d’expansion des crues&lt;/li&gt;&lt;li&gt;Assistance aux collectivités pour la réalisation d&amp;#039;opération d&amp;#039;investissement de rétablissement de la continuité écologique et de renaturation des cours d&amp;#039;eau : aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, aide à la rédaction de marché, aide au choix du prestataire)&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration de PICS : mise en relation avec les acteurs compétents, accompagnement au lancement de la démarche, proposition d&amp;#039;une méthodologie, suivi du projet et relecture des documents.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Sols
 Risques naturels
 Appui méthodologique
 Animation et mise en réseau
 Milieux humides</t>
         </is>
       </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr</t>
+        </is>
+      </c>
+      <c r="W181" s="1" t="inlineStr">
+        <is>
+          <t>https://id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie, Directrice ID77&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-des-risques-dinondation-et-gerer-les-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>165438</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Création d'établissement d'accueil du jeune enfant, d'accueil de loisirs, d'actions Reaap (soutien à la parentalité, CLAS (contrats locaux d'accompagnement à la scolarité et autres</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Règlement intérieur d'action sociale des Landes</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>CAF DES LANDES - Département Enfance Famille Ingénierie Action Sociale</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="J182" s="1" t="inlineStr">
+        <is>
+          <t>50% sous forme de prêt, 50% sous forme de subvention pour les investissements entrant dans notre champs d'aide. Les aides de la Caf ne peuvent excéder 80% (cf. certains fonds nationaux)</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Création d&amp;#039;établissement d&amp;#039;accueil du jeune enfant, d&amp;#039;accueil de loisirs, d&amp;#039;actions Reaap (soutien à la parentalité, CLAS (contrats locaux d&amp;#039;accompagnement à la scolarité et autres prestations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Bâtiments et construction
+Réhabilitation
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Voir RI : &lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf</t>
+        </is>
+      </c>
+      <c r="W182" s="1" t="inlineStr">
+        <is>
+          <t>https://elan.caf.fr</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Page 5 du &lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>jean-francois.fillon-camgrand@caf.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/porteurs-de-projets/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I183" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P183" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q183" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W184" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W185" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>165519</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la stratégie une seule santé</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences régionales de santé (ARS)</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé
+humaine repose sur celle des écosystèmes. En effet, la biodiversité fournit des
+services écosystémiques indispensables à notre survie : production d’oxygène,
+régulation des températures, production d’aliments ou encore disponibilité de
+la ressource en eau. Préserver la santé de la biodiversité c’est garantir celle
+des êtres humains, et il est indispensable de les penser ensemble et non
+séparément.&lt;/p&gt;&lt;p&gt;L’approche « une seule santé » vise à maximiser toutes les santés
+en intégrant les domaines entre eux, et en surveillant et réduisant les
+pressions des activités humaines sur les écosystèmes. L’adoption de cette
+approche permet d’identifier des solutions répondant à la fois à des enjeux
+environnementaux et de santé humaine. Aussi, elle pourrait permettre de faire
+d’importantes économies en termes de santé publique. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens : l’ARS, la CPAM, la Mutuelle sociale Agricole. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Sols
+Espaces verts
+Espace public
+Friche
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://professionnels.ofb.fr/fr/annonce/conference-seule-sante-en-pratique?page=0</t>
+        </is>
+      </c>
+      <c r="W187" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66 91&lt;/p&gt;&lt;p&gt;Hauts-de-France&lt;/p&gt;&lt;p&gt;&lt;strong&gt;BEAUCHAMP Mélanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-strategie-une-seule-sante/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q188" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W188" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>162650</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour soutenir des démarches en faveur du commerce, de l’artisanat et des services</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>FEDER - Fiche-Action 8 - Investir pour soutenir des démarches en faveur du commerce, de l’artisanat et des services</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I189" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J189" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 50 000 €</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A l’échelle du Pays, la principale fragilité du secteur artisanal, dont l’inscription spatiale est diffuse (notamment dans les territoires ruraux),&lt;br /&gt;est d’assurer la continuité et la reprise d’activité, face à l’accélération de l’effet générationnel. L’organisation du commerce sur le territoire se&lt;br /&gt;caractérise par des relations d’interdépendances, qui s’appuient sur une zone de chalandise robuste. On consomme sur place avec peu d’évasion.&lt;br /&gt;Le commerce est ainsi un élément structurant, qui ne demande qu’à s’inscrire dans les projets de territoire pour accompagner les politiques de revitalisation (Centre-Bourg, Centre-ville), tout en s’ajustant aux nouveaux comportements d’achats (des circuits de proximité à l’e-commerce).&lt;/p&gt;&lt;p&gt;Pour répondre au défi de l’adaptation et du maintien de la réponse de proximité, il s’agit ici d’apporter un nouveau souffle à des actions.&lt;br /&gt;L’enjeu central de ces nouveaux lieux de référence sera de créer une dynamique collective, dont l’impact en termes d’image et de qualité des services proposés, aura un effet d’entrainement sur la revitalisation des centres bourgs et des centres-villes, sur la requalification du foncier (diversification des fonctions) et sur la reprise d’activités.&lt;/p&gt;&lt;p&gt;Plus largement, l’accès aux services facilité grâce à la création d’outils numériques en vue de créer, tisser du lien social au travers différents domaines pourront aussi s’inscrire dans cette fiche (mise en réseau de professionnels par exemple).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Mettre en place des actions qui concourent au partage de connaissance et d’expertise à l’échelle de l’ensemble du territoire du Pays&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Observatoire …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mettre en place des actions de mise en réseau des professionnels&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Village d’artisans &lt;br /&gt;• Innovations commerciales : « Tiny commerce » (itinérant)&lt;br /&gt;• Matériel roulant et son équipement&lt;br /&gt;• Création d’outils favorisant l’échange, le partage dans divers domaines …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Créer ou réhabiliter des espaces sachant s’adapter aux nouveaux rythmes et attentes de la clientèle en proposant des services et des produits de qualité dans un cadre respectueux de son environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Réhabilitation de friches pour donner un nouvel élan commercial&lt;br /&gt;• Chaine e-commerce : plateforme, logistique, distribution, vente …&lt;br /&gt;• Découverte de produits&lt;br /&gt;• Formations&lt;br /&gt;• Projets numériques innovants …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Créer ou réhabiliter des espaces permettant d’étoffer ou de créer une offre, des services proposés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Aménagement d’espaces intérieurs/extérieurs pouvant permettre d’offrir un lieu favorisant l’échange, le partage …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Attractivité économique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P189" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q189" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 25 000 €&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;• Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;• Les agriculteurs dans le cadre de leur seule activité agricole&lt;br /&gt;• Les dépenses d’auto-construction&lt;br /&gt;• Les contributions en nature&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA8-Cce-Artisanat-Services.pdf</t>
+        </is>
+      </c>
+      <c r="W189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investir-pour-soutenir-des-demarches-en-faveur-du-commerce-de-lartisanat-et-des-services/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>162647</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Innover en soutenant et en développant des projets préservant une vie locale dynamique et attractive, proches de l’environnement</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche-Action 5 - Innover en soutenant et en développant des projets préservant une vie locale dynamique et attractive, proches de l’environnement</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I190" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J190" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 40 000 €</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’offre culturelle, sportive et de loisirs est à la fois peu nombreuse et qualitativement en retrait au regard des besoins attendus par la population du Pays (en termes de diffusion artistique, de pratique et d’enseignement artistiques au-delà de l’agglomération périgourdine).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Et surtout, elle ne relie pas assez l’homme et la nature, à l’heure du changement climatique. Le besoin de se réconcilier est réel. Ce que permet la présence d’artistes sur le territoire, dans la mesure où ils savent créer un imaginaire, des ponts entre les différentes identités culturelles, qui composent notre société. Nous et nos territoires sommes tous porteurs de culture. Nous avons tous des valeurs, des histoires, des convictions, des traditions, des savoirs, des modes de vie et des pratiques artistiques, qui ne demandent qu’à s’exprimer, à&lt;br /&gt;se confronter pour faire société, dans un rapport à l’autre et à la nature apaisée. Cette définition élargie de la culture valorise le patrimoine culturel de chacun et de chacun de nos territoires.&lt;/p&gt;&lt;p&gt;Au-delà de l’offre culturelle, l’offre sportive, récréative et de loisirs a besoin d’être encouragée afin de monter en qualité et son nombre, tant pour les populations locales que pour les jeunes, désireux d’un dynamisme nouveau pour leur territoire, d’équipements permettant la rencontre et de tisser des liens.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les actions seront également pensées pour la vitalité sociale du territoire. Il s’agit par ailleurs d’apporter un appui au tissu associatif en améliorant son offre ou ses évènementiels et de les faire davantage fréquenter par la population.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Il s’agit aussi ici de co-construire dans la durée des actions culturelles avec des artistes et des habitants, afin que chacun se retrouve&lt;br /&gt;dans l’offre proposée. En partant des envies, des pratiques et des savoir-faire des personnes (promotion des droits culturels).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Encourager des actions en lien avec la thématique de l’Isle et de l’eau (dans sa dimension symbolique, fonctionnelle et environnementale) et sur les autres versants du patrimoine matériel et immatériel du territoire (gastronomie, forêt, biodiversité, bâti, histoire) …&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Opérations liées à la préservation et la valorisation de la rivière Isle et son milieu&lt;br /&gt;• Créations d’espace écologique&lt;br /&gt;• Zones d’éducation …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer la pratique récréative, sportive et de loisirs tout en permettant de créer et développer du lien social&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Équipements et sites de loisirs sportifs / récréatifs&lt;br /&gt;• Espaces concourant à soutenir et développer une vie locale dynamique et attractive&lt;br /&gt;• Aires de jeux&lt;br /&gt;• City-stades et Pumptracks …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer des actions de diffusion et de pratique artistique dans et hors les murs (en privilégiant les zones blanches, l’usage de l’espace public et des espaces transitoires, la convivialité et l’accès au plus grand nombre)&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Spectacles&lt;br /&gt;• Expositions dans les murs et hors les murs&lt;br /&gt;• Ateliers (itinérants) de pratique artistique&lt;br /&gt;• Évènementiels …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Initier des projets de médiation culturelle et scientifique (sensibilisation sur les ressources du territoire)&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées, manifestations, sensibilisation&lt;br /&gt;• Résidences d’artistes avec des actions pédagogiques&lt;br /&gt;• Évènementiels&lt;br /&gt;• Festivals qui valorisent les ressources du territoire&lt;br /&gt;• Art visuel pour valorisation du patrimoine&lt;br /&gt;• Ingénierie liée à l’organisation et l’animation d’ateliers&lt;br /&gt;• Land art&lt;br /&gt;• Prestations artistiques&lt;br /&gt;• Pôle multiculturel …&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Animation et mise en réseau
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P190" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q190" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;/p&gt;&lt;p&gt;- Les investissements matériels et les projets d’ingénierie (immatériel et / ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants&lt;br /&gt;- Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;- Les dépenses d’auto-construction&lt;br /&gt;- Les contributions en nature&lt;br /&gt;- Les opérations relevant de l’éducation à l’environnement portant un intérêt régional &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T190" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA5-Vie-locale-et-Environnement.pdf</t>
+        </is>
+      </c>
+      <c r="W190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-soutenant-et-en-developpant-des-projets-preservant-une-vie-locale-dynamique-et-attractive-proches-de-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>162703</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mise en oeuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux
+Parc naturel régional du Mont-Ventoux</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I191" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 90</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p id="citem_8d7e-72f0" role="tabpanel"&gt;        &lt;/p&gt;&lt;div&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;1. Soutenir et promouvoir une alimentation durable&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Soutenir la mise en œuvre du 
+Projet Alimentaire Territorial Ventoux : animation, mise en réseau, 
+changement des comportements alimentaires, amélioration logistique pour 
+l’approvisionnement en produits locaux, lutte contre le gaspillage et la
+ précarité alimentaire, sensibilisation des publics.&lt;/li&gt;&lt;li&gt;Accompagner les projets 
+collectifs visant l’adaptation du monde agricole aux changements 
+climatiques ou à la transition écologique des filières agricoles&lt;/li&gt;&lt;li&gt;Améliorer l’animation autour de
+ la gestion du foncier agricole (ex : reconquête des friches, liens avec
+ la trame verte et bleue…)&lt;/li&gt;&lt;li&gt;Faire connaître et reconnaître 
+les pratiques et productions agricoles à forte valeur environnementale 
+(hors signes officiels de qualité) portées par des structures 
+collectives ou en coopération&lt;/li&gt;&lt;li&gt;Préserver et valoriser les patrimoines et les pratiques agricoles&lt;/li&gt;&lt;li&gt;Améliorer les conditions de vie des agriculteurs (diversification activités, prévention de l’isolement etc…)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;2. Contribuer à un territoire vivant, accueillant et solidaire&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Créer des services en milieu 
+rural qui participent à rompre l’isolement, à encourager le lien 
+intergénérationnel, à favoriser le partage des savoirs et des 
+savoir-faire et à répondre aux enjeux climatiques et écologiques&lt;/li&gt;&lt;li&gt;Mutualiser des services à destination des particuliers, des associations et des entreprises&lt;/li&gt;&lt;li&gt;Améliorer l’accessibilité des services en expérimentant notamment des solutions de mobilité inversée&lt;/li&gt;&lt;li&gt;Encourager l’habitat partagé et intergénérationnel&lt;/li&gt;&lt;li&gt;Contribuer au maintien des derniers commerces&lt;/li&gt;&lt;li&gt;Favoriser l’accès aux services numériques par la médiation et l’inclusion&lt;/li&gt;&lt;li&gt;Favoriser les projets culturels
+ collectifs ou ayant pour objectifs de faire vivre et transmettre nos 
+patrimoines matériels et immatériels afin de favoriser leur 
+réappropriation et le lien homme/nature&lt;/li&gt;&lt;li&gt;Accompagner les projets d’interprétation des patrimoines culturels matériels et immatériels&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;3. Favoriser un développement économique qui valorise les ressources&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Accompagner le développement, la
+ structuration et la promotion des acteurs de la filière écotourisme qui
+ intègre les activités de pleine nature, le tourisme de nature, le 
+tourisme culturel, l’agritourisme et l’artisanat d’art&lt;/li&gt;&lt;li&gt;Soutenir les manifestations touristiques de dimension supra territoriale et présentant une innovation territoriale&lt;/li&gt;&lt;li&gt;Améliorer la gestion environnementale et énergétique des acteurs économiques&lt;/li&gt;&lt;li&gt;Former et sensibiliser les 
+acteurs du tourisme aux spécificités du territoire, à la conciliation 
+des usages et les valoriser par des démarches de qualité ou d’éco 
+labellisation&lt;/li&gt;&lt;li&gt;Accompagner les structures de 
+l’économie de proximité et de l’économie sociale et solidaire qui 
+valorisent les ressources locales (hors production agricole et 
+agroalimentaire)&lt;/li&gt;&lt;li&gt;Accompagner les collectivités locales, les associations et les entreprises dans le développement de l’économie circulaire&lt;/li&gt;&lt;li&gt;Sensibiliser, informer et former les publics sur les enjeux et opportunités de l’économie circulaire&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;4. Favoriser la transition énergétique et la préservation et valorisation des biens communs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Favoriser les initiatives de 
+partage de la connaissance et de sensibilisation des publics aux biens 
+communs locaux (biodiversité, ressource en eau, patrimoines matériels et
+ immatériels) et à la transition énergétique et écologique&lt;/li&gt;&lt;li&gt;Recenser les patrimoines matériels et immatériels et cordonner les initiatives&lt;/li&gt;&lt;li&gt;Soutenir les projets structurants de préservation et de valorisation du patrimoine vernaculaire&lt;/li&gt;&lt;li&gt;Accompagner les projets qui 
+réhaussent et valorisent la qualité paysagère, environnementale et 
+climatique des opérations d’aménagement et des actions de développement&lt;/li&gt;&lt;li&gt;Doter l’ensemble du territoire de stratégies globales « Climat-Air-Énergie » et soutenir leur mise en application&lt;/li&gt;&lt;li&gt;Accompagner l’animation et les 
+opérations exemplaires de réduction des consommations énergétiques et de
+ déploiement des énergies renouvelables à petite échelle&lt;/li&gt;&lt;li&gt;Encourager le développement des 
+mobilités alternatives à la voiture individuelle thermique au quotidien 
+et dans le développement touristique&lt;/li&gt;&lt;/ul&gt;
+        &lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Accès aux services
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Paysage
+Animation et mise en réseau
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parcduventoux.fr/nos-actions/europe-cooperation-territoriale/leader/</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nicolas BOURGUE, &lt;a target="_self"&gt;nicolas.bourgue&amp;#64;parcduventoux.fr&lt;/a&gt;, 0490632274&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.bourgue@parcduventoux.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-mise-en-oeuvre-de-la-strategie-locale-de-developpement/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I192" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J192" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>161685</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Assurer l'Assistance à Maitrise d’Usage (AMU) de votre projet</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en organisation des ressources publiques</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez être accompagné dans le cadre d’une Assistance à Maitrise d’Usage (AMU) dans la réflexion de votre projet. L&amp;#039;Agence vous propose :&lt;/p&gt;&lt;p&gt;Dans la phase de stratégie amont de votre projet :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;définir les attentes, les besoins et les aspirations des futurs utilisateurs, de les associer à certains choix,&lt;/li&gt;&lt;li&gt; faciliter l’appropriation du projet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Dans la phase de réalisation de votre projet :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;favoriser à la fois l’appropriation de leur lieu de vie par les usagers et les liens avec tous les acteurs, &lt;/li&gt;&lt;li&gt;concilier durablement confort, sobriété, performance et qualité de vie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion, payante tout au long de la réalisation de votre projet (en option)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-le-cadre-dune-assistance-a-maitrise-dusage-dans-la-reflexion-de-votre-projet/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>161684</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Questionner l’organisation interne de votre collectivité et optimiser, mutualiser les ressources</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en organisation des ressources publiques</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez mener une réflexion sur l’organisation interne de votre collectivité et optimiser, mutualiser les ressources. &lt;/p&gt;&lt;p&gt;L&amp;#039;Agence vous propose :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un conseil et un accompagnement en mode agile (design de service),&lt;/li&gt;&lt;li&gt;D’aider à la décision en matière de stratégie organisationnelle des ressources pour optimiser votre organisation et nouer des partenariats afin de répondre à l’exercice de vos compétences et maitriser vos dépenses de fonctionnement,&lt;/li&gt;&lt;li&gt;D’élaborer ou réviser un organigramme / des fiches de postes ; d’identifier de potentielles mutualisations, en lien avec les interlocuteurs appropriés (CDG / CNFPT, etc.),&lt;/li&gt;&lt;li&gt;D’optimiser fonctionnellement vos espaces de travail (notamment conseil en matière de gestion et de conservation des archives en lien avec les Archives Départementales),&lt;/li&gt;&lt;li&gt;De suivre les préconisations dans le temps.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/poser-des-questions-sur-lorganisation-interne-de-votre-collectivite-et-optimiser-mutualiser-les-ressources/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>161683</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Amener vos collaborateurs, élus, concitoyens à travailler en mode collaboratif</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en organisation des ressources publiques</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez amener vos collaborateurs, élus, concitoyens à travailler en mode collaboratif. L&amp;#039;Agence vous propose :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De faciliter vos projets,&lt;/li&gt;&lt;li&gt;De fédérer autour d’une démarche participative : réunions, ateliers de concertation, séminaires, tables rondes, enquêtes...&lt;/li&gt;&lt;li&gt;D’animer et conduire les réunions en mode intelligence collective (brainstorming / vision commune / plan d’action …).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amener-vos-collaborateurs-elus-concitoyens-a-travailler-en-mode-collaboratif/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>161671</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I196" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J196" s="1" t="inlineStr">
+        <is>
+          <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P196" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2023</t>
+        </is>
+      </c>
+      <c r="Q196" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
+existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T196" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>Allier</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>i.charnet@agglo-moulins.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>160903</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser votre projet de territoire</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Animation territoriale</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné afin de réaliser votre projet défini. L&amp;#039;Agence vous propose de vous accompagner dans la rédaction des éléments de votre projet : &lt;/p&gt;&lt;p&gt;Diagnostic territorial et contextuel
+ &lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+ Appel à projet, composition du jury, grille d&amp;#039;évaluation,
+ &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Charte,
+ &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Établissement d&amp;#039;un rétroplanning.
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;De réaliser un diagnostic autour de votre projet qui viendra alimenter votre dossier auprès des financeurs.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous adhésion
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aveyron ingénierie&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;4 rue Marie&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ 12 007 RODEZ Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05-65-68-68-33
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5608-realiser-votre-projet/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>160902</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Mener une réflexion de territoire pour définir un projet</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Animation territoriale</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez trouver une nouvelle destination à un patrimoine immobilier (social, tourisme, culture, sport, ...) ou mener une réflexion de territoire. L&amp;#039;Agence vous propose : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;animer une réflexion sur les nouvelles destinations du patrimoine à requalifier, en corrélation avec les usages et les usagers, dans une optique  d&amp;#039;attractivité.
+ &lt;/li&gt;&lt;li&gt;De créer, animer, coordonner, un groupe pluridisciplinaire d&amp;#039;experts issus du Groupe Aveyron, dans le respect de la commande.
+ &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+ Réflexion pour une nouvelle destination d&amp;#039;un bâtiment
+&lt;/li&gt;&lt;li&gt;
+ Etude de besoin de territoire
+ &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous adhésion
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 7 Place Charles de Gaulle BP 724
+&lt;/p&gt;
+&lt;p&gt;
+ 12 007 RODEZ Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05-65-68-68-33
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/928c-mener-une-reflexion-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I199" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J199" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>160867</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 4</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I200" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J200" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>160865</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le territoire via l’activité touristique et écotouristique</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 3</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I201" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J201" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Structurer le secteur touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer la qualité et de l&amp;#039;offre d&amp;#039;hébergement dans le secteur du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+  Sur le tourisme, elle se situera dans les interventions répondant à un manque identifié dans le diagnostic, tant en matière d&amp;#039;hébergement (en particulier collectif, durable, tourisme vert) que dans la structuration touristique du territoire, via des études, actions de marketing territorial, applications numériques, coopérations...
+ &lt;/span&gt;
+ &lt;span&gt;
+  Le &amp;#43; LEADER sur le tourisme : impulser une dynamique autour de la problématique de l&amp;#039;hébergement sur le territoire, coordonner les initiatives, accompagner les démarches de marketing territorial en cours
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une attractivité touristique renforcée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;offre d&amp;#039;hébergements permettant de couvrir des zones en sous-présence et parallèlement de s&amp;#039;adresser à un public non ou peu couvert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;une offre touristique tournée vers une approche durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;emplois touristiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la création, réhabilitation, aménagements d&amp;#039;hébergement touristique durable
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+  (individuel ou collectif) visant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  - à valoriser et/ou préserver des ressources, du patrimoine ou de l&amp;#039;offre touristique locale
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - et/ou à résorber des biens vacants recensés dans les politiques d&amp;#039;habitat dégradé.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien aux actions de communication, de promotion et de marketing territorial à l&amp;#039;échelle intercommunale et en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création d&amp;#039;applications numériques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Engagement dans une démarche qualité (labélisation, certification, classement supérieur) en complément de l&amp;#039;investissement matériel
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Innovation, créativité et recherche
+Equipement public
+Logement et habitat
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c921-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>138963</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Être conseillé et accompagné sur les thématiques du développement économique et de l'attractivité (CNER Expertise)</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des agences d'attractivité, de développement et d'innovation (CNER)</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lancé le 1er mars 2017 avec le soutien de la Caisse des dépôts et des consignations, CNER Expertise apporte à l&amp;#039;ensemble des acteurs du développement territorial (agences, collectivités, etc.) un accompagnement spécifique en matière de développement économique, en s&amp;#039;appuyant sur l&amp;#039;expertise des professionnels du réseau CNER (directeurs/cadres d&amp;#039;agences expérimentés, en transition professionnelle, en poste, en retraite active ou en consultant indépendant).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de ce réseau d&amp;#039;experts qualifiés est d&amp;#039;apporter à tous les territoires et les acteurs économiques des solutions concrètes, rapides, accessibles et adaptées à tous les enjeux de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Face à une demande croissante d&amp;#039;ingénierie des collectivités et de leurs structures dédiées à l&amp;#039;attractivité et au développement économique, le CNER poursuit le développement de ce service d&amp;#039;accompagnement. Avec des missions courtes, opérationnelles, orientées résultats, sur les métiers de l&amp;#039;attractivité et du développement économique ainsi que la création d&amp;#039;agences.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 - L&amp;#039;offre CNER Expertise
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les points forts du service :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaissances des bonnes pratiques territoriales dans les principales catégories de l&amp;#039;attractivité : talents, investisseurs, international, résidentiel, touristique ; et facilité à construire des benchmarks pertinents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité à mobiliser des personnalités reconnues de l&amp;#039;attractivité, de l&amp;#039;entreprise, de la communication pour participer à des évènements ou des réunions de créativité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proximité terrain opérationnelle avec d&amp;#039;autres agences qui font face aux mêmes problématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agilité pour intervenir avec des experts volontaires et disponibles dans les délais les plus rapides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ressources internes du CNER disponibles pour compléter si besoin ces informations et obtenir d&amp;#039;autres conseils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 - Le fonctionnement de CNER Expertise
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sollicitation d&amp;#039;un acteur du développement économique (collectivité, agence de développement, autre) pour un besoin en ingénierie avec production d&amp;#039;un cahier des charges synthétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche dans le réseau CNER Expertise de l&amp;#039;expert le plus pertinent pour répondre à la problématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges avec CNER Expertise et l&amp;#039;expert sélectionné pour cerner la problématique du territoire et mieux appréhender le contexte de la démarche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction par CNER Expertise, et transmission rapide au demandeur, d&amp;#039;une note complète recapitulant la demande et détaillant la méthodologie choisie pour répondre au cahier des charges, le calendrier, le budget associé et la présentation détaillée du (ou des) expert(s) proposé(s)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3 - Les principales problématiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir une démarche d&amp;#039;attractivité pour un territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construire une stratégie de mobilisation des entreprises locales et/ou des acteurs du développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la création d&amp;#039;une agence d&amp;#039;attractivité ou de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir la stratégie économique locale et les modalités de mobilisation des acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place un réseau de développeurs et l&amp;#039;animer sur la durée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coacher une équipe ou un salarié
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.cner-france.com/Les-services/CNER-Expertise/Les-references-de-CNER-Expertise" target="_self"&gt;
+  Missions CNER Expertise, quelques références
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A la demande de certaines collectivités, le nom du commanditaire a été anonymisé
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Industrie</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cner-france.com/Les-services/CNER-Expertise</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Lucas Finet&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Responsable Développement, Partenariats et Expertise&lt;/p&gt;
+&lt;p&gt;lfinet&amp;#64;cner-france.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>cner@cner-france.com</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/55e3-cner-expertise/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>157094</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et mettre en oeuvre des activités de coopération</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°5 : Préparation et mise en œuvre d'activités de coopération</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I203" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J203" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes :
+&lt;/p&gt;
+&lt;p&gt;
+ - Promouvoir un territoire sobre et résilient
+&lt;/p&gt;
+&lt;p&gt;
+ - Soutenir l&amp;#039;initiative économique
+&lt;/p&gt;
+&lt;p&gt;
+ - Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services
+&lt;/p&gt;
+&lt;p&gt;
+ - Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ A travers l&amp;#039;action &amp;#34;Préparation et mise en œuvre d&amp;#039;activités de coopération&amp;#34;, le GAL souhaite, de manière générale, développer tout projet de coopération lié aux 4 grands axes de la stratégie locale de développement. Les thématiques propices à la coopération sur le territoire sont privilégiées, à savoir : la culture, les énergies renouvelables, l&amp;#039;urbanisme rural durable et les mobilités.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération aura pour attendus :
+&lt;/p&gt;
+&lt;p&gt;
+ - La mutualisation de moyens pour la recherche commune de solutions à des problématiques partagées.
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;actions communes répondant aux enjeux identifiés dans la stratégie locale de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement de partenariats internes au territoire et vers d&amp;#039;autres GAL en région Normandie ou en dehors.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le partage d&amp;#039;expériences et la diffusion de bonnes pratiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Echanges d&amp;#039;expériences : rencontres, visites sur site de projets réalisés, missions sur des problématiques précises (à définir, selon le projet de coopération).
+&lt;/p&gt;
+&lt;p&gt;
+ - Missions de conseils, d&amp;#039;expertise, d&amp;#039;animation territoriale et de mise en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions collectives d&amp;#039;échange, de diffusion de bonnes pratiques et de communication.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formations non professionnelles, d&amp;#039;information et de sensibilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formation visant à la mise en réseau, à la sensibilisation ou à l&amp;#039;éducation des acteurs sur des problématiques de développement rural et intégrées dans un projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Traduction.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T203" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/253b-leader-action-n5-preparation-et-mise-en-uvre-/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>158479</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller sur le plan juridique et technique</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Assistance Juridique et technique</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires et Présidents d'Intercommunalités de la Drôme - AMF 26</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous apportons du conseil juridique et technique aux élus municipaux et intercommunaux dans le cadre de leur mandat et pour l&amp;#039;exercice de leur fonction : statut de l&amp;#039;élu, pratiques administratives, fonctionnement des assemblées, politiques thématiques, urbanisme, finances publiques, budget...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Être un élu ou une collectivité locale de la Drôme
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mairesdeladrome.fr</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  AMF26
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Association des Maires et Présidents d&amp;#039;Intercommunalités de la Drôme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maison des Communes - 260 rue du Toueur - Ile Girodet
+&lt;/p&gt;
+&lt;p&gt;
+ 26500 BOURG-LES-VALENCE
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 04-75-83-05-51
+&lt;/p&gt;
+&lt;p&gt;
+ email :
+ &lt;a href="mailto:am26&amp;#64;mairesdeladrome.fr" target="_self"&gt;
+  am26&amp;#64;mairesdeladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.mairesdeladrome.fr/" target="_self"&gt;
+  site web
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>direction@mairesdeladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd9-conseiller-sur-le-plan-juridique-et-technique/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>155555</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour ouvrir une épicerie participative</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Ouverture et accompagnement de nouvelles épiceries associatives et participatives</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Monépi</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de Monépi
+ &lt;span&gt;
+  &lt;strong&gt;
+   accompagne depuis 2017 les Épis de la création à la gestion au quotidien,
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ développe et adapte la plateforme monepi.fr en fonction des retours et demandes, et forme à son utilisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Description de l&amp;#039;aide :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution et mobilisation des habitants pour constituer l&amp;#039;association :
+ &lt;/strong&gt;
+ Aide à la diffusion de l&amp;#039;idée, à la mobilisation et à l&amp;#039;organisation de présentations publiques pour parler du projet et convaincre la population.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Création d&amp;#039;une association :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ Appui dans les démarches administratives comme la rédaction et le dépôt des statuts de l&amp;#039;association grâce au partage d&amp;#039;outils clés en main (modèles de statuts, modèle de règlement intérieur, exemples de banques/assurances,
+ &lt;a href="https://www.monepi.fr/wp-content/uploads/2023/11/Guide-pratique-pour-la-creation-depiceries-participatives-081123.pdf" target="_self"&gt;
+  guide explicatif
+ &lt;/a&gt;
+ , ...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour trouver le local
+ &lt;/strong&gt;
+ : Mise à disposition de convention pour le prêt d&amp;#039;un local, phase durant laquelle l&amp;#039;épicerie peut exister grâce à un modèle de précommande avec une distribution hebdomadaire de produits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Paramétrage de la plateforme et mise à disposition du catalogue de fournisseurs (5 000 producteurs et 100 000 produits disponibles à ce jour) :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un wiki pour la prise en main de la plateforme, aide pour constituer l&amp;#039;offre de l&amp;#039;épicerie en ajoutant de nouveaux producteurs et produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouverture des adhésions et premières commandes :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un pack communication contenant des éléments de communication (logo, flyer, vidéo, ...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Ensuite, ce sera à vous de faire du local un lieu convivial et accueillant :
+ &lt;/span&gt;
+ &lt;span&gt;
+  aménagement et remplissage des rayons de l&amp;#039;épicerie de manière participative.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La plateforme de gestion en ligne mise gratuitement à disposition présente de nombreuses fonctionnalités pensées pour faciliter la gestion de l&amp;#039;épicerie : boutique en ligne, gestion du planning, des commandes et des adhésions, mutualisation des produits et des producteurs , comptabilité et bien d&amp;#039;autres (gestion d&amp;#039;un bar coopératif, gestion d&amp;#039;un potager participatif, organisation de services entre adhérents...). Nous assurons un service de conseils et d&amp;#039;assistance personnalisée 7j/7 par téléphone et/ou mail, même après l&amp;#039;ouverture !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Spécificités de l&amp;#039;Épi :
+ &lt;/em&gt;
+ &lt;span&gt;
+  L&amp;#039;association et les adhérents donnent de leur temps (2 heures par mois), accèdent à une alimentation choisie, locale, de qualité à des prix réduits (sans marge ni intermédiaire), et peuvent tisser des liens entre eux. La collectivité fournit ainsi le local et redynamise son village. Les agriculteurs locaux apportent leurs produits et ont accès à un circuit de distribution de proximité leur garantissant une juste rémunération puisqu&amp;#039;ils peuvent choisir leur prix.
+ &lt;/span&gt;
+ En plus de la plateforme informatique soutenant la gestion du circuit et limitant l&amp;#039;épuisement associatif, l&amp;#039;association pourra pourra bénéficier de l&amp;#039;entraide et la solidarité du réseau des Épis, valeurs fortes inscrites dans notre charte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Résultats :
+ &lt;/em&gt;
+ Diminution des distances parcourues par les produits et les citoyens  ; accès à des produits locaux de qualité à prix réduits (prix de gros, sans marge) ; vie apportée dans le quartier ou le village, par les liens sociaux tissés dans un espace d&amp;#039;approvisionnement et de convivialité ; flexibilité du modèle permettant une liberté dans les choix faits par l&amp;#039;association locale ; pouvoir d&amp;#039;action et réappropriation de l&amp;#039;alimentation par les citoyens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  185 Épis ont vu le jour et ont été accompagnés depuis 2017
+ &lt;/strong&gt;
+ (dont plus de la moitié dans des communes de moins de 3 500 habitants)
+ &lt;span&gt;
+  ,
+  &lt;strong&gt;
+   ce qui représente plus de 12 000 familles.
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Quelques exemples concrets en vidéo :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;BdwrvR_Ay8U" target="_self"&gt;
+   L&amp;#039;Épi castelfortain
+  &lt;/a&gt;
+  , premier Épi ouvert en 2016 dans notre village : Châteaufort (Yvelines), dépourvu de commerce de proximité depuis 30 ans ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;gWaG4qQygYw" target="_self"&gt;
+   La Coop Singulière (Hérault)
+  &lt;/a&gt;
+  ouverte en 2018 ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;3LNvtbxz1Yo" target="_self"&gt;
+  L&amp;#039;Épi d&amp;#039;Arbonne-la-Forêt (Seine-et-Marne)
+ &lt;/a&gt;
+ ouvert en 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nous accompagnons tout citoyen motivé, association déjà créée (ou en cours de création), ou collectivité intéressée
+ &lt;/strong&gt;
+ sans distinction ni restriction.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Épi c&amp;#039;est un modèle de circuit court solidaire, participatif et associatif fonctionnant sans salarié ni marge, sans investissement ni risque financier. Il se veut
+ &lt;strong&gt;
+  reproductible partout, par qui le souhaite
+ &lt;/strong&gt;
+ ; il ne nécessite que de la motivation et de l&amp;#039;investissement humain, quel que soit le nombre d&amp;#039;habitants au départ du projet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous avons à cœur de développer un projet qui répond aux attentes et aux besoins spécifiques du territoire, c&amp;#039;est la raison pour laquelle nous proposons un accompagnement 100% personnalisé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T205" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.monepi.fr/</t>
+        </is>
+      </c>
+      <c r="W205" s="1" t="inlineStr">
+        <is>
+          <t>https://monepi.fr/administrateur/inscription-nouveau-site.php</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez un projet d&amp;#039;alimentation alternatif en circuit court sur votre commune (épicerie participative, supermarché coopératif, groupement d&amp;#039;achats locaux, écolieu...) ? Vous voulez plus d&amp;#039;informations ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quel que soit votre projet ou son stade d&amp;#039;avancement, planifions un appel ou une visio pour en discuter davantage !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.monepi.fr/?page_id&amp;#61;1327" target="_self"&gt;
+  Vous pouvez directement planifier un appel de 15 minutes ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a target="_self"&gt;
+  contact&amp;#64;monepi.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 06 50 60 78 48&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>solene.renaudie@outlook.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a138-etre-accompagne-pour-ouvrir-une-epicerie-part/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>154987</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Impulser le changement avec les habitants</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 de Fougères Agglomération</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Fougères Agglomération
+L'Europe s'engage en Bretagne</t>
+        </is>
+      </c>
+      <c r="F206" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme européen LEADER est porté par Fougères Agglomération. La zone couverte associe Fougères Agglomération et Couesnon Marches de Bretagne.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Principes essentiels
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide LEADER  se définit autour de 4  principes-clés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une stratégie locale
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les priorités sont le fruit d&amp;#039;une concertation qui a été menée en 2022 et qui a mobilisé un maximum d&amp;#039;acteurs de Fougères Agglomération et de Couesnon Marches de Bretagne. L&amp;#039;Europe, la France et la Région fixent un cadre mais elles laissent le territoire définir son programme d&amp;#039;actions. Le thème central du programme 2023-2027 est : « LE CHANGEMENT AVEC LES HABITANTS ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une gouvernance mixte
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chaque projet est examiné par le Comité Programmation LEADER (CPL). Cette instance réunit élus et membres de la société civile. Elle auditionne les porteurs et décide de l&amp;#039;attribution des fonds.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le soutien à des projets novateurs, duplicables et multi-partenariaux
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LEADER vient permettre l&amp;#039;impulsion d&amp;#039;actions-pilotes, en termes de contenu et/ou de méthode. Le programme est conçu pour avoir un effet-levier. Ainsi, les conditions de poursuite du projet après le financement LEADER et les possibilités de transfert sur d&amp;#039;autres thématiques ou territoires sont prises en compte. D&amp;#039;autre part, la qualité de la co-construction c&amp;#039;est-à-dire la manière d&amp;#039;impliquer plusieurs partenaires est un critère important. L&amp;#039;opération ne doit pas être « isolée ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;encouragement à la mise en réseaux des acteurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les échanges de pratiques sont au coeur du dispositif d&amp;#039;où la mise en place de réseaux à différentes échelles (régionale, nationale et européenne). Les coopérations sont aussi facilitées avec d&amp;#039;autres territoires français, européens ou extra-européens.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Fiches-actions
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour pouvoir bénéficier d&amp;#039;un éventuel financement, les projets  doivent venir contribuer à la stratégie locale et répondre au moins à l&amp;#039;une des fiches-actions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Défi 1 - MOBILISER POUR AGIR CONTRE LE RÉCHAUFFEMENT CLIMATIQUE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 1 / PRÉSERVER
+  &lt;em&gt;
+   - Préserver les ressources naturelles et accompagner la transition énergétique par des démarches innovantes et collectives
+   &lt;br /&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  S&amp;#039;appuyer sur l&amp;#039;action collective pour poursuivre la transition climatique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir dans cette perspective, les projets visant à la préservation des ressources naturelles du territoire, à la réduction de l&amp;#039;usage des énergies fossiles et à l&amp;#039;augmentation de la production d&amp;#039;énergies renouvelables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Fiche-action 2 / VALORISER -
+  &lt;em&gt;
+   Valoriser les spécificités du territoire déjà connues ou émergentes pour composer un « avenir durable »
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+&lt;/p&gt;
+&lt;p&gt;
+ •    Agir contre le réchauffement climatique en prenant appui sur les ressources et spécificités locales
+ &lt;br /&gt;
+ •    Sensibiliser / mettre en perspective les données historiques, paysagères, culturelles au regard des enjeux climatiques
+ &lt;br /&gt;
+ •    Inventer de nouveaux procédés à partir des ressources locales
+ &lt;br /&gt;
+ •    Adapter les usages et les modes de consommation
+ &lt;br /&gt;
+ •    Favoriser l&amp;#039;économie circulaire
+ &lt;br /&gt;
+ •    Favoriser l&amp;#039;économie collaborative
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 3 / SE DÉPLACER -
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Se déplacer en expérimentant avec les structures dédiées et/ou des citoyens volontaires (F/H), des solutions de mobilités décarbonnées ou de transports collectifs
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associer les structures et habitants - femmes et hommes - pour développer les mobilités durables (modes de déplacements décarbonnés et/ou partagés et/ou collectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des alternatives à l&amp;#039;autosolisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Défi 2 - MOBILISER POUR FORTIFIER LA COHÉSION SOCIALE
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 4 /
+ CRÉER -
+  &lt;em&gt;
+   Créer pour élargir et renforcer les actions locales en impliquant les partenaires et/ou la population
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créer des services ou des événementiels par et pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Défi transversal
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fiche-action 5 /
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  COOPÉRER
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   - Coopérer aux échelles interterritoriale et/ ou transnationale
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enjeux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enrichir la stratégie par un partage d&amp;#039;expériences avec d&amp;#039;autres territoires sur des axes de développement comparables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;ouverture du territoire sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualiser les moyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanger
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Friche
+Transition énergétique
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Biodiversité
+Animation et mise en réseau
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P206" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q206" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T206" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>CA Fougères Agglomération</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://fougeres-agglo.bzh/fougeres-agglo/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valérie JANVIER, Chargée de mission LEADER, Tél : 02 99 17 05 29
+&lt;/p&gt;
+&lt;p&gt;
+ Fougères Agglomération
+&lt;/p&gt;
+&lt;p&gt;
+ Parc d&amp;#039;activités de l&amp;#039;Aumaillerie
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CS 70665. La Selle-en-Luitré
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 35306 Fougères CEDEX
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>vjanvier@fougeres-agglo.bzh</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eefe-impulser-le-changement-avec-les-habitants/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>154415</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Amplifier la transition écologique et énergétique du territoire avec l'implication de tous</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°3</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I207" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de favoriser l&amp;#039;émergence d&amp;#039;activités et de pratiques en phase avec les défis de la transition.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Encourager la sobriété et viser l&amp;#039;autotomie énergétique du territoire
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Préserver les ressources naturelles et la biodiversité :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Encourager les démarches de protection et de valorisation des espaces et ressources naturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les dispositifs qui encouragent la préservation de la ressource en eau et la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les démarches innovantes et l&amp;#039;expérimentation pour un aménagement durable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Encourager les mobilités durables et solidaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Favoriser l&amp;#039;économie circulaire sur le territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développer la cohésion territoriale et l&amp;#039;implication de tous :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les initiatives citoyennes qui concourent aux enjeux de la transition socio-écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engager les acteurs du territoire et les habitants dans la transition socio-écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les solidarités et les coopérations territoriales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Recherche/développement pour améliorer l&amp;#039;efficacité énergétique de l&amp;#039;habitat ; accompagner l&amp;#039;émergence des réseaux d&amp;#039;acteurs (PTCE)
+ &lt;br /&gt;
+ •    Création de forêt comestible publique ; Développer des outils d&amp;#039;analyse mettant en avant les îlots de chaleur sur le territoire
+ &lt;br /&gt;
+ •    Etudier/Animer/Développer les services de mobilité de proximité
+ &lt;br /&gt;
+ •    Soutenir les démarches collectives de réduction des déchets pour les particuliers, artisans, commerçants
+ &lt;br /&gt;
+ •    Soutien des projets financés dans le cadre du Fonds Coup de Pousse
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Animation et mise en réseau
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T207" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d752-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>154414</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Projeter la destination Blois-Chambord-Val de Loire et ses acteurs vers un tourisme d’avenir</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I208" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J208" s="1" t="inlineStr">
+        <is>
+          <t>Montant plancher LEADER : 5 000 € // Montant plafond LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser les projets à faible empreinte carbone (dont tourisme pédestre, équestre, « Châteaux à vélo », « Loire à Vélo », etc.)
+&lt;/li&gt;&lt;li&gt;S&amp;#039;inscrire dans la destination Blois – Chambord – Val de Loire et être ambassadeur de cette destination
+&lt;/li&gt;&lt;li&gt;Accompagner la montée en compétence des acteurs du territoire et former à l&amp;#039;offre du territoire
+&lt;/li&gt;&lt;li&gt;Faciliter l&amp;#039;accès au territoire pour les saisonniers (hébergement, transport, etc.)
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Pays des Châteaux a mis à jour sa stratégie touristique en décembre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ 11 grands enjeux ont été définis pour la destination touristique Blois-Chambord-Val de Loire avec notamment un nouvel enjeu dédié à la prise en compte du changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ La présente fiche action a pour but de concrétiser cette stratégie :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De tendre vers un tourisme d&amp;#039;avenir
+&lt;/li&gt;&lt;li&gt;D&amp;#039;améliorer la visibilité et l&amp;#039;offre de la destination pour les acteurs locaux, les touristes ou les saisonniers
+&lt;/li&gt;&lt;li&gt;De développer l&amp;#039;économie touristique du territoire
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ De proposer aux habitants d&amp;#039;être ambassadeurs de leur territoire et par conséquent d&amp;#039;accéder à des nouveaux services (navettes touristiques, offre culturelle, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mettre en place des itinéraires pédestres / Créer des animations autour des itinéraires
+&lt;/p&gt;
+&lt;p&gt;
+ Aménager les sentiers et pistes cyclables pour les adapter aux familles
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre le franchissement de la Loire en différents points du territoire (Bac, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ Sensibiliser les habitants à la richesse patrimoniale du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre aux jeunes générations de profiter des activités pour les rendre actrices et ambassadrices du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Organiser des journées thématiques auprès des prestataires touristiques et professionnels du tourisme dans une logique d&amp;#039;interconnaissance
+&lt;/p&gt;
+&lt;p&gt;
+ Former et accompagner à la montée en compétence sur le tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Réfléchir et investir sur des solutions de logements saisonniers (accueil multifonction, création de logements, état des lieux des logements saisonniers... )
+&lt;/p&gt;
+&lt;p&gt;
+ Réfléchir et investir sur des solutions de mobilités douces pour les saisonniers
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre en place des services dédiés aux saisonniers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Equipement public
+Réhabilitation
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P208" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2023</t>
+        </is>
+      </c>
+      <c r="Q208" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets seront sélectionnés par le Comité de Programmation au regard des critères définis dans la grille d&amp;#039;analyse des projets, conformément aux principes de sélection suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise en réseau des acteurs&lt;/li&gt;&lt;li&gt;Echelle d&amp;#039;intervention
+&lt;/li&gt;&lt;li&gt;Caractère innovant et transversal du projet
+&lt;/li&gt;&lt;li&gt;Diversité des publics visés
+&lt;/li&gt;&lt;li&gt;Pérennité du projet
+&lt;/li&gt;&lt;li&gt;Pertinence avec la stratégie du GAL et avec les stratégies de développement régionales et locales existantes&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de prétendre à une aide LEADER, merci de contacter l&amp;#039;animateur LEADER pour un premier échange :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt; // 06.32.04.43.15
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f83c-projeter-la-destination-blois-chambord-val-de/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>148615</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l’urbanisme expérimental vivrier : récits, outils et méthodes de permanence architecturale et programmation ouverte</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>L'École du terrain</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain est une plateforme numérique regroupant des outils et ressources pour l&amp;#039;expérimentation architecturale, urbaine et paysagère.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle
+réunit et explore des projets et démarches singulières qui permettent, par l&amp;#039;expérimentation, la mise en œuvre de nouvelles manières de faire. Chacun de ces projets s&amp;#039;ancre dans son territoire aux fins de travailler à sa meilleure habitabilité en répondant à des problématiques sociétales. Ainsi, ces projets s&amp;#039;élaborent à partir des besoins et des désirs. Ils s&amp;#039;appuient sur le déjà-là matériel - le bâti, le paysage, le vivant - et immatériel - les habitant.es, les usager.es, leurs savoirs, leurs mémoires, leur organisation sociale. Cet urbanisme vivrier et partagé porte l&amp;#039;ambition profonde de réactiver nos démocraties locales, grâce à l&amp;#039;alliance d&amp;#039;acteurs et d&amp;#039;actrices autour d&amp;#039;un intérêt commun sur le terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ Confrontés aux cadres normés de l&amp;#039;architecture et de l&amp;#039;aménagement du territoire, ces acteurs et actrices les (ré)interprètent et les mettent à l&amp;#039;épreuve. Nous faisons l&amp;#039;hypothèse que ces multiples projets, tels des laboratoires en actes, créent des précédents et font jurisprudence. C&amp;#039;est pourquoi l&amp;#039;École du terrain veut contribuer à l&amp;#039;essaimage de ces démarches et à la transformation des cadres – culturels, économiques, administratifs, réglementaires – pour donner voix à des pratiques jusque-là en marge.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit désormais de prendre acte de ces pas de côté, de transmettre les récits de ces expérimentations, mais aussi les outils techniques et juridiques, afin de tirer des enseignements pour le passage à d&amp;#039;autres échelles et ainsi mieux les inscrire dans les pratiques, dans les politiques publiques et dans le droit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En accès libre et gratuit, l&amp;#039;École du terrain s&amp;#039;adresse aux collectivités, services déconcentrés de l&amp;#039;État, porteurs de projets, associations, habitant.es , professionnell.es de l&amp;#039;architecture, urbanisme et paysage...etc. désireux.ses de se former à la programmation ouverte à travers notamment l&amp;#039;outil de permanence architecturale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous pouvez nous écrire pour nous proposer un projet d&amp;#039;architecture, d&amp;#039;urbanisme ou de paysage expérimental que vous menez, et qui interroge ou produit des enseignements et/ou des jurisprudences à essaimer. Mais aussi pour nous partager une recherche théorique sur ces nouvelles manières de faire, ou pour toute autre contribution.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain va à la rencontre de celles et ceux qui œuvrent sur le terrain à de nouvelles expérimentations, questionnant les pratiques de l&amp;#039;architecture et de l&amp;#039;urbanisme, et parviennent à créer des jurisprudences. Répondant à des enjeux locaux, ces acteurs et actrices ont notamment profité de la plasticité du droit et de son pouvoir d&amp;#039;imagination pour dénouer des situations en inventant, chemin faisant, des dispositifs singuliers qui pourront, en retour, inspirer la loi, les politiques publiques et légitimer des pratiques de la société civile. A Roubaix ou à Billom, comment rouvrir au public un monument historique et y construire une programmation ouverte avec les usager.es ? A Boulogne-sur-Mer ou à Bordeaux, comment dénormer le logement social en le rénovant sur mesure avec la participation de ses habitant.es ? A Beaumont, comment mobiliser la commande artistique pour construire collectivement sept logements sociaux en milieu rural ?
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
       <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R209" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Site en accès libre et gratuit
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S209" s="1" t="inlineStr">
         <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T209" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://lecoleduterrain.fr/</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;lecoleduterrain.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>caroline.niemant@lapreuvepar7.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a82f-se-former-a-lurbanisme-experimental-vivrier-r/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>151703</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnements de la DDT 53</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>DDT de Mayenne</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment, l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;habitat, le logement social et la rénovation urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts et plus d&amp;#039;informations:
+ &lt;strong&gt;
+  vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Alimentation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et autres acteurs situés en Mayenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse du service territorial (Référents territoriaux)
+ :
+ &lt;strong&gt;
+  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
+   ddt-st&amp;#64;mayenne.gouv.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T211" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F212" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I212" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J212" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I213" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P213" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q213" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T213" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>