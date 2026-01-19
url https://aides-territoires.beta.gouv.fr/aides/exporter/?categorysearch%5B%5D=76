--- v0 (2025-11-19)
+++ v1 (2026-01-19)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA248"/>
+  <dimension ref="A1:AA236"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -21071,1547 +21071,621 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/04e1-contrat-de-developpement-transmission/</t>
         </is>
       </c>
       <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:27" customHeight="0">
       <c r="A109" s="1">
-        <v>104478</v>
+        <v>104606</v>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Valider la faisabilité d'un projet (projets d'innovation peu ou pas technologiques)</t>
+          <t>Sécuriser financièrement les parcours de formation des stagiaires de la formation professionnelle</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
-          <t>Pays de la Loire Accès Innovation</t>
+          <t>Rémunération des stagiaires de la formation professionnelle continue</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional des Pays de la Loire
-Bpifrance</t>
+          <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G109" s="1" t="inlineStr">
         <is>
-          <t>Entreprise privée</t>
+          <t>Particulier</t>
         </is>
       </c>
       <c r="H109" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-[...10 lines deleted...]
-          <t>Montant d'intervention maximum : 50.000€</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L109" s="1" t="inlineStr">
-        <is>
-[...311 lines deleted...]
-      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La sécurisation financière des parcours de formation constitue un facteur important de l&amp;#039;implication et de la réussite des demandeurs d&amp;#039;emploi en stage de formation professionnelle continue. C&amp;#039;est pourquoi, en complément de l&amp;#039;organisation et du financement d&amp;#039;actions de formation pour les demandeurs d&amp;#039;emploi, la Région attribue, au titre du Code du travail, une rémunération publique de stage pour les demandeurs d&amp;#039;emploi en formation professionnelle aux stagiaires « RÉGION FORMATION » relevant de ses programmes collectifs ou individuels, lorsque ces stagiaires ne sont pas indemnisés par l&amp;#039;assurance chômage.
 &lt;/p&gt;
 &lt;p&gt;
  Le Conseil régional décide des actions agréées ou non au titre de la rémunération des stagiaires. La décision est prise par l&amp;#039;Assemblée plénière ou la Commission permanente.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;organisme de formation est le premier interlocuteur du stagiaire pour la constitution des dossiers.
 &lt;/p&gt;
 &lt;p&gt;
  Une personne demandeur d&amp;#039;emploi devient stagiaire de la formation professionnelle lorsqu&amp;#039;elle suit une action de formation. Le stagiaire peut, dans ce cas, percevoir une rémunération s&amp;#039;il remplit les conditions mentionnées dans le Code du travail.
 &lt;/p&gt;
 &lt;p&gt;
  Le stagiaire bénéficie en outre, pendant sa période de formation, de la prise en charge de sa couverture sociale (maladie, maternité, accident du travail) et d&amp;#039;indemnisation de certains de ses frais.
 &lt;/p&gt;
 &lt;p&gt;
  La rémunération est forfaitaire pour tous les cas, sauf pour les personnes handicapées justifiant d&amp;#039;une activité salariée suffisante. Dans ce cas, elle résulte d&amp;#039;un calcul sur la base des salaires antérieurs.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;organisme de formation est le premier interlocuteur du stagiaire. Il est responsable, au titre du Code du travail, de l&amp;#039;accompagnement du stagiaire dans la constitution de son dossier de rémunération afin de permettre une étude rapide de ses droits.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;organisme de formation remet au stagiaire demandeur d&amp;#039;emploi un dossier de demande de rémunération dès le 1er jour du stage.
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier est instruit conformément aux dispositions du règlement d&amp;#039;intervention et selon les modalités de gestion décidées par le Conseil Régional, sur la base de la situation du stagiaire à son premier jour d&amp;#039;entrée en formation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Commerces et services
 Formation professionnelle
 Revitalisation
 Emploi</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
+      <c r="P109" s="1" t="inlineStr">
         <is>
           <t>01/01/2018</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour obtenir une rémunération et/ou une protection sociale en tant que stagiaire de la formation professionnelle
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  dans le cadre des dispositifs régionaux, le stagiaire doit remplir les conditions cumulatives suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    être retenu sur une place de formation financée et agréée par la Région ou être sur un dispositif spécifique comme les formations en Centre de Réadaptation Professionnelle (CRP),
   &lt;/li&gt;
   &lt;li&gt;
    ne pas être pris en charge par le régime conventionnel (Pôle emploi et employeur public).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Afin de sécuriser les parcours de formation, la Région des Pays de la Loire, en cas de fin de l&amp;#039;indemnisation par le
  régime d&amp;#039;assurance chômage ou un autre régime d&amp;#039;indemnisation, prend le relais par l&amp;#039;attribution d&amp;#039;une
  rémunération de stagiaire de la formation professionnelle, versée jusqu&amp;#039;à la fin de l&amp;#039;action de formation, dans le
  respect de l&amp;#039;agrément de rémunération.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;organisme de formation doit faire une demande de prise de relais par la Région dès le démarrage de l&amp;#039;action de
  formation en indiquant la date à laquelle l&amp;#039;indemnisation du régime d&amp;#039;assurance chômage s&amp;#039;arrête.
  La demande de rémunération doit être faite en temps utile pour éviter toute interruption de ressources pour les
  bénéficiaires.
  Ces modalités spécifiques concernent les stagiaires dont l&amp;#039;indemnisation par le régime d&amp;#039;assurance chômage (ou
  autres) s&amp;#039;arrête au cours de la formation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/remuneration-des-stagiaires-de-la-formation-professionnelle-continue</t>
         </is>
       </c>
-      <c r="W111" s="1" t="inlineStr">
+      <c r="W109" s="1" t="inlineStr">
         <is>
           <t>https://remunerationpaysdelaloire.orhus.info/orhus/do/sysLogin:login?ru=%252Forhus%252Fpage%252FHome</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Service Coordination et accompagnement des apprenants
  &lt;br /&gt;
  Pôle Conditions de vie des apprenants
 &lt;/p&gt;
 &lt;p&gt;
  Assistance formation professionnelle Pays de la Loire
 &lt;/p&gt;
 &lt;p&gt;
  0387183616
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dcdc-remuneration-des-stagiaires-de-la-formation-p/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E112" s="1" t="inlineStr">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>104643</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les parcours de formation des stagiaires de la formation professionnelle continue</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Fonds social régional d&amp;apos;urgence (FSU)</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H112" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I112" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
-[...400 lines deleted...]
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Sécuriser les parcours de formation des stagiaires de la formation professionnelle continue, une aide financière pour faire face aux situations d&amp;#039;urgence intervenue depuis l&amp;#039;entrée et ainsi permettre de poursuivre sa formation.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif poursuit un triple objectif :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pallier les risques d&amp;#039;abandon de formation provoqués par un changement de situation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   octroyer une aide aux stagiaires qui rencontrent des grandes difficultés financières,
  &lt;/li&gt;
  &lt;li&gt;
   apporter une réponse rapide aux situations d&amp;#039;urgence sociale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Cette aide d&amp;#039;urgence s&amp;#039;adresse à l&amp;#039;ensemble des apprenants demandeurs d&amp;#039;emploi engagés en parcours « RÉGION FORMATION » sur un certain nombre de dispositifs. Elle est destinée aux demandeurs qui rencontrent de grandes difficultés financières susceptibles de les amener à abandonner leur formation, afin de leur permettre de la suivre jusqu&amp;#039;à son terme.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Commerces et services
 Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P114" s="1" t="inlineStr">
+      <c r="P110" s="1" t="inlineStr">
         <is>
           <t>15/04/2015</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les organismes et instituts de formation intervenant sur l&amp;#039;offre « RÉGION FORMATION » (PRÉPA, ACCÈS, VISA) et les établissements ou services sociaux et médico-sociaux de réadaptation, de pré-orientation ou de rééducation professionnelle peuvent mobiliser le fonds social régional d&amp;#039;urgence mis en place par le Conseil régional. Ils identifient au sein de leur organisation une personne référente pour le montage des dossiers de demande, informe les stagiaires du dispositif et répondent à leur sollicitation relative à cette aide.
  &lt;br /&gt;
  L&amp;#039;aide est accordée par arrêté de la Présidente du Conseil régional. L&amp;#039;arrêté est notifié au stagiaire. A la notification de l&amp;#039;aide, les services de la Région procèdent au mandatement de l&amp;#039;aide, versée en une fois sur le compte bancaire du stagiaire.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Éligibilité du public
  &lt;/strong&gt;
 &lt;/h4&gt;
 Cette aide d&amp;#039;urgence s&amp;#039;adresse :
 &lt;ul&gt;
  &lt;li&gt;
   à l&amp;#039;ensemble des apprenants demandeurs d&amp;#039;emploi financés, en tout ou partie, par la Région sur l&amp;#039;offre « RÉGION FORMATION » engagés sur des formations agréées à la rémunération de stagiaires de la formation professionnelle continue,
  &lt;/li&gt;
  &lt;li&gt;
   aux demandeurs d&amp;#039;emploi indemnisés par l&amp;#039;assurance chômage entrés sur des formations sanitaires et sociales post bac
  &lt;/li&gt;
  &lt;li&gt;
   aux stagiaires engagés sur des formations agréées à la rémunération de la Région au sein des établissements ou services sociaux et médico-sociaux de réadaptation, de pré-orientation ou de rééducation professionnelle ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Éligibilité du dossier
  &lt;/strong&gt;
 &lt;/h4&gt;
 Le dossier de fonds social régional d&amp;#039;urgence doit être obligatoirement transmis à la Région par l&amp;#039;organisme de formation qui dispense la formation.
 &lt;h4&gt;
  &lt;strong&gt;
   Éligibilité budgétaire
  &lt;/strong&gt;
 &lt;/h4&gt;
 Dans la limite de l&amp;#039;enveloppe votée par la Région sur ce dispositif.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/fonds-social-regional-durgence</t>
         </is>
       </c>
-      <c r="W114" s="1" t="inlineStr">
+      <c r="W110" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.paysdelaloire.fr/aides/#/prod/connecte/F_FSU/depot/simple</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Service Coordination et accompagnement des apprenants
  &lt;br /&gt;
  Pôle Conditions de vie des apprenants
 &lt;/p&gt;
 &lt;p&gt;
  Nadine Cornet : 02 28 20 59 67
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e331-fonds-social-regional-durgence/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E115" s="1" t="inlineStr">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>104659</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’organisation de salons, forums et opérations d’information sur les métiers, les emplois et la formation</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux salons et forums d’information sur l’orientation, la formation et l’emploi</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
-[...188 lines deleted...]
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide régionale aux salons et forums d&amp;#039;information sur les métiers et les formations s&amp;#039;inscrit dans le cadre plus général des missions d&amp;#039;information et d&amp;#039;orientation tout au long de la vie exercée par la Région renforcées par la loi « Pour la liberté de choisir son avenir professionnel » du 5 septembre 2018.
  &lt;br /&gt;
  Elle se base sur trois principes essentiels :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;information sur les métiers et les formations  procède d&amp;#039;une mission de service public d&amp;#039;éducation à l&amp;#039;orientation ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;accès à ces salons et forums est gratuit pour tous les publics ;
  &lt;/li&gt;
  &lt;li&gt;
   Les salons ou forums doivent être conçus de manière pédagogique.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;accès à ces manifestations doit être gratuit pour tous les publics.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Revitalisation
 Emploi</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région donne priorité aux opérations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Conduites par des EPCI ou par des associations regroupant les principaux acteurs de l&amp;#039;information sur les métiers, les emplois, et les formations d&amp;#039;un bassin d&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   S&amp;#039;adressant aux jeunes et à leurs familles pour leur orientation, et s&amp;#039;ouvrant aux jeunes et aux adultes engagés dans la vie active, pour leur faciliter l&amp;#039;accès à la formation tout au long de la vie
  &lt;/li&gt;
  &lt;li&gt;
   Permettant à partir des métiers, emplois, et formations accessibles sur le territoire concerné, des choix d&amp;#039;orientation ouverts, vers les métiers du secteur privé et public
  &lt;/li&gt;
  &lt;li&gt;
   Privilégiant la découverte des métiers par la démonstration concrète du quotidien professionnel
  &lt;/li&gt;
  &lt;li&gt;
   Permettant une information sur les dispositifs mobilisables pour accompagner la construction d&amp;#039;un parcours de formation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les salons et forums doivent s&amp;#039;attacher à présenter une diversité de métiers et de formations.
 &lt;/p&gt;
 &lt;p&gt;
  Les services régionaux instruisent les demandes de subventionnement comprenant un descriptif du projet,  un budget prévisionnel et un planning de l&amp;#039;événement. Ils sont habilités à solliciter les pièces utiles à la bonne compréhension de la demande. Ils peuvent être missionnés pour opérer les contrôles prévus.
 &lt;/p&gt;
 &lt;p&gt;
  Ils élaborent le projet de décision attributive de subvention soumis au vote de la Commission Permanente.
  &lt;br /&gt;
  En cas d&amp;#039;octroi d&amp;#039;une subvention, le porteur de projet s&amp;#039;engage à inviter la Région des Pays de la Loire aux comités de pilotage et à l&amp;#039;inauguration de l&amp;#039;événement ainsi qu&amp;#039;à apposer le logo régional sur les différents documents de communication.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/soutien-aux-salons-et-forums-dinformation-sur-lorientation-la-formation-et-lemploi</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;orientation, animation territoriale et insertion professionnelle
  &lt;br /&gt;
  Service Animation territoriale
  &lt;br /&gt;
  Missions transversales et évènements
 &lt;/p&gt;
 &lt;p&gt;
  Florane Devaux Boutinkhar : 02 28 20 59 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e83c-soutien-aux-salons-et-forums-dinformation-sur/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>104710</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C112" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;aide publique est fixé par la GAL.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
@@ -22643,765 +21717,765 @@
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le taux d&amp;#039;aide publique est fixé par la GAL.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des politiques européennes
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contactez votre GAL référent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>105108</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de foyers jeunes travailleurs et résidences étudiantes / jeunes actifs</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Logement public - foyers jeunes travailleurs et résidences étudiantes / jeunes actifs</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bailleurs publics
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Afin de conforter sa politique menée en faveur de la jeunesse et de l&amp;#039;enseignement supérieur, le Département est susceptible d&amp;#039;accorder son soutien aux projets de foyers jeunes travailleurs et logements étudiants ou jeunes actifs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide forfaitaire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   6.000 € par logement pour les foyers jeunes travailleurs
  &lt;/li&gt;
  &lt;li&gt;
   6.000 € par logement pour l&amp;#039;acquisition / amélioration ou transformation de grands logements
  &lt;/li&gt;
  &lt;li&gt;
   5.500 € par logement pour les résidences étudiants / jeunes actifs
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Emploi</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les projets de création, d&amp;#039;extension et de réhabilitation ou division d&amp;#039;appartements préexistants. Les loyers doivent être compatibles avec les plafonds du logement social.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIECES A FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   courrier sollicitant le concours du Département
  &lt;/li&gt;
  &lt;li&gt;
   dossier de description de l&amp;#039;opération (plans, situation dans la commune, échéancier de réalisation, nombre de logement, descriptifs rapide, coûts des loyers et des charges envisagés, caractéristiques)
  &lt;/li&gt;
  &lt;li&gt;
   plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   calendrier prévisionnel des demandes de paiement&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes.&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction :
 &lt;/p&gt;
 &lt;p&gt;
  Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;&lt;/li&gt;&lt;li&gt;paiement de deux acomptes possible à hauteur des travaux effectués sur présentation d’un état récapitulatif des factures, certifié par le comptable&lt;/li&gt;&lt;li&gt;paiement du solde sur présentation d’un état récapitulatif des factures, certifié par le comptable et du décompte général et définitif de l’opération.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Caducité : l’opération doit être achevée et la demande de versement du solde doit intervenir dans un délai maximal de quatre ans à compter de la date de notification de la décision attributive
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T113" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/08-Logement/fjt_et_residence_etudiants_jeunes_actifs.pdf</t>
         </is>
       </c>
-      <c r="W118" s="1" t="inlineStr">
+      <c r="W113" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches» :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : néant
 &lt;/p&gt;
 &lt;p&gt;
  Service cohésion territoriale ; Tél. 05 16 09 74 15
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b50-soutenir-les-projets-de-foyers-jeunes-travail/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>111640</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Accompagner vers l'emploi les bénéficiaires du revenu de solidarité active</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Solidarité et santé : Cohésion sociale (RSA)</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J119" s="1" t="inlineStr">
+      <c r="J114" s="1" t="inlineStr">
         <is>
           <t>Aide basée sur l'estimation prévisionnelle des actions</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement des bénéficiaires du RSA orientés &amp;#34;social&amp;#34;, dans un parcours d&amp;#039;insertion vers l&amp;#039;emploi, en lien avec Pôle emploi.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement délégué aux CCAS par convention.
 &lt;/p&gt;
 &lt;p&gt;
  Trois modes de soutien possibles : subvention, mise à disposition de personnel départemental, ou subvention et mise à disposition.
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien du Département en subvention privilégie la prise en charge des frais de fonctionnement mobilisés : coût des postes d&amp;#039;accompagnement, avec un montant de référence des coûts salariaux de 38.500€ par équivalent temps plein.
 &lt;/p&gt;
 &lt;p&gt;
  Aide basée sur l&amp;#039;estimation prévisionnelle du nombre de bénéficiaires du revenu de solidarité active à accompagner par le CCAS et du coût d&amp;#039;un équivalent temps plein.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2018-SOLI-004 (AD du 15/01/2018)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Emploi</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Communes en Essonne.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction du développement social
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 16 42
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4287-accompagner-vers-lemploi-les-beneficiaires-du/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>111696</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Bénéficier des compétences d'un jeune diplômé (VTA)</t>
         </is>
       </c>
-      <c r="C120" s="1" t="inlineStr">
+      <c r="C115" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Avenir Montagnes
 France Ruralités</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Volontaire territorial en administration</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
-      <c r="F120" s="1" t="inlineStr">
+      <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="J120" s="1" t="inlineStr">
+      <c r="J115" s="1" t="inlineStr">
         <is>
           <t>Aide forfaitaire de 15.000€ pour la collectivité</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le volontariat territorial en administration (VTA) permet aux collectivités territoriales rurales de bénéficier des compétences de jeunes diplômés le temps d&amp;#039;une mission de 12 à 18 mois maximum, au service de l&amp;#039;ingénierie de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Créé en 2021, le Volontariat territorial en administration s&amp;#039;adresse aux collectivités territoriales des territoires ruraux, qu&amp;#039;il s&amp;#039;agisse des établissements publics de coopération intercommunale ou des communes. Les pays, PETR et PNR pourront également embaucher des VTA, notamment s&amp;#039;ils participent à l&amp;#039;élaboration des contrats de relance et de transition écologique (CRTE). À titre plus exceptionnel, des structures portant des postes mutualisés pour le compte de plusieurs collectivités pourront bénéficier du dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  Les VTA ont vocation à soutenir les territoires ruraux, pour faire émerger leurs projets de développement et les aider à se doter d&amp;#039;outils d&amp;#039;ingénierie adaptés à leur besoin. Ils aident notamment les acteurs locaux à mobiliser des financements du plan de relance.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;État aidera la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15 000 euros pour financer le recrutement indifféremment que celui soit de 12 ou 18 mois. Ce sont 800 VTA qui auront pu être aidés d&amp;#039;ici la fin de l&amp;#039;année 2022.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une subvention forfaitaire de 15.000€ :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  → 15.000€ pour la collectivité : l&amp;#039;État aide la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15.000€ qui sera versée sur décision du préfet&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;année 2023, le nombre de VTA sera limité à 220 recrutements.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M120" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les VTA renforcent en ingénierie les collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Ainsi les missions peuvent permettre de rechercher et mobiliser des financements, d&amp;#039;accompagner les collectivités dans la réalisation de leur projet de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Les VTA sont recrutés sur des missions d&amp;#039;appui aux
  CRTE, aux programmes de l&amp;#039;ANCT &amp;#34;Petites villes de demain&amp;#34;, Avenir Montagnes ingénierie, France service...
 &lt;/p&gt;
 &lt;p&gt;
  Les domaines d&amp;#039;aménagement du territoire, de la culture, citoyenneté, transition écologique, sont représentés par ce dispositif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P120" s="1" t="inlineStr">
+      <c r="P115" s="1" t="inlineStr">
         <is>
           <t>15/04/2021</t>
         </is>
       </c>
-      <c r="Q120" s="1" t="inlineStr">
+      <c r="Q115" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif s&amp;#039;adresse en premier lieu aux collectivités territoriales rurales (commune ou établissement public de coopération intercommunale – EPCI) selon la nouvelle définition de la ruralité l&amp;#039;Institut national de la statistique et des études économiques (INSEE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutefois, afin d&amp;#039;apporter un soutien en ingénierie adapté aux besoins des organisations locales, d&amp;#039;autres collectivités territoriales, groupements de collectivités ou structures sont éligibles au recrutement d&amp;#039;un VTA :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les syndicats mixtes dont le siège est situé dans un département rural ou dans une commune appartenant à un EPCI rural au sein de l&amp;#039;INSEE si les missions proposées s&amp;#039;adressent exclusivement aux intercommunalités et communes rurales au sens de l&amp;#039;INSEE ;
  &lt;/li&gt;
  &lt;li&gt;
   les communes de moins de 20 000 habitants de densité intermédiaire au sens de l&amp;#039;INSEE mais situées dans un département rural ou un EPCI rural;
  &lt;/li&gt;
  &lt;li&gt;
   les associations dont l&amp;#039;objet est de fournir un service aux communes ou EPCI ruraux  au sens de l&amp;#039;INSEE, notamment dans le cadre de postes mutualisés pour plusieurs collectivités territoriales;
  &lt;/li&gt;
  &lt;li&gt;
   les pays et pôles d&amp;#039;équilibre territorial et rural (PETR), notamment s&amp;#039;ils participent à l&amp;#039;élaboration des contrats de relance et de transition écologique (CRTE).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://vta.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="W120" s="1" t="inlineStr">
+      <c r="W115" s="1" t="inlineStr">
         <is>
           <t>https://vta.anct.gouv.fr/</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:vta&amp;#64;anct.gouv.fr" target="_self"&gt;
   vta&amp;#64;anct.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>marie.laurent@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7950-beneficier-des-competences-dun-jeune-dipome/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>111736</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises ultramarines à maîtriser leur impact sur l'environnement et à diminuer leur consommation d'énergie - Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Subvention BPI « Investissement Outremer »</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Bpifrance
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I121" s="1" t="inlineStr">
+      <c r="I116" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J121" s="1" t="inlineStr">
+      <c r="J116" s="1" t="inlineStr">
         <is>
           <t>subvention pouvant couvrir jusqu’à 70% des dépenses éligibles prévisionnelles</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Subvention Investissement Outre-Mer vous permet de financer vos investissements visant à mieux maîtriser votre impact sur l&amp;#039;environnement et à diminuer votre consommation d&amp;#039;énergie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montants et modalités d&amp;#039;octroi :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aide accordée sous forme de subvention pouvant couvrir jusqu&amp;#039;à 70 % des dépenses éligibles prévisionnelles retenues dans la limite de 100 000 € maximum et dans le respect des plafonds d&amp;#039;aide autorisés par bénéficiaire au titre du règlement dit des aides « de minimis ». Le cumul des aides « de minimis » ne doit pas excéder 200 000 € sur une période de 3 exercices fiscaux, y compris de l&amp;#039;exercice en cours.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximum :
  &lt;/strong&gt;
  100.000€
  &lt;br /&gt;
  &lt;strong&gt;
   Montant minimum :
  &lt;/strong&gt;
  20.000€
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
  Pas de frais d&amp;#039;instruction.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Commerces et services
 Technologies numériques et numérisation
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   PME éligibles :
  &lt;/strong&gt;
  Entreprises, établies dans un Département ou Région d&amp;#039;Outre-mer (Guadeloupe, Martinique, Guyane, La Réunion, Mayotte), répondant à la définition européenne de la PME, immatriculées au registre du commerce, et conformes à la doctrine d&amp;#039;intervention de Bpifrance.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
  sont éligibles, les projets permettant à l&amp;#039;entreprise de :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Mieux maîtriser ou de diminuer son impact sur l&amp;#039;environnement, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Diminuer sa consommation d&amp;#039;énergie ou de matières premières non renouvelables, et/ou,
   &lt;/li&gt;
   &lt;li&gt;
    Mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement et de réduction de la consommation d&amp;#039;énergie et/ou,
   &lt;/li&gt;
   &lt;li&gt;
@@ -23418,146 +22492,146 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les investissements matériels et équipements : par exemple, échangeurs thermiques, cogénération à haut-rendement, matériels de récupération, de stockage et de réduction d&amp;#039;énergie (solaire, électricité, mécanique), matériels réduisant les émissions polluantes, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les investissements immatériels : par exemple, coûts de mise aux normes, dépenses liées au respect de l&amp;#039;environnement, sécurité, formation des équipes de production, logiciels, diagnostics (performance énergétique de bâtiment industriel, impact environnemental du procédé), démarche éco-responsable (traitement et valorisation des déchets, éco-conception des produits, écologie industrielle), etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux : par exemple, travaux d&amp;#039;aménagement et de rénovation des bâtis prenant en compte les risques sismiques et cycloniques, etc.
   &lt;/li&gt;
   &lt;li&gt;
    Les frais externes divers : par exemple : préparation d&amp;#039;accords juridiques, faisabilité, sous-traitance, formations, déplacements, salons, etc.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T121" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Guyane</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-sans-garantie/Subvention-Investissement-Outre-mer</t>
         </is>
       </c>
-      <c r="W121" s="1" t="inlineStr">
+      <c r="W116" s="1" t="inlineStr">
         <is>
           <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/siom</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse postale :1660 Rocade Lycée 97300 Cayenne
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 06 90 28 90 60
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.bpifrance.fr/contactez-nous/direction-regionale-cayenne" rel="noopener" target="_blank"&gt;
   Contact par mail
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   Demande en ligne
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>contribution-aides-terr@outre-mer.gouv.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f98e-aider-les-entreprises-ultramarines-a-maitrise/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>111757</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -23594,82 +22668,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -23715,188 +22789,188 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R122" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W122" s="1" t="inlineStr">
+      <c r="W117" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>111759</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I123" s="1" t="inlineStr">
+      <c r="I118" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -23931,72 +23005,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M123" s="1" t="inlineStr">
+      <c r="M118" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -24020,224 +23094,224 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R123" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>111995</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
         </is>
       </c>
-      <c r="C124" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Plateforme d'apprentissage Interreg Europe PLP</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F124" s="1" t="inlineStr">
+      <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
  &lt;/li&gt;
  &lt;li&gt;
   des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
  &lt;/li&gt;
  &lt;li&gt;
   des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
 &lt;/p&gt;
 &lt;p&gt;
  A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
  &lt;/li&gt;
  &lt;li&gt;
   améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
  &lt;/li&gt;
  &lt;li&gt;
   impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -24282,261 +23356,261 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
  &lt;a rel="noopener" target="_blank"&gt;
   interregeurope.eu
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
         </is>
       </c>
-      <c r="W124" s="1" t="inlineStr">
+      <c r="W119" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier  &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase    &amp;#43;33 (0) 491 575 606
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>112001</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Projet de coopération territoriale Interreg Europe</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F125" s="1" t="inlineStr">
+      <c r="F120" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I120" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J125" s="1" t="inlineStr">
+      <c r="J120" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -24581,773 +23655,773 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>117146</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Approfondir la connaissance du territoire par un diagnostic territorial partagé</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans la connaissance de leur territoire à travers la réalisation d&amp;#039;un diagnostic territorial transversal et multidisciplinaire, partagé avec les acteurs locaux :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Réalisation d&amp;#039;un diagnostic territorial sur toutes les thématiques intéressant les collectivités (aménagement, culture, sport, solidarité, développement économique, tourisme, santé, environnement, transport...)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réunion de travail
  &lt;/li&gt;
  &lt;li&gt;
   Coordination des services contributeurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Transmission d&amp;#039;un diagnostic territorial sous format numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Accès aux services
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W126" s="1" t="inlineStr">
+      <c r="W121" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/20f8-approfondir-la-connaissance-du-territoire-par/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>117161</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Disposer des chiffres clés des réalités sociodémographiques de son territoire</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Comprendre les réalités sociodémographiques de votre territoire avec les chiffres clés de l&amp;#039;Observatoire départemental.
 &lt;/p&gt;
 &lt;p&gt;
  Les « chiffres clés » de l&amp;#039;Observatoire départemental sont des fiches synthétiques de 4 à 6 pages permettant de visualiser à travers des représentations graphiques simples et imagées les principales données de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Qui sont les habitants de ma commune ? Comment évolue la population de mon EPCI ? Combien d&amp;#039;actifs sur mon territoire et dans quels secteurs travaillent-ils ?
 &lt;/p&gt;
 &lt;p&gt;
  Des questions auxquelles se proposent de répondre les « chiffres clés » de l&amp;#039;Observatoire départemental permettant ainsi de dresser un état des lieux synthétique de la population de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Les diagnostics seront extraits du logiciel de l&amp;#039;observatoire départemental « en un clic » et pourra faire l&amp;#039;objet d&amp;#039;une présentation à la commune ayant fait la demande.
 &lt;/p&gt;
 &lt;p&gt;
  Ces données pourront faire l&amp;#039;objet d&amp;#039;approfondissement pour des besoins spécifiques.
 &lt;/p&gt;
 &lt;p&gt;
  Document non contractuel mais engageant le Département sur la qualité des données partagées dans les diagnostics.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Famille et enfance
 Egalité des chances
 Education et renforcement des compétences
 Formation professionnelle
 Consommation et production
 Emploi
 Protection animale</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collectivités de Seine-et-Marne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W127" s="1" t="inlineStr">
+      <c r="W122" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c2a2-disposer-des-chiffres-cles-des-realites-socio/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>117373</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l’élaboration du projet de territoire, d’un programme d’actions et de la mise en œuvre de ce dernier</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans l’élaboration du projet de territoire et à sa mise en œuvre</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre à une collectivité,sur la base du diagnostic (réalisable dans ID77), de construire et d&amp;#039;élaborer un projet de territoire et le programme d&amp;#039;actions qui en découle.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département met à disposition ses connaissances et ses compétences techniques au service de la collectivité pour aboutir à la constitution d&amp;#039;un programme
  &lt;br /&gt;
  d&amp;#039;actions prévisionnel qui pourrait être mis en œuvre et sur l&amp;#039;identification des financements potentiels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
+      <c r="M123" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Appui méthodologique (remise de documents méthodologiques, échanges avec la collectivité)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement/Conseil amont (à un PLU par exemple)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;ateliers thématiques à la demande
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;élaboration d&amp;#039;un programme d&amp;#039;actions
  &lt;/li&gt;
  &lt;li&gt;
   Appui au montage de projet (recherche de financement par exemple)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Accès aux services
 Santé
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W128" s="1" t="inlineStr">
+      <c r="W123" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail :
 &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
  id77&amp;#64;departement77.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/db38-accompagner-les-collectivites-dans-lelaborati/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>117378</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Assister les collectivités dans un projet de requalification des anciennes zones d'activité</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Permettre à la collectivité d&amp;#039;optimiser ses arbitrages et de sécuriser ses investissements
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic global de zones d&amp;#039;activités
  &lt;/li&gt;
  &lt;li&gt;
   Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
  &lt;/li&gt;
  &lt;li&gt;
   Participation en réunion de travail
  &lt;/li&gt;
  &lt;li&gt;
   (le cas échéant), production d&amp;#039;une note de synthèse
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Sur devis au cas par cas (temps passé estimé).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Friche
 Commerces et services
 Revitalisation
 Bâtiments et construction
 Réhabilitation
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W129" s="1" t="inlineStr">
+      <c r="W124" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b8e3-assister-les-collectivites-dans-un-projet-de-/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>117398</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le recrutement et l’accueil d’un salarié en contrat aidé</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="F130" s="1" t="inlineStr">
+      <c r="F125" s="1" t="inlineStr">
         <is>
           <t>Agence départementale d'insertion - Initiatives77</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Faciliter l&amp;#039;accueil d&amp;#039;un salarié en contrat aidé en accompagnant une collectivité ou un établissement public.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A propos d&amp;#039;Initiatives77 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Notre offre de service :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Initiatives77 embauche et met à disposition des salariés en contrat aidés.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois votre besoin identifié, Initiatives77 est l&amp;#039;interlocuteur privilégié qui vous accompagne dans l&amp;#039;accueil de personnes en contrat aidé :
 &lt;/p&gt;
 &lt;p&gt;
@@ -25380,568 +24454,568 @@
   Comment recruter un salarié en contrat aidé avec Initiatives77 ?
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La mise à disposition de contrat aidé s&amp;#039;organise en 4 étapes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Identification des besoins relatifs au poste,
   &lt;/li&gt;
   &lt;li&gt;
    Signature d&amp;#039;une convention de mise à disposition,
   &lt;/li&gt;
   &lt;li&gt;
    Diffusion de la fiche de poste,
   &lt;/li&gt;
   &lt;li&gt;
    Recrutement et accompagnement du salarié.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
         </is>
       </c>
-      <c r="W130" s="1" t="inlineStr">
+      <c r="W125" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d2b-etre-accompagne-dans-le-recrutement-et-laccue/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>117420</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la mobilisation des aides européennes pour les projets de developpement territorial</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>Faciliter l&amp;#039;accès des collectivités locales et des EPCI aux sources de financements européens</t>
         </is>
       </c>
-      <c r="M131" s="1" t="inlineStr">
+      <c r="M126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Europe est présente au quotidien auprès des citoyens. Les aides européennes sont nombreuses mais souvent mal connues par les acteurs locaux. Face à ce constat, le Département, via sa Mission Europe,  joue un rôle d&amp;#039;information et de promotion des fonds européens et s&amp;#039;engage dans une démarche d&amp;#039;appui-conseil aux porteurs de projet seine-et-marnais dans la recherche des cofinancements européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informations-conseils sur les dispositifs de cofinancements européens
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions
  &lt;/li&gt;
  &lt;li&gt;
   Aide au montage des dossiers de demandes de subventions européennes et ingénierie financière
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Transmission d&amp;#039;une fiche action ou d&amp;#039;une fiche projet. A réception des éléments détaillés du projet, la prestation consistera à établir un premier diagnostic des financements européens potentiellement mobilisables. Si le projet est éligible, un second niveau de prestation pourra être proposé  avec un accompagnement du porteur dans l&amp;#039;établissement de son dossier de demande de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Formation professionnelle
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Biodiversité
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W131" s="1" t="inlineStr">
+      <c r="W126" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/75b1-accompagner-les-collectivites-a-la-mobilisati/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>117423</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités pour le développement et à l'installation d'unités de méthanisation</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>Au travers de la charte CAPMETHA77, le Département, avec ses 8 signataires, affirme les orientations et valeurs qui doivent guider les projets de méthanisation, favoriser leur appropriation par tout porteur de projet, élu ou autre acteur seine-et-marnais concerné, et contribuer à leur réussite</t>
         </is>
       </c>
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ingénierie : Faire le lien entre l&amp;#039;élu et le porteur de projet ; bâtir une stratégie d&amp;#039;acceptabilité du projet
  &lt;/li&gt;
  &lt;li&gt;
   Action de sensibilisation : Réunions d&amp;#039;information auprès des Communes, des porteurs de projets, participation à des réunions publiques
  &lt;/li&gt;
  &lt;li&gt;
   Ressources documentaires : Exposition ; plaquettes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Document contractuel (conventions type ..)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Sols
 Foncier
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Qualité de l'air
 Bâtiments et construction
 Paysage
 Emploi
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
+      <c r="W127" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8584-accompagner-les-collectivites-pour-le-develop/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>117568</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Financer l’apprentissage tout au long de la vie</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’éducation et la formation professionnelle</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
 structure intervenant sur l’éducation (champ du primaire, secondaire,
 périscolaire ou supérieur) ayant un fort impact social et territorial, une
 structure de formation continue ayant un fort impact social et territorial, une
 structure de formation en apprentissage (CFA / OFA), une EdTech de l’éducation
 ou de la formation professionnelle ayant une fonction support clé pour les
 organismes de formation ou organismes de formation et/ou centre de formations
 d’apprentis ou encore une collectivité locale ou une entreprise publique locale
 (société d’économie mixte) ? Vous souhaitez solliciter des financements pour un
 projet qui favorise l’accès à l’éducation de toutes et tous ? &lt;/span&gt;La Banque des
 Territoires investit dans vos projets pour permettre à chacune et chacun
 d’apprendre dans les meilleures conditions et tout au long de la vie, en tout
 point du territoire.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Notre offre de
 financement s’articule autour de deux volets. Un premier consacré à
 l’éducation, où nous accompagnons, conseillons et finançons les projets
 éducatifs des territoires. Un second consacré à la formation professionnelle à
 impact, où nous investissons dans le développement de structures de formation
 professionnelle, initiale ou continue, positionnées sur la formation des
 publics répondant à des enjeux de cohésion sociale et territoriale, de la
 transition écologique, et des métiers en tension. Cet investissement prend la
 forme d’une prise de participation en fonds propres ou quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Egalité des chances
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche
 Emploi</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=education_formation_psat</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-apprentissage/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>117589</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Professionnaliser les acteurs du développement rural , favoriser l'innovation dans les territoires ruraux et stimuler la mise en réseaux et les synergies entre acteurs</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Cap Rural Centre de ressources pour le développement local</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Cap Rural</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cap Rural est un
  &lt;strong&gt;
   c
  &lt;/strong&gt;
  &lt;strong&gt;
   &lt;a href="http://caprural.org/" rel="noopener" target="_blank"&gt;
    entre de ressources spécialisé dans les pratiques et les métiers du développement rural
   &lt;/a&gt;
   .
  &lt;/strong&gt;
  Son action est articulé autour de trois grands axes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Professionnaliser
   &lt;/strong&gt;
   les acteurs du développement rural
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser
   &lt;strong&gt;
    l&amp;#039;innovation
@@ -25973,155 +25047,155 @@
   Accompagner les acteurs du développement rural en Auvergne-Rhône-Alpes dans leur réflexion pour construire une stratégie de recherche de financements
  &lt;/strong&gt;
  : des appuis individuels et/ou collectifs à la réflexion autour de la définition de stratégies de recherche de financements, d&amp;#039;organisation pour être plus efficient dans ses recherches...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Faire découvrir de nouvelles sources de financements, les combiner...
  &lt;/strong&gt;
  : des sessions de formation et d&amp;#039;exploration (webconférence ou présentiel) pour présenter de nouveaux dispositifs et outils de financements, prendre connaissance d&amp;#039;appels à projets, découvrir de nouveaux acteurs du financement, acquérir de nouvelles connaissances et savoir-faire, échanger des expériences...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Outiller pour repérer et faire de la veille sur les financements en général ou des financements plus ciblés
  &lt;/strong&gt;
  : des outils de recherche de financement sous forme de guides ou de cartes mentales pour assurer une veille sur les appels à projets, faciliter la mobilisation de financements publics et/ou privés...
 &lt;/p&gt;
 &lt;p&gt;
  De
  &lt;strong&gt;
   susciter, favoriser la réflexion et les échanges d&amp;#039;expériences
  &lt;/strong&gt;
  : un groupe d&amp;#039;échanges de pratiques constitué d&amp;#039;agents de développement pour traiter de sujets autour des stratégies de financements, de la création de postes d&amp;#039;ingénierie financière...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M134" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A titre d&amp;#039;illustration quelques exemples d&amp;#039;outils élaboré par Cap rural à destination des agents de développement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    V
    &lt;a href="http://caprural.org/des-ressources/financement-de-projets/financements/7022-precarite-et-pauvrete-un-outil-de-veille-sur-les-financements" rel="noopener" target="_blank"&gt;
     eille sur les financements
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Comprendre
    &lt;a href="http://caprural.org/des-ressources/financement-de-projets/financements/9367-fonds-europeens-sectoriels-opportunites-de-financements-pour-les-projets-de-developpement-local" rel="noopener" target="_blank"&gt;
     et décrypter des financements
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Travailler sa
   &lt;/strong&gt;
   &lt;strong&gt;
    &lt;a href="http://caprural.org/des-ressources/financement-de-projets/strategie/8729-repondre-a-un-appel-a-projets-ou-a-un-appel-a-manifestation-d-interet-un-outil-pour-accompagner-vos-reflexions" rel="noopener" target="_blank"&gt;
     stratégie financière
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts
 Economie sociale et solidaire
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cap Rural s&amp;#039;adresse aux acteurs du développement local rural en Auvergne-Rhône-Alpes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Agents de développement rural ou périurbain (éco, culture, tourisme, environnet, agriculture...)
  &lt;/li&gt;
  &lt;li&gt;
   Professionnels de l&amp;#039;aménagement impliqués dans le développement rural ou périurbain
  &lt;/li&gt;
  &lt;li&gt;
   Agents de développement urbain impliqués dans le développement rural ou périurbain
  &lt;/li&gt;
  &lt;li&gt;
   Techniciens impliqués dans un projet de développement rural ou périurbain
  &lt;/li&gt;
  &lt;li&gt;
   Directeurs de structures employant l&amp;#039;ingénierie de développement local
  &lt;/li&gt;
  &lt;li&gt;
   Élus de collectivités territoriales ou d&amp;#039;associations
  &lt;/li&gt;
  &lt;li&gt;
   Salariés/membres de collectifs porteur de projet (dont agricole et agroalimentaire)
  &lt;/li&gt;
  &lt;li&gt;
   En recherche d&amp;#039;emploi dans l&amp;#039;ingénierie de développement local
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La cotisation donne accès aux services pour l&amp;#039;année civile en cours aux personnes inscrites dans le tableau au verso
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="W134" s="1" t="inlineStr">
+      <c r="W129" s="1" t="inlineStr">
         <is>
           <t>http://www.caprural.org/des-ressources/financement-de-projets</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vos contacts
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sur des financements nationaux, régionaux, appel à projets, privés/publics...
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  → Jean-Philippe Jamot, chargé de mission Dynamiques entrepreneuriales de créations d&amp;#039;activités - Ingénierie financière des projets
 &lt;/p&gt;
 &lt;p&gt;
  Cap Rural
 &lt;/p&gt;
 &lt;p&gt;
  Lycée Agricole Le Valentin
 &lt;/p&gt;
 &lt;p&gt;
  Avenue de Lyon
 &lt;/p&gt;
 &lt;p&gt;
  26500 Bourg-lès-Valence
@@ -26134,106 +25208,106 @@
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sur le FEADER, FEDER et FSE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  → Nelly Marrel, chargée de mission Europe et développement rural
 &lt;/p&gt;
 &lt;p&gt;
  Cap Rural
 &lt;/p&gt;
 &lt;p&gt;
  23, rue Jean Baldassini
 &lt;/p&gt;
 &lt;p&gt;
  69364 Lyon cedex 07
 &lt;/p&gt;
 &lt;p&gt;
  Tel. : 04 72 72 49 76 / 06 77 83 12 76 et europe.devrural&amp;#64;caprural.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>agriruralite@caprural.org</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3400-cap-rural-pole-dexpertise-sur-lingenierie-fin/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>119721</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un parcours personnalisé pour définir son projet professionnel et trouver un emploi</t>
         </is>
       </c>
-      <c r="C135" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>France Relance</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
         </is>
       </c>
-      <c r="F135" s="1" t="inlineStr">
+      <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Pôle emploi</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le contrat d&amp;#039;engagement jeune (CEJ) est destiné aux jeunes de 16  à 25 ans révolus et aux jeunes en situation de handicap de moins de 30 ans sans emploi, qui ne sont pas en formation, qui ne font pas d&amp;#039;études supérieures, qui sont confrontés à une difficulté d&amp;#039;accès à l&amp;#039;emploi durable et qui souhaitent s&amp;#039;engager dans un parcours vers l&amp;#039;emploi.
 &lt;/p&gt;
 &lt;p&gt;
  Parmi les engagements du jeune bénéficiaire figurent l&amp;#039;assiduité au programme défini, la participation active à l&amp;#039;ensemble des actions prévues ainsi que la sincérité et l&amp;#039;exactitude des informations communiquées au conseiller référent.
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;un parcours entièrement personnalisé qui peut durer de 6 à 12 mois en fonction du profil, pour aider ces jeunes à définir leur projet professionnel et à trouver un emploi. La durée de l&amp;#039;accompagnement peut exceptionnellement aller jusqu&amp;#039;à 18 mois au regard des besoins du jeune. La nécessité de cette prolongation doit être motivée par le conseiller.
 &lt;/p&gt;
 &lt;p&gt;
  Lorsque le jeune signe son contrat, il bénéficie :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;un accompagnement personnalisé avec un conseiller dédié qui le suit tout au long de son parcours et jusqu&amp;#039;à ce qu&amp;#039;il trouve un emploi durable ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;un programme intensif de 15 à 20 heures par semaine composé de différents types d&amp;#039;activités (formation qualifiante ou pré-qualifiante, mission d&amp;#039;utilité sociale, stage, immersion en entreprise, appui à des phases de recherche active d&amp;#039;emploi, préparation à l&amp;#039;apprentissage, etc) ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;une allocation pouvant aller jusqu&amp;#039;à 500 € par mois en fonction de l&amp;#039;âge, des ressources, du statut fiscal (autonome ou rattaché fiscalement à un foyer aux revenus modestes) et à condition que le jeune respecte ses engagements.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -26267,283 +25341,283 @@
  L&amp;#039;allocation mensuelle sera réduite ou supprimée lorsque le jeune dispose d&amp;#039;autres sources de revenu supérieures à 300 € par mois : stage rémunéré, allocation chômage, indemnité de chômage partiel, indemnités journalières versées par l&amp;#039;Assurance maladie...
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;allocation n&amp;#039;est pas cumulable avec le revenu de solidarité active (RSA) et de la prime d&amp;#039;activité, sauf lorsque le droit à la prime d&amp;#039;activité est ouvert au titre d&amp;#039;une activité antérieure au premier mois de bénéfice de l&amp;#039;allocation de contrat d&amp;#039;engagement jeune, la prime correspondant à cette période d&amp;#039;activité demeure cumulable avec l&amp;#039;allocation de CEJ.
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs, le versement de l&amp;#039;allocation peut être supprimé lorsque le jeune, sans motif légitime, est absent à une action prévue ou ne peut justifier l&amp;#039;accomplissement d&amp;#039;actions fixées dans le cadre de son contrat d&amp;#039;engagement jeune.
 &lt;/p&gt;
 &lt;p&gt;
  Pour calculer le montant de l&amp;#039;allocation du contrat d&amp;#039;engagement jeune (CEJ) et de toutes les aides auxquelles vous avez droit selon votre situation, vous pouvez utiliser
  &lt;a href="https://mes-aides.1jeune1solution.beta.gouv.fr/simulation/individu/demandeur/date_naissance" rel="noopener" target="_blank"&gt;
   ce simulateur.
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Avoir entre 16 et 25 ans révolus / moins de 30 ans pour les jeunes en situation de handicap
  &lt;/li&gt;
  &lt;li&gt;
   Être sans emploi
  &lt;/li&gt;
  &lt;li&gt;
   Ne pas être en formation, ni en études supérieures
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.service-public.fr/particuliers/actualites/A15503</t>
         </is>
       </c>
-      <c r="W135" s="1" t="inlineStr">
+      <c r="W130" s="1" t="inlineStr">
         <is>
           <t>https://www.1jeune1solution.gouv.fr/contrat-engagement-jeune</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous êtes déjà suivi par une Mission locale ou par Pôle emploi, vous pouvez demander à votre conseiller de bénéficier du contrat d&amp;#039;engagement jeune.
 &lt;/p&gt;
 &lt;p&gt;
  Sinon, vous pouvez vous inscrire sur la plateforme « 1 jeune, 1 solution ». Pour ce faire, vous pouvez effectuer un test d&amp;#039;éligibilité sur le site
  &lt;a href="https://www.1jeune1solution.gouv.fr/contrat-engagement-jeune" rel="noopener" target="_blank"&gt;
   &lt;strong&gt;
    1 jeune, 1 solution.
   &lt;/strong&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  Si votre profil correspond, vous pourrez laisser vos coordonnées sur le formulaire qui s&amp;#039;affiche. Vous serez contacté ultérieurement par un conseiller de Pôle emploi ou de la Mission locale proche de chez vous et pourrez signer votre contrat d&amp;#039;engagement jeune à partir du 1er mars 2022.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/66e5-beneficier-dun-parcours-personnalise-pour-def/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>119942</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I136" s="1" t="inlineStr">
+      <c r="I131" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J136" s="1" t="inlineStr">
+      <c r="J131" s="1" t="inlineStr">
         <is>
           <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
 &lt;/p&gt;
 &lt;p&gt;
  Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
  &lt;/li&gt;
  &lt;li&gt;
   La transition écologique : par exemple, la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -26572,566 +25646,513 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>119980</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I132" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
-[...63 lines deleted...]
-      <c r="M137" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X137" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W132" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
-&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y137" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>120021</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Accompagner les Communes à la connaissance des conditions de vie des populations de leur territoire</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Réalisation d'un portrait sociodémographique</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les Communes à la connaissance des conditions de vie des populations de leur territoire
 &lt;/p&gt;
 &lt;p&gt;
  Durée : 15 jours à 1 mois
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Déclinaison du portrait social de la Seine-et-Marne dans ses trois grandes dimensions (démographie, conditions de vie et précarités) à l&amp;#039;échelle des communes qui en font la demande.
   &lt;/li&gt;
   &lt;li&gt;
    Les études seront réalisées grâce aux données de l&amp;#039;Observatoire départemental et feront l&amp;#039;objet d&amp;#039;une présentation à la commune ayant fait la demande.
   &lt;/li&gt;
   &lt;li&gt;
    Document non contractuel mais engageant le Département sur la qualité des données partagées dans les diagnostics
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Education et renforcement des compétences
 Formation professionnelle
 Consommation et production
 Lutte contre la précarité
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etre une collectivité de Seine-et-Marne
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W138" s="1" t="inlineStr">
+      <c r="W133" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ID77 - Sylvie ROGNON
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  01 64 14 73 56
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7c04-accompagner-les-communes-a-la-connaissance-de/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>120423</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'installation et le développement d'entreprises concourant à la création d'emplois durables</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>AIDE A L'IMMOBILIER D'ENTREPRISE (A.I.E.)</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Objectif : Favoriser l&amp;#039;installation et le développement d&amp;#039;entreprises sur le Département de la Drôme concourant à la création d&amp;#039;emplois durables.
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Final
  &lt;/strong&gt;
  : entreprise sous forme sociétale, y compris les entreprises d&amp;#039;insertion, à jour de leurs cotisations fiscales et sociales.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Intermédiaire
  &lt;/strong&gt;
  : SCI ou Sociétés Immobilières dont le capital est détenu majoritairement par la société bénéficiaire finale et/ou par les actionnaires majoritaires de la société bénéficiaire final/Crédits-bailleurs.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide et montant
 &lt;/h3&gt;
 &lt;p&gt;
  Nature : Subvention en investissement
 &lt;/p&gt;
@@ -27247,51 +26268,51 @@
  &lt;li&gt;
   50% au démarrage des travaux
  &lt;/li&gt;
  &lt;li&gt;
   30% un mois après l&amp;#039;installation de l&amp;#039;entreprise dans les locaux
  &lt;/li&gt;
  &lt;li&gt;
   20%  au constat de la réalisation du programme de créations des emplois, sur justificatifs demandés par les instructeurs
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Remboursement de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;entreprise devra rembourser l&amp;#039;aide en cas de non respect de ses engagements relatifs à la création des emplois et au maintien de l&amp;#039;activité sur le site concerné.
  &lt;/li&gt;
  &lt;li&gt;
   La subvention étant attribuée en début d&amp;#039;opération alors que les créations d&amp;#039;emplois sont échelonnées sur 3 ans, la rétrocession de tout u partie des subventions est prévue dans la convention tripartite.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M139" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Projets de développement et/ou installation d&amp;#039;entreprises nécessitant un investissement immobilier (acquisition de terrains nus ou aménagés ou de bâtiments neufs ou rénovés).
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Activités de production, transformation, services qualifiés aux entreprises selon la liste dédiée.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     L&amp;#039;entreprise doit s&amp;#039;engager à créer de l&amp;#039;emploi salarié en CDI-ETP sur une période de 3 ans.
    &lt;/span&gt;
    &lt;br /&gt;
@@ -27320,63 +26341,63 @@
  &lt;p&gt;
   &lt;strong&gt;
    Les dépenses peuvent être de la nature suivante sans que cela ne soit exhaustif :
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;span&gt;
      Acquisition de terrain, acquisition/ construction/ extension ou rénovation de bâtiment ;
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Montages immobiliers en location pure (pas de lien capitalistique entre le bailleur et le preneur) dont la création d&amp;#039;emplois est inférieure à 20 emplois.
  &lt;/li&gt;
  &lt;li&gt;
   Activités relevant des secteurs encadrés au sens communautaire (dont transport).
  &lt;/li&gt;
  &lt;li&gt;
   Grandes entreprises au sens communautaire et leurs filiales ou établissements ayant leur siège social dans la Drôme.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Final
@@ -27399,139 +26420,139 @@
  Dépenses Subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;investissement immobilier doit représenter une dépense éligible:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   D&amp;#039;au moins 200 000 € HT, lorsque le projet immobilier se situe
   &lt;strong&gt;
    hors d&amp;#039;une Zone Revitalisation Rurale
   &lt;/strong&gt;
   (ZRR).
  &lt;/li&gt;
  &lt;li&gt;
   D&amp;#039;au moins 50 000 € HT, lorsque le projet immobilier se situe
   &lt;strong&gt;
    en Zone Revitalisation Rurale
   &lt;/strong&gt;
   (ZRR).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e/</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction Economie Emploi Insertion – Service Développement économique/Insertion
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cheffe de service : Florane BAFFERT-DIAKITE
   04 75 79 70 51
  &lt;br /&gt;
  Chargée de Développement Territorial Economie :
  &lt;br /&gt;
  Johana PASTORE
   04 75 79 26 76 – 07 60 31 09 54
  &lt;br /&gt;
  Audrey FOROT
   04 75 79 27 57 – 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3c9d-aide-a-limmobilier-dentreprise-aie/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>120428</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Lever les obstacles à la mise en œuvre d‘un projet d'insertion</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>ALLOCATION D'INSERTION</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lever les obstacles à la mise en œuvre d‘un projet d&amp;#039;insertion dans le cadre d&amp;#039;un accompagnement social ou socio-professionnel.
 &lt;/p&gt;
 &lt;h4&gt;
  Type d&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide individuelle et ponctuelle.
  &lt;/li&gt;
  &lt;li&gt;
   Actions collectives d&amp;#039;accompagnement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Montant : Forfait / Maximum 80 % de la dépense engagée dans la limite du montant maximum  indiqué ci-dessus.
 &lt;/p&gt;
 &lt;h4&gt;
  Pièces constitutives du dossier
@@ -27553,223 +26574,223 @@
 &lt;p&gt;
  Cette demande est adressée à l&amp;#039;adjoint territorial d&amp;#039;insertion qui l&amp;#039;instruit et émet un avis.
 &lt;/p&gt;
 &lt;p&gt;
  Décision prise par le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  La décision fait l&amp;#039;objet d&amp;#039;une notification écrite précisant les voies et les délais de recours.
 &lt;/p&gt;
 &lt;p&gt;
  Tout refus est motivé.
 &lt;/p&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prioritairement au prestataire en paiement direct d&amp;#039;une dépense.
  &lt;/li&gt;
  &lt;li&gt;
   Au bénéficiaire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M140" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
  : Réalisation d&amp;#039;une démarche d&amp;#039;insertion.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses subventionnables :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Mobilité : frais de déplacements en transport collectif en priorité, frais de transport individuel (forfait 0,18 € du km), achat d&amp;#039;un véhicule deux roues (120 € maxi), réparation véhicule (maxi : 500 €), assurance véhicule (maxi : 6 mois de cotisation), permis de conduire (maxi : 300 €)
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Frais annexes liés à un projet professionnel : frais d&amp;#039;équipement technique et professionnel (maxi : 150 €), repas (forfait 5 € par jour durant 1 mois, renouvelable un mois si formation ou emploi éloigné du domicile), hébergement pour une formation ou une période d&amp;#039;essai lors d&amp;#039;une reprise d&amp;#039;emploi (forfait 150 € mensuel pour un mois maxi, renouvelable un mois si formation), frais de participation à un salon, un forum ou une exposition pour les travailleurs indépendants (150 € maxi), garde d&amp;#039;enfant (2 mois maxi), accès à des activités socio-culturelles ou sportives
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Santé : participation à des soins, visite médicale obligatoire à l&amp;#039;exercice d&amp;#039;une activité (maxi : 200 €) ou prothèses (maxi : 500 €)
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Logement : mobilier de première nécessité (maxi 300 €).
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Lutte contre la précarité
 Emploi</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exclusions / Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Subsistance
  &lt;/li&gt;
  &lt;li&gt;
   Résorption d&amp;#039;une dette
  &lt;/li&gt;
  &lt;li&gt;
   Engagement financier pris par le bénéficiaire du RSA antérieurement à la demande
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires du RSA relevant de l&amp;#039;obligation d&amp;#039;insertion et ayant signé un contrat d&amp;#039;engagements réciproques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/allocation-dinsertion/</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Direction Économie Emploi Insertion – Service Développement économique/Insertion
 &lt;/p&gt;
 &lt;p&gt;
  Cheffe de service :
   Florane BAFFERT-DIAKITE
   04 75 79 69 65
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ee0d-allocation-dinsertion/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>120429</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’innovation et à la mutualisation du secteur de l’insertion par l’activité économique</t>
         </is>
       </c>
-      <c r="C141" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>FONDS IAE INNOV 26 : fonds départemental de soutien a l’innovation et à la mutualisation du secteur de l’insertion par l’activité économique</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Accompagner et soutenir financièrement les réorganisations, les mutualisations entre structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE), les projets innovants porteurs d&amp;#039;une stratégie de développement économique durable.
 &lt;/p&gt;
 &lt;h4&gt;
  Type d&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  Type d&amp;#039;aide : Subvention en investissement.
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien financier correspond au maximum à 50 % des coûts du projet mobilisés.
  &lt;br /&gt;
  L&amp;#039;aide départementale globale est plafonnée à
  &lt;strong&gt;
   50 000 €
  &lt;/strong&gt;
  ;toutefois, elle ne constitue pas un droit systématique.
  &lt;br /&gt;
  Le Département pourra bonifier certains projets en fonction de leur caractère prioritaire au regard des publics précaires cibles (bénéficiaires du RSA, public féminin,...) et/ou des territoires d&amp;#039;implantation du projet (quartier politique de la Ville, zones rurales, dispositif centre villes et villages...). De plus, en fonction de la nature du projet et de son plan de développement, d&amp;#039;autres fonds départementaux pourront également être mobilisés (appel à projets, règlements...).
 &lt;/p&gt;
 &lt;h4&gt;
@@ -27805,51 +26826,51 @@
 &lt;p&gt;
  – Instruction par les chargées de développement territorial Economie du Département de la Drôme.
  &lt;br /&gt;
  – Examen par la Commission Economie du Département à laquelle participent les élus, le porteur de projet, l&amp;#039;intercommunalité et tous partenaires concernés.
  &lt;br /&gt;
  – Délibération de la Commission Permanente.
  &lt;br /&gt;
  – Etablissement d&amp;#039;une convention entre le Département et le porteur de projet.
 &lt;/p&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   80% de l&amp;#039;aide à la signature de la convention.
  &lt;/li&gt;
  &lt;li&gt;
   20% à la fin du projet, sur présentation des pièces justificatives.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Au terme du projet, le bénéficiaire du fonds s&amp;#039;engage à réaliser une évaluation du projet dont les résultats seront partagés avec le Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide du Département portera sur le développement de la performance des structures visant à favoriser l&amp;#039;assise financière et le développement des activités et de l&amp;#039;emploi.
 &lt;/p&gt;
 &lt;p&gt;
  Ces projets devront être novateurs en terme de consolidation des partenariats, d&amp;#039;organisation des acteurs, de mutualisation de moyens pour renforcer le fonctionnement interne et l&amp;#039;écosystème de la structure, de développement de plans d&amp;#039;action pour notamment conquérir de nouveaux marchés, création des produits ou services innovants, etc.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles concernent l &amp;#039;investissement uniquement.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets seront examinés en tenant compte notamment :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     de l&amp;#039;impact en terme de pérennisation de l&amp;#039;activité,
    &lt;/span&gt;
    &lt;br /&gt;
@@ -27892,196 +26913,196 @@
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Dépenses éligibles :
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;span&gt;
      Achats d&amp;#039;équipements et/ou matériels,
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      Etudes préalables directement liées à l&amp;#039;investissement.
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Lutte contre la précarité
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R141" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles
  &lt;/strong&gt;
  : les dépenses de fonctionnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  les Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (associations et entreprises dans le secteur de l&amp;#039;insertion) conventionnées par l&amp;#039;Etat au titre de IAE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/fonds-iae-innov-26-fonds-departemental-de-soutien-a-linnovation-et-a-la-mutualisation-du-secteur-de-linsertion-par-lactivite-economique/</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
  &lt;br /&gt;
  Cheffe de service : Florane BAFFERT-DIAKITE
   04 75 79 70 51
  &lt;br /&gt;
  Chargées de Développement Territorial Economie :
 &lt;/p&gt;
 &lt;p&gt;
  Johana PASTORE
   04 75 79 26 76 – 07 60 31 09 54
 &lt;/p&gt;
 &lt;p&gt;
  Audrey FOROT
   04 75 79 27 57 – 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8008-fonds-iae-innov26-fonds-departemental-de-sout/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>120596</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I142" s="1" t="inlineStr">
+      <c r="I137" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J142" s="1" t="inlineStr">
+      <c r="J137" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -28109,66 +27130,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P142" s="1" t="inlineStr">
+      <c r="P137" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q142" s="1" t="inlineStr">
+      <c r="Q137" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -28180,403 +27201,403 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>120661</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Accompagner les structures de l'Economie Sociale et Solidaire dans leur développement et la consolidation de leurs emplois</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>DLA (Dispositif Local d'Accompagnement)</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Ligue de l'enseignement de l'Aube</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Dispositif Local d&amp;#039;Accompagnement de l&amp;#039;ESS (DLA) est une aide publique ayant pour objectif d&amp;#039;accompagner toute structure employeuse de l&amp;#039;Economie Sociale et Solidaire dans le développement de ses activités et la pérennisation de ses emplois.
 &lt;/p&gt;
 &lt;p&gt;
  Pour qui ? Associations employeuses, coopératives, structures d&amp;#039;insertion, entreprises  agréées ESUS - tout secteur d&amp;#039;activité (culture, insertion, médico-social, environnement, sport, éducation, etc)
 &lt;/p&gt;
 &lt;p&gt;
  Quels besoins ? Faire évoluer son organisation interne ou son modèle économique, créer une nouvelle activité, redynamiser sa gouvernance, revoir son projet associatif, etc
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans l&amp;#039;Aube, le DLA est porté par la Ligue de l&amp;#039;Enseignement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M143" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Ex 1 : Accompagner une association en territoire rural proposant des ateliers sport-bien être pour des personnes ayant eu un cancer, dans l&amp;#039;élaboration de son projet associatif &amp;#61;&amp;#61;&amp;gt; résultat : intégration de nouveaux bénévoles dans la gouvernance, construction de nouveaux partenaires
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ex 2 : Accompagner une radio associative locale dans la restructuration de son modèle économique &amp;#61;&amp;#61;&amp;gt; résultat : maintien des 2 emplois salariés ,construction de nouveaux partenaires
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Tourisme
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Tiers-lieux
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Lutte contre la précarité
 Emploi
 Valorisation d'actions
 Mobilité pour tous
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ol&gt;
   &lt;li&gt;
    Être une structure de l&amp;#039;Economie Sociale et Solidaire (ESS) d&amp;#039;utilité sociale : association, coopérative (CAE, SCOP, SCIC), structure d&amp;#039;insertion, entreprise agréée ESUS
   &lt;/li&gt;
   &lt;li&gt;
    Avoir au moins 1 emploi ou souhaitant en créer un à court terme
   &lt;/li&gt;
   &lt;li&gt;
    Avoir son siège social dans l&amp;#039;Aube
   &lt;/li&gt;
   &lt;li&gt;
    Être volontaire pour être accompagné
   &lt;/li&gt;
  &lt;/ol&gt;
 </t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://www.laligue10.org/dla/</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter la Chargée de mission DLA
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   dla10&amp;#64;laligue10.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  03.25.82.68.63
  &lt;br /&gt;
  &lt;br /&gt;
  Ligue de l&amp;#039;Enseignement de l&amp;#039;Aube
  &lt;br /&gt;
  15 avenue d&amp;#039;Echenilly - 10120 Saint-André-les-Vergers
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>dla10@laligue10.org</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8e80-accompagner-les-structures-de-leconomie-socia/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>121339</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Fonds national d'aménagement et de développement du territoire</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Préfecture de région — Hauts-de-France</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I144" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espaces verts
 Accès aux services
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Equipement public
 Bâtiments et construction
 Emploi
 Attractivité économique
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les champs d&amp;#039;intervention privilégiés du FNADT sont :
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
  &lt;br /&gt;
  développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions présentant un caractère innovant ou expérimental dans le domaine de
  &lt;br /&gt;
  l&amp;#039;aménagement et du développement durable.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
         </is>
       </c>
-      <c r="W144" s="1" t="inlineStr">
+      <c r="W139" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
  &lt;br /&gt;
  &lt;br /&gt;
  Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Mme Anne-Laure FERRY : 03 44 06 12 63 /
@@ -28664,714 +27685,714 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Boite fonctionnelle :
  &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
   sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>lucille.dechaize@oise.gouv.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>126170</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Favoriser le renouvellement des générations en agriculture</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nous soutenons les collectivités dans le renouvellement des générations en agriculture, en proposant des solutions adaptées pour faciliter l&amp;#039;installation des agriculteurs, assurer la transmission des exploitations et promouvoir des pratiques agricoles durables, tout en renforçant l&amp;#039;attractivité du territoire et la résilience de son tissu agricole.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Revitalisation
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Chambre d&amp;#039;agriculture du département (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f905-mobiliser-des-porteurs-de-projets-et-securise/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>126877</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LES OUTILS DE PLANIFICATION TERRITORIALE
  &lt;/strong&gt;
  &lt;br /&gt;
  Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
   les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M146" s="1" t="inlineStr">
+      <c r="M141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
    Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
    OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
    Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
    PLUi Le Havre Seine Métropole
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   Consulter la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>128236</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du parcours d'accompagnement des entrepreneurs</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Ouest Aveyron Communauté</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  3 parcours sont proposés pour les entrepreneurs en fonction de la &amp;#34;mâturité&amp;#34; de leur entreprise.
 &lt;/p&gt;
 &lt;p&gt;
  1) Jeune Créateur
 &lt;/p&gt;
 &lt;p&gt;
  2) Perfectionnement entrepreneur
 &lt;/p&gt;
 &lt;p&gt;
  3) Ancrage
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Innovation, créativité et recherche
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R147" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1) Parcours Jeune Créateur :
  &lt;br /&gt;
  Permettre à tous les porteurs de projets de bénéficier d&amp;#039;un accompagnement adapté aux besoins inhérents liés aux premières étapes de la création d&amp;#039;entreprises. Mettre dans les meilleures dispositions les entrepreneurs lors de la phase de démarrage de leur activité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  2) Perfectionnement entrepreneur :
 &lt;/p&gt;
 &lt;p&gt;
  Permettre à tous les porteurs de projets de bénéficier d&amp;#039;un accompagnement adapté aux besoins inhérents aux premiers développements de leur entreprise, et mettre dans les meilleures dispositions les entrepreneurs lors de la phase de croissance de leur activité.
 &lt;/p&gt;
 &lt;p&gt;
  Un plan de formation en accord avec vos besoins :
 &lt;/p&gt;
 &lt;p&gt;
  • Analyse et mise à jour du modèle économique
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière
 &lt;/p&gt;
 &lt;p&gt;
  • Distribution de l&amp;#039;offre
 &lt;/p&gt;
 &lt;p&gt;
  • Ressources Humaines et recrutement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  3) Ancrage :
 &lt;/p&gt;
 &lt;p&gt;
  Pérenniser l&amp;#039;activité à l&amp;#039;issue des parcours d&amp;#039;accompagnement précédents et faciliter l&amp;#039;implantation de l&amp;#039;entreprise au sein du tissu économique local. Un plan de formation sur mesure A l&amp;#039;issue d&amp;#039;une évaluation conjointe avec votre référent, une offre spécifique de formation ou d&amp;#039;accompagnement thématique adaptée à vos besoins pourra être mis en place en mobilisant des experts sur les thématiques sélectionnées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>CC Ouest Aveyron Communauté</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.ouestaveyron.fr/</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ouest Aveyron Développement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
 &lt;/p&gt;
 &lt;p&gt;
  Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>mylene.norotte@ouestaveyron.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4940-parcours-daccompagnement-des-entrepreneurs/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>128237</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Créer son entreprise grâce au guichet unique de la création d'entreprise</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>GU</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Ouest Aveyron Communauté</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Objectifs
 &lt;/p&gt;
 &lt;p&gt;
  • Permettre à tout porteur de projet du territoire de bénéficier de
 &lt;/p&gt;
 &lt;p&gt;
  l&amp;#039;expertise de l&amp;#039;ensemble des structures d&amp;#039;accompagnement à la création
 &lt;/p&gt;
 &lt;p&gt;
  d&amp;#039;entreprise agissant sur le territoire
 &lt;/p&gt;
 &lt;p&gt;
  • Offrir la possibilité de rencontrer ces structures lors de leurs permanences
 &lt;/p&gt;
 &lt;p&gt;
  sur Villefranche-de-Rouergue.
 &lt;/p&gt;
 &lt;p&gt;
  Information
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Information Collective « Les Clés de l&amp;#039;entreprise »
 &lt;/p&gt;
 &lt;p&gt;
  Vous avez un projet de création d&amp;#039;entreprise, une idée, ou vous souhaitez simplement
 &lt;/p&gt;
 &lt;p&gt;
  faire connaissance avec le monde de l&amp;#039;entrepreneuriat ? Participez aux informations collectives
 &lt;/p&gt;
 &lt;p&gt;
  mensuelles du Guichet Unique de la Création animée par Ouest Aveyron Développement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous découvrirez ainsi :
 &lt;/p&gt;
 &lt;p&gt;
  • Les étapes clés de la création d&amp;#039;entreprise
 &lt;/p&gt;
 &lt;p&gt;
  • Les prérequis nécessaires
 &lt;/p&gt;
 &lt;p&gt;
  • Les problématiques clés
 &lt;/p&gt;
 &lt;p&gt;
  • Les solutions d&amp;#039;accompagnement à votre disposition
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>CC Ouest Aveyron Communauté</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.ouestaveyron.fr/</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacts
 &lt;/p&gt;
 &lt;p&gt;
  Ouest Aveyron Développement
 &lt;/p&gt;
 &lt;p&gt;
  Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
 &lt;/p&gt;
 &lt;p&gt;
  Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>mylene.norotte@ouestaveyron.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1d31-guichet-unique-de-la-creation-dentreprise/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>130804</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Soutenir les structures de l’Insertion par l’Activité Economique (SIAE) afin d’assurer leur viabilité et leur développement à moyen et long terme</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>AIDE A L'IMMOBILIER POUR LES STRUCTURES D'INSERTION PAR L'ACTIVITE ECONOMIQUE</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I149" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J149" s="1" t="inlineStr">
+      <c r="J144" s="1" t="inlineStr">
         <is>
           <t>Plafond : 50.000 €</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département de la Drôme est engagé dans une stratégie de soutien aux structures de l&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) afin d&amp;#039;assurer leur viabilité et leur développement à moyen et long terme.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser le développement des structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE) ;
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter l&amp;#039;acquisition, l&amp;#039;agrandissement ou la rénovation des locaux utilisés pour le fonctionnement des SIAE.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Montant /
   Taux de l&amp;#039;aide
  &lt;/strong&gt;
@@ -29495,71 +28516,71 @@
   → Bases réglementaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est mise en œuvre en application des aides d&amp;#039;Etat ou des règlements suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Règlement UE 2020/972 de la Commission du 2 juillet 2020 relatif aux aides de minimis.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Article L1511-3 du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier entre l&amp;#039;EPCI et le Département de la Drôme.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Durée de validité du règlement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce règlement est valable à partir de son adoption par le conseil communautaire de l&amp;#039;EPCI et la Commission permanente du Département de la Drôme. Il prend fin après 3 ans à compter de la délibération départementale, soit au 31/12/2025.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat
 Fiscalité des entreprises</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Être titulaire d&amp;#039;un agrément IAE délivré par le CDIAE de la Drôme.
  &lt;/li&gt;
  &lt;li&gt;
   Porter un projet de développement ou d&amp;#039;installation nécessitant un
   &lt;strong&gt;
    investissement immobilier
   &lt;/strong&gt;
   .
  &lt;/li&gt;
  &lt;li&gt;
   Présenter un ancrage territorial fort. Le projet doit être mis en œuvre dans la Drôme.
  &lt;/li&gt;
  &lt;li&gt;
   S&amp;#039;inscrire dans une démarche de cohésion sociale et territoriale à visée de progrès économique, social et culturel, en réduisant l&amp;#039;impact que les activités humaines font peser sur l&amp;#039;environnement et en proposant un mode de développement au service de l&amp;#039;humain.
  &lt;/li&gt;
  &lt;li&gt;
   Justifier de la viabilité économique du projet. Les budgets prévisionnels du projet et de la structure doivent être réalistes et équilibrés (dépenses &amp;#61; recettes).
@@ -29605,154 +28626,154 @@
  &lt;li&gt;
   &lt;strong&gt;
    Intermédiaires
   &lt;/strong&gt;
   : SCI ou Sociétés Immobilières dont le capital est détenu majoritairement par la société ou l&amp;#039;association bénéficiaire finale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acquisition / construction / extension ou rénovation de bâtiment.
  &lt;/li&gt;
  &lt;li&gt;
   Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
  &lt;/li&gt;
  &lt;li&gt;
   Coûts de gros œuvre et de second œuvre.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-pour-les-structures-dinsertion-par-lactivite-economique/</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chef de service
  &lt;/strong&gt;
  : Florane BAFFERT-DIAKITE – 04 75 79 70 51
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chargés de Développement Territorial Economie
  &lt;/strong&gt;
  : 07 60 31 09 54 ou 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1d65-aide-a-limmobilier-pour-les-structures-dinser/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>130805</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements immobiliers des entreprises pour favoriser leur installation et leur développement sur le territoire</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>AIDE a l’immobilier d’ENTREPRISE (A.I.E) - GRANDS PROJETS</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J145" s="1" t="inlineStr">
         <is>
           <t>Ne peut dépasser 100.000€, ou 500.000€ pour les projets de création de plus de 100 emplois.</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide vise à favoriser l&amp;#039;installation et le développement d&amp;#039;entreprises sur le territoire pour concourir à la création d&amp;#039;emplois durables et soutenir leur engagement dans des démarches respectueuses de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Montant /
   Taux de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide se calcule en fonction du nombre d&amp;#039;emplois (CDI-ETP) que l&amp;#039;entreprise s&amp;#039;engage à créer sur une période de 3 ans à compter de sa demande d&amp;#039;aide (accusé de réception de la lettre d&amp;#039;intention).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant peut être plafonné par un taux d&amp;#039;aide en fonction de la zone d&amp;#039;implantation et des aides publiques accordées au cours des trois derniers exercices fiscaux (régime de Minimis).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide ne peut dépasser
  &lt;strong&gt;
   100 000 €, ou 500 000 €
@@ -29925,75 +28946,75 @@
 &lt;p&gt;
  &amp;gt; Articles R.1511-4 et suivants du Code général des collectivités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Arrêté du 22 février 2018 constatant le classement de communes en zone de revitalisation rurale.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier d&amp;#039;entreprise entre l&amp;#039;EPCI et le Département de la Drôme.
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises s&amp;#039;engagent à respecter les règles encadrant les attributions de subventions publiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Engagement du bénéficiaire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après engagement sur l&amp;#039;attribution de l&amp;#039;aide, l&amp;#039;entreprise devra apposer à l&amp;#039;entrée du bâtiment une affiche comportant la mention « financé avec le soutien du Département de la Drôme et de l&amp;#039;EPCI XXX», ainsi que leurs logos. Cette affiche sera fournie par le Département au moment de l&amp;#039;accord de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat
 Industrie
 Fiscalité des entreprises</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Relever d&amp;#039;un secteur d&amp;#039;activité de production, transformation ou services qualifiés aux entreprises, selon la liste jointe en annexe ;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Porter un projet de développement ou d&amp;#039;installation nécessitant un investissement immobilier situé en zone AFR (Aides à finalité régionale)  telle que fixée par le décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027 ;
   &lt;/li&gt;
   &lt;li&gt;
    Réaliser un investissement immobilier d&amp;#039;un montant minimum de 200 000 € HT hors zone de revitalisation rurale (ZRR) et de 50 000 € HT minimum en ZRR ;
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à maintenir son activité durant cinq années au minimum (3 ans pour les petites et moyennes entreprises) ;
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à ne pas distribuer de dividendes au cours des trois années suivant l&amp;#039;octroi de l&amp;#039;aide, sauf cas exceptionnels dûment justifiés et validés par l&amp;#039;EPCI et le Département :
   &lt;/li&gt;
@@ -30057,330 +29078,330 @@
  &lt;strong&gt;
   hors d&amp;#039;une Zone Revitalisation Rurale
  &lt;/strong&gt;
  (ZRR).
 &lt;/p&gt;
 &lt;p&gt;
  D&amp;#039;au moins 50 000 € HT, lorsque le projet immobilier se situe
  &lt;strong&gt;
   en Zone Revitalisation Rurale
  &lt;/strong&gt;
  (ZRR).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les dépenses peuvent être de la nature suivante sans que cela ne soit exhaustif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Acquisition de terrain, acquisition/ construction/ extension ou rénovation de bâtiment ;
 &lt;/p&gt;
 &lt;p&gt;
  Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e-grands-projets/</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chef de service
  &lt;/strong&gt;
  : Florane BAFFERT-DIAKITE – 04 75 79 70 51
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chargés de Développement Territorial Economie
  &lt;/strong&gt;
  : 07 60 31 09 54 ou 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f42f-aide-a-limmobilier-dentreprise-aie-grands-pro/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>131370</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'emploi sportif</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Aide à l'emploi sportif</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Participation financière visant à soutenir et consolider l&amp;#039;emploi sportif existant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Emploi</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les critères suivants seront obligatoirement remplis :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    emplois sportifs visant à l&amp;#039;encadrement de la discipline hors temps scolaire et hors activités périscolaires (conditions : diplôme d&amp;#039;État dans la discipline concernée),
   &lt;/li&gt;
   &lt;li&gt;
    emplois à temps plein ou à temps partiel, à compter du mi-temps, en CDI ou CDD, hors emplois aidés par ailleurs (contrats uniques d&amp;#039;insertion, emplois aidés dans le cadre d&amp;#039;aide à l&amp;#039;emploi sportif mis en place par l&amp;#039;État,...),
   &lt;/li&gt;
   &lt;li&gt;
    avis favorable du comité départemental concerné, lors d&amp;#039;une première demande, et du comité départemental olympique et sportif,
   &lt;/li&gt;
   &lt;li&gt;
    projet de la structure motivant le besoin d&amp;#039;emplois et justifiant d&amp;#039;une structuration financière visant à pérenniser l&amp;#039;emploi.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/sport_reglement_emploi_sportif_modifie%2014122018.pdf</t>
         </is>
       </c>
-      <c r="W151" s="1" t="inlineStr">
+      <c r="W146" s="1" t="inlineStr">
         <is>
           <t>https://messervicesenligne.haute-marne.fr</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, des sports et du monde associatif
 &lt;/p&gt;
 &lt;p&gt;
  Service action culturelle, sportive et territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 03 25 32 88 19
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Toute correspondance doit être adressée à :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Monsieur le Président du conseil départemental
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Direction de la culture, des sports et du monde associatif
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Service action culturelle, sportive et territoriale
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   1 rue du Commandant Hugueny – CS 62127
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   52905 Chaumont Cedex 9
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>romain.paillard@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6593-soutenir-lemploi-sportif/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>131374</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Soutenir la formation des BAFA et BAFD</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Aides à la formation des Brevets d'Aptitude à la Fonction d'Animateur et Brevets d'Aptitude à la Fonction de Directeur</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Il s&amp;#039;agit de complèter l&amp;#039;offre déjà existante et d&amp;#039;attribuer une aide aux personnes postulant à passer leur BAFA et/ou BAFD.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Jeunesse
 Education et renforcement des compétences
 Emploi</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   RÈGLEMENT BAFA
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la bourse &amp;#34;BAFA&amp;#34; sera attribuée à l&amp;#039;inscription de la session d&amp;#039;approfondissement ou de qualification ;
   &lt;/li&gt;
   &lt;li&gt;
    son montant, fixé au préalable, sera de 120 € et le crédit inscrit au budget primitif ;
   &lt;/li&gt;
   &lt;li&gt;
    le stage devra être effectué auprès d&amp;#039;un organisme de formation de la région Grand-Est (Champagne-Ardenne, Lorraine, Alsace, Bourgogne et Franche-Comté) ;
   &lt;/li&gt;
   &lt;li&gt;
    la personne souhaitant obtenir une aide du Département devra en faire la demande au conseil départemental ;
   &lt;/li&gt;
   &lt;li&gt;
    la bourse sera versée aux stagiaires ;
   &lt;/li&gt;
   &lt;li&gt;
    le stagiaire s&amp;#039;engage, une fois diplômé, à œuvrer, dans la mesure des postes disponibles, aux services des centres de vacances et de loisirs haut-marnais.
@@ -30390,174 +29411,174 @@
  &lt;strong&gt;
   RÈGLEMENT BAFD
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la bourse &amp;#34;BAFD&amp;#34; sera attribuée à l&amp;#039;inscription de la session de perfectionnement ;
   &lt;/li&gt;
   &lt;li&gt;
    son montant, fixé au préalable, sera de 130 € et le crédit sera inscrit au budget primitif ;
   &lt;/li&gt;
   &lt;li&gt;
    la personne souhaitant obtenir une aide du Département devra en faire la demande au conseil départemental ;
   &lt;/li&gt;
   &lt;li&gt;
    la bourse sera versée aux stagiaires ;
   &lt;/li&gt;
   &lt;li&gt;
    le stagiaire s&amp;#039;engage, une fois diplômé, à œuvrer, dans la mesure des postes disponibles, aux services des centres de vacances et de loisirs haut-marnais.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/sport_reglement_Bafa_bafd_modifi%C3%A9%2014122018.pdf</t>
         </is>
       </c>
-      <c r="W152" s="1" t="inlineStr">
+      <c r="W147" s="1" t="inlineStr">
         <is>
           <t>https://messervicesenligne.haute-marne.fr</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, des sports et du monde associatif
 &lt;/p&gt;
 &lt;p&gt;
  Service action culturelle, sportive et territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 03 25 32 88 19
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Toute correspondance doit être adressée à :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Monsieur le Président du conseil départemental
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Direction de la culture, des sports et du monde associatif
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Service action culturelle, sportive et territoriale
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   1 rue du Commandant Hugueny – CS 62127
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   52905 Chaumont Cedex 9
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>romain.paillard@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5e8f-soutenir-la-formation-des-bafa-et-bafd/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>133061</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Investir pour la cybersécurité et la souveraineté numérique</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Financement de vos projets de services numériques</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;
     &lt;span&gt;🚩&lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
@@ -30574,456 +29595,456 @@
  &lt;li&gt;
   Vous êtes une collectivité locale et vous souhaitez protéger et gérer les données de vos infrastructures sensibles ou stratégiques, renforcer la sécurité numérique des hôpitaux, administrations ou tout autre acteur territorial ou encore garantir un numérique de confiance à vos administrés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un porteur de projet (entreprise, investisseur, exploitant...) et vous souhaitez développer des solutions numériques éprouvées et accessibles.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour accompagner les territoires dans leur transition numérique face à une numérisation croissante et à une recrudescence du risque cyber, la Banque des Territoires propose une offre d&amp;#039;investissements pour financer des solutions innovantes autour de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la confiance numérique : identité numérique, signature électronique... ;
  &lt;/li&gt;
  &lt;li&gt;
   la cybersécurité : solutions de gestion du risque cyber, sensibilisation, protection et assurance cyber, détection... ;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de la data : services de protection de la donnée personnelle et territoriale.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Emploi
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cybersecurite_souverainete_numerique</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous via notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2267-investir-pour-la-cybersecurite-et-la-souverai/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>133063</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Réaliser son Atlas des Zones d’Activités Économiques</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Inventaire ZAE : offre @zaé - Mon Atlas des Zones d’Activités Économiques</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être en conformité avec la loi Climat &amp;amp; Résilience, les établissements publics de coopération intercommunale (EPCI) doivent produire un inventaire de leurs zones d&amp;#039;activités économiques (ZAE) d&amp;#039;ici le 24 août 2023.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cet inventaire permet aux collectivités d&amp;#039;avoir une meilleure connaissance des disponibilités foncières et immobilières de leur territoire et ainsi de développer une stratégie de développement économique et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Pour le réaliser, les EPCI peuvent solliciter la Banque des Territoires, reconnue comme opérateur tiers de confiance. En partenariat avec le Cerema et ses partenaires (IGN et CSTB), la Banque des Territoires propose en effet un service gratuit d&amp;#039;aide à la création de votre inventaire des ZAE.
 &lt;/p&gt;
 &lt;p&gt;
  Votre &amp;#64;zaé, « Mon Atlas des Zones d&amp;#039;Activités Économiques », vous est livré sous format .pdf et comprend un tableau de bord récapitulatif de chacune de vos zones d&amp;#039;activités économiques avec :
 &lt;/p&gt;
 &lt;p&gt;
  •	une vision complète de l&amp;#039;état de votre foncier, dont les surfaces et les propriétaires de chaque unité ;
 &lt;/p&gt;
 &lt;p&gt;
  •	l&amp;#039;identification des occupants de chaque zone ;
 &lt;/p&gt;
 &lt;p&gt;
  •	le taux de vacance de chaque zone.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Transition énergétique
 Emploi</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/offre-inventaire-zae-zones-activites-economiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_medium=Aides_Territoires&amp;mtm_content=zae_psat</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/offre-inventaire-zae-zones-activites-economiques?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Services_digitaux&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_content&amp;#61;zae_psat"&gt;
    Contactez-nous par e-mail
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/85e9-zae-realiser-son-atlas-des-zones-dactivites-e/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>138045</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Soutenir les chantiers d'insertion</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Aide à l'investissement pour les chantiers d'insertion</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I150" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J155" s="1" t="inlineStr">
+      <c r="J150" s="1" t="inlineStr">
         <is>
           <t>Financement plafonné 50 % dans la limite de 7700 € par atelier et chantier d'insertion</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;une aide à l&amp;#039;investissement pour les ateliers et chantiers d&amp;#039;insertion. C&amp;#039;est une subvention maximale de 7 700 euros attribuée dans la limite de 50% de la dépense globale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  Les ateliers et chantiers d&amp;#039;insertion agréés par le CDIAE, embauchant des bénéficiaires du RSA et dans le cadre d&amp;#039;un projet d&amp;#039;investissement bien fondé.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Demande à formuler auprès de la direction déléguée Action sociale Insertion
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
    Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M155" s="1" t="inlineStr">
+      <c r="M150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Achat d&amp;#039;équipement de propreté et entretien.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Emploi</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Un-promoteur-du-lien-social,946.html</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction de la vie sociale (DIVIS)/Direction déléguée action sociale-insertion
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.41.47
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/51db-soutenir-les-chantiers-dinsertion/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>139927</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -31069,334 +30090,334 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P156" s="1" t="inlineStr">
+      <c r="P151" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q156" s="1" t="inlineStr">
+      <c r="Q151" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>140793</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Accompagner la démarche entrepreneuriale et responsable des agriculteurs, ainsi que la création d’entreprise et le développement de l’emploi</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Chambre d'agriculture des Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil AMONT : co-construire des diagnostics, stratégies et projets de territoire
  &lt;/li&gt;
  &lt;li&gt;
   Expertise TECHNIQUE : accompagner les projets territorialisés, animer et structurer les filières locales ou les projets alimentaires de territoire, communiquer sur les produits et les métiers, accompagner les projets de gestion de l&amp;#039;eau et d&amp;#039;irrigation, favoriser l&amp;#039;économie circulaire, intégrer la préservation de l&amp;#039;environnement dans les pratiques
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie FONCIÈRE : faciliter l&amp;#039;installation et la transmission d&amp;#039;exploitations agricoles, maintenir une dynamique agricole sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   CONCERTATION : participer ou animer des réunions sur la place des agriculteurs dans la société
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M157" s="1" t="inlineStr">
+      <c r="M152" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Organisation de journées thématiques à destination des élus des collectivités ou du grand public
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostic agricole et foncier prospectif préalable à un document d&amp;#039;urbanisme
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement pour la gestion des déchets verts  (ex co-compostage avec CC Alpes Provence Verdon)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentation de captage d&amp;#039;eau potable
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement à la mise en place de Zone Agricole Protégée (ex ZAP du Val de Durance)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement de projets structurants d&amp;#039;irrigation, dans un objectif de préservation de la ressource (Réseaux collectifs, Retenues collinaires)
  &lt;/li&gt;
  &lt;li&gt;
   Organisation de Marchés de Producteurs (marchés Paysans du Verdon, marché d&amp;#039;Aiglun...), accompagnement des modes de commercialisation collectifs en Circuits Courts
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Agriculture et agroalimentaire
 Emploi</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Partenariat, conventionnement, prestation de services selon le type de projet
  &lt;/li&gt;
  &lt;li&gt;
   Prestation rémunérée d&amp;#039;expertises dans les domaines agricoles, de gestion de l&amp;#039;eau, de l&amp;#039;aménagement du territoire.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>http://www.chambre-agriculture04.fr</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : 66 Bd Gassendi, CS90117, 04995 Digne-les-Bains Cedex 9
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 92 30 57 57
 &lt;/p&gt;
 &lt;p&gt;
  Email :  :
  &lt;a href="mailto:accueil&amp;#64;ahp.chambagri.fr" target="_self"&gt;
   accueil&amp;#64;ahp.chambagri.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ac8-accompagner-la-demarche-entrepreneuriale-et-r/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>142229</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C158" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -31556,51 +30577,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -31610,56 +30631,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -31688,154 +30709,154 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>142680</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -31948,51 +30969,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -32010,56 +31031,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -32102,139 +31123,139 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>142692</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Engager une démarche de résilience sur votre territoire</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
 &lt;/p&gt;
 &lt;p&gt;
  Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostic participatif et identification des priorités d&amp;#039;actions
  &lt;/li&gt;
@@ -32253,633 +31274,12055 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &amp;gt; format découverte de type séminaire « tout public » en une journée,
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Evaluation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Outil boussole de la résilience Cerema
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Formation :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ville de Paris (chefs de projets)
  &lt;/li&gt;
  &lt;li&gt;
   DREAL ARA et PACA (chefs de projet)
  &lt;/li&gt;
  &lt;li&gt;
   Groupe immobilier ASTRANCE (séminaire de découverte)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Assistance à la Maîtrise d&amp;#039;Ouvrage :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
  &lt;/li&gt;
  &lt;li&gt;
   Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
  &lt;/li&gt;
  &lt;li&gt;
   Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Accès aux services
 Cohésion sociale et inclusion
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 Accessibilité
 Emploi
 Appui méthodologique
 Mobilité pour tous
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G161" s="1" t="inlineStr">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>162730</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...7 lines deleted...]
-      <c r="K161" s="1" t="inlineStr">
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
-[...97 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Espace public
+Formation professionnelle
+Biodiversité
+Equipement public
+Bâtiments et construction
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P156" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>162809</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Fonds d'innovation pour la formation</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'innovation pour la formation</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet d’innovation formative répondant aux besoins en compétences des filières et métiers stratégiques régionaux (filières fortement pourvoyeuses d’emplois et d’enjeux d’avenir, nouveau métier ou métier en forte évolution, métiers en tension de recrutement).&lt;/p&gt;
+&lt;p&gt;Vous êtes organisme de formation, entreprise, Campus des métiers et qualifications et vous souhaitez éprouver un nouveau référentiel de formation, de nouvelles modalités pédagogiques ou encore proposer et tester un outillage innovant de l’approche par les compétences. Le Fonds d’innovation pour la formation vous permet de financer la recherche appliquée ou le développement expérimental avec une subvention pouvant aller jusqu’à 70% du coût du projet maximum, et 50% des investissements nécessaires à l’expérimentation.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Un organisme de formation, agissant en propre ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Un campus des métiers, ou un membre d’un campus des métiers, agissant au nom du campus ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Une entreprise, un groupement d’intérêt économique, une association, une société coopérative d’intérêt collective, ou d’autres formes de groupements d’entreprises, agissant comme mandataire d’un groupement associant au moins un organisme de formation continue ou initiale.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Tourisme
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Agriculture et agroalimentaire
+Biodiversité
+Emploi
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P157" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Par mail adressé à innovation-formation&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/fonds-dinnovation-pour-la-formation</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:innovation-formation&amp;#64;maregionsud.fr"&gt;innovation-formation&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-dinnovation-pour-la-formation/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
 Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P158" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q158" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>162989</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’inclusion des jeunes vers le monde professionnel</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 11 - FEDER</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I159" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J159" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;La part des jeunes en formation (16 – 25 ans) est plus faible sur le
+territoire qu’en Gironde. Cela est dû à l’absence d’établissement
+d’enseignement supérieur ce qui amène les jeunes à poursuivre leur scolarité et
+formation à l’extérieur du territoire et notamment dans les espaces urbains
+(Bordeaux, Pau, La Rochelle). &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;L’arrivée du lycée à Créon pourrait être une opportunité de développer
+des filières de formations locales ou de servir de plateforme de formations.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Enfin, le chômage des jeunes reste important et touche principalement sur
+le territoire les jeunes sans (ou avec peu) de formation et/ou de qualification
+scolaire et professionnelle.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficulté&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
+professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et aménagements d’espaces relatifs à la
+formation et à l’apprentissage des métiers sur le territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement et
+animation territoriale pour impulser des dynamiques locales pour l’emploi, la
+formation et les compétences des habitants et notamment des jeunes&lt;/span&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou
+aménagements de logements spécifiques pour des publics de jeunes travailleurs
+ou en formation ou en insertion&lt;em&gt;&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P159" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q159" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-linclusion-des-jeunes-vers-le-monde-professionnel/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>162990</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Proposer une offre pour insérer les jeunes dans le monde économique</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 12 - FEADER</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I160" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J160" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les jeunes actifs sont le public le plus durement touché sur le
+territoire du Cœur Entre-deux-Mers par le chômage et la précarité économique.
+Il convient donc d’agir ensemble en associant avant tout les jeunes mais aussi
+les acteurs et structures qui les accompagnent (collectivités, Missions
+Locales, …). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour favoriser l’emploi et l’insertion des jeunes, les domaines d’actions
+seront nombreux et concerneront notamment le développement d’une approche
+globale dans l’accompagnement des jeunes dans leurs parcours personnels (suivi
+de formation locale, mobilité, logement, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficultés&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
+professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Solutions et
+amélioration de la mobilité notamment des jeunes et jeunes actifs du territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Equipements,
+matériels et matériaux nécessaires à l’organisation de « chantiers
+formations », de « chantiers d’insertion » et de
+« chantiers de jeunes »&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animations territoriales notamment auprès des jeunes
+et jeunes actifs pour découvrir les métiers, les formations et développer leur
+capacité à entreprendre &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Formation professionnelle
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P160" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q160" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-2/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>163003</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir  l’innovation sur les contenants alimentaires réemployables pour la restauration collective</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’innovation sur les contenants alimentaires réemployables pour la restauration collective</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets vise à &lt;strong&gt;soutenir les innovations portées par les fabricants d’emballages et de contenants&lt;/strong&gt; permettant de répondre aux &lt;strong&gt;enjeux de passage au réemploi et de suppression du plastique&lt;/strong&gt; dans les contenants alimentaires utilisés par la restauration collective.&lt;/p&gt;&lt;p&gt;L’objectif est d’adapter l’offre existante de contenants alimentaires aux spécificités de la restauration collective, que celle-ci soit gérée par une structure publique ou privée, afin de lever les freins au réemploi tout en assurant la conformité aux obligations règlementaires d’EGAlim, dont l’entrée en vigueur est prévue au 1ᵉʳ janvier 2025.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets propose un accompagnement aux &lt;strong&gt;études de faisabilité&lt;/strong&gt; (Axe 1) et aux &lt;strong&gt;expérimentations&lt;/strong&gt; (Axe 2) portant sur l’adaptation des contenants réemployables, dans le but de mieux répondre aux besoins de la restauration collective, en particulier dans les collectivités (cuisines centrales, restaurants scolaires, etc.).&lt;/p&gt;&lt;p&gt;Les contenants doivent être réemployables et recyclables. Les fabricants, porteurs de projets, doivent &lt;strong&gt;se positionner sur l’un des deux axes.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987_988</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-linnovation-sur-les-contenants-alimentaires-reemployables-pour-la-restauration-collective/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>163004</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F162" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I162" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J162" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
+d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
+positionnement économique et l’accompagner dans ses mutations et ses synergies.
+Dans ce dessein, la stratégie de développement économique local est tournée
+vers l’innovation sociale au service des emplois et du bien-vivre des
+habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;En
+     capitalisant sur la dynamique existante pour la conforter et l’accompagner
+     dans ses mutations, et en développant de nouvelles filières en faveur du
+     développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;En
+     permettant l’accès aux services, aux commerces et à l’artisanat pour tous
+     les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;En
+     favorisant l’expérimentation de nouvelles approches, notamment sur la
+     mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
+     la proximité, la modernisation et les synergies entre acteurs en
+     accompagnant les projets innovants des petites et moyennes entreprises
+     industrielles, artisanales, commerciales et des associations, et les
+     initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
+     le partage, la mutualisation de ressources (à titre d’exemples : espaces,
+     lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
+     les mutations de l’économie et l’accès à l’emploi notamment par la
+     formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
+     et soutenir une agriculture performante et pérenne, soucieuse de
+     l’environnement, en accompagnant ses mutations et en valorisant ses
+     initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
+     l’accès à une alimentation de qualité sur le territoire en veillant
+     notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
+consolider le projet du porteur de projet dans le domaine du développement
+économique, de l’innovation sociale et des services : diagnostics
+préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
+d’animation, de communication, d’information collective et organisation
+d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
+et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
+relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
+construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;ul type="circle"&gt;
+  &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
+      productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets concourant au
+      développement des circuits courts alimentaires et les initiatives en
+      matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
+      le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets en matière de
+      mutualisation de services et d’équipements pour les entreprises, les
+      associations et autres acteurs de l’innovation sociale (notamment
+      tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
+      l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
+      au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
+formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P162" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q162" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
+personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
+lors que le personnel affecte au moins 5% de son temps de travail total au
+projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
+personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
+apprentis) dès lors que le personnel affecte au moins 5% de son temps de
+travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
+disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
+location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
+construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
+location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
+acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
+limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
+services, prestations intellectuelles dont la formation et la communication
+(par exemple création et conception de support, édition, diffusion d’outils,
+frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
+notaire, expertise juridique technique et financière, honoraire de tenue et de
+certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
+Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
+dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
+d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
+pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
+éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
+Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
+application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n°
+2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les
+investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les
+coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les
+contributions en nature (par exemple : bénévolat) et le temps de travail dédié
+par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la
+main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux),
+sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les
+investissements acquis en crédit-bail ou équivalent (location-vente, lease
+back)&lt;/li&gt;&lt;li&gt;Les
+frais de change ;&lt;/li&gt;&lt;li&gt;Les
+investissements immobiliers dont l’acquisition est réalisée par le biais d’une
+vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
+coût unitaires pour les dépenses de personnel : Les frais directs liés aux
+dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
+porteurs de projet publics : les dépenses éligibles sont présentées en
+Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
+totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
+cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
+&lt;p id="ftn1"&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
+du règlement disponible sur demande&lt;/p&gt;
+&lt;p id="ftn2"&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
+du règlement disponible sur demande&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
+comité de programmation du GAL, selon les critères et les modalités
+préalablement définis dans sa grille de sélection. La grille de sélection est
+envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
+sélection en comité de programmation. Les projets doivent être en cohérence
+avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
+ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
+alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T162" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>163104</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Erasmus sanitaire et social</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région a été sélectionnée pour piloter jusqu’en 2027 un projet Erasmus&amp;#43; de mobilité européenne et internationale dans le but de favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux.&lt;/p&gt;
+&lt;p&gt;Ce projet de consortium, actuellement composé de 9 établissements régionaux de formation sanitaire et sociale, piloté par la Région pourra s’ouvrir à d’autres établissements jusqu’en 2027.&lt;/p&gt;
+&lt;p&gt;L’objectif principal est d&amp;#039;améliorer la qualité des formations sanitaires et sociales agréées par la Région en proposant une plus-value européenne et internationale au contenu de formation et en favorisant l&amp;#039;acquisition de compétences transversales (ouverture interculturelle, esprit d&amp;#039;initiative, capacité d&amp;#039;adaptation, amélioration de la maîtrise d&amp;#039;une langue étrangère, curiosité, indépendance, autonomie…).&lt;/p&gt;
+&lt;p&gt;Les financements européens jouent un rôle majeur dans le financement de nombreux projets pour les opérateurs du territoire régional. Ce projet s’inscrit dans la politique régionale ambitieuse de captation des fonds européens, adoptée en décembre 2021 « Stratégie Europe 2030 : objectif 10 milliards ».&lt;/p&gt; &lt;p&gt;Les étudiants et le personnel administratif et académique des établissements régionaux de formation sanitaire et sociale membres du projet Erasmus &amp;#43; coordonné par la Région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Education et renforcement des compétences
+Formation professionnelle
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P163" s="1" t="inlineStr">
+        <is>
+          <t>15/07/2024</t>
+        </is>
+      </c>
+      <c r="Q163" s="1" t="inlineStr">
+        <is>
+          <t>31/07/2026</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La demande de bourse de mobilité Erasmus Sanitaire et Social s&amp;#039;effectue par le biais de la plateforme de demande d&amp;#039;aide individuelle en ligne sur le site de la Région Sud.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/erasmus-sanitaire-et-social</t>
+        </is>
+      </c>
+      <c r="W163" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_ERASMUS/depot/simple</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:maguiral&amp;#64;maregionsud.fr"&gt;maguiral&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-sanitaire-et-social/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>163138</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Organiser un Forum Entreprendre dans la Culture</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Entrepreneuriat culturel - Forums Entreprendre dans la Culture</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J164" s="1" t="inlineStr">
+        <is>
+          <t>La subvention accordée sera comprise entre 10.000 et 25.000 euros maximum.</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;entrepreneuriat culturel ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entrepreneuriat culturel désigne l&amp;#039;action d&amp;#039;entreprendre et de mener à bien une initiative et de fédérer des individus autour d’un projet commun, de manière à générer une valeur esthétique, culturelle, sociale et/ou économique. &lt;/p&gt;&lt;p&gt;Les Forums Entreprendre dans la Culture sont des rencontres professionnelles qui ont pour objectifs de valoriser l’entrepreneuriat culturel, d’une part, et d’apporter des informations pratiques et concrètes aux entrepreneurs et aux porteurs de projets, d’autre part, afin de favoriser leur professionnalisation et le développement de leur structure ou de leur activité. &lt;/p&gt;&lt;p&gt;Cette démarche s&amp;#039;adresse ainsi aux structures en capacité d’organiser un Forum Entreprendre dans la Culture.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Outre la qualité et la richesse de la création artistique et culturelle française, le poids économique direct de la culture repose sur la vitalité et le dynamisme d’un tissu particulièrement dense de plus de 263 400 associations actives sur le champ culturel et 150 000 très petites entreprises (TPE) et petites et moyennes entreprises (PME) qu’il est essentiel d’accompagner dans leur structuration et leur développement.&lt;/p&gt;&lt;p&gt;En effet, les mutations induites par les transformations numériques et l’évolution des usages, nécessitent de reconsidérer un grand nombre de modèles économiques traditionnels et transforment en profondeur certains moyens de production, de distribution et de diffusion. Cette évolution a mis en exergue un déficit de professionnalisation des entrepreneurs culturels et de structuration de leurs entreprises.&lt;/p&gt;&lt;p&gt;Par ailleurs, il n’est pas toujours naturel pour un entrepreneur culturel de s’affirmer comme tel, et les bénéfices d’une structuration économique solide ne sont pas toujours suffisamment perçus par les porteurs de projets. Les objectifs esthétiques, culturels et sociaux apparaissent en outre parfois plus importants que les visées économiques ou financières, ce qui fragilise d’autant plus certaines structures culturelles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’accès au financement, qui reste le problème majeur de toute entreprise, la formation à l’entrepreneuriat, l’accès aux conseils juridiques, sociaux et comptables, la difficulté à accéder à des locaux professionnels ainsi que la prévention de l’isolement sont des enjeux fondamentaux pour les entrepreneurs culturels.&lt;/p&gt;&lt;p&gt;Ce sont les objectifs principaux des Forums Entreprendre dans la Culture.&lt;/p&gt;&lt;p&gt;Articulé autour de témoignages d’entrepreneurs culturels et de conseils d’experts, et entièrement gratuit, l’événement devra proposer des rondes et des ateliers sectoriels et transversaux. Le Forum devra aborder ainsi les thèmes du financement, de l’accompagnement, de la structuration, des modèles économiques de la culture, de l&amp;#039;évolution du secteur culturel face aux nouveaux usages et à la transition numérique, des défis environnementaux, de la responsabilité sociétale des entreprises (RSE) et du développement à l’international.  &lt;/p&gt;&lt;p&gt;Le public ciblé par le Forum est celui des entrepreneurs, afin de les aider dans leur professionnalisation et la structuration de leur entreprise ou de leur activité, des étudiants ou des jeunes diplômés qui ont le projet d’entreprendre dans ces secteurs, ou encore des institutionnels qui souhaitent transmettre une information fiable à leurs interlocuteurs.   &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention accordée sera comprise entre 10.000 et 25.000 euros maximum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention est versée en une fois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Formation professionnelle
+Emploi
+Artisanat
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État&lt;/li&gt;&lt;li&gt;Agences culturelles régionales &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La structure en mesure d&amp;#039;accueillir un forum, devra avoir dans ses missions principales la professionnalisation et l’accompagnement des entrepreneurs culturels régionaux ainsi que la structuration de leur entreprise ou leur activité.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les critères d’éligibilité du projet reposent sur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la pertinence des actions et des rencontres professionnelles proposées par le demandeur au regard des objectifs de l’événement ;&lt;/li&gt;&lt;li&gt;la cohérence budgétaire ;&lt;/li&gt;&lt;li&gt;la qualité des partenariats.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les structures dont la résidence fiscale n&amp;#039;est pas située en France ;&lt;/li&gt;&lt;li&gt;les personnes physiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Location de salle ou d’équipement&lt;/li&gt;&lt;li&gt;Rémunération des intervenants&lt;/li&gt;&lt;li&gt;Défraiement des intervenants&lt;/li&gt;&lt;li&gt;Communication&lt;/li&gt;&lt;li&gt;Frais de traiteur &lt;/li&gt;&lt;li&gt;Les frais liés à l’organisation de l’événement exclusivement&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T164" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/entrepreneuriat-culturel-forums-entreprendre-dans-la-culture</t>
+        </is>
+      </c>
+      <c r="W164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture-2024</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question sur l’entrepreneuriat culturel, vous êtes invités à vous adresser à la Direction générale des médias et industries culturelles (DGMIC) - Délégation aux entreprises culturelles : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Philippe TILLY, adjoint au délégué aux entreprises culturelles (DEC/DGMIC) : &lt;a href="mailto:philippe.tilly&amp;#64;culture.gouv.fr" target="_self"&gt;philippe.tilly&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;182 rue Saint-Honoré, 75001 Paris&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Auvergne-Rhône-Alpes : Marion WOLF : marion.wolf&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Bourgogne-Franche-Comté : Laurence DELOIRE : laurence.deloire&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Bretagne : Stéphanie CARNET : stephanie.carnet&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Centre-Val de Loire : Benoît LECERF : benoit.lecerf&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Corse : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Grand-Est : Claire ANTONY : claire.antony&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Hauts-de-France : Benjamin ORLIANGE : benjamin.orliange&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Ile-de-France : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Normandie : Damien EUCHI : damien.euchi&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Nouvelle-Aquitaine : Anne-Claire Rocton : anne-claire.rocton&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Occitanie : Silvy CASTEL : Silvy.castel&amp;#64;culture.gouv.fr / Emmanuel PIDOUX : emmanuel.pidoux&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Pays de la Loire : Thierry CHEVALIER : thierry.chevalier&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Provence-Alpes-Côte d&amp;#039;Azur : Jérémie CHOUKROUN : jeremie.choukroun&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Guadeloupe : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Guyane : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;La Réunion : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Martinique : Audrey PHIBEL : audrey.phibel&amp;#64;culture.gouv.fr / Yolande-Salomé TOUMSON : yolande-salome.toumson&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Mayotte : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Nouvelle-Calédonie : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Polynésie française : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/entrepreneuriat-culturel-forums-entreprendre-dans-la-culture/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>163142</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
+mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
+territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
+au profit des collectivités seine-et-marnaises pour un accompagnement dans la
+mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
+orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
+un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
+Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
+potentialités offertes pour poursuivre son développement, tout en conservant
+ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
+réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
+l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
+initiatrice de la demande, puis auprès des communes volontaires si elles en
+estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
+pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
+leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
+collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>163180</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité et la diversification des métiers de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Malgré un
+réel dynamisme, les métiers de la pêche et de l’aquaculture sont peu connus
+dans le département du Calvados. La main-d&amp;#039;œuvre est parfois limitante, ne
+permettant pas aux entreprises de valoriser au mieux les productions locales.
+Les professionnels sont ainsi nombreux à se poser la question de l’attractivité
+de leur métier auprès des jeunes générations et de la pérennisation de leurs
+savoir-faire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Identifier des ambassadeurs pour promouvoir les
+     métiers et/ou les formations auprès des élèves (collège, lycée)&lt;/li&gt;&lt;li&gt;Participation à des portes ouvertes au sein des
+     entreprises et des criées&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Étude&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;&lt;li&gt;Étudier le développement prévisionnel des emplois
+     du secteur de la pêche et de l’aquaculture sur le territoire&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Améliorer l’accessibilité des zones d’emploi
+     (transport, logement)&lt;/li&gt;&lt;li&gt;Créer un groupement d’employeurs&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Mise en réseau&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Créer des points de contacts avec les futurs
+     employés (forum des métiers, bourses à l’emploi, stage découverte,
+     apprentissage …)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Coopérer avec des territoires
+extérieurs répondant à la stratégie du GALPA et permettant d’apporter une
+plus-value au territoire &lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Formation professionnelle
+Emploi
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Dépenses de personnel&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Coûts directs en lien avec
+     l’opération dont : &lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Coûts indirects&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les investissements immobiliers&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
+investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Couts indirects : un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Margaux Marie&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Téléphones : 06 59 48 87 24&lt;/strong&gt; / &lt;strong&gt;02 31 57 18 06&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-diversification-des-metiers-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I167" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q167" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>163254</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'étranger - Accréditation Erasmus+</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Accréditation Erasmus+ - Action Clé 1</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I168" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J168" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de
+mobilité dans les domaines de l’éducation, de la formation, de la jeunesse et
+du sport. Il est possible de partir en mobilité en Europe et au-delà pour se
+former, découvrir des systèmes éducatifs différents, de nouvelles approches et
+méthodes de travail, approfondir ses compétences linguistiques et
+professionnelles, ou tout simplement s’ouvrir à une autre culture.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;
+L&amp;#039;accréditation Erasmus&amp;#43; &lt;/strong&gt;est comparable à une carte de membre pour développer des projets de mobilité. Grâce à cette modalité, les démarches administratives et
+financières sont simplifiées. Une fois obtenue, elle est valable jusqu’en 2027
+et permet de procéder, chaque année, à une demande simplifiée de financements
+avec l’assurance de recevoir un montant minimum de subvention. L&amp;#039;accréditation Erasmus&amp;#43; concerne les secteurs de l&amp;#039;éducation des adultes, de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et le secteur de la jeunesse.&lt;/p&gt;&lt;p&gt;
+La durée de la mobilité des personnels et des apprenants peut varier de 2 jours à 12 mois selon votre profil et
+le type d’activité réalisée.&lt;br /&gt;
+Les financements européens Erasmus&amp;#43; couvrent vos frais de déplacement, ainsi
+que vos frais d’hébergement, de restauration et de transport sur place. Ils peuvent
+également prendre en charge les frais d’inscription à des cours ou à des
+séminaires de formation.&lt;br /&gt;
+Un montant forfaitaire soutient par ailleurs les dépenses de votre collectivité
+territoriale pour la gestion administrative et financière du projet européen
+Erasmus&amp;#43;.&lt;br /&gt;
+Les cofinancements ne sont pas obligatoires mais sont à privilégier.&lt;br /&gt;
+Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides,
+nationales ou locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;région Occitanie&lt;/strong&gt; coordonne un consortium de CFA, Missions Locales et écoles de la deuxième chance (secteur EFP). L&amp;#039;objectif des mobilités est de développer les compétences et de favoriser la poursuite d&amp;#039;étude et/ou l&amp;#039;insertion professionnelle des apprenants.  &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le département de Seine-Saint-Denis &lt;/strong&gt;coordonne deux accréditations Erasmus&amp;#43; : une au bénéfice des jeunes et une pour les collégiens du département (Secteurs enseignement scolaire et jeunesse). Au total, 1 650 collégiens et 670 jeunes pourront bénéficier de mobilités sur la période 2023-2027 dans le cadre de l’accueil des Jeux Olympiques et Paralympiques de 2024.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;C&lt;/strong&gt;&lt;strong&gt;ollectivité de Corse&lt;/strong&gt; favorise&lt;span&gt; l’ouverture &lt;/span&gt;internationale et la montée en compétence des acteurs corses de l&amp;#039;Economie sociale et solidaire en permettant &lt;span&gt;à différentes structures publiques &lt;/span&gt;– l’Office de l’environnement de la Corse, l’Agence de développement de la Corse (Adec) – ainsi qu&amp;#039;à la Chambre Régionale de l’Economie Sociale et Solidaire et à ses structures adhérentes de partir en mobilité. &lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des &lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;projets portés par des collectivités territoriales de l&amp;#039;Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;sharing" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Formation professionnelle
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q168" s="1" t="inlineStr">
+        <is>
+          <t>29/09/2026</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs: &lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel: &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes
+  : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur
+  : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>163266</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer les capacités des organisations d'Enseignement et de Formation Professionnels dans les pays hors Europe</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>AP Renforcement des capacités dans le domaine de l'Enseignement et la Formation Professionnels</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I169" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets de renforcement des
+capacités sont des projets de coopération internationale fondés sur des
+partenariats multilatéraux entre des organismes actifs dans le domaine de l’Enseignement
+et la Formation Professionnels (EFP) dans des États membres et des pays tiers
+associés au programme, et des pays tiers non associés au programme. Ils visent
+à soutenir la pertinence, l’accessibilité et la réactivité des établissements
+et systèmes d’EFP dans les pays tiers non associés au programme, en tant que
+catalyseurs du développement socio-économique durable.&lt;/p&gt;&lt;p&gt;Ces projets visent le renforcement
+des capacités dans les domaines de la gestion, de la gouvernance, de
+l’inclusion, de l’assurance de la qualité et de l’innovation.&lt;/p&gt;&lt;p&gt;Plus particulièrement, les
+projets de renforcement des capacités EFP visent à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcer les capacités des prestataires d’EFP
+pour améliorer la coopération entre les parties prenantes privées et publiques
+dans le domaine de l’enseignement et de la formation professionnels afin de
+concevoir des interventions axées sur la demande et sur les nouvelles
+perspectives dans le domaine de l’EFP&lt;/li&gt;&lt;li&gt;Améliorer la qualité et la réactivité de l’EFP
+face aux évolutions économiques et sociales afin d’accroître la pertinence de
+l’offre de compétences sur le marché du travail&lt;/li&gt;&lt;li&gt;Aligner l’offre d’EFP sur les stratégies de
+développement locales, régionales et nationales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Des objectifs par zone
+géographique (Balkans occidentaux, Voisinage Est, Pays du sud de la
+Méditerranée, Afrique subsaharienne, Amérique latine, Caraïbes) sont fixés pour
+cette action.&lt;/p&gt;&lt;p&gt;La durée du projet est de 3 ans.&lt;/p&gt;&lt;p&gt;La subvention maximale de l&amp;#039;UE est de 500 000€&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Liste des projets &amp;#34;Renforcement des Capacités dans le domaine de l&amp;#039;EFP&amp;#34; financés : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects" target="_self"&gt;https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+Emploi
+International
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P169" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2025</t>
+        </is>
+      </c>
+      <c r="Q169" s="1" t="inlineStr">
+        <is>
+          <t>26/03/2026</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tout organisme public ou privé
+actif dans le domaine de l’EFP et légalement établi dans un État membre de l’UE
+ou un pays tiers éligible associé au programme peut candidater. Les
+organisations participantes éligibles peuvent être des prestataires
+d’enseignement et de formation professionnels, d’autres organismes publics ou
+privé actif dans le domaine de l’EFP et sur le marché du travail et des
+partenaires associés du secteur public ou privé.&lt;/p&gt;&lt;p&gt;Les projets de renforcement des
+capacités sont transnationaux et associent au moins 4 organismes de 3 pays au
+minimum : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins deux États membres de l’UE ou pays
+tiers associé au programme. Chacun des pays participants doit associer au moins
+une organisation &lt;/li&gt;&lt;li&gt;Au moins un pays tiers éligible non associé au
+programme et au moins deux organisations issues du (ou des) pays tiers
+éligibles participants non associés au programme de la même région.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le nombre d’organisations des
+États membres de l’UE et de pays tiers associés au programme ne doit pas être
+supérieur au nombre d’organisations de pays tiers éligibles non associés au
+programme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/renforcement-des-capacites-efp</t>
+        </is>
+      </c>
+      <c r="W169" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu"&gt;&lt;span lang="EN-IE"&gt;EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-capacites-des-organisations-denseignement-et-de-formation-professionnels-dans-les-pays-hors-europe/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>163580</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les commerces et services du quotidien présents dans les centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes La Rochefoucauld Porte du Périgord</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I170" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;activité économique des centres-bourgs des communes appartenant au territoire La Rochefoucauld Porte du Périgord ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers destinés au maintien d’un ou plusieurs derniers commerces de proximité de première nécessité non concurrentiels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets de centre-bourg situés : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans les périmètres ORT (Opération de Revitalisation de Territoire) pour les communes de La Rochefoucauld-en-Angoumois et Montbron ;&lt;/li&gt;&lt;li&gt;Selon la cartographie des centres-bourgs pour les autres communes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité des projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accueillir des entreprises artisanales, commerciales ou de service ;&lt;/li&gt;&lt;li&gt;Produire et commercialiser des biens ou des services sur le zonage défini ;&lt;/li&gt;&lt;li&gt;Investissements participant à la transition écologique : consommation énergétique du bâtiment, développement des énergies renouvelables, optimisation de la gestion des déchets, valorisation de l’économie circulaire, préservation de la ressource en eau…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Obligations légales et administratives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les projets de travaux et d’aménagement, fournir l’autorisation de travaux ou le permis de construire ;&lt;/li&gt;&lt;li&gt;Adhérer aux services du Conseiller Énergie Partagée (CEP) de la Communauté de Communes et réaliser un audit énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité temporelle des dépenses :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses présentées doivent respecter la règlementation européenne et nationale des aides d’Etat&lt;/li&gt;&lt;li&gt;Tout commencement d’exécution avant le dépôt de la demande d’aide est susceptible de rendre tout ou partie du projet inéligible ;&lt;/li&gt;&lt;li&gt;Aucun dossier ne peut être déposé après l’achèvement matériel de l’opération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Un seul dossier de demande d’aide peut être déposé par commune tous les deux ans.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>CC La Rochefoucauld porte du Périgord</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.rochefoucauld-perigord.fr/</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service développement économique de la Communauté de Communes&lt;/p&gt;&lt;p&gt;07 62 66 69 46 / &lt;a target="_self"&gt;economie&amp;#64;rochefoucauld-perigord.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>economie@rochefoucauld-perigord.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daide-aux-commerces-et-services-du-quotidien-presents-dans-les-centres-bourgs/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>163593</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif d&amp;#039;accompagnement des projets collaboratifs de R&amp;amp;D portés par des entreprises. Les entreprises, positionnées sur leur marché et disposant d&amp;#039;une stratégie de R&amp;amp;D à long terme, décident, face à un verrou technologique ou scientifique, de s&amp;#039;adjoindre les compétences d&amp;#039;un laboratoire public, ou/et d&amp;#039;un centre de transfert de technologies et de méthodologies, dans le cadre d&amp;#039;un partenariat pour mettre en oeuvre un projet de R&amp;amp;D collaboratif.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif a pour objectif d’aider les entreprises régionales dans leurs démarches d’innovation, pour améliorer leur positionnement concurrentiel sur le marché et ainsi favoriser le développement économique du territoire.&lt;/p&gt;&lt;p&gt;Le dispositif d’accompagnement au transfert de technologies, cible les collaborations de R&amp;amp;D entre les entreprises et les centres de compétences en accord avec la priorité 2 du schéma régional de développement économique régional : renforcer notre souveraineté par l&amp;#039;innovation responsable, et ainsi s&amp;#039;appuyer sur la recherche pour dynamiser l&amp;#039;innovation, les sauts technologiques, et le transfert vers les entreprises.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;assiette éligible comprend toutes les dépenses de l&amp;#039;entreprise liées au projet. &lt;/p&gt;&lt;p&gt;Le montant de l&amp;#039;aide sera calculé après instruction en fonction de la typologie de projet, de la typologie d&amp;#039;entreprise et de sa capacité financière.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie locale et circuits courts
+Innovation, créativité et recherche
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles localisées en Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entreprise devra :&lt;/p&gt;&lt;p&gt;être localisée en Nouvelle-Aquitaine (NA);&lt;/p&gt;&lt;p&gt;avoir un projet de partenariat R&amp;amp;D avec un centre de compétences situé dans ou hors du territoire de NA ;&lt;/p&gt;&lt;p&gt;avoir un niveau de fonds propres en adéquation avec sa demande d&amp;#039;aide ;&lt;/p&gt;&lt;p&gt;respecter les règles d&amp;#039;éco-socio conditionnalités mises en place par la Région ;&lt;/p&gt;&lt;p&gt;ne pas distribuer de dividendes issus de la subvention ;&lt;/p&gt;&lt;p&gt;signer un accord de partenariat définissant notamment les règles de confidentialité, de répartition/protection et d&amp;#039;exploitation des résultats issus du projet collaboratif.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La demande devra être faite directement auprès du service concerné, avant le début du projet qui fait l&amp;#039;objet de la demande de subvention. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction de l’enseignement supérieur recherche et transfert de technologie&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;/p&gt;&lt;p&gt;Du lundi au vendredi de 9h à 18h sans interruption&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de-technologies-et-de-methodologies-et-ou-laboratoires-publics/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>163726</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la production d'offre de logements et d'hébergements pour les jeunes</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;apos;offre de logements et d&amp;apos;hébergements pour les jeunes</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les jeunes et la rénovation globale des résidences jeunes.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Poursuivre le développement  d’une offre inclusive d’hébergements et logements Jeunes optimisant les outils et les moyens et favoriser sa reconversion &lt;/p&gt;&lt;p&gt;Conforter le maillage de l’offre d’hébergement au plus près des besoins en formation, et d’emploi&lt;/p&gt;&lt;p&gt;Encourager  les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc….) et démontrant un impact positif sur le reste à charge des locataires&lt;/p&gt;&lt;p&gt;Développer des solutions favorisant la mobilité des jeunes néo-aquitains  &lt;/p&gt;&lt;p&gt;Veiller à la maitrise des restes à charges pour le public accueilli&lt;/p&gt;&lt;p&gt;Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;UNE AIDE SOCLE TERRITORIALISEE (investissement)&lt;/p&gt;&lt;p&gt;Pour la rénovation globale des résidences jeunes, concourant à l’objectif visé : 4 000€ par place (nombre de places après réhabilitation), dans la limite de :&lt;/p&gt;&lt;p&gt;20% du montant prévisionnel dans les territoires&lt;/p&gt;&lt;p&gt;15% du montant prévisionnel en communauté d’agglomération&lt;/p&gt;&lt;p&gt;10% du montant prévisionnel en métropole&lt;/p&gt;&lt;p&gt;et de 500 000€ de subvention par opération&lt;/p&gt;&lt;p&gt;Pour l’offre nouvelle concourant aux objectifs visés, y compris celle produite par recyclage immobilier :&lt;/p&gt;&lt;p&gt;• Pour les structures (Foyer de jeunes travailleurs, Résidence Habitat jeunes, etc….) :&lt;/p&gt;&lt;p&gt;5 000€ par place sur la métropole et les communautés d’agglomération &lt;/p&gt;&lt;p&gt;6 000€ par place sur le reste du territoire  &lt;/p&gt;&lt;p&gt;• Pour l’offre en diffus à caractère social (respect des loyers-plafonds, accueil de jeunes  sous plafond de ressources), notamment dans le cadre de l’article 109 de la loi ELAN&lt;/p&gt;&lt;p&gt;4000€ par place à caractère social (niveaux PLUS/PLAI) sur la métropole et les communautés d’agglomération &lt;/p&gt;&lt;p&gt;5000€ par place à caractère social (niveau PLUS/PLAI) sur le reste du territoire&lt;/p&gt;&lt;p&gt;• Dans la limite de :&lt;/p&gt;&lt;p&gt;20% du montant prévisionnel dans les territoires&lt;br /&gt;&lt;/p&gt;&lt;p&gt;15% du montant prévisionnel en communauté d’agglomération&lt;/p&gt;&lt;p&gt;10% du montant prévisionnel dans la métropole&lt;/p&gt;&lt;p&gt;et de de 500 000 € par opération&lt;/p&gt;&lt;p&gt; UNE BONIFICATION &amp;#34;OFFRE INNOVANTE&amp;#34; (sur analyse du dossier)&lt;/p&gt;&lt;p&gt;Pour impulser des usages et des modes de gestion innovants, coopératifs, réversibles…(captation de logement dans le parc privé, intermédiation locative dédiée, colocations, amorçage de services d’hébergement chez l’habitant dans le cadre du dispositif régional 1,2,Toit…..)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les innovations foncières, innovation sociales, économiques (lien avec les entreprises du secteur…), opérations multi-usages, ambition environnementale (niveau argent ou Or du label BDNA),&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En investissement : &amp;#43; 1000€/place dédiée à caractère social dans une opération innovante, dans la limite des plafonds&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En fonctionnement : 50% du coût de l’ingénierie d’amorçage, dans une limite de 15 000  € répartie sur les 3 premières années du dispositif (par exemple année 1 : 60%, année 2 : 25%, année 3 : 15%)&lt;/p&gt;&lt;p&gt;ASSIETTE ELIGIBLE&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous travaux liés à l’Habitat, y compris les frais de maitrise d’œuvre&lt;/p&gt;&lt;p&gt;Les coûts sont entendus HT.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Transition énergétique
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Formation professionnelle
+Logement et habitat
+Emploi</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Organismes de logements sociaux&lt;/p&gt;&lt;p&gt;SEM&lt;/p&gt;&lt;p&gt;Associations&lt;/p&gt;&lt;p&gt;Collectivités territoriales et EPCI&lt;/p&gt;&lt;p&gt;Tout organisme œuvrant dans le champ du logement social et de l’habitat jeunes (FJT, RHJ, Auberges de Jeunesse….)&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;PROJETS CIBLES :&lt;/p&gt;&lt;p&gt;L’offre de logement ou d’hébergement des jeunes peut être plurielle :&lt;/p&gt;&lt;p&gt;en structure : FJT, Résidence Sociale Jeunes actifs, auberge de jeunesse&lt;/p&gt;&lt;p&gt;en diffus : colocation, cohabitation, logement social diffus fléchés « jeunes » (art 109 loi ELAN)…  &lt;/p&gt;&lt;p&gt;Les opérations sont dédiées au public jeune, prennent en compte les besoins de mobilité et favorisent l’inclusion. &lt;/p&gt;&lt;p&gt;NB : l’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/loffre-de-logements-et-dhebergements-pour-les-jeunes</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Le porteur de projet dépose son dossier de demande de subvention (à télécharger dans le présent guide des aides) complété et accompagné des pièces requises auprès des services de la Région Nouvelle-Aquitaine à l&amp;#039;adresse suivante : logement-jeunes&amp;#64;nouvelle-aquitaine.fr. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/loffre-de-logements-et-dhebergements-pour-les-jeunes/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>163770</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'étranger - Projet de mobilité de courte durée</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Projet de mobilité de courte durée - Action Clé 1</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J173" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés.</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de mobilité dans les domaines de l’éducation et de la formation. Il est possible de partir en mobilité en Europe et au-delà pour se former, découvrir des systèmes éducatifs différents, de nouvelles approches et méthodes de travail, approfondir ses compétences linguistiques et professionnelles, ou tout simplement s’ouvrir à une autre culture. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le projet de mobilité de courte durée est un moyen simple et direct de permettre à des organismes de bénéficier d’une subvention Erasmus&amp;#43; pour faire partir personnels et apprenants (usagers) vers un pays membre du programme Erasmus&amp;#43;. L’objectif principal est d&amp;#039;organiser facilement des activités de mobilité et d&amp;#039;acquérir ainsi de l&amp;#039;expérience dans le programme Erasmus&amp;#43;. Ces projets concernent aussi bien les secteurs de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et celui de l&amp;#039;éducation tout au long de la vie des adultes.&lt;/p&gt;&lt;p&gt;Ces projets de mobilité de courte durée limitent le nombre de participants (30 mobilités maximum) et la durée du projet (de 6 à 18 mois). Un seul organisme peut organiser des mobilités pour ses personnels ou ses apprenants/usagers.&lt;/p&gt;&lt;p&gt;Le financement Erasmus&amp;#43; couvre les frais de déplacement, les frais d’hébergement, de restauration et de transport sur place. Ils peuvent également prendre en charge les frais d’inscription à des cours ou à des séminaires de formation. Un montant forfaitaire soutient par ailleurs les dépenses de la collectivité territoriale pour la gestion administrative et financière du projet européen.&lt;/p&gt;&lt;p&gt;Les cofinancements ne sont pas obligatoires mais sont à privilégier. Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides, nationales ou locales.&lt;/p&gt;&lt;p&gt;Pour chaque appel à propositions, un seul projet de mobilité de courte durée peut être porté par un organisme candidat pour un même secteur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Avec son projet &amp;#34;Repenser l&amp;#039;attractivité dans les périphéries des métropoles&amp;#34;, &lt;strong&gt;la ville d&amp;#039;Evry-Courcouronnes&lt;/strong&gt; &lt;span&gt;souhaite prendre appui sur une meilleure connaissance
+d’autres villes européennes afin d’y puiser de l’inspiration,
+créer des contacts et des échanges et ainsi jeter les bases d’un réseau européen
+de villes partageant des problématiques d’attractivité plus ou moins similaires. Les participants
+concernés par les mobilités sont de deux catégories : des agents de la
+commune, travaillant dans divers services en lien avec la notion d’attractivité, voire certains habitants, membres de conseils citoyens, de tous âges,
+genres, quartiers de résidence et d’origines diverses. Pour en savoir plus : &lt;/span&gt;&lt;span&gt;&lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2022-1-FR01-KA122-ADU-000070697" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;commune de Toulouges&lt;/strong&gt; (7255 habitants) porte un projet
+Erasmus&amp;#43; au bénéfice de 11 Agents Territoriaux Spécialisés des Ecoles. L&amp;#039;équipe
+d&amp;#039;ATSEM souhaite faire évoluer ses pratiques, ses connaissances, ses
+compétences dans le but d&amp;#039;améliorer leur école. Pour la réussite des élèves,
+elle entend observer de nouvelles pratiques éducatives italiennes et espagnoles
+afin d&amp;#039;en transposer les plus pertinentes au sein de leur établissement, tout
+en visant l&amp;#039;inclusion des élèves dans un parcours éducatif de qualité. Pour en savoir plus : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2023-1-FR01-KA122-SCH-000120068" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour consultez d&amp;#039;autres exemples de projets, consultez &lt;a href="https://agence.erasmusplus.fr/publications/recueil-de-projets-erasmus-collectivites-territoriales/" target="_self"&gt;le recueil de projets Erasmus&amp;#43; portés par des collectivités territoriales&lt;/a&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q173" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/mobilite</t>
+        </is>
+      </c>
+      <c r="W173" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger-1/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>163771</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Echanger des pratiques et découvrir la coopération européenne</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Projets de partenariats simplifiés AC210</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Jeunesse et Sport
+Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J174" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats simplifiés dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats simplifiés sont conçus pour
+faciliter l’accès au programme Erasmus&amp;#43; en s’adressant notamment aux
+organisations peu expérimentées. Ils permettent de découvrir la coopération
+européenne et d’échanger des pratiques avec des partenaires localisés dans les
+pays du programme Erasmus&amp;#43;. Les collaborations et les échanges peuvent porter
+sur de multiples sujets. Ces projets sont composés d’au moins deux
+organisations issues de deux pays du programme Erasmus&amp;#43; et peuvent durer de 6 à
+24 mois.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe deux forfaits
+au choix : 30 000€ ou 60 000€. &lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, à l&amp;#039;échange de pratiques, aux visites apprenantes, à la publication d&amp;#039;une page web par exemple.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet de la Commune de Rennes qui s&amp;#039;intitule « &lt;em&gt;Plus de nature dans les crèches&lt;/em&gt; » cible le secteur de la petite enfance, et plus spécifiquement la pédagogie centrée sur la nature. Il consiste en un échange de bonnes pratiques avec deux partenaires situés à Erlangen (Allemagne) et Brno (Tchéquie), ces deux villes étant jumelées avec la Ville de Rennes. Il repose sur des visites d’étude de personnels, de cadres du secteur de l’enfance et d’élus, dans chacun des trois pays. A travers ce projet, les partenaires souhaitent partager leurs pratiques d’accueil des enfants, différentes selon les pays, et ainsi enrichir leurs compétences au service des plus jeunes. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR01-KA210-SCH-000243744" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet “&lt;em&gt;Tomorrow is built today&lt;/em&gt;” vise à sensibiliser les élu·es, les agent·es et les habitant·es de la ville de Billère et des villes jumelles, Petersberg et Sabiñanigo, aux enjeux du Développement durable et les leviers d’actions possibles pour atteindre les 17 objectifs fixés par l’ONU. Fin janvier 2024, des délégations allemandes et espagnoles sont venues travailler avec des technicien·nes et des élu·es billérois. En juin, tout le monde se retrouvera en Allemagne, puis en novembre en Espagne. Ces ateliers déboucheront, en 2025, sur une campagne de communication déclinée dans les trois villes. Pour en savoir plus, &lt;a href="https://www.billere.fr/actualite/demain-se-construit-aujourdhui/" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet YouthPlayInclusive porté par la Métropole
+de Lyon a pour objectifs de faire connaître à l’échelle européenne les
+activités sportives inclusives, de recenser les conditions d’inclusion durable
+des jeunes en situation de handicap au sein des organismes de jeunesse
+(associations sportives, centres sociaux, etc.), d’écouter et de donner la
+parole à ces jeunes, d’accompagner la montée en compétences des éducateurs
+jeunesse et de poser les fondements d’un réseau européen dédié à la jeunesse,
+au sport et à l’inclusion. Le projet vise à produire un recueil d’activités
+sportives inclusives et des bonnes pratiques associées, un livret de
+recommandations de la jeunesse, des capsules vidéo mêlant activités et
+témoignages afin de poser les bases d’un réseau européen Jeunesse, Inclusion,
+Sport. Ce projet est mené conjointement avec la Ville de Francfort-sur-le-Main
+(Allemagne). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA210-YOU-000253102"&gt;cliquez
+ici &lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q174" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
+        </is>
+      </c>
+      <c r="W174" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse : &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-des-pratiques-et-decouvrir-la-cooperation-europeenne/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>163772</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Développer des outils innovants et renforcer son réseau de partenaires européens</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats de coopération - Action clé 2</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Jeunesse et Sport
+Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I175" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J175" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats de coopération dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats de coopération offrent la possibilité de développer des collaborations avec des organismes travaillant dans les champs de l&amp;#039;éducation, de la formation, de la jeunesse et du sport en Europe et parfois au delà. Ces partenariats peuvent impliquer des acteurs de tout type : entreprises, associations, ONG, établissements et organismes d’éducation et de formation, collectivités, etc.&lt;/p&gt;&lt;p&gt;Ces projets permettent aux organisations participantes de mettre en œuvre leur stratégie de coopération internationale en développant leur réseau et de renforcer leurs capacités par la construction d&amp;#039;outils ou de méthodes innovantes d&amp;#039;éducation, de formation ou d&amp;#039;accompagnement.&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe trois forfaits au choix : 120 000€, 250 000€ ou 400 000€.&lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, au développement et à l&amp;#039;expérimentation d&amp;#039;outils pédagogiques, à la construction d&amp;#039;une plateforme en ligne par exemple.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet de la &lt;strong&gt;ville de Saint-Denis&lt;/strong&gt; a pour objectif d’apporter des solutions au problème de surexposition aux écrans chez les enfants, particulièrement présent dans les quartiers défavorisés. Le projet regroupe différents partenaires issus de 5 pays européens et se proposent développer des outils de formation innovants dédiés aux éducateurs qui travaillent avec les jeunes parents vivant dans les zones urbaines périphériques des grandes villes et dans des situations précaires. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2021-1-FR01-KA220-ADU-000033578" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet Street
+for the youth de Saint-Brieuc Armor Agglomération, porté par la Direction
+Prospective, vise à favoriser la participation des jeunes européens de 15 à 20
+ans à la construction de la ville de demain ; une ville adaptable,
+accueillante et résiliente,  qui répond aux besoins des usagers. Le projet
+créera des liens entre les jeunes, les professionnels de l’urbanisme et les
+élus locaux et leur permettra de co-construire et tester des méthode innovantes
+d’implication des jeunes dans le développement et l’aménagement d’espaces
+urbains. Ce projet rassemble quatre collectivités locales de quatre pays
+européens (France, Pologne, Belgique, Portugal). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA220-YOU-000245435"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Formation professionnelle
+Innovation, créativité et recherche
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q175" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse :  &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-outils-innovants-et-renforcer-son-reseau-de-partenaires-europeens/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>163855</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Proposer des actions de formation en relation avec les besoins d’employeurs préalablement identifiés, pour assurer aux bénéficiaires un emploi à la sortie</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif 1 emploi = 1 formation</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Une offre de formation souple et adaptable, pour répondre aux besoins des employeurs.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les formations sont construites directement avec les employeurs qui s’engagent à recruter à l’issue de la formation. Elles sont individualisées, pour répondre tant aux besoins des demandeurs d’emploi qu’à ceux exprimés par les employeurs. &lt;br /&gt;Les sessions peuvent se dérouler au sein d’organismes de formation, voire en entreprise. Elles peuvent viser une certification complète ou uniquement certains blocs de compétences, voire être professionnalisantes. &lt;br /&gt;La Région, à travers ce dispositif, vise un objectif : la formation professionnelle continue doit déboucher sur l’emploi. Les sessions de formation ne sont désormais commandées aux organismes de formation titulaires des marchés Région que sous condition d’intentions d’embauche préalables des employeurs.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;ul&gt;
+&lt;li&gt;Toute personne en recherche d’emploi.&lt;/li&gt;
+&lt;li&gt;En priorité les demandeurs d’emploi de longue durée ou non qualifiés, les bénéficiaires du Revenu de solidarité active, les personnes reconnues travailleurs handicapés, les personnes résidant dans les quartiers prioritaires de la politique de la ville, les séniors, les personnes suivies par le Réseau des acteurs de l’insertion et de l’emploi et leurs partenaires. &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les formations devront conduire à un contrat d’au moins 24 heures hebdomadaires, sous forme de CDI, de CDD d’au moins six mois ou de contrats en alternance. &lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle
+Revitalisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P176" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2024</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’organisme de formation planifie une session correspondant aux attendus du ou des employeurs qui ont exprimé une intention d’embauche liée à des besoins identifiés.&lt;/p&gt;
+&lt;p&gt;La formation est financée en totalité par la Région.&lt;/p&gt;
+&lt;p&gt;L’employeur accueille les stagiaires en immersion durant la formation et participe, par exemple :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;à la sélection des candidats,&lt;/li&gt;
+&lt;li&gt;à la présentation du métier,&lt;/li&gt;
+&lt;li&gt;aux jurys de fin de formation,&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;et il recrute les stagiaires à la sortie.&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>Direction de l&amp;#039;emploi, formation professionnelle et apprentissage&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;sfpc&amp;#64;paysdelaloire.fr&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;ul&gt;&lt;/ul&gt; &lt;p&gt;Prenez contact avec un conseiller de la plateforme « &lt;a href="https://dora.inclusion.beta.gouv.fr/services/carif-oref-pays-de-l-choisir-mon-metier-a"&gt;Choisir mon métier à votre écoute&lt;/a&gt; »&lt;br /&gt;&amp;#43;33 800 20 03 03&lt;br /&gt;info&amp;#64;cariforef-pdl.org&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-1-emploi-1-formation/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>163856</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’ouverture de nouvelles places de formation dans le domaine de la petite enfance</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Appel à candidatures - Développement de l’offre de formation petite enfance en Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à candidatures vise à accompagner le développement de formations d’auxiliaires de puériculture, et d’éducateurs de jeunes enfants, afin de répondre aux besoins importants de professionnels dans le domaine de la petite enfance. La Région financera 65 nouvelles places pour chacune de ces deux formations.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Peut candidater :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Tout établissement souhaitant dispenser la formation d’Auxiliaires de Puériculture ou la formation d’Educateurs de Jeunes Enfants en Pays de la Loire, quelle que soit la voie de formation souhaitée ;&lt;/li&gt;
+&lt;li&gt;Tout établissement déjà autorisé ou agréé à dispenser l’une de ces formations, souhaitant ouvrir un nouveau site de formation en Pays de la Loire ;&lt;/li&gt;
+&lt;li&gt;Tout établissement déjà autorisé ou agréé à dispenser l’une de ces formations, souhaitant ouvrir de nouvelles places de formation sur un site existant (extension capacitaire).&lt;/li&gt;
+&lt;/ul&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Commerces et services
+Emploi
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P177" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2024</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les organismes intéressés pour dispenser l’une de ces formations sont invités à télécharger et compléter le dossier correspondant. &lt;br /&gt;Les procédures de dépôt et d’instruction des demandes sont détaillées dans le règlement d’intervention.&lt;br /&gt;Les demandes devront être adressées au plus tard le 6 mai 2024.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>Direction de l&amp;#039;emploi, formation professionnelle et apprentissage&lt;br /&gt; Service Formations sanitaires et sociales&lt;br /&gt; Pôle Organisation des formations sanitaires et sociales&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;fss&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 59 09&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-candidatures-developpement-de-loffre-de-formation-petite-enfance-en-pays-de-la-loire/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>163920</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir à la maturation technologique</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la maturation technologique</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Située en aval de la recherche et d&amp;#039;une éventuelle pré-maturation, la maturation doit s’insérer dans une stratégie de transfert définie et portée par les ayants droits de la technologie protégée ou ses mandataires.  &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;Contexte &lt;/p&gt;&lt;p&gt; Les entreprises ne sont pas toujours en capacité d’exploiter directement les résultats de la recherche académique, ceux-ci étant trop éloignés de leurs problématiques, de leur marché, ou situés trop en amont de la réalité d’une production industrielle et de ses contraintes. &lt;/p&gt;&lt;p&gt; Ainsi, de nombreuses innovations de rupture (deep tech) ne peuvent être transférées et ainsi bénéficier à la société, et ce même si d’importants investissements publics ont pu être réalisés en amont pour nourrir la recherche à ce sujet. &lt;/p&gt;&lt;p&gt; Définition &lt;/p&gt;&lt;p&gt; Située entre la recherche et le transfert, la maturation d’un projet d’innovation est définie comme le processus global qui permet d’atteindre la maturité nécessaire à son transfert vers le monde socio-économique. &lt;/p&gt;&lt;p&gt; Objectifs &lt;/p&gt;&lt;p&gt; Ce dispositif régional vise exclusivement à accompagner la maturation scientifique et technologique de projets portés parles structures de transfert et les offices de valorisation des universités (OTT) du territoire. &lt;/p&gt;&lt;p&gt; Le transfert se matérialise spécifiquement par une cession ou une concession de droits d&amp;#039;exploitation vers une entreprise existante ou une start-up créée spécifiquement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M178" s="1" t="inlineStr">
+        <is>
+          <t>Les dépenses éligibles sont celles de l&amp;#039;office de transfert de technologies pour la mise en oeuvre du programme de maturation, à l&amp;#039;exception de ses dépenses de fonctionnement internes:
+	ressources humaines (salaires bruts chargés non environnés) dédiées à 100% au programme de maturation technologique ;
+	dépenses de petit matériel ou achats nécessaires à la réalisation du programme ;
+	sous-traitances éventuelles nécessaires à la réalisation du programme ;
+	amortissements d&amp;#039;équipements utilisés dans le programme au prorata de leur temps d&amp;#039;utilisation, et s&amp;#039;ils n&amp;#039;ont pas déjà été financés par une entité publique.</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Emploi</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Universités, établissements d&amp;#039;enseignement supérieur et de recherche &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises et associations assurant la mission de valorisation des résultats issus de la recherche publique&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Critères de sélection : &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;objet du programme dematuration est une technologie ayant préalablement atteint le stade d&amp;#039;un POC (TRL 3) issue d&amp;#039;un laboratoire néo aquitain ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cette technologie fait l&amp;#039;objet d&amp;#039;une stratégie de transfert mise en oeuvre par un office de transfert de technologies, national ou situé sur le territoire néo aquitain ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La cible de transfert est identifiée : une entreprise sur le territoire ou un projet de création de start up sur le territoire ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le programme de maturation s&amp;#039;appuie sur un actif de PI déposé, décrit, ou protégé ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le programme décrit les étapes de la maturation scientifique / technologique d&amp;#039;une innovation en vue de son transfert vers une entreprise et un marché.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-la-maturation-technologique</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>Le dépôt se fait au fil de l&amp;#039;eau, les dossiers étant instruits selon le calendrier des commissions permanentes. Une première prise de contact avec la personne référente permettra de se procurer un dossier de soumission et d&amp;#039;être accompagné dans le processus de dépôt.</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-maturation-technologique/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>163926</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°1 - Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture, pour en faire un atout environnemental, économique, culturel et touristique</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I179" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J179" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide met l’accent sur la promotion des métiers de la mer et des
+produits, un pilier incontournable pour garder un territoire vivant et attractif. Il vise
+à créer de la richesse économique, environnementale et sociale par la valorisation
+conjointe de produits de qualité du territoire, les métiers et le tourisme. Cette fiche
+action contribue à revitaliser la filière pêche et aquaculture, nos territoires littoraux
+et contribuer à améliorer l’image des gens de mer. Cette image vivante du
+territoire, associée à la richesse de son passé halieutique, est au centre de
+l’attractivité du territoire et de son potentiel d’attractivité. Il est donc important de
+structurer l’offre touristique bleue et durable, pour attirer les touristes sur notre
+territoire.
+En parallèle, le nombre de professionnels de la pêche et de l’aquaculture, que ce
+soit en mer comme à terre a fortement baissé depuis ces dernières années, et la
+moyenne d’âge des pêcheurs est élevée. L’attrait des métiers est de plus en plus
+difficile, et la transmission des entreprises, notamment pour les marins-pêcheurs
+devient un problème primordial pour les années à venir. Il est nécessaire de donner
+les moyens à la mise en avant des métiers et des formations liés à la pêche et à
+l’aquaculture (y compris le mareyage, la vente, la poissonnerie, etc.) afin d’attirer
+de nouveaux professionnels, en reconversion professionnelle ou en formation
+initiale et de permettre à chacun de se faire sa propre opinion sur les métiers de la
+pêche et de l’aquaculture.
+Il s’agira également d’enrichir et diversifier l’offre de produit de qualité à partir des
+ressources halieutiques pêchées et élevées sur notre territoire… qui ne sont pas
+encore valorisées. Il s’agira de soutenir les démarches collectives de promotion qui
+visent en particulier à développer les liens entre produits, savoir-faire et territoire
+et donc à renforcer la notoriété conjointe des produits et du territoire. Des efforts
+spécifiques de communication et sensibilisation doivent ainsi permettre de faire
+connaître et comprendre aux consommateurs la singularité et la spécificité de ses
+produits (qui combinent leur qualité à un lieu singulier)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter la population à s’orienter vers
+les métiers de la pêche et de l’aquaculture, valorisant l’image des gens de mer&lt;/li&gt;&lt;li&gt; Soutenir les démarches collectives de
+valorisation et promotion des produits de la pêche et de l’aquaculture &lt;/li&gt;&lt;li&gt;Développer une offre touristique bleue et
+durable, de découverte des activités maritimes&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accroissement des formations maritimes
+dans l’orientation des jeunes, des femmes et des personnes en réinsertion &lt;/li&gt;&lt;li&gt;&lt;span&gt;Amélioration de l’environnement
+économique de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accroissement des démarches de qualité
+(label, IGP, promotion) pour les produits de la mer locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’une offre touristique
+bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement
+d’actions de sensibilisation et de communication aux métiers en mer comme à
+terre&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+de partenariats entre les acteurs socio-professionnels de la filière pêche et
+aquaculture, la formation et l’emploi&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien
+des savoir-faire et des compétences de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coordination
+entre le secteur de la pêche et le tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+d’une identité touristique « Côte d’Albâtre » en lien avec la filière pêche et
+aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+d’actions de valorisation et promotions des produits de la mer locaux (label,
+IGP, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
+à la création de nouvelles filières de valorisation et de promotion de produits
+de la mer « méconnus »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
+à la mise en place de concours culinaire visant à promouvoir les métiers
+et  des produits&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre
+en valeur les savoir-faire locaux et artisanaux de l’ensemble de la filière&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P179" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q179" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture-pour-en-faire-un-atout-environnemental-economique-culturel-et-touristique/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>163961</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°2 - Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I180" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J180" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face
+à une demande des consommateurs pour les produits et services de qualité, cette
+2ème fiche action est indissociable de
+la première pour garantir et maintenir la qualité de notre territoire. Elle
+repose donc sur l’offre de commercialisation et de consommation avec le
+développement de synergies et de mise en réseau entre les acteurs et filières à
+l’intérieur comme à l’extérieur du territoire.&lt;/p&gt;&lt;p&gt;Il
+s’agira de conforter et animer la démarche de circuits courts existante en
+augmentant le nombre de producteurs concernés et le nombre de lieux. La vente
+directe est un réel moyen de valoriser les produits, mais aussi le savoir-faire
+et les métiers, auprès de consommateurs friands des produits locaux. Afin de
+faciliter la vente directe, il sera nécessaire d’améliorer les conditions de
+vente en matière de structuration des étals, qui protégeront les vendeurs,
+consommateurs et produits. &lt;/p&gt;&lt;p&gt;Premier
+metteur en marchés des espèces halieutiques locales, la Criée de Fécamp Côte
+d’Albâtre organise des ramasses sur l’ensemble du littoral Normand. Il s’agit
+ainsi d’assurer la cohésion dans les sites de débarquement, à l’échelle de
+Fécamp et du Tréport, et bien au-delà avec un partenariat possible entre les
+criées normandes. Au-delà, il s’agira de structurer une offre de
+commercialisation globale sur notre territoire, pour élargir la vente et
+valoriser les produits de la mer. En partenariat avec les organismes de
+formation, des compétences spécifiques liées à la vente et à la préparation du
+produit pourraient être développés afin de permettre une montée en puissance du
+secteur. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;D’un
+point de vue de la consommation de produits locaux issus de la pêche et de
+l’aquaculture, elle est assez basse sur notre territoire. Il est primordial de
+faire découvrir nos produits aux consommateurs locaux en coordonnant le secteur
+de la pêche avec la restauration collective des structures publiques pour
+mettre à l’honneur les poissons locaux dans leurs cuisines. À cela, s’ajoute
+une volonté de faire mettre en avant par les chefs cuisiniers locaux les
+produits de la mer, avec la création de recettes emblématiques de notre
+territoire.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Renforcer
+les circuits courts et la vente directe&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Accompagner
+les restaurateurs locaux dans l’utilisation de produits de la mer locaux&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Améliorer
+la commercialisation des espèces locales&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Augmentation
+des points de vente des produits de la mer locaux &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
+de l’offre de commercialisation des produits de la mer sur notre territoire&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
+de la consommation locale des produits issus de la filière pêche et aquaculture
+locale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la visibilité des produits de la mer sur le territoire&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Progression
+des conditions de vente directe de produits halieutiques en matière de
+structuration des étals, notamment avec des étals/halles à poissons&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
+de partenariats avec des chefs cuisiniers reconnus autour d’un produit de la
+mer &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
+de la part de produits locaux issus de la pêche et aquaculture dans la
+préparation des restaurants et de la restauration collective.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
+des sites de débarquement liée à la commercialisation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la visibilité auprès du consommateur la vente directe et les circuits courts&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Commerces et services
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Artisanat
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P180" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q180" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>163965</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à des projets de réduction et de séquestration de carbone pour participer à l'objectif de neutralité carbone</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Leyton</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Contexte&lt;/u&gt; : Les acteurs publics et privés doivent s&amp;#039;engager dans une démarche de décarbonation, encadrée de manière réglementaire par le Green Deal Européen et la Stratégie Nationale Bas Carbone , qui vise notamment à réduire les émissions de GES de 40% d&amp;#039;ici 2030 (vs. 1990) et à doubler nos puits de carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Méthodologie&lt;/u&gt; : Une fois que les acteurs publics et privés ont réalisé leur 1er Bilan Carbon, ils entament des actions de réduction de leur empreinte mais font face à des émissions résiduelles tous les ans. Réduire certaines émissions peut prendre du temps : absence de technologie, mobilisation des parties prenantes, etc. Cependant, il existe une solution temporaire en face de ces émissions résiduelles afin de contribuer à la neutralité carbone : La contribution carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Dispositif&lt;/u&gt; : Les acteurs peuvent financer des projets qui vont permettre de réduire ou de séquestrer des émissions de GES ailleurs en France ou à l&amp;#039;étranger. Ces projets vont permettre de réduire les émissions de CO2e globalement et vont présenter de nombreux autres avantages socio-économiques et de biodiversité en fonction du projet. Par leur action, ces acteurs recevront des crédits carbone, qu&amp;#039;ils pourront valoriser, au titre de leur engagement envers la neutralité mondiale, en complément de toutes les actions de réduction préalablement engagées.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Aide&lt;/u&gt; : LEYTON vous accompagne dans la recherche de ces projets au plus proche de vos territoires, de votre activité, de vos enjeux, ou de vos valeurs afin de maximiser votre impact stratégique, extra-financier, climatique, environnemental et social avec une communication maîtrisée et légitime.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;En France :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration de forêts incendiés,&lt;/li&gt;&lt;li&gt;Conversion de friches en forêts,&lt;/li&gt;&lt;li&gt;Changement de pratiques agricoles (intrants, couvert contenu, alimentation des bovins, etc.) pour accompagner la transition agro-écologique,&lt;/li&gt;&lt;li&gt;Diversification de pratiques agricoles (vergers)...&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Agriculture et agroalimentaire
+Biodiversité
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aucun critère&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://leyton.com/fr/progres-environnemental/contribution-carbone-volontaire/</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aurélie BARBOTIN - Mylène OBONE - Marc LA ROSA&lt;/p&gt;&lt;p&gt;carbonevolontaire&amp;#64;leyton.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>pdeniau@leyton.com</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-a-des-projets-de-reduction-et-de-sequestration-de-carbone-pour-participer-a-lobjectif-de-neutralite-carbone/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>164097</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'économie de proximité dans le contexte de mutation socio-économiques du territoire</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche Action 4</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention européenne .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;plancher d&amp;#039;aide : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Plafond d&amp;#039;aide : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Stimuler les démarches de modernisation des entreprises &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faciliter la création, les cessions et les reprises d’entreprises du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accroître le poids de l’Economie Sociale et Solidaire dans l’économie locale&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnel&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire de chefs d’entreprises et salariés formés &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’ingénierie de proximité en termes d’aides aux entreprises dans le cadre d’un développement, d’une création, d’une transmission ou d’une reprise d’entreprises &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Permettre aux entreprises d’anticiper les mutations socio-économiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’image des activités commerciales et des savoir-faire locaux &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Accompagner le développement et la consolidation des associations et des entreprises de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager l’entreprenariat chez les jeunes de moins de 30 ans&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer et maintenir de l’emploi non délocalisable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter le taux de création et de reprise d’entreprises sur le territoire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 4&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q182" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement du Pays du Calaisis et répondre aux critères de la grille de sélection: partenariats et mise en réseau, impact géographique, niveau d&amp;#039;innovation, effet du projet, emploi, transition décarbonée et durable , formation du chef d&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-deconomie-de-proximite-dans-le-contexte-de-mutation-socio-economiques-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>164110</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de développement et d'attractivité économique locale</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I183" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J183" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Information voyageur, billettique multimodale
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>164287</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement des petites entreprises et de l'emploi</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I184" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;3.1   Contribuer à la pérennité et au développement du tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.1.1 Accompagner les entreprises et les associations
+dans les domaines des ressources humaines et des conditions de travail&lt;/p&gt;&lt;p&gt;3.1.2  Promouvoir les métiers et les savoir-faire &lt;/p&gt;&lt;p&gt;3.1.3  Accueillir des entreprises et des nouvelles activités &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.2  
+Soutenir le développement de la filière
+bois et des éco-matériaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.2.1   Accompagner les démarches développant et valorisant
+la filière bois &lt;/p&gt;&lt;p&gt;3.2.2 
+Sensibiliser à
+l’écoconstruction, à l’usage des éco-matériaux&lt;/p&gt;&lt;p&gt;3.2.3 
+Favoriser le
+développement de filières locales&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.3  
+Développer le tourisme durable toute
+l’année &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk182562708"&gt;3.3.1  Créer et adapter les sites et hébergements
+touristiques&lt;/a&gt;&lt;/p&gt;&lt;p&gt;3.3.2 Créer des produits
+ou des offres valorisant le territoire, les savoir-faire, les productions et
+les patrimoines locaux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GPECT, opération collective d’accompagnement
+des entreprises pour le recrutement/management/bien-être au travail/adaptation
+aux changements/prise en compte du handicap, recensement des friches et bâtiments inoccupés, multiple
+rural, aménagement de locaux professionnels, espace coworking, espace de
+télétravail, tiers-lieu, création coopérative, couveuse ; etc. ;&lt;/li&gt;&lt;li&gt;Chantier-école,
+événements, journées de démonstration, nouveaux usages de la laine caussenarde, accompagnement à la gestion
+forestière, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’un local
+vélos, création de circuits de randonnée, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q184" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-leconomie/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>164385</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions collectives de formation pour les entreprises d'une filière</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Actions collectives de formation pour les entreprises d&amp;apos;une filière</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux actions collectives de formation au sein d&amp;#039;une même filière ou inter-filières. Les actions collectives de formation doivent s&amp;#039;inscrire dans une approche globale des questions d&amp;#039;emploi et de qualifications au sein d&amp;#039;une filière économique ou inter-filières sur un territoire/bassin d&amp;#039;emploi déterminé,
+	Elles doivent ainsi permettre aux salariés de maintenir et développer leurs compétences au sein d’un secteur d’activité,
+	Un effort particulier sera poursuivi pour les entreprises ayant des enjeux en termes d’emploi et de recrutement ou confrontées à des problématiques d’adaptation des compétences des salariés en raison du développement de leurs activités.</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>Les dépenses de diagnostic et d&amp;#039;ingénierie pédagogique : taux d&amp;#039;intervention retenu qui ne peut excéder 50 % des dépenses,
+	Les coûts pédagogiques (coûts de personnel de formateurs, frais de déplacement des formateurs, autres dépenses courantes,matériaux, fournitures) hors rémunération des salariés en formation : le taux maximal d’intervention retenu ne saurait excéder 50 % des dépenses dans la limite d’un plafonnement de 50 € de l’heure par stagiaire, à l&amp;#039;exception des formations TEE (NéoTerra) et des formations certifiantes et qualifiantes.</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>Entreprises cibles :de moins de 250 salariés (effectifs consolidés au niveau du groupe en ETP) dont le siège social et ou les établissements sont en Nouvelle-Aquitaine.
+Les porteurs de projets éligibles sont:
+	Branches professionnelles,
+	Opérateurs de Compétences (OPCO),
+	Pôles de compétitivité, clusters,
+	Groupements d’IntérêtEconomique,
+	Chambres consulaires,
+	Associations.
+ Deux catégories d&amp;#039;action:
+	Les dépenses de diagnostic et d&amp;#039;ingénierie pédagogique liées à la construction de démarches, d&amp;#039;actions, d&amp;#039;outils visant le développement de l&amp;#039;emploi et des compétences
+	Les coûts pédagogiques (coûts de personnel de formateurs, frais de déplacement des formateurs, autres dépenses courantes, matériaux, fournitures) hors rémunération des salariés en formation. Les formations externes et internes sont éligibles à l&amp;#039;aide régionale.
+Actions dont les dépenses sont non éligibles:
+	durée inférieure à 7 heures ;
+	formation syndicale (CES, CHSCT…) ;
+	information (conférences, colloques…), présentation de nouveaux matériels par des fournisseurs ;
+	généralistes dans le domaine du développement personnel (stages de survie, stages de motivation personnelle ou de « dépassement de soi ») ;
+	relatives à la réglementation et à la sécurité individuelle au travail (prévention des risques d’accident du travail) ;
+	relatives à des questions de société (addictions, lutte contre la violence routière…).
+	frais de gestion liés au montage des projets.</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/actions-collectives-de-formation-pour-les-entreprises-dune-filiere</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>Prise de contact avec le référent de votre secteur d&amp;#039;activité, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/actions-collectives-de-formation-pour-les-entreprises-dune-filiere/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>164386</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de GPEC</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets de GPEC</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets de GPEC inter-entreprises au sein d&amp;#039;une même filière. Il s’agit d’accompagner l’anticipation et l’adaptation des compétences des entreprises d’une même filière qui sont confrontées à des enjeux économiques ou d’emplois communs, autour d’un projet collectif, cohérent, répondant aux caractéristiques du secteur d’activité. Ce dispositif s&amp;#039;adresse aux inter-entreprises au sein d&amp;#039;une même filière.</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>Le financement de la Région ne pourra pas excéder 50 % des dépenses éligibles.
+L&amp;#039;intervention de la Région viendra en complémentarité des dispositifs d&amp;#039;aide de l&amp;#039;Etat lorsque ceux-ci sont mobilisables.</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>Entreprises cibles :de moins de 250 salariés dont le siège social et ou les établissements sont en Nouvelle-Aquitaine.
+Les porteurs de projets éligibles sont :
+	Branches professionnelles,
+	Opérateurs de Compétences (OPCO),
+	Pôles de compétitivité, clusters,
+	Groupements d’Intérêts Economiques,
+	Chambres consulaires,
+	Associations.
+ Les dépenses éligibles à l&amp;#039;aide régionale sont les dépenses d&amp;#039;ingénierie, de conseils et d&amp;#039;études dans le cadre de prestations externes.</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-aux-projets-de-gpec</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>Prise de contact avec le référent de votre secteur d&amp;#039;activité, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-projets-de-gpec/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>164387</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises sur la formation des salariés</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l&amp;apos;entreprise sur la formation des salariés</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide régionale soutient les plans de développement des compétences et des qualifications pour la formation des salariés au sein d&amp;#039;une entreprise du secteur industriel.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner les entreprises à mettre en œuvre des formations permettant de développer et maintenir les compétences des salariés pour faire face aux évolutions et aux transitions économiques, écologiques, technologiques, numériques et organisationnelles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;accompagnement de la Région, au regard de l&amp;#039;effort de formation des entreprises pour adapter et élever le niveau de qualification des salariés, constitue un levier pour l&amp;#039;adaptation des entreprises aux évolutions du marché pour le développement économique de la Région.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;Intensité maximale de l&amp;#039;aide Régionale : 30 à 60 % des dépenses éligibles avec un plafond de subvention:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Petites Entreprises: taux maximum de 60 % avec un plafond de subvention de 40 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Moyennes Entreprises: taux maximum de 50 % avec un plafond de subvention de 50 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de Taille Intermédiaire: taux maximum de 40 % avec un plafond de subvention de 60 000 € &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Grandes Entreprises: taux maximum de 30 % avec un plafond de subvention de 60 000 €, accompagnements pouvant être envisagés pour des formations en lien avec les transitions énergétiques et écologiques (NéoTerra) et des formations certifiantes et qualifiantes.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les coûts pédagogiques sont plafonnés à 50 € de l’heure/stagiaire, à l’exception des formations TEE (Néo Terra) et des formations certifiantes et qualifiantes (validation totale ou partielle)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Durée maximale d&amp;#039;accompagnement fixée à 3 aides consécutives sur une période de 5 ans révolue pour les entreprises de moins de 250 salariés en ETP, 2 aides consécutives sur une période de 5 ans révolue pour les entreprises de plus de 250 salariés en ETP.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les entreprises de production et de transformation relevant de l&amp;#039;Industrie dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Prioritairement les salariés (CDI) de premier niveau de qualification au sein des entreprises. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;Critères de sélection&lt;p&gt;&lt;br /&gt;&lt;span&gt; Les dépenses éligibles sont celles liées aux coûts pédagogiques (coûts de personnel des formateurs, frais de déplacement des formateurs et autres dépenses courantes, matériaux, fournitures), hors rémunération des salariés en formation. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les formations externes et internes sont éligibles à l’aide régionale. &lt;/span&gt;Pour les formations externes, les organismes de formations doivent obligatoirement être certifiés Qualiopi (article L6316-1 du code du travail). &lt;/p&gt;&lt;p&gt;&lt;span&gt; Actions dont les dépenses sont non éligibles: &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les actions d’une durée inférieure à 7 heures &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions de formation syndicale (CES, CHSCT…) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions d’information (conférences, colloques…), de présentation de nouveaux matériels par des fournisseurs &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions généralistes dans le domaine du développement personnel (stages de survie, stages de motivation personnelle ou de « dépassement de soi ») &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions relatives à la réglementation et à la sécurité individuelle au travail (prévention des risques d’accident du travail) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions relatives à des questions de société (addictions, lutte contre la violence routière…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-la-formation-des-salaries</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-la-formation-des-salaries/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>164388</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises sur l'ingénierie de formation</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l&amp;apos;entreprise sur l&amp;apos;ingénierie de formation</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le contexte actuel est un tournant dans la gestion des ressources humaines. Face à ces changements sociétaux et de rapport au travail, les entreprises doivent se structurer au niveau des ressources humaines pour répondre aux nouveaux enjeux tels que la Responsabilité Sociétale des Entreprises (RSE), la Transition Ecologique des Entreprises (TEE), la Qualité de Vie au Travail (QVT), la Marque Employeur, etc. Le dispositif AIE Structuration RH / RSE vise à répondre à cet enjeu en soutenant la phase de diagnostic afin d&amp;#039;évaluer la stratégie RH en amont de l&amp;#039;action de formation au bénéfice des personnes en charge des Ressources Humaines. Il s&amp;#039;adresse aux entreprises industrielles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Structuration des ressources humaines des entreprises en soutenant la réalisation d&amp;#039;une phase de diagnostic pour évaluer la stratégie RH et le développement des compétences des salariés de l&amp;#039;entreprise, en amont de l&amp;#039;action de formation des salariés au bénéfice des personnes en charge des Ressources Humaines dans l&amp;#039;entreprise.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>Le taux maximal d&amp;#039;intervention retenu ne saurait excéder 50 % de la dépense éligible.
+L&amp;#039;aide sera plafonnée à 6 000 € pour les entreprises de moins de 250 salariés (en ETP) et à 4 000 € pour les entreprises de plus de 250 salariés (en ETP). Effectifs consolidés au niveau du groupe en ETP.</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les entreprises de production et de transformation relevant de l&amp;#039;industrie dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/p&gt;&lt;p&gt; Les dépenses éligibles sont les dépenses d&amp;#039;ingénierie : prestations internes (rémunération : salaire brut chargé) au prorata du temps passé sur la période.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-lingenierie-de-formation</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-lingenierie-de-formation/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>164389</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises sur la structuration RH et la RSE</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l&amp;apos;entreprise sur la structuration RH et la RSE</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le contexte actuel est un tournant dans la gestion des ressources humaines. Face à ces changements sociétaux et de rapport au travail, les entreprises doivent se structurer au niveau des ressources humaines pour répondre aux nouveaux enjeux tels que la Responsabilité Sociétale des Entreprises (RSE), la Transition Ecologique des Entreprises (TEE), la Qualité de Vie au Travail (QVT), la Marque Employeur, etc.
+Le dispositif AIE Structuration RH / RSE vise à répondre à cet enjeu en soutenant la phase de diagnostic afin d&amp;#039;évaluer la stratégie RH en amont de l&amp;#039;action de formation au bénéfice des personnes en charge des Ressources Humaines. Il s&amp;#039;adresse aux entreprises industrielles. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;Structuration des ressources humaines des entreprises en soutenant la réalisation d&amp;#039;une phase de diagnostic pour évaluer la stratégie RH et le développement des compétences des salariés de l&amp;#039;entreprise, en amont de l&amp;#039;action de formation des salariés au bénéfice des personnes en charge des Ressources Humaines dans l&amp;#039;entreprise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M189" s="1" t="inlineStr">
+        <is>
+          <t>Le taux maximal d&amp;#039;intervention retenu ne saurait excéder 50 % des dépenses éligibles.
+L&amp;#039;aide sera plafonnée à 2 500 € par entreprise pour un maximum de 5 jours de prestation.
+Les modules de formation qui découlent du diagnostic dans le plan d&amp;#039;action seront pris en charge dans l&amp;#039;AIE Formation pour les publics suivants : Manager Intermédiaire/Manager de proximité, Assistant(e) RH, Responsable RH, Responsable formation, chargé(e) de développement des compétences.</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les entreprises de production et de transformation relevant de l&amp;#039;industrie de moins de 250 salariés dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/p&gt;&lt;p&gt; Les dépenses éligibles sont les dépenses d&amp;#039;ingénierie, de conseils et d&amp;#039;études, dans le cadre de prestations externes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-la-structuration-rh-et-la-rse</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.
+&lt;/p&gt;&lt;p&gt;Service Relations aux Usagers&lt;/p&gt;&lt;p&gt;Direction Emploi et Evolution Professionnelle&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-la-structuration-rh-et-la-rse/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>164438</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Économie Circulaire 2025 - Guyane</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’économie circulaire est toujours émergente en Guyane : la notion est encore très peu connue du grand public, des acteurs et du monde de l’entreprise, limitant de fait les collaborations pourtant nécessaires à son développement.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;complète les actions structurantes menées en faveur de la collecte et du traitement des déchets&lt;/strong&gt; par les collectivités. Il vise à faire émerger des projets et des synergies qui conduisent à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’économie de ressources par les territoires, les secteurs d’activités et les entreprises, la prévention et la valorisation locale des déchets.&lt;/li&gt;&lt;li&gt;La pratique de nouvelles approches économiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il comprend trois grands volets thématiques :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Volet 1 : &lt;strong&gt;Allongement de la durée d&amp;#039;usage - réemploi, réparation, réutilisation.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Volet 2 : &lt;strong&gt;Recyclage et valorisation&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Volet 3 : &lt;strong&gt;Alimentation durable et gestion des biodéchets&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les cibles de l’appel à projets sont les associations, entreprises et acteurs privés.&lt;/p&gt;&lt;p&gt;Les acteurs privés bénéficiaires peuvent être les entreprises de l’Économie Sociale et Solidaire et les structures de l’économie conventionnelle, les instances inter-entreprises, les groupements d’entreprises, les groupements d’intérêt économique (GIE), les associations, les structures dédiées à la réparation…&lt;/p&gt;&lt;p&gt;L’organisme porteur du projet devra démontrer comment il organise la gouvernance liée au montage et au pilotage du projet.&lt;/p&gt;&lt;p&gt;Déroulé de la candidature :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;À la suite de la demande d&amp;#039;aide, un rendez-vous sera programmé avec le porteur de projet afin d’éclaircir des points particuliers.&lt;/li&gt;&lt;li&gt;Puis un jury de sélection des projets piloté par l’ADEME aura lieu. Il comprend les représentants de   l’ADEME Guyane et pourra associer des partenaires extérieurs.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Les aides financières seront attribuées aux projets retenus dans le présent AAP dans la limite des crédits disponibles au titre de l’année 2025.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>Guyane</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241211/economie-circulaire-2025-guyane</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/economie-circulaire-2025-guyane/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>165114</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Indemnité en stage des élèves aides-soignants</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Indemnité en stage des élèves aides-soignants</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien votre formation conduisant au Diplôme d’Etat d&amp;#039;aide-soignant ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale portant indemnité de stage&lt;/strong&gt;&lt;strong&gt; pour la réalisation de la formation clinique : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Montant 35 € /semaine correspondant à un stage de 35 heures&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes élève aide-soignant :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;inscrit dans un institut de formation d’aides-soignants agréé par la Région Grand Est&lt;/li&gt;
+&lt;li&gt;dont les frais de formation sont pris en charge par la Région Grand Est&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard du règlement régional.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;L’élève devra faire sa demande d’aide régionale conformément au calendrier suivant :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;au plus tôt à l’issue de la réalisation de chaque stage (4 périodes de stage étant référencées sur la formation aide-soignant)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;ET&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;au plus tard &lt;strong&gt;dans les 8 semaines qui suivent la sortie de chaque stage&lt;/strong&gt;.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P191" s="1" t="inlineStr">
+        <is>
+          <t>16/07/2024</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/indemnite-stage-eleves-aides-soignants/</t>
+        </is>
+      </c>
+      <c r="W191" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0282/depot/simple</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif prendra effet dès la rentrée scolaire 2024/2025&lt;/p&gt;&lt;p&gt;aidesoignant&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 64 94&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/indemnite-en-stage-des-eleves-aides-soignants/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>165133</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Développement d’activités nouvelles (ARDAN)/Entreprises</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Action régionale pour le développement d’activités nouvelles (ARDAN)/Entreprises</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous avez un projet de développement ? D’activité nouvelle ? De reprise ? De structuration ?&lt;/h2&gt;&lt;p&gt;Le dispositif ARDAN vous permet de tester le développement de votre activité sans prise de risque financière tout en intégrant un demandeur d’emploi du Grand Est, stagiaire de la formation professionnelle, que vous aurez choisi.&lt;/p&gt;
+&lt;p&gt;Intégrez un demandeur d’emploi du Grand Est pendant six mois et confiez-lui le développement de votre nouvelle activité, voire la reprise de votre entreprise.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Concrétisez votre projet de développement&lt;/li&gt;
+&lt;li&gt;Limitez votre prise de risque&lt;/li&gt;
+&lt;li&gt;Bénéficiez de conditions financières avantageuses&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P192" s="1" t="inlineStr">
+        <is>
+          <t>07/12/2023</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ardan-entrerpises/</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/action-regionale-pour-le-developpement-dactivites-nouvelles-ardan-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>165142</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la trésorerie de votre entreprise par le Prêt d'amorçage Grand Est</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Prêt d'amorçage Grand Est</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez renforcer la trésorerie de votre entreprise dans l’attente d’une levée de fonds ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez d’un soutien financier sous forme de prêt d’amorçage pouvant aller jusqu’à 300 000€ afin de créer des conditions favorables à la préparation d’une levée de fonds. &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier du prêt&lt;/strong&gt;, si vous êtes une TPE ou PME selon la définition européenne en vigueur, innovante en phase d’amorçage et créée depuis moins de 5 ans :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Implantée en Région Grand Est&lt;/li&gt;
+&lt;li&gt;Ayant récemment bénéficié d’un soutien public à l’innovation :
+&lt;ul&gt;
+&lt;li&gt;d’une aide à l’innovation de Bpifrance ou d’un prix au titre des concours d’innovation I-Lab ou I-Nov&lt;/li&gt;
+&lt;li&gt;ou d’une aide à un projet de Recherche, Développement et d’Innovation (RDI) au sens de la réglementation européenne des aides à la RDI&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Toute activité ou secteur sont éligibles,&lt;strong&gt; à l’exclusion&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Des activités d’intermédiation financière (NAF : section K64 sauf 64-2 pour les achats d’entreprises et sauf les fintech)&lt;/li&gt;
+&lt;li&gt;Des activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1), à l’exception des SCI finançant des acquisitions immobilières destinées à être louées à une entreprise, elle-même éligible, dont des associés sont titulaires du capital de la SCI&lt;/li&gt;
+&lt;li&gt;Des secteurs agricoles ayant un code NAF section A01 et A02 (sauf 02.20Z et 02.40 Z)&lt;/li&gt;
+&lt;li&gt;Des entreprises en difficultés au sens de la réglementation européenne en vigueur&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Nature du montant&lt;strong&gt;&lt;br /&gt;
+&lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Montant : &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Le montant du prêt est au plus, égal au montant des fonds propres et quasi fonds propres de l’entreprise :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Minimum : 100 000 € &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Maximum : 300 000 €&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Durée/amortissement :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;8 ans, dont 36 mois de différé d’amortissement en capital&lt;/li&gt;
+&lt;li&gt;Suivi de échéances trimestrielles à terme échu&lt;/li&gt;
+&lt;li&gt;Amortissement financier du capital&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;Conditions financières&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Tarification :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Taux fixe ou variable selon barème en vigueur.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Garantie :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Aucune garantie sur les actifs de l’entreprise, ni sur le patrimoine du dirigeant&lt;/li&gt;
+&lt;li&gt;Seule une retenue de garantie de 5% du montant du prêt est prélevée lors du décaissement&lt;/li&gt;
+&lt;li&gt;Une assurance décès-invalidité peut être proposée au dirigeant&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P193" s="1" t="inlineStr">
+        <is>
+          <t>03/10/2023</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/pret-amorcage/</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Convention de partenariat Région Grand Est/Bpifrance&lt;/p&gt;&lt;p&gt;financementdesentreprises&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Pour toute demande d’information complémentaire, contactez Bpifrance  :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Bpifrance – Direction Régionale de Strasbourg&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tel : 03 88 56 88 56 – strasbourg&amp;#64;bpifrance.fr&lt;/p&gt;&lt;p&gt;Bpifrance – Direction Régionale de Nancy&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tel : 03 83 67 46 74 – nancy&amp;#64;bpifrance.fr&lt;/p&gt;&lt;p&gt;Bpifrance – Direction Régionale de Metz&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tel : 03 87 69 03 69 – metz&amp;#64;bpifrance.fr&lt;/p&gt;&lt;p&gt;Bpifrance – Direction Régionale de Reims&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tel : 03 26 79 82 30 – reims&amp;#64;bpifrance.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pret-damorcage-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>165217</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Permettre une orientation choisie et une insertion durable dans l’emploi</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel doit permettre une orientation choisie et une insertion durable dans l’emploi. &lt;br /&gt;L’objectif général visé par cet appel est de soutenir des projets pour lesquels l’orientation sera considérée comme un levier pour permettre une égalité d’accès à la formation, le soutien de l’orientation pour tous, la mixité des métiers et l’égalité professionnelle, en vue d’une insertion durable dans l’emploi des publics qui en sont éloignés.&lt;br /&gt;A cet effet, la lutte contre les inégalités et discriminations, la déconstruction des stéréotypes, l’élévation du niveau de qualification et l’évitement des sorties prématurées du système scolaire seront également soutenus.&lt;br /&gt;Une attention particulière sera portée aux projets favorisant les processus inclusifs (parcours et accompagnements adaptés aux publics cibles) et/ou visant à favoriser l’égalité de genre, la mixité des publics et la lutte contre toute forme de discrimination.&lt;/p&gt;&lt;p&gt;Les objectifs&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans l&amp;#039;objectif du FSE&amp;#43; d&amp;#039;une Europe plus sociale et inclusive mettant en oeuvre le socle européen des droits sociaux. Les actions soutenues sont donc les suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’accessibilité et la lisibilité de l’offre d’orientation et de formation :&lt;ul&gt;&lt;li&gt;Actions d’accompagnement des publics visant à leur faire prendre connaissance de la diversité des métiers existants, les informer sur les voies d’accès à ces métiers et éviter le phénomène d’auto-censure,&lt;/li&gt;&lt;li&gt;Actions de promotion de l’apprentissage, de promotion des métiers et actions de valorisation/découverte des métiers comme une voie d’insertion durable vers l’emploi,&lt;/li&gt;&lt;li&gt;Développer une offre de services orientée vers les nouvelles générations via le développement d’outils innovants et de modalités d’informations interactives et pédagogiques qui favorisent les supports digitaux, l’appropriation et l’autonomie des publics, et répondent aux nouveaux usages (réalité virtuelle, plateformes de mise en relation, outils de test des « soft skills » etc.)&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Levée de freins à l’insertion ou la réinsertion :&lt;ul&gt;&lt;li&gt;Actions de déconstruction des stéréotypes en faveur des personnes en situation de handicap ou celles souffrant de discriminations ou des femmes et minorités de genre, notamment par le biais de projets s’inscrivant dans une démarche d’innovation sociale,&lt;/li&gt;&lt;li&gt;Actions d’orientation de ces publics notamment vers des métiers où ces personnes sont sous représentées,&lt;/li&gt;&lt;li&gt;Actions de promotion de l’égalité des chances et des droits dans le cadre de l’orientation,&lt;/li&gt;&lt;li&gt;Actions d’accompagnement vers l’emploi des personnes en situation de handicap mental ou moteur,&lt;/li&gt;&lt;li&gt;Actions d’accompagnement, de sensibilisation et d’information dans le cadre de la lutte contre l’illettrisme et l’illectronisme et développement d’innovations pédagogiques en la matière.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P194" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2025</t>
+        </is>
+      </c>
+      <c r="Q194" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2026</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Acteurs publics ou privés œuvrant dans le champ de l’orientation et de l’information des métiers, notamment les acteurs de l’orientation et de la formation (Association régionale des missions locales, missions locales, Cité des Métiers, Universités, CARIF-OREF, Opérateurs de compétences, etc.) ainsi que les associations, branches professionnelles, chambres consulaires, partenaires sociaux, groupement d’entreprises et établissements publics ou collectivités territoriales, etc. œuvrant dans le champ de l’orientation et de l’information des métiers, de la formation et de l’accompagnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T194" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Se référer à la partie 7 de l&amp;#039;AAP &amp;#34;Procédure de candidature à l&amp;#039;appel à projets&amp;#34;. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>jpderai@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi-1/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>165312</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Aides individuelles aux certifications CléA</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Aides individuelles aux certifications CléA</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides individuelles régionales aux certifications CléA permettent de développer l&amp;#039;employabilité des personnes peu ou pas qualifiées, par l&amp;#039;obtention d&amp;#039;un certificat directement mobilisable auprès d&amp;#039;un employeur. La certification CléA est obtenue à la suite d&amp;#039;une évaluation des connaissances et des compétences par un organisme évaluateur. 2 certifications sont proposées : CléA Socle de connaissances et compétences professionnelles et CléA Numérique.&lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Reprendre confiance en soi par la reconnaissance de ses connaissances et compétences professionnelles, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accéder si besoin à un parcours de formation et accroître ainsi ses qualifications,  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir une certification reconnue et mobilisable directement auprès des employeurs. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Il existe 2 types d’évaluation : une évaluation initiale et une évaluation finale. &lt;/p&gt;&lt;p&gt;Si l’évaluation initiale ne conduit pas à l’obtention de la certification visée, une formation pourra vous être proposée à l’issue de laquelle il vous sera possible de représenter votre candidature à une évaluation dite « finale ». &lt;/p&gt;&lt;p&gt;L’aide individuelle est forfaitaire. Son montant s’élève à :  &lt;/p&gt;&lt;p&gt;CléA socle de connaissances et compétences professionnelles : &lt;/p&gt;&lt;p&gt;450 € pour une évaluation initiale&lt;/p&gt;&lt;p&gt;250 € pour une évaluation finale&lt;/p&gt;&lt;p&gt;CléA numérique :  &lt;/p&gt;&lt;p&gt;300 € pour une évaluation initiale&lt;/p&gt;&lt;p&gt;150 € pour une évaluation finale&lt;/p&gt;&lt;p&gt;En cas d&amp;#039;accord, l&amp;#039;aide est versée directement à l&amp;#039;organisme évaluateur à l&amp;#039;issue de l&amp;#039;évaluation. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Les néo-aquitains à la recherche d&amp;#039;un emploi. &lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Le service instructeur de la Région étudie l&amp;#039;ensemble de votre dossier de demande et les pièces justificatives fournies.&lt;/p&gt;&lt;p&gt;L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;le dossier devra être déposé complet 3 semaines avant la date de démarrage de l&amp;#039;évaluation,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;organisme évaluateur devra être situé sur le territoire de la Nouvelle-Aquitaine et détenir une habilitation délivrée par Certif Pro permettant de couvrir la durée de l&amp;#039;évaluation présentée dans le dossier de demande.  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aides-individuelles-aux-certifications-clea</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Le dépôt de votre dossier s&amp;#039;effectue sur notre plateforme en ligne, Mes démarches en Nouvelle-Aquitaine. Cette plateforme est accessible via le bouton « Créer mon dossier », en bas de cette page.&lt;/p&gt;&lt;p&gt;Chaque certification (Socle / Numérique) devra faire l&amp;#039;objet d&amp;#039;un dossier de demande. &lt;/p&gt;&lt;p&gt;Chaque type d&amp;#039;évaluation (Initiale / Finale) devra également faire l&amp;#039;objet d&amp;#039;un dossier de demande. &lt;/p&gt;&lt;p&gt;Pour déposer votre demande, il est nécessaire de créer un compte sur notre plateforme, si vous n&amp;#039;en possédez pas déjà un.&lt;/p&gt;&lt;p&gt;Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;/p&gt;&lt;p&gt;Par la suite, vous pourrez suivre l&amp;#039;avancée du traitement de votre demande en vous connectant à votre compte.&lt;/p&gt;&lt;p&gt;Le formulaire de demande est à compléter et soumettre en ligne, accompagné des pièces suivantes :&lt;/p&gt;&lt;p&gt;une pièce d’identité en cours de validité (carte nationale d’identité, passeport, titre de séjour autorisant à travailler en France métropolitaine),&lt;/p&gt;&lt;p&gt;un justificatif de moins de 3 mois permettant d’attester le lieu de résidence principale,  &lt;/p&gt;&lt;p&gt;un devis établi par l’organisme évaluateur, à vos nom/prénom, le devis type : &amp;#34;DEVIS_TYPE_CLEA&amp;#34; est téléchargeable ci-dessous. &lt;/p&gt;&lt;p&gt;Une fois votre dossier validé, le service instructeur de la Région vérifie la complétude du dossier.&lt;/p&gt;&lt;p&gt;Votre dossier est ensuite instruit. La décision vous est notifiée par mail.&lt;/p&gt;&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Le dépôt d&amp;#039;un dossier de demande est possible tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;Il devra être déposé complet 3 semaines avant la date de démarrage de l&amp;#039;évaluation. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-individuelles-aux-certifications-clea/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>165491</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;MTJ - Mécanisme pour une Transition Juste - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;630 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 630 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic Framework loans :  &lt;ul&gt;    &lt;li&gt;les prêts-cadres demandés à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;pour le topic Standalone projects :  &lt;ul&gt;    &lt;li&gt;les prêts demandés directement à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;les prêts demandés par l&amp;#039;intermédiaire des intermédiaires financiers de la BEI doivent être d&amp;#039;au moins 1 million d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectif&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les initiatives qui répondent aux défis sociaux, économiques et environnementaux liés à la transition vers les objectifs climatiques et énergétiques de l&amp;#039;Union européenne pour 2030&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Investissements dans les énergies renouvelables et la mobilité verte et durable, y compris la promotion de l&amp;#039;hydrogène vert&lt;/li&gt;    &lt;li&gt;Réseau de chauffage urbain efficace&lt;/li&gt;    &lt;li&gt;Recherche publique&lt;/li&gt;    &lt;li&gt;Numérisation&lt;/li&gt;    &lt;li&gt;Infrastructures environnementales pour une gestion intelligente des déchets et de l&amp;#039;eau&lt;/li&gt;    &lt;li&gt;Energie durable, efficacité énergétique et mesures d&amp;#039;intégration, y compris rénovations et conversions de bâtiments&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 24 et 60 mois.&lt;/li&gt;  &lt;/ul&gt;  Des projets d&amp;#039;une durée plus courte ou plus longue peuvent être acceptés dans des cas dûment justifiés.  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/jtm/wp-call/2026/call-fiche_jtm-2026-pslf_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;JTM-2026-PSLF&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://cinea.ec.europa.eu/just-transition-mechanism_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/jtm" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Accès aux services
+Santé
 Education et renforcement des compétences
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Bâtiments et construction
+Emploi
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P196" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q196" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2026</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;Être des personnes morales (organismes publics ou organismes privés chargés d&amp;#039;une mission de service public) établies dans un État membre de l&amp;#039;UE&lt;/p&gt;&lt;p&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact: CINEA-JTM-PSLF&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P197" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q197" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I198" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P198" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q198" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>162483</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Anticiper les mutations économiques</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets Priorité 3 Objectif Spécifique G</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale de l’Economie, de l’Emploi, du Travail et des Solidarités (DREETS) — Normandie</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I199" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Meilleure prise en compte par l’ensemble des acteurs des enjeux relatifs à la Gestion des Emplois et des Parcours Professionnels ;&lt;/li&gt;&lt;li&gt;Améliorer l’accès à la formation et à la qualification des salariés, notamment des salariés les moins qualifiés, des salariés âgés de plus de 54 ans, des salariés en situation d’emploi instable (contrats à durée déterminée, contrats aidés, intérim…), des salariés issus de secteurs en difficulté ou impactés par des mutations nécessitant une adaptation pour préserver leur employabilité, des salariés issus des métiers en tension ;&lt;/li&gt;&lt;li&gt;Contribuer au renouvellement de l’ingénierie de formation à destination des actifs occupés aux besoins du marché du travail et dans les domaines de la transition numérique et/ou digitale, de la transition écologique et/ou énergétique ;&lt;/li&gt;&lt;li&gt;Développer des outils de veille et de partage des données visant la coordination des différents acteurs territoriaux et sectoriels et l’identification des compétences.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions visées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1) Actions visant à accompagner les mutations économiques, notamment liées aux transitions écologiques et numériques et la formation continue des actifs occupés :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;ingénierie de formation et de construction de parcours, facilitation de l&amp;#039;accès à la formation (lisibilité des référentiels, certification des compétences, modalités innovantes de formation, etc.), plans de développement de compétences dans le domaine de l’environnement : certification du personnel, efficacité énergétique, énergie renouvelable, économie circulaire, construction durable, emplois environnementaux , adaptation des compétences aux nouveaux défis sociaux (inclusion sociale, transition écologique et numérique, métiers rares ou émergents, etc.) et aux besoins du marché du travail, démarches d’expérimentation autour de l’action de formation en situation professionnelle (AFEST) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2) Actions visant à anticiper les mutations économiques, notamment liées aux transitions écologiques et numériques et à accompagner les entreprises et les acteurs locaux : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;démarches anticipatrices, y compris GPEC, pour faire face aux mutations économiques notamment liées aux transitions écologique et numérique dans les branches, les entreprises et les territoires, notamment par le dialogue social ou via des accords passés avec l’Etat ;&lt;/li&gt;&lt;li&gt;veille territoriale et sectorielle : outils de veille (identification des compétences obsolètes et des besoins des filières d&amp;#039;avenir, notamment liées à la transition écologique), outils de partage des données (plateformes ressources humaines (RH), passerelles entre secteurs, coordination des acteurs territoriaux, etc.) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises dans la mise en œuvre d’une démarche de Responsabilité sociétale des entreprises (RSE) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises sur les aspects RH des mutations professionnelles et des impacts de la crise sanitaire.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P199" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q199" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Date limite dépôt des candidatures : 31/10/2024&lt;/p&gt;&lt;p&gt;Période de réalisation possible de l&amp;#039;opération : Du 01/01/2024 au 31/12/2026&lt;/p&gt;&lt;p&gt;Durée de l&amp;#039;opération souhaitée : 12 mois minimum à 36 mois maximum&lt;/p&gt;&lt;p&gt;Montant total du soutien européen prévu : 1 500 000 €&lt;/p&gt;&lt;p&gt;Montant minimum FSE&amp;#43;/FTJ : 30 000 €&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FSE&amp;#43;/FTJ maximum : 60 %&lt;/p&gt;&lt;p&gt;Montant minimum coût total éligible : 50 000 €&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://fse.gouv.fr/les-appels-a-projets/normagd1035normandieaap-priorite-3-os-g-anticipation-des-mutations-economiques</t>
+        </is>
+      </c>
+      <c r="W199" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.emploi.gouv.fr/identification/login?TARGET=https%3A%2F%2Fma-demarche-fse-plus.fr%2F#/</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maxime TROMPIER, Chef du service FSE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Adresse mail : &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/maxime.trompier&amp;#64;dreets.gouv.fr" target="_self"&gt;maxime.trompier&amp;#64;dreets.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Tél : 02.27.05.90.13 / Portable : 06.61.15.54.76&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>imane.rouxel@dreets.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/anticipation-des-mutations-economiques-normagd1035/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>162325</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Valider votre expérience afin d'obtenir un diplôme, un titre à finalité professionnelle ou un certificat de qualification professionnelle</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Validation des acquis de l'expérience</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Validation des Acquis de l&amp;#039;Expérience (VAE) permet de valider votre expérience afin d&amp;#039;obtenir un diplôme, un titre à finalité professionnelle ou un certificat de qualification professionnelle. Selon votre situation, vous pouvez bénéficier d&amp;#039;un Pass individuel &amp;#34;accompagnement&amp;#34; ou &amp;#34;post-jury&amp;#34;.&lt;/p&gt;
+&lt;p&gt;LE PASS individuel de la Validation des acquis de l’expérience  poursuit un triple objectif :  &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;aider financièrement les candidats  à  la validation  des  acquis  de  l’expérience  désirant être accompagnés jusqu’au passage devant le jury afin d’obtenir leur diplôme ;&lt;/li&gt; 	&lt;li&gt;faciliter la recherche, la reprise ou la pérennisation d’un emploi en partenariat avec Pôle emploi, valorisant et priorisant l’élévation des niveaux de vie ;&lt;/li&gt; 	&lt;li&gt;favoriser la sécurisation de la démarche de validation des acquis de l’expérience.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les jeunes et des adultes à la recherche d’un emploi justifiant de leur situation et de leur inscription Pôle emploi, ayant obtenu la recevabilité du parcours professionnel et résidant en Provence-Alpes-Côte d&amp;#039;Azur, sous réserve d’éligibilité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P200" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2019</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toute demande d&amp;#039;aide individuelle régionale doit être réalisée sur la plateforme dédiée en cliquant sur le bouton ci-dessuus.&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle en fonction de son besoin. Toutes les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt;  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/validation-des-acquis-de-lexperience</t>
+        </is>
+      </c>
+      <c r="W200" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesformation.maregionsud.fr/SignIn?ReturnUrl=%2Fprofile%2F</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Service Relations Entreprises et Usagers&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au jeudi de 13h30 à 16h30 au &lt;strong&gt;04 91 57 55 02&lt;/strong&gt; ou à l’adresse &lt;strong&gt;&lt;a href="mailto:passvae&amp;#64;maregionsud.fr"&gt;passvae&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/validation-des-acquis-de-lexperience/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>162274</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseil et de financement pour créer, reprendre, transmettre ou développer votre entreprise</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Mon projet d'entreprise</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Vous souhaitez créer, reprendre, transmettre ou développer votre entreprise et avez besoin d’être accompagné ? Avec Mon projet d’entreprise, la Région Sud prend en charge le conseil et le financement dont vous avez besoin, près de chez vous, gratuitement ou à un coût réduit.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Mon projet d’entreprise s’adresse à tous les porteurs de projet et entreprises du territoire :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit leur statut :&lt;/strong&gt; demandeur d’emploi, salarié, étudiant, retraité, chef d’entreprise, etc.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit leur projet :&lt;/strong&gt; projet individuel, projet à potentiel de création d’emplois et/ou d’innovation, projets engagés dans l’&lt;strong&gt;&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire"&gt;&lt;strong&gt;économie sociale et solidaire&lt;/strong&gt;&lt;/a&gt;&lt;/strong&gt;, etc.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit le secteur d’activité :&lt;/strong&gt; artisanat, commerce, industrie, services, etc.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P201" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rapprochez-vous du réseau d&amp;#039;accompagnement et de financement régional en accédant aux rubriques &lt;strong&gt;&lt;a href="https://entreprises.maregionsud.fr/creation-reprise" target="_blank" title="https://entreprises.maregionsud.fr/creation-reprise"&gt;CREATION-REPRISE&lt;/a&gt;&lt;/strong&gt; ou &lt;strong&gt;&lt;a href="https://entreprises.maregionsud.fr/developpement-rebond" target="_blank" title="https://entreprises.maregionsud.fr/developpement-rebond"&gt;DEVELOPPEMENT-REBOND&lt;/a&gt;&lt;/strong&gt; du Portail Entreprises de la Région Sud ! &lt;/p&gt;
+&lt;p&gt;Selon votre situation, un conseiller vous accompagnera dans vos démarches en abordant en profondeur les composantes indispensables à connaitre avant de lancer votre activité ou rendre votre entreprise plus compétitive.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-dentreprise</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;br /&gt; Permanence téléphonique du &lt;strong&gt;lundi&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;au &lt;strong&gt;vendredi&lt;/strong&gt;&lt;br /&gt; de &lt;strong&gt;8h30 à 12h30&lt;/strong&gt; et de &lt;strong&gt;13h30 à 17h30&lt;/strong&gt; au &lt;br /&gt; &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-dentreprise-le-parcours-daccompagnement-et-de-financement-des-entreprises-regionales/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>162360</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes arrivant sur le marché du travail</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>#1jeune1solution</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour aider les jeunes arrivant sur le marché du travail, le Gouvernement a construit dans le cadre de France Relance un plan de 6,7 milliards d’euros soit un triplement des moyens accordés à l’emploi des jeunes.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le plan #1jeune1solution, lancé le 23 juillet 2020, vise à offrir une solution à chaque jeune. Parmi les dispositifs mis à disposition : une prime à l’embauche de 4000 euros pour tout recrutement de jeune de moins de 26 ans en contrat de plus de 3 mois. Toutes les situations sont différentes, l’objectif est clair : ne laisser aucun jeune sans solution.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour les jeunes, l’objectif est de faciliter les recherches autour de fonctions simples : « je trouve un emploi », « je trouve une formation », « je trouve un accompagnement », « je participe à un évènement » et « je m’engage ». Plus de &lt;strong&gt;20 000 offres&lt;/strong&gt; d’emploi sourcées par Pôle Emploi sont d’ores et déjà accessibles sur la plateforme, plus de &lt;strong&gt;250 événements&lt;/strong&gt; proposés aux jeunes en ligne. Une fonctionnalité permet également à chaque jeune d’être rappelé par la mission locale la plus proche de chez lui.&lt;/p&gt;
+&lt;p&gt;Jamais il n’y a eu autant de moyens déployés pour aider la jeunesse à entrer dans la vie active. C’est une réponse massive du gouvernement au risque majeur que la crise covid pourrait entraîner en laissant une génération sans perspective. Donner à chaque jeune une chance de se lancer dans la vie, c’est aussi donner à notre pays la fierté collective et la capacité de repartir de l’avant.&lt;br /&gt; Rien ne sera cependant possible sans une prise de conscience de cet enjeu collectif, sans une mobilisation totale de chaque association, chaque entreprise, chaque employeur pour investir dans l&amp;#039;avenir, investir dans la jeunesse, proposer autant d&amp;#039;opportunités que possible dans chacun des territoires. Dans notre région Provence-Alpes-Côte d’Azur, ce sont &lt;strong&gt;76 000 jeunes&lt;/strong&gt; arrivant cette année sur le marché de l’emploi et autant de solutions à trouver, en mobilisant au maximum nos entreprises.&lt;/p&gt;
+&lt;p&gt;Portée par cette même ambition, la Région Provence-Alpes-Côte d&amp;#039;Azur s’engage pleinement afin d’aider les jeunes du territoire à trouver ou retrouver le chemin de l’emploi. Ainsi, dans la droite ligne du Plan &lt;strong&gt;#1jeune1solution&lt;/strong&gt;, elle a voté en octobre dernier le Plan régional pour l’Emploi et la Formation. Elaboré autour de 4 axes et 15 actions concrètes, il permet à la Région de mobiliser l’ensemble de ses moyens aux côtés de ses partenaires afin d’accompagner les jeunes vers des formations ou des métiers et leur redonner confiance en l’avenir. A l’image du dispositif un « un parrain, un emploi », ces partenariats sont essentiels pour être à la hauteur du souci constant de proposer une offre d’orientation et de formation professionnelle de qualité, tout en rapprochant les jeunes du monde du travail. Ils sont la preuve que ce n’est que par l’action conjointe de l’Etat, des collectivités et des acteurs économiques que sera gagnée la bataille de l’emploi.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P202" s="1" t="inlineStr">
+        <is>
+          <t>16/03/2021</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/1jeune1solution</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1jeune1solution/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>162357</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour financer une formation professionnelle</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Pass Sud Formation</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La rentrée est souvent synonyme de nouveaux projets. Le Pass Sud Formation est destiné à ceux qui ont besoin d&amp;#039;une aide pour financer une formation professionnelle.&lt;/p&gt;
+&lt;p&gt;L’absence de financement peut être un frein pour entamer une formation professionnelle. Mais si ce projet vous tient vraiment à cœur, le Pass Sud Formation, dispositif de la Région, peut vous aider à le concrétiser.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les personnes âgées de 16 ans et plus&lt;/li&gt; 	&lt;li&gt;Dont la résidence principale se situe en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;À la recherche d’un emploi et en situation d’interruption scolaire continue de plus d’un an depuis la fin ou l’interruption de leur parcours initial&lt;/li&gt; 	&lt;li&gt;Les sportifs de haut niveau rattachés à l’un des &lt;a href="https://www.creps-paca.fr/haut-niveau.structures-entrainement"&gt;Pôles Sportifs&lt;/a&gt; situés en région&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;Formations éligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les certifications professionnelles enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire national des certifications professionnelles&lt;/a&gt; (RNCP)&lt;/li&gt; 	&lt;li&gt;Le(s) bloc(s) de compétences pour compléter une certification partiellement acquise enregistrée au RNCP (hors &lt;a href="https://www.maregionsud.fr/vos-aides/detail/validation-des-acquis-de-lexperience"&gt;Validation des acquis de l’expérience&lt;/a&gt; (VAE)&lt;/li&gt; 	&lt;li&gt;Les certifications enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire spécifique des certifications et habilitations&lt;/a&gt;  (RSCH)&lt;/li&gt; 	&lt;li&gt;Les formations professionnalisantes dont l’étude du libellé voire du contenu permet de vérifier la convergence entre la formation et le métier visé&lt;/li&gt; 	&lt;li&gt;Les formations non prises en charge par le Compte personnel de formation (CPF), la Région au titre de la commande publique de formation et/ou tout organisme compétent (Pôle Emploi, OPCO, etc.) après consultation de la plateforme &lt;a href="https://www.orientation-regionsud.fr/Formation/"&gt;Oriention Formation Métier en Région Sud&lt;/a&gt;&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P203" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2024</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Formations éligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les certifications professionnelles enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire national des certifications professionnelles&lt;/a&gt; (RNCP)&lt;/li&gt; 	&lt;li&gt;Le(s) bloc(s) de compétences pour compléter une certification partiellement acquise enregistrée au RNCP (hors &lt;a href="https://www.maregionsud.fr/vos-aides/detail/validation-des-acquis-de-lexperience"&gt;Validation des acquis de l’expérience&lt;/a&gt; (VAE)&lt;/li&gt; 	&lt;li&gt;Les certifications enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire spécifique des certifications et habilitations&lt;/a&gt;  (RSCH)&lt;/li&gt; 	&lt;li&gt;Les formations professionnalisantes dont l’étude du libellé voire du contenu permet de vérifier la convergence entre la formation et le métier visé&lt;/li&gt; 	&lt;li&gt;Les formations non prises en charge par le Compte personnel de formation (CPF), la Région au titre de la commande publique de formation et/ou tout organisme compétent (Pôle Emploi, OPCO, etc.) après consultation de la plateforme &lt;a href="https://www.orientation-regionsud.fr/Formation/"&gt;Oriention Formation Métier en Région Sud&lt;/a&gt;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;ÉTAPE 1&lt;/strong&gt;&lt;br /&gt; Selon votre situation, contactez l’un des organismes en charge du &lt;a href="https://mon-cep.org/"&gt;Conseil en évolution professionnelle&lt;/a&gt; (CEP) qui vous accompagnera à élaborer votre projet professionnel :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Missions locales&lt;/li&gt; 	&lt;li&gt;Pôle emploi&lt;/li&gt; 	&lt;li&gt;CAP emploi&lt;/li&gt; 	&lt;li&gt;Association pour l’emploi des cadres (APEC)&lt;/li&gt; 	&lt;li&gt;Réseau des centres interinstitutionnels de bilan de compétences (CIBC)&lt;/li&gt; 	&lt;li&gt;Conseils départementaux pour les bénéficiaires du Revenu de solidarité active (RSA)&lt;/li&gt; 	&lt;li&gt;Plans locaux pluriannuels pour l’insertion et l’emploi (PLIE)&lt;/li&gt; 	&lt;li&gt;La maison régionale de la performance pour les sportifs de haut niveau&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;ÉTAPE 2&lt;/strong&gt;&lt;br /&gt; Élaborez votre projet de formation avec un conseiller des réseaux d&amp;#039;accompagnement du CEP. Le projet sera soumis à une validation préalable de ce dernier avant toute demande de prise en charge sur la base de la cohérence et de l’adéquation de votre projet post-formation.&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;ÉTAPE 3&lt;/strong&gt;&lt;br /&gt; Après validation, toute demande de prise en charge devra être déposée sur le Portail des aides individuelles de la Région dans un délai de 90 à 60 jours avant le démarrage de la formation visée ou jusqu&amp;#039;à 30 jours pour &lt;a href="https://www.enseignementsup-recherche.gouv.fr/fr/le-daeu-46103"&gt;les Diplômes d’accès aux études universitaires&lt;/a&gt; (DAEU).&lt;br /&gt; &lt;br /&gt; Pour les formations débutant entre le 1ᵉʳ janvier et le 31 mars 2024, les dossiers de demande ne sont pas soumis aux dates de dépôt normalement applicables.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/pass-sud-formation</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Service Relations Entreprises et Usagers&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au jeudi de 13h30 à 17h30 au &lt;strong&gt;04 91 57 55 02&lt;/strong&gt; ou à l’adresse &lt;strong&gt;&lt;a href="mailto:sudformation&amp;#64;maregionsud.fr"&gt;sudformation&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pass-sud-formation/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>162352</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Recruter un salarié au CESU ou à Pajemploi</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Le Dispositif particulier employeur</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Recruter un(e) salarié(e) au CESU ou à Pajemploi est souvent LA solution si vous avez besoin d&amp;#039;aide pour vous, vos enfants ou chez vous (entretien du domicile, garde d&amp;#039;enfant, bricolage, jardinage, soutien scolaire ou encore aide aux gestes de la vie quotidienne).&lt;/p&gt;
+ &lt;p&gt;Particuliers&lt;/p&gt; &lt;h3&gt;Je cherche à recruter un(e) salarié(e) à mon domicile&lt;/h3&gt;
+&lt;p&gt;L&amp;#039;emploi à domicile trouve l&amp;#039;originalité de son modèle dans une relation directe entre deux partiuliers : &lt;strong&gt;le particulier-employeur et son salarié&lt;/strong&gt;. En embauchan en direct un(e) ou plusieurs salari(e)s pour vous aider ponctuellement ou au quotidien à domicile, vous devenez &lt;strong&gt;particulier employeur&lt;/strong&gt;.&lt;/p&gt;
+&lt;h3&gt;Alors pourquoi pas vous ?&lt;/h3&gt;
+&lt;p&gt;Le secteur de l&amp;#039;emploi à domicile en Région Provence-Alpes-Côte d&amp;#039;Azur concerne près de &lt;strong&gt;300 000 personnes&lt;/strong&gt;. &lt;/p&gt;
+&lt;p&gt;Ce secteur est structuré par deux branches professionnelles : &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Celle des Assistant(e)s maternel(le)s du particulier employeur&lt;/li&gt; 	&lt;li&gt;Et celle des Salarié(e)s du particulier employeur&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; La région Provence-Alpes-Côte d&amp;#039;Azur, en partenariat avec le Pôle emploi et la Fédération des particuliers employeurs de France (FEPEM), vous accompagne pas à pas pour gérer et sécuriser cette relation de travail (embaucher, gérer au quotidien, se séparer).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P204" s="1" t="inlineStr">
+        <is>
+          <t>08/12/2021</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour plus d&amp;#039;information, rendez-vous sur : le site &lt;a href="https://particulier-employeur.fr/"&gt;particulier-employeur.fr&lt;/a&gt; ou prendre rendez-vous auprés de votre espace Particulier Emploi ou Envoyez un email &lt;a href="mailto:paca-corse&amp;#64;particulieremploi.fr"&gt;ici&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Pour recruter un(e) salarié(e), parcourez les informations et services ci dessous : &lt;br /&gt; &lt;a href="https://entreprise.pole-emploi.fr/accueil/homepage"&gt;entreprise.pole-emploi.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/particulier-employeur</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/le-dispositif-particulier-employeur/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>162348</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé pour trouver un emploi grâce à un parrain</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Un parrain, un emploi</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Manque de réseaux, d’orientation... Vous avez des difficultés à vous insérer dans la vie professionnelle ? Pour vous aider à trouver un emploi, la Région Sud propose le dispositif « Un parrain, un emploi », en partenariat avec France Travail.&lt;/p&gt; &lt;p&gt;Vous avez moins de 26 ans, êtes titulaire d’un Bac &amp;#43;2 ou plus et êtes inscrit(e) à France Travail : soyez coaché par un chef d’entreprise !&lt;/p&gt;
+&lt;h3&gt;Vous êtes chef d’entreprise, cadre supérieur en activité ?&lt;/h3&gt;
+&lt;p&gt;La Région et France Travail vous invitent à parrainer bénévolement des jeunes diplômés en recherche d’emploi.&lt;br /&gt; Votre rôle consiste à les accompagner dans leur parcours d’accès à l’emploi, en partageant votre expérience et votre réseau.&lt;/p&gt; &lt;p&gt;Notre objectif : parrainer chaque année plus de 500 jeunes provençaux, alpins et azuréens.&lt;/p&gt;
+&lt;p&gt;Depuis le lancement du dispositif en 2018, plus de 2500 jeunes diplômés ont été coachés individuellement par un parrain ou une marraine. Près de 75% d’entre eux ont trouvé un emploi à l’issue de leur parcours de parrainage. En 2021, 543 jeunes du territoire ont pu être accompagnés vers l’emploi.&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Valoriser vos compétences, votre potentiel et vos aptitudes&lt;/li&gt; 	&lt;li&gt;Avoir une meilleure connaissance du monde de l’entreprise et du tissu économique local lié à votre secteur d’activité&lt;/li&gt; 	&lt;li&gt;Avoir un soutien pour dépasser toute forme de préjugé et/ou de freins&lt;/li&gt; 	&lt;li&gt;Développer votre réseau professionnel et personnel&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P205" s="1" t="inlineStr">
+        <is>
+          <t>17/01/2019</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région pilote le dispositif et coordonne les initiatives menées sur l’ensemble du territoire régional. &lt;/p&gt;
+&lt;p&gt;L’intervention de France Travail porte sur 3 champs distincts et complémentaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;La mise en place d’un sourcing des jeunes diplômés afin de les orienter sur le dispositif ;&lt;/li&gt; 	&lt;li&gt;La mobilisation de ces 400 conseillers entreprise afin qu’ils encouragent les chefs d’entreprises qu’ils rencontrent à s’investir dans l’action de parrainage ;&lt;/li&gt; 	&lt;li&gt;Une offre de « coaching » via la mobilisation de 90 conseillers dédiés à l’accompagnement intensif des jeunes.&lt;/li&gt; &lt;/ul&gt;
+&lt;h3&gt;Devenir parrain&lt;/h3&gt;
+&lt;p&gt;La crise provoquée par le coronavirus est porteuse de très nombreuses incertitudes sur le plan économique, et plus particulièrement sur le marché de l&amp;#039;emploi, où les jeunes diplômés sont les premiers touchés. Avec le dispositif &amp;#34;1 Parrain, 1 Emploi&amp;#34;, la Région Sud et France Travail mettent tout en œuvre pour les aider à démarrer leur vie professionnelle. Vous voulez transmettre votre expérience pour aider un jeune à démarrer sa carrière ? Devenez parrain bénévole !&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Parrainer un jeune, pourquoi faire ? &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Accompagner un jeune sur vers un premier emploi&lt;/li&gt; 	&lt;li&gt;Transmettre votre savoir-faire et votre expérience&lt;/li&gt; 	&lt;li&gt;Tisser une relation humaine unique&lt;/li&gt; 	&lt;li&gt;Former une future recrue potentielle&lt;/li&gt; 	&lt;li&gt;Partager votre réseau professionnel&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Comment choisir son filleul ? &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Agé de moins de 26 ans&lt;/li&gt; 	&lt;li&gt;Bac &amp;#43;2 minimum&lt;/li&gt; 	&lt;li&gt;Inscrit à France Travail&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Ensuite, France Travail vous accompagnera dans le sourcing des filleuls potentiels pour former le duo le plus optimal, en fonction des compétences, des formations et de la personnalité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/un-parrain-un-emploi</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact « Un parrain, un emploi »&lt;br /&gt; Tél : 04 91 17 43 50&lt;br /&gt; Mails : &lt;a href="mailto:unparrainunemploi.13992&amp;#64;pole-emploi.fr"&gt;unparrainunemploi.13992&amp;#64;pole-emploi.fr&lt;/a&gt; / &lt;a href="mailto:unparrainunemploi&amp;#64;maregionsud.fr"&gt;unparrainunemploi&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-parrain-un-emploi/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>162310</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de la rémunération des stagiaires de la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Rémunération des stagiaires de la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le principe et les conditions de rémunération de stagiaires de la formation professionnelle.&lt;/p&gt; &lt;p&gt;Stagiaires de la formation professionnelle&lt;/p&gt; &lt;p&gt;Pour bénéficier de la rémunération de stagiaire de la formation professionnelle, il convient de remplir deux critères :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Ne pas être en continuité de parcours scolaire et être inscrit à Pôle emploi (demandeur d’emploi indemnisé ou non-indemnisé par Pôle emploi) ou auprès d’une mission locale&lt;/li&gt; 	&lt;li&gt;Préparer une formation sanitaire de niveau V (aide-soignant, auxiliaire de puériculture, ambulancier) en cursus complet &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les bénéficiaires de la rémunération ont le statut de stagiaire de la formation professionnelle. &lt;br /&gt; Cette aide ouvre droit, par ailleurs, à une protection sociale prise en charge par l’autorité qui agrée le stage.&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;NB : la bourse d’études et la rémunération ne sont pas cumulables.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P206" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2019</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour bénéficier de la rémunération de stagiaire de la formation professionnelle, il convient de remplir deux critères :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Ne pas être en continuité de parcours scolaire et être inscrit à Pôle emploi (demandeur d’emploi indemnisé ou non-indemnisé par Pôle emploi) ou auprès d’une mission locale&lt;/li&gt; 	&lt;li&gt;Préparer une formation sanitaire de niveau V (aide-soignant, auxiliaire de puériculture, ambulancier) en cursus complet &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les bénéficiaires de la rémunération ont le statut de stagiaire de la formation professionnelle. &lt;br /&gt; Cette aide ouvre droit, par ailleurs, à une protection sociale prise en charge par l’autorité qui agrée le stage.&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;NB : la bourse d’études et la rémunération ne sont pas cumulables.&lt;/em&gt;&lt;/p&gt; &lt;p&gt;Dossier de demande de rémunération à déposer auprès de votre établissement de formation ; la rémunération est versée au bénéficiaire par un prestataire pour le compte de la Région Sud Provence-Alpes-Côte d’Azur.&lt;br /&gt; Pour déposer une demande d’aide individuelle : Bouton &amp;#34;Je fais ma demande&amp;#34;&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle en fonction de son besoin.&lt;br /&gt; Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; L’objectif de cette démarche est de permettre aux apprenants de créer une relation privilégiée avec la Région Sud et de les accompagner tout au long de leur parcours de formation. Elle permet également de s’engager dans une démarche éco responsable en déposant un dossier de demande d’aide individuelle, d’en suivre l’évolution quotidienne, de bénéficier d’un portefeuille numérique et d’échanger avec les services à tout moment, à partir de votre espace personnel sur le portail&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/remuneration-des-stagiaires-de-la-formation-professionnelle</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/remuneration-des-stagiaires-de-la-formation-professionnelle/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>161758</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Demander de l'aide pour financer votre étude préalable de faisabilité pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner toutes les structures impliquées dans l’économie circulaire, dans le &lt;strong&gt;financement d’un diagnostic de territoire ou d’étude&lt;/strong&gt; préalable à un &lt;strong&gt;investissement de réemploi-réutilisation et réparation (RRR)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Le taux d’aide peut atteindre 80 % du coût de l’étude.&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation allongent la durée de vie des produits et participent à la réduction de la consommation de ressources et de production de déchets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’&lt;strong&gt;un million de tonnes de produits sont réemployés ou réutilisés&lt;/strong&gt; chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de &lt;strong&gt;structures spécialisées&lt;/strong&gt; dans la deuxième vie des produits est en &lt;strong&gt;constante progression&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une information du consommateur sur la réparabilité et l’aptitude au réemploi ou à la réutilisation. &lt;/p&gt;&lt;p&gt;  Pour accompagner ces politiques, l’ADEME soutient les &lt;strong&gt;diagnostics territoriaux et les études de faisabilité&lt;/strong&gt; concourant à augmenter et encourager l’offre et la demande de flux réemployés et réparés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-etudes-diagnostics-reemploi-reutilisation-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>161715</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Demander du soutien financier pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation (RRR) &lt;strong&gt;allongent la durée de vie des produits&lt;/strong&gt; et participent à la &lt;strong&gt;réduction de la consommation de ressources&lt;/strong&gt; et de la &lt;strong&gt;production de déchets &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’un million de tonnes de produits sont réemployés ou réutilisés chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de structures spécialisées dans la deuxième vie des produits est en constante progression.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une &lt;strong&gt;information du consommateur&lt;/strong&gt; sur la &lt;strong&gt;réparabilité&lt;/strong&gt; et l’&lt;strong&gt;aptitude au réemploi ou à la réutilisation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;    Pour accompagner ces politiques, l’ADEME peut soutenir les investissements dans vos équipements dédiés au réemploi-réutilisation et remise en état pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Le taux d’aide peut atteindre au maximum 60 % des dépenses éligibles. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-investissements-reemploi-reutilisation-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>161739</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Tremplin pour la transition écologique des PME</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>161833</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le réemploi des emballages et des contenants</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Aides au réemploi des emballages et des contenants</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire (&lt;strong&gt;Loi AGEC&lt;/strong&gt;), promulguée le 10 février 2020, et la loi portant lutte contre le dérèglement climatique et renforcement de la résilience face à ses effets promulguée (&lt;strong&gt;Loi Climat et Résilience&lt;/strong&gt;) le 22 août 2021 fixent des objectifs ambitieux pour &lt;strong&gt;favoriser le développement du réemploi des emballages &lt;/strong&gt;: 10 % d’emballages réemployés en 2027.&lt;/p&gt;&lt;p&gt;Le développement du réemploi des emballages et des contenants s’inscrit pleinement dans le cadre de démarches de prévention des déchets et d’une consommation plus responsable en contribuant au prolongement de leur durée de vie ; il constitue ainsi un levier efficace pour réduire la production de déchets et les prélèvements sur les ressources.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à &lt;strong&gt;financer des études et expérimentations&lt;/strong&gt; préalables à un investissement ainsi que des investissements.&lt;/p&gt;&lt;p&gt;Les études et expérimentations peuvent être aidées jusqu’à 80 %. L’aide aux investissements peut aller jusqu’à 60 %.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Emploi</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-reemploi-des-emballages-et-des-contenants/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>159892</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Capter et retenir des compétences et des pépites</t>
+        </is>
+      </c>
+      <c r="C211" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F211" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J211" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le tissu économique du territoire Adour Chalosse Tursan Marsan est axé sur l&amp;#039;économie présentielle et sur la redistribution sociale. Certes, l&amp;#039;économie productive (agriculture, agroalimentaire, industries) reste pourvoyeuse d&amp;#039;emplois mais ces secteurs rencontrent des problèmes communs : manque d&amp;#039;attractivité et difficulté de recrutement. D&amp;#039;autre part, rappelons que plus de 30% de la population a plus de 60 ans et que l&amp;#039;on observe peu d&amp;#039;installations de jeunes ou de cadres supérieurs.
+ &lt;br /&gt;
+ Cette fiche-action a donc pour ambition de soutenir des actions permettant de rendre plus attractif et durable l&amp;#039;environnement économique du territoire, en ciblant les objectifs suivants :
+ &lt;br /&gt;
+ -    Maintenir l&amp;#039;attractivité en termes d&amp;#039;emplois et de services pour la population active qui est liée notamment à la présence d&amp;#039;un chef-lieu de département et d&amp;#039;un tissu de centre-bourgs ;
+ &lt;br /&gt;
+ -    Participer à répondre à l&amp;#039;évolution des besoins des entreprises notamment en termes de formations ;
+ &lt;br /&gt;
+ -    Soutenir des initiatives économiques ayant une utilité sociale ;
+ &lt;br /&gt;
+ -    Soutenir des initiatives permettant la transition vers une économie plus respectueuse de l&amp;#039;environnement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant de renforcer l&amp;#039;attractivité économique du territoire
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération entre acteurs du territoire à des fins de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développement d&amp;#039;équipements et de services adaptés à la population active
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations concourant à l&amp;#039;amélioration de l&amp;#039;accueil des étudiants et des travailleurs temporaires par la création ou la réhabilitation d&amp;#039;hébergements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création, réhabilitation de bâtiments accueillant des tiers-lieux, investissements pour de l&amp;#039;aménagement, de l&amp;#039;équipement, permettant notamment le développement du télétravail
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Implication des acteurs économiques dans la transition écologique
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant la promotion, la sensibilisation ou la mise en place d&amp;#039;une démarche de type RSE (Responsabilité Sociale, Sociétale et Environnementale) auprès des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des compétences et des pépites présentes sur le territoire
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création, réhabilitation, équipements de bâtiments permettant le développement territorial de l&amp;#039;accès à la formation continue et à l&amp;#039;apprentissage tout au long de la vie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à l&amp;#039;ingénierie de mise en place de GPEC (Gestion Prévisionnelle des Emplois et des Compétences)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant d&amp;#039;améliorer des lieux pour accueillir des événements professionnels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à un développement économique vertueux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Action globale et collective permettant l&amp;#039;identification de sites dégradés ou déqualifiés en vue de leur reconversion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant de soutenir le développement de l&amp;#039;économie sociale et solidaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou la réhabilitation de lieux « hybrides », investissement pour de l&amp;#039;aménagement et de l&amp;#039;équipement favorisant la mutualisation entre acteurs et l&amp;#039;inclusion sociale de tous les publics, notamment la jeunesse
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie sociale et solidaire
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P211" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q211" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T211" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd25-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>159889</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Installer un relais info jeunes dans des maisons ou espaces France Services</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>France Ruralités</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Agence du Service Civique</t>
+        </is>
+      </c>
+      <c r="F212" s="1" t="inlineStr">
+        <is>
+          <t>Centres régionaux information jeunesse (CRIJ)</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS POURSUIVIS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagner les jeunes dans leur parcours vers l&amp;#039;autonomie et l&amp;#039;accès aux droits en leur apportant une information individualisée et simplifiée.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;information des jeunes, destinée prioritairement aux 13-30 ans, vise à couvrir tous les sujets qui intéressent les jeunes dans leur vie quotidienne: orientation, études, métiers et formations, emploi, jobs, stages, alternance, formation continue, logement, santé, vie pratique, initiatives et projets, loisirs, vacances, sports, partir en Europe et à l&amp;#039;étranger...
+&lt;/p&gt;
+&lt;p&gt;
+ Une maison ou un espace France services, en tant que lieu d&amp;#039;accueil est un espace privilégié pour devenir relais Info Jeunes dans une logique d&amp;#039;aller vers tous les jeunes.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet vise à expérimenter le déploiement de relais Info Jeunes dans ces espaces.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PROJETS SOUTENUS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un relais Info jeunes est un lieu ouvert à tout public, notamment aux 13-30 ans et qui offre un premier niveau d&amp;#039;information aux jeunes (informations thématiques, liens vers des sites partenaires, actualités, évènements...) sur ordinateur, tablette ou borne tactile avec l&amp;#039;appui d&amp;#039;un référent formé à l&amp;#039;utilisation de ces ressources. Il permet également la mise en relation entre le jeune et une structure labellisée information jeunesse.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS DE FINANCEMENT /TYPE DE DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce projet est déployé dans une logique d&amp;#039;expérimentation.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur la base des candidatures reçues, un financement de 1 500 € maximum facultatif pourra être accordé par point d&amp;#039;accueil pour le matériel informatique, le mobilier d&amp;#039;affichage. La formation du permanent et la documentation sont pris en charge par le centre régional d&amp;#039;information jeunesse (CRIJ).
+&lt;/p&gt;
+&lt;p&gt;
+ Le temps de travail du référent relais Info jeunes est pris en charge par la structure accueillante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT CANDIDATER
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Auprès de quelle structure ?
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Auprès du centre régional information jeunesse (CRIJ) de la région dont dépend la maison ou l&amp;#039;espace France services souhaitant s&amp;#039;inscrire dans le dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Par quel biais/sous quelle forme ?
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Prise de contact avec le centre régional d&amp;#039;information jeunesse (CRIJ) puis par conventionnement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Formation professionnelle
+Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P212" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q212" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BÉNÉFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Les bénéficiaires sont des maisons ou espaces France services qui souhaitent offrir ce service à leur public jeune. Les bénéficiaires finaux sont les jeunes et leurs parents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS/CRITÈRES D&amp;#039;ACCÈS À LA MESURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Projet situé en zone rurale (au sens de la définition INSEE)
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Être une maison ou un espace France services
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Projet situé dans une région expérimentatrice (HdF, PdL). Extension dans d&amp;#039;autres régions en cours.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France et Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2023-12/Guide_France_ruralit%C3%A9s_v5.pdf</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre Centre régional d&amp;#039;information jeunesse (CRIJ).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6f03-installer-un-relais-info-jeunes-dans-des-mais/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>161671</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I213" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J213" s="1" t="inlineStr">
+        <is>
+          <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P213" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2023</t>
+        </is>
+      </c>
+      <c r="Q213" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
+existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T213" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>Allier</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>i.charnet@agglo-moulins.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I214" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J214" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T214" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>160867</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 4</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I215" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J215" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T215" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>160858</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, accompagner et valoriser le développement des secteurs économiques du territoire favorisant l’ancrage d’activités de proximité</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 1</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G216" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I216" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J216" s="1" t="inlineStr">
+        <is>
+          <t>de 10 000 à 50 000 euros</t>
+        </is>
+      </c>
+      <c r="K216" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relocaliser et aider à la transmission d&amp;#039;activités dans les territoires urbains et ruraux dans une logique de circuits courts et de dynamisation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moderniser les outils de production et de transformation dans les secteurs à forte valeur ajoutée locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poursuivre la valorisation de la filière forêt – bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La valeur ajoutée de LEADER se situera dans des interventions dont le besoin n&amp;#039;est pas comblé sur le territoire, notamment pour répondre aux enjeux de transmission d&amp;#039;entreprises, d&amp;#039;installation d&amp;#039;activités dans les centralités, ou encore d&amp;#039;adaptation d&amp;#039;outils de production pour une activité dédiée au public du territoire ; et en renforcement des initiatives existantes pour mettre en avant les atouts et opportunités existants au niveau local (bois local, activités à forte valeur ajoutée locale, circuits courts...). Le &amp;#43; LEADER sur l&amp;#039;économie : la proximité, l&amp;#039;ancrage local.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le maintien et le développement de secteurs d&amp;#039;activités structurants dans une approche de développement local et de transition écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des activités permettant le renforcement de l&amp;#039;attractivité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;emplois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, en agriculture (via une articulation nécessaire avec les orientations du Plan Alimentaire Territorial porté par le PETR du Pays d&amp;#039;Epinal Cœur des Vosges),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, au maintien de services et activités à proximité des populations
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+  :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - artisanat, au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;p&gt;
+ - commerces dont la surface est inférieure ou égale à 400 m2 délivrant un service de proximité au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes portant sur la création et/ou le développement d&amp;#039;équipements et/ou permettant la mise en œuvre d&amp;#039;un projet à une échelle intercommunale
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  Les études doivent être en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et/ou développement de projet de transformation des produits agricoles et forestiers, la vente, la logistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux investissements favorisant l&amp;#039;utilisation de bois de qualité via recours au bois local
+  &lt;strong&gt;
+   3
+  &lt;/strong&gt;
+  , permettant une promotion et une valorisation de la filière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis
+ &lt;/li&gt;
+ &lt;li&gt;
+  qui provient de forêts locales (Vosges, Haute-Saône/Haute-Marne/Alsace/Lorraine/Franche-Comté)
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N216" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T216" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U216" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V216" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y216" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z216" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/427c-preserver-accompagnemer-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA216" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
+        <v>160377</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G217" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J217" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K217" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La reconnexion à la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;expérimentation des solutions fondées sur la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de nouvelles formes d&amp;#039;urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N217" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O217" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S217" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T217" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U217" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V217" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y217" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z217" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA217" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
+        <v>160375</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Habiter, se déplacer et travailler sur le territoire</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J218" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire, les trajets effectués par les habitants en particulier les trajets domicile-travail sont majoritairement réalisés en voiture. A l&amp;#039;heure de la raréfaction des énergies fossiles, et de la nécessaire baisse des émissions de gaz à effet de serre, il est nécessaire de trouver des moyens alternatifs de se déplacer, mais également des solutions innovantes permettant de rapprocher travail et lieu de vie des habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur ce dernier point, il est également nécessaire de revoir les modes d&amp;#039;habiter car certaines catégories de population ne trouvent pas de logements adaptés à leur besoin (manque de petites typologies attractives, de logements associés à des services, de logements partagés et inclusifs).
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Habiter, se déplacer et travailler sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un mode d&amp;#039;habitat sobre et inclusif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une offre de transport alternatif qui irrigue le territoire et réponde aux besoins des habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le travail intégré au tissu rural
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction, rénovation, solutions de logements visant la sobriété, et l&amp;#039;inclusion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de mobilité alternatives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions permettant l&amp;#039;exercice d&amp;#039;activité professionnelle au coeur du milieu rural
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O218" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S218" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T218" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U218" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y218" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z218" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c049-renforcer-le-cur-des-villages-par-une-offre-d/</t>
+        </is>
+      </c>
+      <c r="AA218" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
+        <v>160374</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le cœur des villages par une offre de services adaptée aux différents parcours de vie</t>
+        </is>
+      </c>
+      <c r="C219" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J219" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire est maillé d&amp;#039;un bon réseau de pôles de services, mais quelques communes restent à plus de 15 minutes de distance des équipements de la vie courante (quelques communes plus enclavées en rive gauche de la Seine ou au sud du territoire dans le Lieuvin).
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les besoins en services de santé sont moins bien pourvus : notamment manque de professionnels de santé (médecins généralistes, de spécialistes...). Cette situation est pénalisante pour les habitants du territoire et pour son attractivité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;augmentation du nombre de foyers composés d&amp;#039;une seule personne, de la monoparentalité et le vieillissement de la population qui s&amp;#039;accélère, renforce la nécessité de soutenir des projets porteurs de lien social, de solidarité situés au cœur des villes et des villages.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De nouveaux modèles économiques créateurs de sens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de l&amp;#039;inclusion, de la solidarité et des liens entre les générations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux services pour tous
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création, adaptation ou renforcement de solutions alternatives répondant aux besoins des habitants
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;une offre de service plus adaptée à la population
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au regroupement et à la mutualisation de services, coordination des acteurs marchands et non marchands
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N219" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O219" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S219" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T219" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U219" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V219" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z219" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc3b-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA219" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
+        <v>160373</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'entreprenariat et expérimenter de nouveaux modèles économiques</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J220" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire montre une bonne dynamique de création d&amp;#039;entreprises, avec un taux de survie élevé (77% de taux de survie à 3 ans en
+ 2018) et le taux de chômage est globalement plus faible que la moyenne normande. Cependant, ces chiffres masquent des inégalités. En effet, les jeunes font face à un chômage plus élevé que les autres tranches d&amp;#039;âge (23% de taux de chômage des 15-24 ans) et les femmes ne représentent que 28% des créations d&amp;#039;entreprises. Ainsi afin de conforter la bonne dynamique de création d&amp;#039;entreprises, les acteurs du territoire souhaitent soutenir l&amp;#039;accompagnement à la création d&amp;#039;activité, la transmission et la reprise d&amp;#039;entreprises en développant l&amp;#039;accueil des jeunes actifs et l&amp;#039;entreprenariat au féminin. Dans la situation sociétale post-COVID, il a paru pertinent de s&amp;#039;intéresser au soutien d&amp;#039;activités économiques porteuses de sens, plus inclusives, créatrices de lien social, vecteur d&amp;#039;insertion, et pourquoi pas d&amp;#039;expérimenter la faisabilité de nouveaux modèles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   L&amp;#039;entreprenariat accessible à toutes et tous
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  De nouveaux modèles économiques créateurs de sens
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Accompagnement à la création d&amp;#039;activité, la pérennisation et la transmission d&amp;#039;activités économiques intégrées, en lien avec
+  &lt;/span&gt;
+  l&amp;#039;environnement, créatrices de lien social, répondant aux besoins de la population
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de l&amp;#039;entreprenariat féminin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des jeunes vers le monde de l&amp;#039;entreprise et rapprochement des sphères de l&amp;#039;éducation et de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O220" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S220" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T220" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U220" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V220" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y220" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z220" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1364-developper-une-offre-culturelle-et-touristiqu/</t>
+        </is>
+      </c>
+      <c r="AA220" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>160372</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les ressources du territoire en circuit de proximité en toute sobriété</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J221" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire « Seine Normande », malgré des productions agricoles diversifiées (céréales, viande, lait, fruits, fibres...) et des
+ressources forestières de qualité (feuillus notamment), la transformation et la valorisation sont souvent délocalisées à l&amp;#039;extérieur de la
+région voire à l&amp;#039;international, ce qui engendre une perte importante de valeur ajoutée et d&amp;#039;emplois. Longtemps considérés uniquement
+comme une source de nuisances, les produits en fin de vie sont maintenant considérés comme un gisement potentiel de ressources
+notamment grâce à la réparation et au réemploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de ses ressources locales primaires ou recyclées est prioritaire pour assurer le dynamisme du territoire et répondre
+aux enjeux de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique : Valoriser les ressources du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La transformation et la consommation des produits agricoles et alimentaires locaux sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transformation et l&amp;#039;utilisation des matériaux locaux sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;augmentation de la durée de vie des objets, leur réutilisation et le recyclage
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S221" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T221" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de0b-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>160371</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Développer une offre culturelle et touristique valorisant les atouts du territoire</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J222" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K222" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les milieux naturels de qualité (Site Ramsar Marais Vernier-Risle maritime, tourbière d&amp;#039;Heurteauville, réserve de l&amp;#039;estuaire de la
+ &lt;/span&gt;
+ Seine...), les forêts, les paysages des boucles de Seine et plateaux (méandres, coteaux, champs de lin, clos-masures...), les agglomérations patrimoniales (Pont-Audemer, Rives-en-Seine, Cormeilles, La Bouille), le patrimoine bâti (abbayes, châteaux et manoirs...), les savoir-faire passés et actuels (arboriculture, chaumières, artisans, tannerie, passé maritime et industriel...) sont autant de ressources pour la vie culturelle et d&amp;#039;atouts pour le tourisme. Le territoire bénéficie d&amp;#039;une vie associative riche de laquelle émane des manifestations culturelles variées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les changements sociétaux récents offrent une opportunité pour le développement d&amp;#039;un tourisme familial et de proximité. Le programme
+ &lt;/span&gt;
+ LEADER Seine Normande souhaite encourager l&amp;#039;ancrage local des propositions culturelles et touristiques, afin qu&amp;#039;elles soient un moyen d&amp;#039;une meilleure connaissance du territoire et qu&amp;#039;elles profitent aux excursionnistes comme aux habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Valoriser les ressources du territoire
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Le développement d&amp;#039;un tourisme responsable valorisant le territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renfort d&amp;#039;une offre culturelle innovante et intégrée au territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N222" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O222" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S222" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T222" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U222" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z222" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bc6-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA222" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
+        <v>157561</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G223" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I223" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K223" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   seuil minimum des dépenses éligibles : 20.000€ HT :
+  &lt;/li&gt;
+  &lt;li&gt;
+   participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide départementale cumulable avec d&amp;#039;autres financements publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les études préalables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux d&amp;#039;entretien ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N223" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Commerces et services
+Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
 Accessibilité
-Lutte contre la précarité
+Emploi
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O223" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P223" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="Q223" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les communes « Petites villes de demain » :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les autres bourgs structurants :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S223" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T223" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U223" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V223" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
+        </is>
+      </c>
+      <c r="W223" s="1" t="inlineStr">
+        <is>
+          <t>https://subvention.somme.fr/</t>
+        </is>
+      </c>
+      <c r="X223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y223" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z223" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
+        </is>
+      </c>
+      <c r="AA223" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>152360</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux petites et moyennes entreprises ligériennes de bénéficier d’un accompagnement en ressources humaines</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Prestation de conseil en ressources humaines (PCRH)</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G224" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K224" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre aux petites et moyennes entreprises ligériennes de bénéficier d&amp;#039;un accompagnement en ressources humaines réalisé par un prestataire et cofinancé par l&amp;#039;État et la Région des Pays de la Loire jusqu&amp;#039;à 100%, en fonction de la taille de l&amp;#039;entreprise. Montant de l&amp;#039;aide selon la taille de l&amp;#039;entreprise ou association.
+&lt;/p&gt;
+&lt;p&gt;
+ La prestation conseil RH doit porter sur des thématiques d&amp;#039;intervention élargies :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Accompagnement à la reprise de l&amp;#039;activité économique dans le contexte de la crise Covid-19
+  &lt;/li&gt;
+  &lt;li&gt;
+   Recrutement et intégration des salariés dans l&amp;#039;entreprise
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organisation du travail
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion prévisionnelle des emplois et des compétences (GPEC)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Amélioration du dialogue social et des relations sociales dans l&amp;#039;entreprise
+  &lt;/li&gt;
+  &lt;li&gt;
+   Professionnalisation de la fonction RH dans l&amp;#039;entreprise,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement des entreprises aux mutations RH liées aux transitions notamment numérique et écologique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Selon le type de besoin de l&amp;#039;entreprise, l&amp;#039;accompagnement pourra prendre plusieurs formes.
+ &lt;br /&gt;
+ Dans l&amp;#039;accompagnement court (de 1 à 10 jours), le conseiller externe aidera à la réalisation d&amp;#039;un plan d&amp;#039;action directement mobilisable.
+ &lt;br /&gt;
+ L&amp;#039;accompagnement approfondi (de 10 à 30 jours) intervient, lui, à l&amp;#039;issue du premier accompagnement pour résoudre des problématiques complexes (plan de GRH, intégration des RH dans la stratégie de l&amp;#039;entreprise, professionnalisation de la fonction RH...).
+ &lt;br /&gt;
+ La prestation PCRH &amp;#43; (1 à 2 jours) vise spécifiquement l&amp;#039;accompagnement au recrutement et à la fidélisation des salariés. Le formulaire en ligne permet de lancer rapidement la procédure (contact avec le prestataire dans les 5 jours suivant la demande – cf. « Déposer un dossier »).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif s&amp;#039;adresse aux entreprises de moins de 250 salariés.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Services de conseil fournis par un prestataire extérieur à l&amp;#039;entreprise (HT)
+ &lt;br /&gt;
+ Les dépenses éligibles sont celles relatives aux actions débutées entre le 1er janvier 2021 et le 31 décembre 2023.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://pays-de-la-loire.dreets.gouv.fr/sites/pays-de-la-loire.dreets.gouv.fr/IMG/pdf/pcrh_criteres_de_financement_2023_etat_region_pdl_vdef.pdf"&gt;
+   Montant de l&amp;#039;aide selon la taille de l&amp;#039;entreprise ou association
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Agriculture et agroalimentaire
+Emploi
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P224" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="R224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les OPCO sont les interlocuteurs privilégiés des entreprises pour les accompagner dans la mobilisation de la PCRH, les entreprises sont ainsi invitées à se rapprocher de leur OPCO de rattachement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ OPCO 2i : pays-de-la-loire&amp;#64;opco2i.fr
+ &lt;br /&gt;
+ AKTO : catherine.duranthon&amp;#64;akto.fr - 06 23 75 45 14
+ &lt;br /&gt;
+ Constructys : contact&amp;#64;constructys-paysdelaloire.fr - 02 40 89 57 46
+ &lt;br /&gt;
+ Opcommerce : paysdelaloire&amp;#64;lopcommerce.com - 02 28 00 98 10
+ &lt;br /&gt;
+ OPCO Entreprises de proximité : 09 70 838 837
+ &lt;br /&gt;
+ ATLAS : nrouaud&amp;#64;opco-atlas.fr - 01 48 39 68 43
+ &lt;br /&gt;
+ OPCO Mobilités
+ &lt;br /&gt;
+ Pour les entreprises de transports logistiques et services : tlspdl&amp;#64;opcomobilites.fr - 02 51 79 01 75
+ &lt;br /&gt;
+ Pour les entreprises du transport urbain, ferroviaire et automobiles : ufapdl&amp;#64;opcomobilites.fr - 02 18 84 23 58
+ &lt;br /&gt;
+ OCAPIAT : pdl&amp;#64;ocapiat.fr - 02 99 83 39 00
+ &lt;br /&gt;
+ AFDAS : nantes&amp;#64;afdas.com - https://www.afdas.com/
+ &lt;br /&gt;
+ UNIFORMATION : pas de demande de financement régional - https://www.uniformation.fr/
+ &lt;br /&gt;
+ OPCO Santé : pays-de-la-loire&amp;#64;opco-sante.fr - 02 40 89 03 43
+ &lt;br /&gt;
+ Vous ne connaissez pas votre OPCO de rattachement ? Le site https://www.transopco.info/ vous permettra de l&amp;#039;identifier grâce à votre SIRET.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://pays-de-la-loire.dreets.gouv.fr/Prestation-conseil-en-ressources-humaines-a-destination-des-TPE-PME"&gt;
+   Consulter la liste des prestataires.
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S224" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T224" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U224" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
+ &lt;br /&gt;
+ Service Partenariats emploi - formation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre OPCO de rattachement
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous ne connaissez pas votre OPCO de rattachement ? Le site internet https://www.transopco.info/ vous permettra de l&amp;#039;identifier grâce à votre SIRET.
+&lt;/p&gt;
+&lt;p&gt;
+ https://www.choisirmonmetier-paysdelaloire.fr/info-orientation/article/je-souhaite-minformer-sur-les-dispositifs-pour-former-et-recruter
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c272-prestation-de-conseil-en-ressources-humaines-/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
+        <v>152206</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Permettre d'ajuster les compétences d’un demandeur d’emploi avant l'embauche en contrat d’au moins 12 mois, grâce à une formation d'adaptation à l'emploi</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>PRÉPARATION OPÉRATIONNELLE À L&amp;apos;EMPLOI INDIVIDUELLE (POEI)</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G225" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H225" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K225" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre d&amp;#039;ajuster les compétences d&amp;#039;un demandeur d&amp;#039;emploi avant l&amp;#039;embauche en contrat d&amp;#039;au moins 12 mois, grâce à une formation d&amp;#039;adaptation à l&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région des Pays de la Loire soutient les employeurs qui recrutent en les formant les demandeurs d&amp;#039;emploi. Aussi, elle finance le dispositif Préparation Opérationnelle à l&amp;#039;Emploi Individuelle (POEI) mis en œuvre par Pôle emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La POEI est une aide financière à destination des employeurs, proposant une formation préalable à l&amp;#039;embauche, pour un contrat de 12 mois minimum. La POEI a pour but de résorber les écarts entre les compétences du candidat et les compétences requises par le poste.
+&lt;/p&gt;
+&lt;p&gt;
+ La POEI concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les demandeurs d&amp;#039;emploi inscrits à Pôle emploi ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les employeurs du secteur privé ou public :
+  &lt;ul&gt;
+   &lt;li&gt;
+    à jour de leurs cotisations sociales
+   &lt;/li&gt;
+   &lt;li&gt;
+    qui n&amp;#039;ont pas licencié dans les 12 derniers mois pour motif économique,
+   &lt;/li&gt;
+   &lt;li&gt;
+    ayant déposé une offre d&amp;#039;emploi auprès de Pôle emploi, et s&amp;#039;engageant à embaucher le demandeur d&amp;#039;emploi à l&amp;#039;issue de sa formation.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le contrat d&amp;#039;embauche à l&amp;#039;issue de la formation doit être :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un Contrat à durée indéterminée (CDI),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou un Contrat à durée déterminée (CDD) d&amp;#039;au moins 12 mois
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou un Contrat de professionnalisation à durée déterminée supérieure à 12 mois ou à durée indéterminée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou un Contrat d&amp;#039;apprentissage de plus de 12 mois
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou un Contrat à durée déterminée d&amp;#039;insertion (CDDI)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La formation (temps plein ou temps partiel) doit être réalisée par un organisme de formation interne et/ou externe à l&amp;#039;entreprise qui recrute. La prise en charge des coûts de formation sera de 400 heures maximum.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N225" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Emploi
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O225" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P225" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2023</t>
+        </is>
+      </c>
+      <c r="R225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La POEI peut être mobilisée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à partir d&amp;#039;une offre d&amp;#039;emploi déposée par l&amp;#039;employeur sur le site de Pôle emploi mentionnant « POEI » ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et/ou à la demande du demandeur d&amp;#039;emploi ayant ciblé une offre correspondant à son profil avec un besoin d&amp;#039;adaptation des compétences et qui doit se rapprocher de son conseiller Pôle emploi.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour mettre en place la POEI, l&amp;#039;employeur doit prendre rendez-vous avec un conseiller Pôle emploi dans son agence Pôle emploi de proximité ou contacter le 3995, pour obtenir les coordonnées de l&amp;#039;équipe entreprise en proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas où la mise en place d&amp;#039;une POEI est sollicitée par un demandeur d&amp;#039;emploi, ce dernier propose directement cette modalité à l&amp;#039;employeur.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;employeur construira avec le conseiller Pôle emploi, le parcours de formation (plan de formation partagé avec le demandeur d&amp;#039;emploi).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S225" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T225" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U225" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="X225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
+ &lt;br /&gt;
+ Plus d&amp;#039;informations sur le site
+ &lt;a href="https://pro.choisirmonmetier-paysdelaloire.fr/donnees/fiche-dispositif?rechGuidee&amp;#61;1&amp;amp;sigle&amp;#61;poei&amp;amp;formListePublics&amp;#61;&amp;amp;formListeParcours&amp;#61;&amp;amp;pageCourante&amp;#61;1&amp;amp;triCourant&amp;#61;dis_sort_libelle%2Fasc&amp;amp;nbElemPage&amp;#61;10&amp;amp;offset&amp;#61;0"&gt;
+  Choisirmonmétier-paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y225" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z225" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c47-acces-emploi-preparation-operationnelle-a-lem/</t>
+        </is>
+      </c>
+      <c r="AA225" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
+        <v>152167</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Permettre à un public de niveau supérieur au bac (niveau 4), temporairement éloigné du marché du travail ou devant se reconvertir, de se préparer à accéder à un emploi</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>PRÉPA Avenir Sup</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G226" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K226" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les stagiaires seront amenés à construire et valider un projet professionnel à travers la découverte des métiers qui recrutent, la consolidation de compétences clés, des immersions en entreprise. Il est possible de passer des certifications inscrites à l&amp;#039;inventaire telles que TOEIC, TOEFL, TOSA, PIXA...
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;issue de la formation, le stagiaire aura renforcé ses compétences générales et les savoirs-êtres indispensables à la concrétisation de son projet professionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre à un public de niveau supérieur au bac (niveau 4), temporairement éloigné du marché du travail ou devant se reconvertir, de se préparer à accéder à un emploi, à une formation qualifiante ou à l&amp;#039;apprentissage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les formations VISA Avenir Sup s&amp;#039;adressent aux
+ &lt;strong&gt;
+  personnes en recherche d&amp;#039;emploi
+ &lt;/strong&gt;
+ de niveau supérieur à 4 (bac), qu&amp;#039;elles soient ou non inscrites à Pôle emploi. Sont particulièrement visés les jeunes décrocheurs de l&amp;#039;enseignement supérieur, les jeunes diplômés bac &amp;#43; en difficulté d&amp;#039;insertion professionnelle devant se réorienter et les personnes en reconversion professionnelle.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N226" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle
+Revitalisation
+Emploi
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O226" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P226" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="R226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des sessions ont lieu toute l&amp;#039;année dans les principales villes universitaires des 5 départements. Se reporter au lien ci-dessous pour consulter la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S226" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T226" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U226" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
+ &lt;br /&gt;
+ Fabienne RAGUENES
+ &lt;br /&gt;
+ sfpc&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ &amp;#43;33 2 28 20 59 98
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y226" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z226" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05ea-region-formation-visa-avenir-sup/</t>
+        </is>
+      </c>
+      <c r="AA226" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>149079</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les commerces du territoire ayant subi des dégâts suite aux émeutes urbaines : dégâts matériels et immobiliers,
+stocks volés et perte d’exploitation suite au sinistre</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Aide d’urgence commerces sinistrés</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G227" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K227" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Grand Est souhaite grâce au dispositif d&amp;#039;aide d&amp;#039;urgence commerces sinistrés, accompagner les commerces du territoire ayant subi des dégâts suite aux émeutes urbaines : dégâts matériels et immobiliers, stocks volés et perte d&amp;#039;exploitation suite au sinistre.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise en particulier à financer ou cofinancer le besoin en fonds de roulement du commerce lié à la reconstitution du stock, aux investissements matériels et immobiliers à réaliser pour redémarrer l&amp;#039;activité rapidement dans l&amp;#039;attente de la prise en charge par les assureurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N227" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O227" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etablissement implanté dans la région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide d&amp;#039;urgence commerces sinistrés s&amp;#039;adresse aux artisans et commerçants qui ont subi des dégâts matériels et/ou immobiliers (vitrines brisées, locaux incendiés, stocks pillés, mobiliers sinistrés...) pouvant générer une perte d&amp;#039;exploitation directe le temps de la remise en état et/ou de la reconstitution du stock.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement portera sur le besoin en fonds de roulement de l&amp;#039;établissement déterminé par les dépenses nécessaires au redémarrage de l&amp;#039;activité (investissement mobilier, travaux, réparations...), à la reconstitution du stock, et au coût éventuel de la/des franchise(s) liée(s) au vandalisme et/ou à la perte d&amp;#039;exploitation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S227" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T227" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U227" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/commerces-sinistres/</t>
+        </is>
+      </c>
+      <c r="W227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/wp-content/uploads/2023/07/reglement-dispositif-urgence-commerces-sinistres-vf.pdf</t>
+        </is>
+      </c>
+      <c r="X227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande d&amp;#039;aide d&amp;#039;urgence commerces sinistrés se fait via le formulaire dédié, la décision d&amp;#039;attribution de
+&lt;/p&gt;
+&lt;p&gt;
+ l&amp;#039;aide est prise par arrêté du Président après avis de l&amp;#039;instructeur du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette demande d&amp;#039;aide doit être réalisée dans le mois suivant la déclaration de sinistre auprès de l&amp;#039;assurance et pour des sinistres subis après le 27 juin 2023 et liés à du vandalisme intervenu dans le cadre des émeutes urbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules les demandes complètes comprenant la déclaration de sinistre et à défaut, pour les entreprises non couvertes par une garantie « Emeutes et mouvements populaires », le dépôt de plainte et le contrat d&amp;#039;assurance, et répondant aux exigences du règlement sont soumises à l&amp;#039;approbation du Président.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y227" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z227" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b208-aide-durgence-commerces-sinistres/</t>
+        </is>
+      </c>
+      <c r="AA227" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
+        <v>148615</v>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l’urbanisme expérimental vivrier : récits, outils et méthodes de permanence architecturale et programmation ouverte</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>L'École du terrain</t>
+        </is>
+      </c>
+      <c r="G228" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H228" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K228" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain est une plateforme numérique regroupant des outils et ressources pour l&amp;#039;expérimentation architecturale, urbaine et paysagère.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle
+réunit et explore des projets et démarches singulières qui permettent, par l&amp;#039;expérimentation, la mise en œuvre de nouvelles manières de faire. Chacun de ces projets s&amp;#039;ancre dans son territoire aux fins de travailler à sa meilleure habitabilité en répondant à des problématiques sociétales. Ainsi, ces projets s&amp;#039;élaborent à partir des besoins et des désirs. Ils s&amp;#039;appuient sur le déjà-là matériel - le bâti, le paysage, le vivant - et immatériel - les habitant.es, les usager.es, leurs savoirs, leurs mémoires, leur organisation sociale. Cet urbanisme vivrier et partagé porte l&amp;#039;ambition profonde de réactiver nos démocraties locales, grâce à l&amp;#039;alliance d&amp;#039;acteurs et d&amp;#039;actrices autour d&amp;#039;un intérêt commun sur le terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ Confrontés aux cadres normés de l&amp;#039;architecture et de l&amp;#039;aménagement du territoire, ces acteurs et actrices les (ré)interprètent et les mettent à l&amp;#039;épreuve. Nous faisons l&amp;#039;hypothèse que ces multiples projets, tels des laboratoires en actes, créent des précédents et font jurisprudence. C&amp;#039;est pourquoi l&amp;#039;École du terrain veut contribuer à l&amp;#039;essaimage de ces démarches et à la transformation des cadres – culturels, économiques, administratifs, réglementaires – pour donner voix à des pratiques jusque-là en marge.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit désormais de prendre acte de ces pas de côté, de transmettre les récits de ces expérimentations, mais aussi les outils techniques et juridiques, afin de tirer des enseignements pour le passage à d&amp;#039;autres échelles et ainsi mieux les inscrire dans les pratiques, dans les politiques publiques et dans le droit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En accès libre et gratuit, l&amp;#039;École du terrain s&amp;#039;adresse aux collectivités, services déconcentrés de l&amp;#039;État, porteurs de projets, associations, habitant.es , professionnell.es de l&amp;#039;architecture, urbanisme et paysage...etc. désireux.ses de se former à la programmation ouverte à travers notamment l&amp;#039;outil de permanence architecturale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous pouvez nous écrire pour nous proposer un projet d&amp;#039;architecture, d&amp;#039;urbanisme ou de paysage expérimental que vous menez, et qui interroge ou produit des enseignements et/ou des jurisprudences à essaimer. Mais aussi pour nous partager une recherche théorique sur ces nouvelles manières de faire, ou pour toute autre contribution.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain va à la rencontre de celles et ceux qui œuvrent sur le terrain à de nouvelles expérimentations, questionnant les pratiques de l&amp;#039;architecture et de l&amp;#039;urbanisme, et parviennent à créer des jurisprudences. Répondant à des enjeux locaux, ces acteurs et actrices ont notamment profité de la plasticité du droit et de son pouvoir d&amp;#039;imagination pour dénouer des situations en inventant, chemin faisant, des dispositifs singuliers qui pourront, en retour, inspirer la loi, les politiques publiques et légitimer des pratiques de la société civile. A Roubaix ou à Billom, comment rouvrir au public un monument historique et y construire une programmation ouverte avec les usager.es ? A Boulogne-sur-Mer ou à Bordeaux, comment dénormer le logement social en le rénovant sur mesure avec la participation de ses habitant.es ? A Beaumont, comment mobiliser la commande artistique pour construire collectivement sept logements sociaux en milieu rural ?
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N228" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O228" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site en accès libre et gratuit
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S228" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T228" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U228" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V228" s="1" t="inlineStr">
+        <is>
+          <t>https://lecoleduterrain.fr/</t>
+        </is>
+      </c>
+      <c r="X228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;lecoleduterrain.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y228" s="1" t="inlineStr">
+        <is>
+          <t>caroline.niemant@lapreuvepar7.fr</t>
+        </is>
+      </c>
+      <c r="Z228" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a82f-se-former-a-lurbanisme-experimental-vivrier-r/</t>
+        </is>
+      </c>
+      <c r="AA228" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G229" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H229" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K229" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N229" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
 Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
 Inclusion numérique
-Sécurité</t>
-[...2 lines deleted...]
-      <c r="O161" s="1" t="inlineStr">
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="R229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S229" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T229" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U229" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y229" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z229" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA229" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>149147</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Régional de Garantie Grand Est</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Régional de Garantie Grand Est</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G230" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K230" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Objectif
+&lt;/h2&gt;
+En complétant le taux de garantie généralement accordé par Bpifrance, le Fonds Régional de Garantie Grand Est vise à faciliter l&amp;#039;obtention des concours financiers sollicités par les PME régionales dans le but de permettre le financement de leurs programmes d&amp;#039;investissement nécessaires :
+&lt;ul&gt;
+ &lt;li&gt;
+  à la création d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la transmission d&amp;#039;entreprises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  au développement d&amp;#039;entreprise dont l&amp;#039;international,
+ &lt;/li&gt;
+ &lt;li&gt;
+  au renforcement de la structure financière, dont le renforcement de la trésorerie des entreprises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à l&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+Pour pouvoir faire l&amp;#039;objet d&amp;#039;une garantie de Bpifrance Régions au titre du Fonds Régional de Garantie GRAND EST, les concours financiers doivent être accordés des PME* ou TPE* respectant la définition européenne en vigueur, quelles que soient leur forme juridique et leur secteur d&amp;#039;activité, à l&amp;#039;exclusion :
+&lt;ul&gt;
+ &lt;li&gt;
+  des activités d&amp;#039;intermédiation financière (NAF : section K 64, sauf 64-2 pour les achats d&amp;#039;entreprises),
+ &lt;/li&gt;
+ &lt;li&gt;
+  des activités de promotion et de locations immobilières (NAF : section L 68-1, L 68-2 et F 41-1), à l&amp;#039;exception des SCI finançant des acquisitions immobilières destinées à être louées à une entreprise, elle-même éligible, dont des associés sont titulaires du capital de la SCI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des entreprises agricoles (NAF : section A01 et A02) réalisant moins de 750 000 euros de chiffre d&amp;#039;affaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des professions libérales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des opérations de transmission familiale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des activités de commerce de proximité, de restauration, de débits de boissons et de tabacs ainsi que des activités sous forme de franchise, dès lors qu&amp;#039;elles ne sont pas situées sur les zones retenues pour le pacte ruralité mis en oeuvre par la Région Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des entreprises en difficultés au sens de la réglementation européenne en vigueur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Modalités
+&lt;/h2&gt;
+Le Fonds Régional de garantie Grand Est permet de garantir jusqu&amp;#039;à 70 % de concours financiers pouvant atteindre 2 millions d&amp;#039;€.
+&lt;h3&gt;
+ Montant
+&lt;/h3&gt;
+Les concours garantis peuvent prendre la forme :
+&lt;ul&gt;
+ &lt;li&gt;
+  de prêts à long et moyen terme, y compris de prêts personnels aux dirigeants pour apport de fonds propres et de contrats de développement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de cautions bancaires liées à un crédit vendeur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de Contrats de Développement Transmission (financement Bpifrance) d&amp;#039;un montant maximum de 650 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+La durée des concours garantis doit être supérieure ou égale à deux ans.
+Les financements sous forme de crédit-bail ou de location financière ne sont pas éligibles au Fonds de Garantie Grand Est.
+&lt;h2&gt;
+ Contact
+&lt;/h2&gt;
+Pour toute toute demande d&amp;#039;information complémentaire, Bpifrance reste à votre disposition :
+&lt;strong&gt;
+ Bpifrance – Direction Régionale Strasbourg
+&lt;/strong&gt;
+3, rue de Berne 67300 Schiltigheim
+03 88 56 88 56 –
+&lt;a href="mailto:strasbourg&amp;#64;bpifrance.fr"&gt;
+ strasbourg&amp;#64;bpifrance.fr
+&lt;/a&gt;
+&lt;strong&gt;
+ Bpifrance – Direction Régionale Nancy
+&lt;/strong&gt;
+9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
+03 83 67 46 74 –
+&lt;a href="mailto:nancy&amp;#64;bpifrance.fr"&gt;
+ nancy&amp;#64;bpifrance.fr
+&lt;/a&gt;
+&lt;strong&gt;
+ Bpifrance – Direction Régionale Reims
+&lt;/strong&gt;
+Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
+03 26 79 82 30 –
+&lt;a href="mailto:reims&amp;#64;bpifrance.fr"&gt;
+ reims&amp;#64;bpifrance.fr
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="N230" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O230" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P230" s="1" t="inlineStr">
+        <is>
+          <t>29/09/2021</t>
+        </is>
+      </c>
+      <c r="S230" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T230" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U230" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/fonds-regional-de-garantie-grand-est/</t>
+        </is>
+      </c>
+      <c r="X230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute toute demande d&amp;#039;information complémentaire, Bpifrance reste à votre disposition :
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance – Direction Régionale Strasbourg
+&lt;/p&gt;
+&lt;p&gt;
+ 3, rue de Berne 67300 Schiltigheim
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 56 88 56 –
+ &lt;a target="_self"&gt;
+  strasbourg&amp;#64;bpifrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance – Direction Régionale Nancy
+&lt;/p&gt;
+&lt;p&gt;
+ 9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 83 67 46 74 –
+ &lt;a target="_self"&gt;
+  nancy&amp;#64;bpifrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance – Direction Régionale Reims
+&lt;/p&gt;
+&lt;p&gt;
+ Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 26 79 82 30 –
+ &lt;a target="_self"&gt;
+  reims&amp;#64;bpifrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z230" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2bf8-fonds-regional-de-garantie-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA230" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>149146</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Croissance TPE Grand Est</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Croissance TPE Grand Est</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G231" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K231" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+Sont concernées les TPE et PME dont les effectifs sont compris entre 3 et 50 salariés, créées depuis plus de 3 ans et exerçant l&amp;#039;essentiel de leurs activités en Région Grand Est ou s&amp;#039;y installant.
+Tout secteur d&amp;#039;activité, à l&amp;#039;exclusion :
+&lt;ul&gt;
+ &lt;li&gt;
+  des activités d&amp;#039;intermédiation financière (NAF : section K64 sauf 64-2 pour les achats d&amp;#039;entreprises),
+ &lt;/li&gt;
+ &lt;li&gt;
+  des activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1),
+ &lt;/li&gt;
+ &lt;li&gt;
+  des secteurs agricoles ayant un code NAF section A01 et A02 (sauf 02.20Z et 02.40 Z).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Modalités
+&lt;/h2&gt;
+L&amp;#039;assiette du prêt est constituée prioritairement par :
+&lt;ul&gt;
+ &lt;li&gt;
+  des investissements immatériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  des investissements corporels ayant une faible valeur de gage
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation du Besoin en Fonds de Roulement (BFR) générée par le projet de développement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant
+&lt;/h3&gt;
+Le montant du prêt est au plus, égal au montant des fonds propres et quasi fonds propres de l&amp;#039;emprunteur :
+&lt;ul&gt;
+ &lt;li&gt;
+  Minimum : 10.000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maximum : 50.000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+Durée / amortissement :
+&lt;ul&gt;
+ &lt;li&gt;
+  5 ans, dont 12 mois de différé d&amp;#039;amortissement en capital.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi de 48 échéances mensuelles à terme échu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amortissement financier du capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demandez votre Prêt croissance TPE Grand Est sur
+  &lt;a href="http://pretcroissancetpe.grandest.fr/"&gt;
+   pretcroissancetpe.grandest.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ Contact
+&lt;/h2&gt;
+Pour toute demande d&amp;#039;information complémentaire, Bpifrance reste à votre disposition :
+&lt;strong&gt;
+ Bpifrance – Direction Régionale Strasbourg
+&lt;/strong&gt;
+3, rue de Berne 67300 Schiltigheim
+03 88 56 88 56
+&lt;strong&gt;
+ Bpifrance – Direction Régionale Nancy
+&lt;/strong&gt;
+9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
+03 83 67 46 74
+&lt;strong&gt;
+ Bpifrance – Direction Régionale Reims
+&lt;/strong&gt;
+Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
+03 26 79 82 30</t>
+        </is>
+      </c>
+      <c r="N231" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O231" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P231" s="1" t="inlineStr">
+        <is>
+          <t>29/09/2021</t>
+        </is>
+      </c>
+      <c r="S231" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T231" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U231" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V231" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/pret-croissance-tpe-grand-est/</t>
+        </is>
+      </c>
+      <c r="W231" s="1" t="inlineStr">
+        <is>
+          <t>http://pretcroissancetpe.grandest.fr/</t>
+        </is>
+      </c>
+      <c r="X231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute demande d&amp;#039;information complémentaire, Bpifrance reste à votre disposition :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance – Direction Régionale Strasbourg
+&lt;/p&gt;
+&lt;p&gt;
+ 3, rue de Berne 67300 Schiltigheim
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 56 88 56
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance – Direction Régionale Nancy
+&lt;/p&gt;
+&lt;p&gt;
+ 9, rue Pierre Chalnot CS 40375 54007 Nancy Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 83 67 46 74
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance – Direction Régionale Reims
+&lt;/p&gt;
+&lt;p&gt;
+ Bâtiment Le Naos 9, rue Gaston Boyer 51722 Reims Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 26 79 82 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y231" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z231" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17a8-pret-croissance-tpe-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA231" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>149110</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de croissance ou de développement à moyen, long terme</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Prêt participatif Grand Est</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de croissance ou de développement à moyen, long terme ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;un soutien financier sous forme de prêts participatifs pouvant aller jusqu&amp;#039;à 500 000 € afin de gagner en compétitivité et accélérer le développement de votre entreprise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+International
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P232" s="1" t="inlineStr">
+        <is>
+          <t>17/11/2022</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T232" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V232" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/pret-participatif-grand-est/</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les demandes de prêts participatifs sont à adresser aux banques partenaires (coordonnées ci-dessous).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute demande d&amp;#039;information complémentaire, les trois partenaires bancaires sont à votre disposition :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Banque Populaire Alsace Lorraine Champagne
+   &lt;br /&gt;
+   Lilian.couqueberg&amp;#64;bpalc.fr et Benoit.grandjacquot&amp;#64;bpalc.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Caisse D&amp;#039;Épargne Grand Est Europe
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Agences bancaires (pour les professionnels)
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;span&gt;
+  Centres d&amp;#039;Affaires (pour la partie PME / entreprises)
+  &lt;br /&gt;
+ &lt;/span&gt;
+ christine.schumacher&amp;#64;cegee.caisse-epargne.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Crédit Agricole
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ CR Lorraine – AGENCES.ENTREPRISES&amp;#64;ca-lorraine.fr
+ &lt;br /&gt;
+ CR Champagne Bourgogne – mde&amp;#64;ca-cb.fr
+ &lt;br /&gt;
+ CR Nord Est – ANIM-CO&amp;#64;ca-nord-est.fr
+ &lt;br /&gt;
+ CR Alsace Vosges – CREDIT.AGRICOLE.ENTREPRISES&amp;#64;ca-alsace-vosges.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8037-pret-participatif-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I233" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K233" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P233" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q233" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S233" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
-[...12 lines deleted...]
- Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+      <c r="T233" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
         <v>143860</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D234" s="1" t="inlineStr">
         <is>
           <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E234" s="1" t="inlineStr">
         <is>
           <t>Makesense</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G234" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H234" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K234" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Mobilisez les parties prenantes autour de vos politiques publiques
  &lt;/strong&gt;
  : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
  &lt;/strong&gt;
  Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3) Faites émerger des projets impactants sur votre territoire :
  &lt;/strong&gt;
  Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M162" s="1" t="inlineStr">
+      <c r="M234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous trouverez des exemples
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   ici
 &lt;/a&gt;ou encore :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
  &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
   programme
  &lt;/a&gt;
  a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N234" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O234" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous vous reconnaissez dans ces expériences qui guident nos projets :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
  Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
  &lt;/li&gt;&lt;li&gt;
  Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
 &lt;/li&gt;&lt;li&gt;
  Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
  &lt;/li&gt;&lt;li&gt;
  Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S234" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U234" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V234" s="1" t="inlineStr">
         <is>
           <t>https://france.makesense.org/organisations/collectivites/</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y234" s="1" t="inlineStr">
         <is>
           <t>sylvia.garzon@makesense.org</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z234" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA234" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
         <v>144547</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D235" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E235" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G235" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H235" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K235" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M163" s="1" t="inlineStr">
+      <c r="M235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N235" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -32922,12464 +43365,322 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O235" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S235" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T235" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U235" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V235" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W163" s="1" t="inlineStr">
+      <c r="W235" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y235" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z235" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA235" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G164" s="1" t="inlineStr">
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>142693</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Co-construire votre projet de territoire intelligent avec l'ensemble des parties prenantes</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G236" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Entreprise publique locale (Sem, Spl, SemOp)
-[...15 lines deleted...]
-      <c r="K164" s="1" t="inlineStr">
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K236" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
-[...2 lines deleted...]
- Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+      <c r="L236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La transformation numérique représente une révolution culturelle. Elle constitue également un enjeu politique majeur pour la transition écologique et solidaire de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans l&amp;#039;élaboration de votre projet de territoire intelligent, depuis l&amp;#039;identification des besoins collectifs jusqu&amp;#039;à la mise en place des solutions technologiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
-[...14 lines deleted...]
-  Animation, communication, gestion et évaluation du GAL
+  Mettre le numérique au service de votre projet de territoire : par où commencer ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment choisir les solutions les plus adaptées ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement vers de nouvelles pratiques : comment réussir la conduite du changement ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment rendre l&amp;#039;usage de la donnée pertinent pour favoriser la prise de décision ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Acculturation aux enjeux de la transformation numérique sur votre territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de pratiques inspirantes et zoom sur les initiatives locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;une démarche participative pour faire émerger une culture commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Livrables : apports théoriques et clés de lecture
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement à l&amp;#039;auto-diagnostic de votre territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Situer le territoire à partir d&amp;#039;un outil d&amp;#039;autodiagnostic Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretiens auprès des acteurs et usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification et priorisation de vos besoins
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Co-construction de la stratégie numérique au service du projet de territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilisation des parties prenantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;ateliers d&amp;#039;intelligence collective : vision partagée, grandes orientations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formalisation du plan d&amp;#039;actions opérationnel (démarche itérative)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des services et montée en compétence des agents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la rédaction des cahiers des charges pour le choix des solutions techniques adaptées
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
-[...9 lines deleted...]
-Recyclage et valorisation des déchets
+      <c r="M236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Grand Bassin de Bourg-en-Bresse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un séminaire pour les élus : intégrer la transformation numérique dans le projet de territoire du Grand Bassin de Bourg-en-Bresse
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N236" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Espace public
+Voirie et réseaux
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
 Education et renforcement des compétences
-Alimentation
-[...922 lines deleted...]
-Alimentation
 Commerces et services
 Technologies numériques et numérisation
-Tiers-lieux
-[...751 lines deleted...]
-Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
-Bâtiments et construction
-[...4234 lines deleted...]
-Paysage
 Accessibilité
 Lutte contre la précarité
-Emploi
-[...1075 lines deleted...]
-Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
-Prévention des risques
-[...346 lines deleted...]
-Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
-[...10 lines deleted...]
-Milieux humides
+Médias et communication
 Inclusion numérique
-Sécurité
-[...19 lines deleted...]
-      <c r="S209" s="1" t="inlineStr">
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O236" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S236" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
-[...177 lines deleted...]
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U236" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
-[...1273 lines deleted...]
-bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/co-construire-votre-projet-territoire-intelligent-ensemble</t>
+        </is>
+      </c>
+      <c r="X236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M221" s="1" t="inlineStr">
-[...1865 lines deleted...]
-      </c>
       <c r="Y236" s="1" t="inlineStr">
         <is>
-          <t>assistance.agirpourlatransition@ademe.fr</t>
+          <t>partenariats@cerema.fr</t>
         </is>
       </c>
       <c r="Z236" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/economie-circulaire-2025-guyane/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e9b1-co-construire-votre-projet-de-territoire-inte/</t>
         </is>
       </c>
       <c r="AA236" s="1" t="inlineStr">
-        <is>
-[...1513 lines deleted...]
-      <c r="AA248" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>