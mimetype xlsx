--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA239"/>
+  <dimension ref="A1:AA236"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -6423,55 +6423,50 @@
         </is>
       </c>
       <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U31" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="W31" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
@@ -8744,55 +8739,50 @@
         </is>
       </c>
       <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="W35" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
@@ -9011,55 +9001,50 @@
  &lt;li&gt;
   30% maximum des dépenses éligibles HT ou TTC pour les investissements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
  &lt;/em&gt;
  ​​​​​​
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V36" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W36" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/amenagement-et-gestion-durable-du-littoral</t>
         </is>
       </c>
       <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Site de Limoges (87, 86, 23, 19)
 Direction du tourisme : 05 55 45 00 30
   &lt;/li&gt;
   &lt;li&gt;
    Site de Poitiers (79, 86, 17, 16)
 Direction du tourisme : 05 16 01 40 55
   &lt;/li&gt;
   &lt;li&gt;
    Site de Bordeaux : Direction du tourisme : 05 57 57 83 09
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y36" s="1" t="inlineStr">
         <is>
@@ -10734,55 +10719,50 @@
         </is>
       </c>
       <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes et EPCI ayant approuvé la Charte  2013 &amp;gt; 2025 du Parc naturel régional des Volcans d&amp;#039;Auvergne.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="U45" s="1" t="inlineStr">
         <is>
           <t>PNR des Volcans d'Auvergne (Parc naturel régional)</t>
         </is>
       </c>
       <c r="V45" s="1" t="inlineStr">
         <is>
           <t>http://www.parcdesvolcans.fr/Agir/Des-enjeux-des-actions/Urbanisme-et-habitat/L-Atelier-Rural-d-Urbanisme</t>
         </is>
       </c>
-      <c r="W45" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Julien MAJDI
  &lt;br /&gt;
  Responsable de la Direction Urbanisme, Paysage et Transition énergétique
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 73 65 64 05
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:jmajdi&amp;#64;parcdesvolcans.fr" rel="noopener" target="_blank"&gt;
   jmajdi&amp;#64;parcdesvolcans.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>jmajdi@parcdesvolcans.fr</t>
         </is>
       </c>
       <c r="Z45" s="1" t="inlineStr">
         <is>
@@ -10848,55 +10828,50 @@
       <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes et EPCI ayant approuvé la Charte  2013 &amp;gt; 2025 du Parc naturel régional des Volcans d&amp;#039;Auvergne.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U46" s="1" t="inlineStr">
         <is>
           <t>PNR des Volcans d'Auvergne (Parc naturel régional)</t>
         </is>
       </c>
       <c r="V46" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W46" s="1" t="inlineStr">
         <is>
           <t>http://www.parcdesvolcans.fr/Agir/Des-enjeux-des-actions/Paysage-et-cadre-de-vie/Un-Plan-de-paysage-Vallee-de-la-Rhue-Val-de-Sumene</t>
         </is>
       </c>
       <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Julien MAJDI
  &lt;br /&gt;
  Responsable de la Direction Urbanisme, Paysage et Transition énergétique
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 73 65 64 05
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:jmajdi&amp;#64;parcdesvolcans.fr" rel="noopener" target="_blank"&gt;
   jmajdi&amp;#64;parcdesvolcans.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>jmajdi@parcdesvolcans.fr</t>
@@ -13188,51 +13163,51 @@
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6768-decouvrir-loffre-bancaire-de-la-banque-des-te/</t>
         </is>
       </c>
       <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:27" customHeight="0">
       <c r="A60" s="1">
         <v>101248</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet d'urbanisme, d'aménagement, de voirie, d'ouvrage d'art et des finances</t>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
@@ -14354,51 +14329,51 @@
           <t>https://aides-territoires.beta.gouv.fr/aides/66d4-amenagements-urbains-des-petites-cites-de-car/</t>
         </is>
       </c>
       <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:27" customHeight="0">
       <c r="A66" s="1">
         <v>104710</v>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
@@ -19619,55 +19594,50 @@
         </is>
       </c>
       <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U90" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W90" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -21356,55 +21326,50 @@
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
       <c r="V99" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W99" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
       <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
@@ -23798,51 +23763,51 @@
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U114" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
         </is>
       </c>
       <c r="W114" s="1" t="inlineStr">
         <is>
           <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
         </is>
       </c>
       <c r="X114" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u" target="_self"&gt;https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>nature2050@cdc-biodiversite.fr</t>
         </is>
       </c>
       <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
         </is>
       </c>
       <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:27" customHeight="0">
       <c r="A115" s="1">
         <v>117550</v>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
@@ -26156,1516 +26121,936 @@
       <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
       <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
       <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:27" customHeight="0">
       <c r="A125" s="1">
-        <v>121012</v>
+        <v>121475</v>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Protéger la forêt</t>
+          <t>Abonder les aides régionales à la plantation de vergers conservatoires et de haies bocagères</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
-          <t>AIDE À L’AMÉLIORATION DES FORÊTS COMMUNALES  ET À LA DÉFENSE CONTRE LES INCENDIES</t>
+          <t>Abondement départemental aux aides régionales "Vergers de sauvegarde" et "Bocages et Paysages"</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Bouches-du-Rhône</t>
+          <t>Conseil départemental de Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="F125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
       <c r="G125" s="1" t="inlineStr">
-        <is>
-[...597 lines deleted...]
-      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I127" s="1" t="inlineStr">
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 30</t>
         </is>
       </c>
-      <c r="J127" s="1" t="inlineStr">
+      <c r="J125" s="1" t="inlineStr">
         <is>
           <t>Complément à l'aide régionale dans la limite des subventions autorisées.</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Actif en permanence, ce dispositif d&amp;#039;abondement permet d&amp;#039;obtenir un financement supplémentaire du Département de Saône-et-Loire. Cette aide vient compléter les subventions accordées par la Région Bourgogne-Franche-Comté dans le cadre des
  &lt;span&gt;
   dispositifs « Bocages et Paysages » et « Vergers de sauvegarde ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Elle permet de
  &lt;/span&gt;
  couvrir jusqu&amp;#039;à 80 % des dépenses éligibles pour un projet de plantations situé en Saône et Loire ayant été retenu préalablement au titre des dispositifs régionaux.&lt;/p&gt;
 &lt;p&gt;
  Ces aides sont ouvertes aux particuliers, collectivités, associations, ainsi que, uniquement pour Bocages et Paysages, aux agriculteurs.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M127" s="1" t="inlineStr">
+      <c r="M125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Plantation d&amp;#039;un verger conservatoire, réalisation de haies bocagères...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les critères d&amp;#039;éligibilité sont définis par la Région Bourgogne-Franche-Comté au titre des dispositifs &amp;#34;Vergers de sauvegarde&amp;#34; et &amp;#34;Bocages et Paysages&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Saône-et-Loire</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.saoneetloire.fr/guide-des-aides/abondement-departemental-aux-aides-regionales-vergers-de-sauvegarde-et-bocages-et-paysages/</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Le porteur de projet doit déposer sa demande directement auprès de la Région Bourgogne-Franche-Comté.
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;
   Plateforme régionale de dépôt de demande pour
   &lt;a href="https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle&amp;#61;ENV-VERGER" rel="noopener" target="_blank"&gt;
    &amp;#34;Vergers de Sauvegarde&amp;#34;&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;
   Plateforme régionale de dépôt de demande pour
   &lt;a href="https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle&amp;#61;ENV-BOCAGE" rel="noopener" target="_blank"&gt;
    &amp;#34;Bocages et Paysages&amp;#34;&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
  &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Selon un principe de guichet unique, le Département de Saône et Loire récupère automatiquement les données des dossiers retenus auprès de la Région Bourgogne-Franche-Comté.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le porteur de projet n&amp;#039;a aucune démarche à faire auprès du Département.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>d.defillon@saoneetloire71.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/feb6-abonder-les-aides-regionales-a-la-plantation-/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>123492</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G128" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Sols
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
 Foncier
 Accès aux services
 Cohésion sociale et inclusion
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions</t>
-[...2 lines deleted...]
-      <c r="O128" s="1" t="inlineStr">
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
-[...20 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W126" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>126132</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé en amont d'un projet de construction, d'aménagement, d'architecture et paysage</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Architectes Conseils</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Particulier</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Prestation gratuite, sur RDV :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vous avez un projet de construction :
   &lt;/strong&gt;
   Des architectes-conseils, missionnés par le Département, vous aident dans le choix de l&amp;#039;implantation de votre construction, sa conception, l&amp;#039;aménagement extérieur, l&amp;#039;utilisation des énergies renouvelables, les démarches administratives...
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vous souhaitez réhabiliter un bâtiment :
   &lt;/strong&gt;
   Les architectes-conseil vous orientent pour aménager un espace de vie, réaliser une extension, créer une nouvelle ouverture, rénover une toiture, une façade... Ils peuvent également vous informer sur les techniques d&amp;#039;isolation efficaces, le choix des matériaux, les normes accessibilité et sécurité, la réglementation thermique, ...
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vous désirez être orienté dans vos démarches :
   &lt;/strong&gt;
   Les architectes-conseil vous guident dans les démarches administratives (planification, des droits des sols, commande publique...), sur les étapes et les acteurs d&amp;#039;un projet de construction.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M129" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Domaine de l&amp;#039;architecture :
  &lt;/strong&gt;
  logements, écoles, cantines, équipements petites enfances, bibliothèques, pôles sportifs, églises, maisons séniors et habitat adapté...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Domaine du paysage et de l&amp;#039;urbanisme :
  &lt;/strong&gt;
  aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers),  valorisation des centres bourgs, stationnements...
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1313816/l-assistance-architecturale-pour-les-collectivites</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule Ingénierie et Animation territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 77 12 52 26
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f6f-etre-conseille-en-amont-dun-projet-de-constru/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>126136</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Obtenir une assistance technique en matière d'aménagement</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Assistance technique départementale Domaine Aménagement</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le diagnostic communal permet de resituer la commune dans son bassin de vie, d&amp;#039;obtenir des données qualitatives et quantitatives pour dresser un diagnostic et orienter la commune dans ses projets futurs. Des consultations citoyennes peuvent aussi être proposées dans ce cadre (questionnaires, ateliers participatifs citoyens/ élus/ societé civile, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Il est également proposé aux communes une mise à jour de leur étude d&amp;#039;aménagement global de bourg (EAGB) pour celles en ayant bénéficié.
 &lt;/p&gt;
 &lt;p&gt;
  Un accompagnement au choix d&amp;#039;un bureau d&amp;#039;étude peut également être envisagé dans le cadre de l&amp;#039;assistance technique Aménagement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seules les communes rurales dont la population n&amp;#039;excède pas 700 habitants pourront solliciter un accompagnement du Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka :
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:frederic.kostka&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   frederic.kostka&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 77 12 52 24/13
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5d10-obtenir-une-assistance-technique-en-matiere-d/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>126137</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Fond de solidarité - Enveloppes de solidarité</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I131" s="1" t="inlineStr">
+      <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 60</t>
         </is>
       </c>
-      <c r="J131" s="1" t="inlineStr">
+      <c r="J129" s="1" t="inlineStr">
         <is>
           <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W131" s="1" t="inlineStr">
+      <c r="W129" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Responsable de la Gestion Financière des Aides aux Collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Olivier Bayle, Tél. 04 77 12 52 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>126141</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Enveloppes territorialisées</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -27678,165 +27063,165 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
+      <c r="W130" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>126142</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -27848,175 +27233,175 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W133" s="1" t="inlineStr">
+      <c r="W131" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>126143</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -28028,949 +27413,949 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>126877</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LES OUTILS DE PLANIFICATION TERRITORIALE
  &lt;/strong&gt;
  &lt;br /&gt;
  Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
   les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
    Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
    OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
    Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
    PLUi Le Havre Seine Métropole
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   Consulter la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>127467</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Soutenir des projets communautaires ou supra-communaux</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>ACTIV' VOLET 2 - PROJETS DE TERRITOIRE</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vienne</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I136" s="1" t="inlineStr">
+      <c r="I134" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="J136" s="1" t="inlineStr">
+      <c r="J134" s="1" t="inlineStr">
         <is>
           <t>Jusqu’à 50 % du montant HT sur des projets lié aux priorités départementales</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Volet 2 du programme ACTIV&amp;#039; du Département de la Vienne &amp;#34;Projet de Territoire&amp;#34; est l&amp;#039;aboutissement d&amp;#039;une concertation entre le Département, les Établissements Publics de Coopération Intercommunaux et leurs Communes permettant d&amp;#039;identifier les principaux enjeux, les priorités d&amp;#039;intervention et les opérations pouvant être soutenues via une enveloppe financière pluriannuelle par territoire définie par le Département pour la période 2022-2026.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accord entre le Département et chaque territoire a également pour vocation à mettre en exergue l&amp;#039;ensemble des politiques publiques départementales et leurs déclinaisons territoriales.
 &lt;/p&gt;
 A noter que :
 &lt;ul&gt;
  &lt;li&gt;
   Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire devra être dédiée à des actions répondant aux priorités départementales.
  &lt;/li&gt;
  &lt;li&gt;
   Lorsqu&amp;#039;il est porté par une commune, le projet devra présenter un intérêt supra-communal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ÉTUDES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études    préalables    lorsqu&amp;#039;elles    conditionnent    directement l&amp;#039;établissement du projet et débouchent effectivement sur des travaux,
  &lt;/li&gt;
  &lt;li&gt;
   Honoraires d&amp;#039;ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉTUDE D&amp;#039;IMPACT
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Étude préalable relative aux coûts de fonctionnement induits sur les cinq premières années, obligatoire pour tous les projets dont le coût est supérieur à 1 000 000 € HT.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   TRAVAUX
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux inscrits dans la section d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ACQUISITION
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acquisitions foncières nécessaires à la réalisation des travaux.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P136" s="1" t="inlineStr">
+      <c r="P134" s="1" t="inlineStr">
         <is>
           <t>01/01/2022</t>
         </is>
       </c>
-      <c r="Q136" s="1" t="inlineStr">
+      <c r="Q134" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligible, le demande de subvention doit suivre le processus suivant :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Vote par le Département d&amp;#039;une enveloppe pluriannuelle pour chaque territoire sur une période prédefinie.
  &lt;/li&gt;
  &lt;li&gt;
   Une conférence de territoire réunissant le Président du Conseil Départemental, les Conseillers Départementaux du canton, le Président de l&amp;#039;EPCI et les Maires des Communes membres de l&amp;#039;EPCI ayant pour objectif d&amp;#039;identifier les opérations pouvant être financées . Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire doit être dédiée à des actions répondant aux priorités départementales.
  &lt;/li&gt;
  &lt;li&gt;
   Courrier de notification du Département aux maîtres d&amp;#039;ouvrage pour préciser les opérations soutenues au titre du Volet 2.
  &lt;/li&gt;
  &lt;li&gt;
   Individualisation en Commission Permanente des subventions pour les opérations retenues.
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>Vienne</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.lavienne86.fr/les-aides/dispositif-activ</t>
         </is>
       </c>
-      <c r="W136" s="1" t="inlineStr">
+      <c r="W134" s="1" t="inlineStr">
         <is>
           <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact soit :
 &lt;/p&gt;
 &lt;p&gt;
  - Par mail :
  &lt;a href="mailto:datc&amp;#64;departement86.fr" target="_self"&gt;
   datc&amp;#64;departement86.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Par téléphone, aux numéros suivants :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Au 05 49 62 91 99  pour les Communautés de Communes du Pays Loudunais, du Haut Poitou et du Civraisien en Poitou,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Au 05 49 62 91 22  pour les Communautés de Communes du Grand Châtellerault, de Vienne et Gartempe et des Vallées du Clain,
  &lt;/li&gt;
  &lt;li&gt;
   Au 05 49 62 91 45  pour les Communautés de Communes du Grand Poitiers.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>datc@departement86.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa04-subventionner-des-projets-dinvestissement-dan/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>128974</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Demander une subvention au titre de la convention interrégionale du Massif central (CIMAC) 2021-2027</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Convention interrégionale du Massif central (CIMAC) 2021-2027</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Commissariat du Massif Central</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I135" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espace public
 Accès aux services
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Réhabilitation
 Paysage
 Accessibilité
 Attractivité économique
 Animation et mise en réseau
 Artisanat
 Mobilité pour tous
 Connaissance de la mobilité
 Spectacle vivant
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Consulter la
  &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/1.-CIMAC-21-27.pdf" target="_self"&gt;
   convention de massif
  &lt;/a&gt;
  et sa
  &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/2.-Plaquette-presentation_convention_massif_central_21_27.pdf" target="_self"&gt;
   plaquette de présentation
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Massif central</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.massif-central.eu/jai-un-projet/deposer-un-dossier/je-ne-sollicite-pas-de-feder/</t>
         </is>
       </c>
-      <c r="W137" s="1" t="inlineStr">
+      <c r="W135" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/demande-de-subvention-cimac-2021-2027</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ANCT Commissariat du Massif central
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.massif-central.eu/contact/carnets-de-contacts/animateurs-thematiques/" target="_self"&gt;
   Coordonnées des chargés de mission thématiques
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  et
  &lt;a target="_self"&gt;
   massif.central&amp;#64;anct.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>massif.central@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>129720</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Financer des projets contribuant à la préservation et la valorisation du cadre de vie</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Contrat Agglo-communes - Préserver et valoriser le cadre de vie</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Communauté d'Agglomération Saint-Lô Agglo</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I138" s="1" t="inlineStr">
+      <c r="I136" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Préservation et mise en valeur du patrimoine communal, travaux d&amp;#039;investissement pour des activités de loisirs (randonnée, nautisme, pêche, etc.), création ou rénovation d&amp;#039;hébergements touristiques, projets de valorisation touristique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets seront limités au nombre de 3 maximum par commune
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
   &lt;/li&gt;
   &lt;li&gt;
    Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>CA Saint-Lô Agglo</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
         </is>
       </c>
-      <c r="W138" s="1" t="inlineStr">
+      <c r="W136" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.saint-lo-agglo.fr/</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Saint-Lô Agglo
 &lt;/p&gt;
 &lt;p&gt;
  Service de développement et d&amp;#039;appui aux communes
 &lt;/p&gt;
 &lt;p&gt;
  appuicommunes&amp;#64;saint-lo-agglo.fr
 &lt;/p&gt;
 &lt;p&gt;
  02 14 16 01 00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>soukaina.alouah@saint-lo-agglo.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d9db-financer-des-projets-contribuant-a-la-preserv/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>132278</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -28999,1411 +28384,1411 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W139" s="1" t="inlineStr">
+      <c r="W137" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>132573</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets locaux d'espaces naturels sensibles</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Projets locaux d'espaces naturels sensibles</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I140" s="1" t="inlineStr">
+      <c r="I138" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J140" s="1" t="inlineStr">
+      <c r="J138" s="1" t="inlineStr">
         <is>
           <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre des 4 thématiques que sont la protection de la ressource en eau et des zones humides, les sites de sport et de nature, les jardins remarquables et les milieux naturels remarquables, le Département soutient financièrement les collectivités locales qui interviennent pour acquérir des parcelles de propriétés rurales, réaliser des travaux d&amp;#039;aménagement nécessaire à l&amp;#039;accueil du public, réaliser des travaux de gestion et d&amp;#039;entretien environnemental et paysager, et promouvoir des actions pédagogiques et de formation.
 &lt;/p&gt;
 &lt;p&gt;
  La maîtrise foncière étant un gage de réussite à l&amp;#039;aménagement de sites, le porteur de projet local doit justifier d&amp;#039;une mise d&amp;#039;une démarche foncière active. En cas de maîtrise foncière autre que publique (privé, association), une convention de partenariat Département / Organisme public porteur de projet local / propriétaire privé ou association donnant les engagements de chacun pourra être formalisée.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Seront priorisés les projets portant sur des sites labellisés et présentant un caractère emblématique à l&amp;#039;échelle départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_02_fiche-action_projets_locaux.pdf</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cb7a-soutenir-les-projets-locaux-despaces-naturels/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>132576</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de plantation de haies et éléments de végétation arbustive et / arborée</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Haies et éléments de végétation arbustive et / arborée</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I141" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J141" s="1" t="inlineStr">
+      <c r="J139" s="1" t="inlineStr">
         <is>
           <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Barrière au ruissellement des eaux, stabilisation des sols, protection des routes dans les zones à congères, élément de trame verte paysagère, contribution agronomique, ... l&amp;#039;apport positif des haies à la qualité de nos plaines agricoles sont multiples. Le Département soutient financièrement les acteurs ruraux qui programment la plantation de haies sur leurs territoires.&lt;/p&gt;
 &lt;p&gt;
  Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_06_fiche-action_haies.pdf</t>
         </is>
       </c>
-      <c r="W141" s="1" t="inlineStr">
+      <c r="W139" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2025/04/CD52_250319_formulaire-aide-programme-paysager.pdf</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/adbc-soutenir-les-projets-dimplantation-de-bandes-/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>132577</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de plantation de vergers fruitiers et/ou truffiers</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Vergers fruitiers et truffiers</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I142" s="1" t="inlineStr">
+      <c r="I140" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J142" s="1" t="inlineStr">
+      <c r="J140" s="1" t="inlineStr">
         <is>
           <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une forte baisse de la densité de vergers fruitiers est constatée dans nos campagnes, en raison du vieillissement des arbres et des tempêtes qui amènent une disparition progressive d&amp;#039;un bon nombre d&amp;#039;entre eux. En outre, la Haute-Marne est réputée pour ses truffes de Bourgogne (Tuber uncinatum). En milieu rural, le verger est une composante essentielle de patrimoine de nos villages, par sa dimension sociale (tradition et savoir-faire ruraux lié à la production fruitière locale), paysagère mais aussi par son rôle pour la biodiversité (oiseaux notamment). A cet effet, le Département soutient financièrement les acteurs ruraux qui programment la plantation d&amp;#039;arbres fruitiers et / ou truffiers.&lt;/p&gt;
 &lt;p&gt;
  Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_07_fiche-action_vergers.pdf</t>
         </is>
       </c>
-      <c r="W142" s="1" t="inlineStr">
+      <c r="W140" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2025/04/CD52_250319_formulaire-aide-programme-paysager.pdf</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8258-soutenir-les-projets-de-plantation-de-haies-e/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>132578</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Mettre en œuvre un aménagement foncier agricole, forestier et environnemental (AFAFE)</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Les modes d’aménagement foncier rural en secteur agricole et sylvicole</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
+      <c r="I141" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J143" s="1" t="inlineStr">
+      <c r="J141" s="1" t="inlineStr">
         <is>
           <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En application du titre II du livre 1er du code rural et de la pêche maritime, différents modes d&amp;#039;aménagement foncier rural (ex-remembrements agricoles, échanges et cessions amiables de parcelles forestières) peuvent être mis en œuvre et accompagnés par le Département, selon le règlement d&amp;#039;intervention et de financement accessible en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Agriculture et agroalimentaire
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2024/01/CD52_231215_01_rglt_amgt-foncier-rural.pdf</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e7eb-soutenir-les-projets-locaux-despaces-naturels/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>133055</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire de l’habitat et du foncier (OHF)</t>
         </is>
       </c>
-      <c r="C144" s="1" t="inlineStr">
+      <c r="C142" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La loi Climat et résilience du 22 août 2021 prévoit de faire évoluer les anciens dispositifs d&amp;#039;observation de l&amp;#039;habitat, en observatoires de l&amp;#039;habitat et du foncier (OHF). Ces observatoires doivent être créé au plus tard dans les trois années après la mise en place d&amp;#039;un PLH. Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. La loi climat a renforcé leur rôle ainsi que celui des EPF pour aider les collectivités dans la mise en place de ces outils.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les observatoires de l&amp;#039;habitat et du foncier (OHF) ont pour mission de suivre la conjoncture des marchés fonciers et immobiliers et d&amp;#039;identifier les disponibilités foncières. Cette analyse s&amp;#039;appuie sur le recensement des friches constructibles, des locaux vacants, des secteurs à densifier, des secteurs à enjeux et des surfaces pour la surélévation, des surfaces non imperméabilisées ou éco-aménageables et des espaces non bâtis nécessaires au maintien des continuités écologiques dans les secteurs urbanisés et sur un inventaire des zones d&amp;#039;activités économiques et sur le suivi du parc de logements (privés, sociaux, en accession à la propriété, l&amp;#039;habitat dégradé).
 &lt;/p&gt;
 &lt;p&gt;
  Les observatoires doivent rendre compte annuellement du nombre de logement construits sur des espaces déjà urbanisés et sur des zones ouvertes à l&amp;#039;urbanisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M142" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Addrn, l&amp;#039;agence d&amp;#039;urbanisme de la région de Saint-Nazaire a réalisé un Observatoire du Foncier, de l&amp;#039;habitat et économique.
   &lt;a href="https://addrn.fr/page-mosaique/foncier_habitat_economie/" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;Epures, l&amp;#039;agence d&amp;#039;urbanisme de la région Stéphanoise a réalisé un Observatoire des marchés fonciers de la Loire.
   &lt;a href="https://www.epures.com/index.php/publications/epures/foncier" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;Aurg, l&amp;#039;agence d&amp;#039;urbanisme de la region Grenobloise a réalisé l&amp;#039;observatoire foncier partenarial de l&amp;#039;isere (Ofpi).
   &lt;a href="https://ofpi.aurg.org/#c&amp;#61;home" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Topos, l&amp;#039;agence d&amp;#039;urbanisme des territoires de l&amp;#039;orléannais a réalisé un observatoire des copropriétés de la métropole d&amp;#039;Orléans.
   &lt;a href="https://www.topos-urba.org/publications/focus-n4-lobservatoire-des-coproprietes-un-outil-pour-prevenir-les-situations-de-fragilite/" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/92de-etre-aide-pour-observer-les-territoires/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>133056</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des friches</t>
         </is>
       </c>
-      <c r="C145" s="1" t="inlineStr">
+      <c r="C143" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Introduit par la loi Climat et résilience du 22 août 2021, l&amp;#039;objectif de Zéro artificialisation nette (ZAN) vise à réduire au maximum l&amp;#039;étalement urbain en limitant, d&amp;#039;une part les constructions sur des espaces naturels, agricoles ou forestiers et en compensant d&amp;#039;autre part, l&amp;#039;urbanisation par une plus grande place accordée à la nature dans les espaces urbanisés.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les friches sont perçues aujourd&amp;#039;hui comme une opportunité pour atteindre les objectifs du ZAN, encore faut-il savoir les repérer et connaitre leurs caractéristiques.
 &lt;/p&gt;
 &lt;p&gt;
  Au regard de leurs caractéristiques, de leur localisation, du contexte et des dynamiques dans lesquels elles s&amp;#039;inscrivent, il peut aussi bien être préférable de privilégier des opérations de renouvellement urbain (habitat, industrie, data center, bureaux...), ou au contraire de les désimperméabiliser et de les renaturer afin de répondre à des enjeux environnementaux (carence en espaces verts, inondations, îlots de chaleur urbains...), de préserver celles qui se sont réensauvagées et constituent désormais des réservoirs de biodiversité, ou encore de remettre en état des espaces agricoles.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise conséquente dans l&amp;#039;identification des friches et leur potentialité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M145" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les agences d&amp;#039;urbanisme lorraines (AGURAM, Agape et Scalen) ont construit un observatoire des friches pour les 4 départements – Moselle, Meurthe-et-Moselle, Meuse, Vosges. La base de données constituée dans le cadre de l&amp;#039;observatoire regroupe les friches militaires, industrielles, commerciales, administratives et touristiques recensées entre 2015 et 2018 sur le périmètre de l&amp;#039;ancienne Région Lorraine.
   &lt;a href="http://www.epfge.fr/website_operations/FRICHE_WEB/carto/frichesfOrigine.html" target="_self"&gt;
    Consulter la cartographie intéractive
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a créé un observatoire des friches franciliennes.
   &lt;a href="https://www.institutparisregion.fr/amenagement-et-territoires/observatoire-des-friches-franciliennes/" target="_self"&gt;
    Consulter l&amp;#039;Observatoire
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b05-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>133057</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des secteurs prioritaires de précarité énergétique</t>
         </is>
       </c>
-      <c r="C146" s="1" t="inlineStr">
+      <c r="C144" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les logements dont les consommations énergétiques et/ou les émissions de gaz à effet de serre sont élevées (classés E, F, G), vont progressivement faire l&amp;#039;objet de restriction et d&amp;#039;interdiction à la location. Ce sont donc des cibles prioritaires pour la politique publique de rénovation de l&amp;#039;habitat.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Eu égard à leur période de construction, leur typologie (maisons individuelles, copropriétés), leur taille, leur énergie de chauffage ou leur statut d&amp;#039;occupation, ces logements ne nécessiteront pas le même type de réhabilitation ou d&amp;#039;accompagnement des ménages. Une connaissance territoriale fine de l&amp;#039;habitat et sa précarité énergétique est indispensable pour orienter les choix stratégiques des collectivités en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise dans l&amp;#039;identification des « passoires thermiques » et dans les stratégies territoriales à mettre en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M146" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;agence d&amp;#039;urbanisme de Rennes réalise une série de travaux afin de brosser le portrait global des performances énergétiques des logements de la métropole. Ces travaux permettront d&amp;#039;orienter les choix stratégiques de celle-ci en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
   &lt;a href="https://www.audiar.org/sites/default/files/documents/etudes/audiar_note-performance-energetique-logements-rm_web_0.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;atelier parisien d&amp;#039;urbanisme a inscrit dans son programme partenarial d&amp;#039;accompagner les besoins de demain et notamment d&amp;#039;accélérer la rénovation du bâti et l&amp;#039;adaptation climatique.  Dans ce cadre, l&amp;#039;atelier a publié récemment des travaux sur l&amp;#039;enjeu de la rénovation énergétique des logements à Paris.
   &lt;a href="https://www.apur.org/sites/default/files/8p212_logement_enjeux_renovation_energie_forts_paris.pdf?token&amp;#61;GMthf7Bn" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ba78-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>133058</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour réaliser un inventaire des zones d'activités économiques (ZAE)</t>
         </is>
       </c>
-      <c r="C147" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans un contexte de rareté du foncier, les zones d&amp;#039;activités économiques (ZAE) représentent une part importante de foncier artificialisé dont les usages sont à repenser en raison de leur perte d&amp;#039;attractivité. Sont considérés comme zone d&amp;#039;activité : « les zones d&amp;#039;activités industrielle, commerciale, tertiaire, artisanale, touristique, portuaire ou aéroportuaire ».  Pour améliorer la connaissance sur les ZAE et réfléchir sur leurs potentiels de requalification, la loi impose aux collectivités de réaliser un inventaire de leurs zones d&amp;#039;activités économiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;inventaire doit être établit par l&amp;#039;EPCI qui est l&amp;#039;autorité compétente en matière de création, d&amp;#039;aménagement et de gestion des zones d&amp;#039;activités. L&amp;#039;inventaire doit contenir trois étapes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un état parcellaire des unités foncières de la zone d&amp;#039;activité économique (qui identifie la surface de chaque unité foncière et le propriétaire) ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;identification des occupants de la zone d&amp;#039;activité économique ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;identification du taux de vacance de la zone d&amp;#039;activité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La vacance est définie selon trois critères :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une absence d&amp;#039;affectation de l&amp;#039;unité foncière à « une activité assujettie à la cotisation foncière des entreprises (CFE) ;
@@ -30434,239 +29819,239 @@
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M147" s="1" t="inlineStr">
+      <c r="M145" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Audélor, l&amp;#039;agence d&amp;#039;urbanisme, de développement économique et technopole du Pays de Lorient a réalisé un observatoire des sites d&amp;#039;activités du Pays de Lorient. L&amp;#039;observatoire est composé de tableau de bord sur le foncier économique disponible dans les zones d&amp;#039;activités et de fiches descriptives pour chacune des zones d&amp;#039;activités.
   &lt;a href="https://www.audelor.com/observatoires-et-etudes/zones-d-activites/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;agape, l&amp;#039;agence d&amp;#039;urbanisme et de développement durable Lorraine Nord a créé un outil de connaissance web cartographique de suivi des zones d&amp;#039;activités économiques.
   &lt;a href="https://www.agape-lorrainenord.eu/les-ressources/les-produits-de-donnees/actualite/occaze.html" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7c38-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>133059</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
         </is>
       </c>
-      <c r="C148" s="1" t="inlineStr">
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
 &lt;/p&gt;
 &lt;p&gt;
  Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M148" s="1" t="inlineStr">
+      <c r="M146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes pré opératoire à la renaturation des espaces en ville
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
   &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
   &lt;em&gt;
    Renaturer les milieux urbains
   &lt;/em&gt;
   » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
   &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
@@ -30687,183 +30072,183 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Etudes d&amp;#039;identification des gisements de renaturation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
   &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
    Consulter les travaux
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
   &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>139429</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Recycler une friche</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Etablissement Public Foncier Hauts de France (EPF) a été créé pour recycler les friches. Agissant pour le compte des collectivités, l&amp;#039;EPF acquiert ces sites obsolètes et vacants et dont la configuration n&amp;#039;est plus en adéquation avec les besoins du marché.
  &lt;br /&gt;
  Il assure la gestion des déchets (amiante notamment), la déconstruction, en favorisant des démarches d&amp;#039;économie circulaire, le traitement des sources de pollution concentrées et le pré-verdissement.
  &lt;br /&gt;
  L&amp;#039;intervention de l&amp;#039;établissement permet de remettre sur le marché des biens qui en étaient sortis, de réduire les risques attachés à la dangerosité de ces sites et d&amp;#039;améliorer l&amp;#039;image et l&amp;#039;attractivité des quartiers où ils se situent. L&amp;#039;EPF prend en charge 50 à 80% du coût des études et des travaux.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Projets éligibles
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  Projets visant le développement d&amp;#039;une offre de logements, le développement économique, la redynamisation des centres villes et centres bourgs, la gestion des risques, la protection/restauration de la biodiversité, la valorisation du patrimoine UNESCO, la constitution de réserves foncières
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -30881,339 +30266,339 @@
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  •    Ingénierie prise en charge à 100%
  &lt;br /&gt;
  •    Etudes préalables jusqu&amp;#039;à 80% *
  &lt;br /&gt;
  •    Travaux de déconstruction et de traitement des sources de pollution jusqu&amp;#039;à 80% *
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   * Lorsqu&amp;#039;un projet n&amp;#039;est pas défini sur le site, la prise en charge est de 50%
  &lt;/em&gt;
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M149" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Site Bricomarché, rue Gustave Delory, Caudry (Nord)
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre de sa politique de renouvellement urbain, la commune de Caudry a sollicité l&amp;#039;intervention de l&amp;#039;EPF pour la reconversion d&amp;#039;un ensemble immobilier de 2 ha, composé d&amp;#039;un ancien magasin de bricolage et d&amp;#039;un entrepôt de stockage. L&amp;#039;EPF a procédé à l&amp;#039;acquisition du site et a pris en charge la maîtrise d&amp;#039;ouvrage et le financement à 100% des travaux de désamiantage et de déconstruction (3,6 M€). Le site a été ensemencé dans l&amp;#039;attente du projet qui consistera en la réalisation d&amp;#039;un programme de 60 logements.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Site Socochim, Roubaix (Nord)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce site de 2,5 ha accueillait des activités de fabrication et de stockage de produits chimiques inflammables. Il a été acquis en 2007 par l&amp;#039;EPF à la demande de la communauté urbaine de Lille pour y implanter un centre de tri des déchets. Le projet a été abandonné et l&amp;#039;entreprise OVH a ensuite investi le site pour y réaliser son extension. L&amp;#039;EPF a réalisé les travaux de déconstruction et de traitement de la pollution en tenant compte du calendrier d&amp;#039;aménagement d&amp;#039;OVH.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Friche
 Foncier
 Logement et habitat
 Paysage</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Nord, Pas-de-Calais et Somme</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://epf-hdf.fr/</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="http://www.epf-npdc.fr/lepf-pratique/contact" target="_self"&gt;
  &lt;p&gt;
   http://www.epf-npdc.fr/lepf-pratique/contact
  &lt;/p&gt;
 &lt;/a&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>n.condomines@epf-hdf.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/132e-recycler-une-friche/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>139432</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement en AMO ainsi que d'assistances et conseils techniques et administratifs</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>AMO en espaces publics, bâtiments, eau et assainissement, ouvrages d'art</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale de l'Aude (ATD 11)</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence Technique Départementale de l&amp;#039;Aude, Établissement Public Administratif géré de manière paritaire par les élus représentants du Conseil départemental et des collectivités locales.
 &lt;/p&gt;
 &lt;p&gt;
  Les prestations de l&amp;#039;ATD11 relèvent de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) pour des opérations d&amp;#039;aménagements d&amp;#039;espaces publics, de voirie (yc ouvrages d&amp;#039;art), bâtiments publics, eau et assainissement.
  &lt;/li&gt;
  &lt;li&gt;
   La Maîtrise d&amp;#039;Œuvre (MOE) exclusivement pour les ouvrages d&amp;#039;art.
  &lt;/li&gt;
  &lt;li&gt;
   Conseils techniques et juridiques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez trouver des exemples de réalisations en allant sur notre site internet :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://atd11.aude.fr/nos-realisations" target="_self"&gt;
   https://atd11.aude.fr/nos-realisations
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Espaces verts
 Espace public
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre adhérent à l&amp;#039;ATD11
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://atd11.aude.fr/</t>
         </is>
       </c>
-      <c r="W150" s="1" t="inlineStr">
+      <c r="W148" s="1" t="inlineStr">
         <is>
           <t>https://atd11.aude.fr/contacter</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;atd11.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>laurent.naudy@atd11.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0869-test/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>139433</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Repenser les façons d'habiter</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C149" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>LEADER</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>PETR des Communautés du pays de Saint-Malo</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous avez un projet de
  &lt;strong&gt;
   transition écologique
  &lt;/strong&gt;
  en lien avec la
  &lt;strong&gt;
   qualité de vie
  &lt;/strong&gt;
  &amp;amp; l&amp;#039;
  &lt;strong&gt;
   habitat
  &lt;/strong&gt;
  sur le
  &lt;strong&gt;
   pays de Saint-Malo
  &lt;/strong&gt;
  ? Peut-être pouvez-vous bénéficier d&amp;#039;une aide européenne au titre du programme LEADER !
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Qu&amp;#039;est-ce que LEADER ?
   &lt;/strong&gt;
@@ -31392,254 +30777,254 @@
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Des nouvelles façons d&amp;#039;habiter contribuant à la cohésion sociale et territoriale
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Anticiper et prévoir l&amp;#039;offre foncière pour maîtriser l&amp;#039;empreinte environnementale de l&amp;#039;habitat durable
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Coopération
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   - Améliorer la qualité de l&amp;#039;habitat
  &lt;/strong&gt;
  : il s&amp;#039;agit de créer des logements agréables à habiter et de qualité d&amp;#039;un point de vue environnemental, esthétique, et d&amp;#039;usage. Cela peut conduire à penser le logement ou le bâtiment comme étant modulable et évolutif (adaptation de la taille, de l&amp;#039;aménagement intérieur en fonction des besoins des occupants). Il s&amp;#039;agit aussi d&amp;#039;encourager l&amp;#039;adoption de ces nouvelles formes urbaines en changeant la perception sur l&amp;#039;habitat collectif/intermédiaire et individuel et en intégrant les occupants à la co-conception. Cet engagement des futurs habitants peut également se traduire sous la forme d&amp;#039;un accompagnement à l&amp;#039;habitat participatif.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   Adapter l&amp;#039;habitat aux publics, aux trajectoires résidentielles, aux modes de vie :
  &lt;/strong&gt;
  il s&amp;#039;agit de penser l&amp;#039;habitat pour tous en s&amp;#039;adressant aux populations aux besoins spécifiques (personnes âgées, handicapées, saisonniers, jeunes actifs, familles monoparentales, etc.) mais également en intégrant la notion de parcours résidentiel, c&amp;#039;est-à-dire à l&amp;#039;évolution dans le temps des besoins en termes de logement. Ceux-ci évoluent en fonction des changements de situation, notamment du nombre de personnes qui composent le foyer et des moyens financiers. Cela peut conduire là aussi à penser le logement ou le bâtiment comme étant modulable et évolutif mais aussi de mettre l&amp;#039;accent sur la production d&amp;#039;espaces communs (services ou usages partagés : chambre d&amp;#039;amis, buanderie, jardins partagés, etc.) et à la multifonctionnalité/mutualisation des services, des espaces, des équipements entourant l&amp;#039;habitat. Il s&amp;#039;agit également de travailler sur la mobilisation des acteurs et sur leur participation dans la conception des opérations pour assurer la compatibilité des solutions aux besoins réels.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   Ré-interroger la chaîne de production :
  &lt;/strong&gt;
  il s&amp;#039;agit de recourir à des matériaux biosourcés/éco-matériaux (bois, paille, terre crue, bauge etc.) et de renforcer les filières locales pour diminuer la pollution et les consommations énergétiques du bâtiment. Il s&amp;#039;agit aussi d&amp;#039;agir sur l&amp;#039;accessibilité financière du logement en réfléchissant à de outils d&amp;#039;ingénierie novateurs (Organismes de foncier solidaire, BRS...). C&amp;#039;est aussi repenser la participation des acteurs en mettant en place par exemple une démarche de maîtrise d&amp;#039;usage, en développant des dispositifs d&amp;#039;accompagnement à la réhabilitation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - Adapter l&amp;#039;habitat à la transition écologique :
  &lt;/strong&gt;
  l&amp;#039;habitat est lieu privilégié d&amp;#039;accompagnement à la transition écologique des habitants. Ainsi il s&amp;#039;agit de sensibiliser encore plus la population à la préservation des ressources naturelles mais aussi à l&amp;#039;adoption d&amp;#039;autres comportements tel que le recours à des modes de transport alternatifs ou encore le développement local d&amp;#039;énergies renouvelables.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Attractivité économique
 Mobilité partagée
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •	Être cohérent avec la stratégie,
 &lt;/p&gt;
 &lt;p&gt;
  •	Être localisé sur le territoire d&amp;#039;intervention,
 &lt;/p&gt;
 &lt;p&gt;
  •	Correspondre à une dépense éligible (il faut pour cela se référer aux fiches actions) ;
 &lt;/p&gt;
 &lt;p&gt;
  •	Apporter une vraie plus-value pour le territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-stmalo.fr/avec-leader-repensons-les-facons-d-habiter-C270.html</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous avez un projet et vous souhaitez savoir s&amp;#039;il peut être financé par LEADER ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contacter-nous : contractualisation&amp;#64;pays-stmalo.fr  02 99 21 17 28
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Vous bénéficierez d&amp;#039;une aide pour le montage de la demande d&amp;#039;aide LEADER, le suivi administratif et technique du projet et la mise en paiement.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>contractualisation@pays-stmalo.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4d2d-repenser-les-facons-dhabiter/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>139927</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -31685,531 +31070,531 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P152" s="1" t="inlineStr">
+      <c r="P150" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q152" s="1" t="inlineStr">
+      <c r="Q150" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>139928</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Financer vos projets relatifs au logement, au renouvellement urbain, aux travaux sur des bâtiments communaux et à la réalisation d'équipements de proximité</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Solidarité territoriale</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation
  &lt;em&gt;
   Solidarité territoriale
  &lt;/em&gt;
  concerne le financement des projets communaux relatifs au logement, au renouvellement urbain, aux travaux réalisés sur des bâtiments communaux, à la réalisation d&amp;#039;équipements de proximité tels que des commerces, des stations-services, des équipements en lien avec la santé ...
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée sur plusieurs critères : plus-value en termes d&amp;#039;attractivité du territoire et son intérêt en termes de services à la population.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche à partir de 200 000 € : 5% du solde du projet avec un plafond de subvention fixée à 15 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière maximale sera alors de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide financière est cumulable avec les autres aides de la CCMS.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément au principe du fonds de concours, l&amp;#039;intervention financière de la CCMS est limitée à 50 % du reste à charge, cofinancements déduits.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P153" s="1" t="inlineStr">
+      <c r="P151" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q153" s="1" t="inlineStr">
+      <c r="Q151" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeur
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  c.maitre&amp;#64;cc-massifdusancy.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/25fc-dotations-avenir-sancy-solidarite-territorial/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>140803</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional du VERDON (PNR)</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie ADMINISTRATIVE : appui à la formalisation de demandes de subventions, réponses aux appels à projets
  &lt;/li&gt;
  &lt;li&gt;
   Expertise TECHNIQUE et ingénierie de PROJET : aide au montage et à la gestion de projets, conseil architectural et paysager auprès des porteurs publics et privés
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux et patrimoines du territoire, médiation &amp;#43; Portage des enjeux et des projets collectifs du territoire auprès des instances de tutelle, contractualisation avec des partenaires financiers publics ou privés (lobbying territorial)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M152" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagement des sites naturels fréquentés
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des travaux d&amp;#039;économie d&amp;#039;énergie dans les bâtiments publics
  &lt;/li&gt;
  &lt;li&gt;
   Atlas communaux participatifs de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Animation de sites Natura 2000
  &lt;/li&gt;
  &lt;li&gt;
   Ecogardes, gestion de la fréquentation touristique, prévention incendie
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement pour l&amp;#039;évolution des pratiques agricoles (expérimentation, formation) et de consommation (valorisation des produits locaux)
  &lt;/li&gt;
  &lt;li&gt;
   Réouverture d&amp;#039;espaces enfrichés au pâturage
  &lt;/li&gt;
  &lt;li&gt;
   Replantation de haies et restauration des trames écologiques
  &lt;/li&gt;
  &lt;li&gt;
   Actions pédagogiques auprès des scolaires, des jeunes, actions de sensibilisation du grand public
  &lt;/li&gt;
  &lt;li&gt;
   Appui des communes pour leurs documents d&amp;#039;urbanisme
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Forêts
 Montagne
 Transition énergétique
 Education et renforcement des compétences
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le champ d&amp;#039;action du parc est limité au périmètre des communes classées.
 &lt;/p&gt;
 &lt;p&gt;
  3 niveaux d&amp;#039;intervention possibles pour les collectivités adhérentes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Appui et conseil technique ponctuel gratuit
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement approfondi de projets (valorisation forfaitaire du temps passé en quasi-régie pour une assistance à maîtrise d&amp;#039;ouvrage ou une maîtrise d&amp;#039;œuvre)
  &lt;/li&gt;
  &lt;li&gt;
   Portage de projets spécifiques (délégation de maîtrise d&amp;#039;ouvrage, co-maîtrise d&amp;#039;ouvrage...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>PNR du Verdon (Parc naturel régional)</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>http://parcduverdon.fr/</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : Domaine de Valx – 04360 Moustier-Ste-Marie
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 04 92 74 68 00
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:info&amp;#64;parcduverdon.fr" target="_self"&gt;
   info&amp;#64;parcduverdon.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1777-asseoir-un-developpement-economique-et-social/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>142229</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C155" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -32369,51 +31754,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -32423,56 +31808,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -32501,154 +31886,154 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>142680</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -32761,51 +32146,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -32823,56 +32208,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -32915,790 +32300,627 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-[...163 lines deleted...]
-      <c r="A158" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>143348</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement pour définir et lancer un projet dans le domaine de l'aménagement (espaces publics, projets urbains…)</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière d&amp;#039;aménagement d&amp;#039;espaces publics :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pour donner des conseils de 1er niveau
  &lt;/li&gt;
  &lt;li&gt;
   pour une expertise ciblée (assistance à maîtrise d&amp;#039;ouvrage partielle)
  &lt;/li&gt;
  &lt;li&gt;
   pour une assistance à maîtrise d&amp;#039;ouvrage globale afin d&amp;#039;aider la collectivité à répondre à ses prérogatives de maître d&amp;#039;ouvrage
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M158" s="1" t="inlineStr">
+      <c r="M155" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil de 1er niveau (administratifs, réglementaires et techniques)
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la définition de principes (définition du besoin, faisabilité, recherche de financement...) ou assistance à maîtrise d&amp;#039;ouvrage  (définition du besoin, faisabilité,  scénarios d&amp;#039;aménagement, appui à la consultation des prestataires..) pour l&amp;#039;aménagement de bourg ou d&amp;#039;un espace public
  &lt;/li&gt;
  &lt;li&gt;
   Appui ou assistance à maîtrise d&amp;#039;ouvrage pour l&amp;#039;élaboration d&amp;#039;un schéma directeur d&amp;#039;aménagement et de développement du bourg (définition du besoin, appui à la consultation des prestataires, suivi des études)...
  &lt;/li&gt;
  &lt;li&gt;
   Expertise  ou assistance à maitrise d&amp;#039;ouvrage autre projets
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>http://www.inge43.fr</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
   contact&amp;#64;inge43.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 71 07 41 71
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>contact@inge43.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b36-beneficier-dun-accompagnement-pour-definir-et/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>144504</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Accompagner des EPCI fragiles par le Fonds de Solidarité Intercommunal (FSI)</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le fonds est destiné à aider les communautés de communes dont la population, le niveau de vie des populations et le potentiel de ressources est faible pour qu&amp;#039;elles engagent des projets d&amp;#039;investissement répondant à leurs besoins spécifiques.
 &lt;/p&gt;
 &lt;p&gt;
  Chaque année, la liste des EPCI sera établie par la commission solidarité territoriale, au regard de critères de fragilité, et l&amp;#039;enveloppe sera répartie sur un nombre d&amp;#039;EPCI défini lors du vote du budget principal.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ensemble des aides publiques ne pourra excéder 80% du montant de chaque projet composant ce programme.
 &lt;/p&gt;
 &lt;p&gt;
  Le solde à verser pourra être ajusté, le cas échéant, au regard du plan de financement définitif des opérations soutenues dans le cadre du programme approuvé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  EPCI figurant sur la liste établie par la commission solidarité territoriale du Département.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes de subventions sont adressées à Monsieur le Président du Conseil
  &lt;br /&gt;
  Départemental des Landes.
 &lt;/p&gt;
 &lt;p&gt;
  Elles comprennent notamment :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la délibération du maître d&amp;#039;ouvrage approuvant l&amp;#039;opération et précisant son financement prévisionnel,
  &lt;/li&gt;
  &lt;li&gt;
   une note de présentation de l&amp;#039;opération,
  &lt;/li&gt;
  &lt;li&gt;
   les plans et devis, attestation de propriété, permis de construire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/644b-accompagner-des-epci-fragiles-par-le-fonds-de/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>144508</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Accompagner les études des démarches "Petites Villes de Demain"</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I157" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les centralités retenues dans le cadre du programme national « Petites Villes de Demain » (PVD) et non retenues par la Région Nouvelle Aquitaine « au titre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt Centres-bourgs, pourront bénéficier d&amp;#039;un soutien départemental pour la conduite d&amp;#039;études stratégiques, thématiques et pré-opérationnelles dans le cadre d&amp;#039;un partenariat établi avec la Banque des Territoires/ Caisse des dépôts et consignations.
 &lt;/p&gt;
 &lt;p&gt;
  La sélection des études sera soumise à la validation préalable de la Banque des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant maximal du financement apporté par la Caisse des dépôts au cofinancement d&amp;#039;études stratégiques, thématiques ou pré-opérationnelles est fixé à 50 % du coût réel de l&amp;#039;étude, le montant maximal du cofinancement apporté par le Département à la contribution de la Caisse des Dépôts aux études stratégiques, thématiques ou pré-opérationnelles est fixé à 30 % du coût de l&amp;#039;étude.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les études sur l&amp;#039;habitat, incluses dans les démarches « Petites villes de demain », et cofinancées par l&amp;#039;Agence nationale de l&amp;#039;habitat (ANAH), qui ne pourraient pas être retenues ou que partiellement dans la convention PVD avec la Banque des territoires, en cohérence avec le Programme départemental de l&amp;#039;habitat (PDH), le Département pourra également intervenir à hauteur de 30% maximum.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Espaces verts
 Espace public
 Friche
 Foncier
 Accès aux services
 Commerces et services
 Tiers-lieux
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Attractivité économique
 Artisanat
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide destinée aux centralités retenues dans le cadre du programme national « Petites Villes de Demain » (PVD) et non retenues par la Région Nouvelle Aquitaine « au titre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt Centres-bourgs.
 &lt;/p&gt;
 &lt;p&gt;
  Subvention soumise à l&amp;#039;approbation du comité de régulation &amp;#34;Petites Villes de Demain&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1731-accompagner-les-etudes-des-demarches/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>144547</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M161" s="1" t="inlineStr">
+      <c r="M158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -33741,1780 +32963,906 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W161" s="1" t="inlineStr">
+      <c r="W158" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-[...709 lines deleted...]
-      <c r="G165" s="1" t="inlineStr">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>148754</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le cadre de vie au sein des communes</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration du cadre de vie au sein des communes</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
-[...177 lines deleted...]
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Visite de conseil pour améliorer le cadre de vie de sa commune ;
   &lt;/li&gt;
   &lt;li&gt;
    Accompagnement à l&amp;#039;obtention et/ou à la progression dans le label villes et villages fleuris.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Visite de la commune par les membres de la commission embellissement
 &lt;/p&gt;
 &lt;p&gt;
  A la suite de plusieurs visites et échanges, les membres de la commission apportent des pistes concrètes d&amp;#039;amélioration pour présenter un dossier au niveau régional (1 à 3 fleurs) ou national (4 fleurs)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/amelioration-du-cadre-de-vie-au-sein-des-communes/</t>
         </is>
       </c>
-      <c r="W166" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X166" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme – Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Laurence Didier – coordinatrice de la mission embellissement &amp;amp; cadre de vie
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a&gt;
   ldidier&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 06 98 96 40 78
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ceb4-amelioration-du-cadre-de-vie-au-sein-des-comm/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>149106</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des commerces en centralités rurales (ACCOR)</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des commerces en ruralité pour la revitalisation des bourgs (ACCOR)</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet d&amp;#039;aménagement, de modernisation et de réhabilitation des espaces consacrés à l&amp;#039;accueil du public, des travaux de devanture commerciale ou d&amp;#039;achat d&amp;#039;équipements/mobiliers et de véhicule atelier ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Bénéficiez d&amp;#039;une aide cofinancée par la Région et la Communauté de Communes ou la commune entre 1 000 € et 12 500 € – Voir les conditions particulières auprès de votre communauté de communes.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P167" s="1" t="inlineStr">
+      <c r="P160" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="R167" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre projet se situe sur un territoire bénéficiant d&amp;#039;une convention ACCOR en cours de validité.
 &lt;/p&gt;
 &lt;p&gt;
  Vous êtes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une personne physique ou morale de droit privé, justifiant d&amp;#039;une inscription au registre du commerce et des sociétés ou au répertoire des métiers et remplissant les critères suivants :
   &lt;/li&gt;
   &lt;li&gt;
    Être à jour de ses obligations fiscales et sociales ;
   &lt;/li&gt;
   &lt;li&gt;
    Avoir un effectif inférieur à 10 salariés ;
   &lt;/li&gt;
   &lt;li&gt;
    Exploiter un local commercial disposant d&amp;#039;une vitrine en rez-de-chaussée ;
   &lt;/li&gt;
   &lt;li&gt;
    Disposer d&amp;#039;un chiffre d&amp;#039;affaires inférieur à 1 million d&amp;#039;euros réalisé à plus de 50 % par la vente de biens ou de services aux particuliers.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Et votre projet concerne :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    L&amp;#039;aménagement, la modernisation et la réhabilitation des espaces consacrés à l&amp;#039;accueil du public et attenants non productifs, travaux de devanture commerciale ;
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements et mobiliers liés uniquement à l&amp;#039;activité commerciale d&amp;#039;un coût unitaire supérieur à 500 € HT (matériel d&amp;#039;occasion sous certaines conditions).
   &lt;/li&gt;
   &lt;li&gt;
    Les véhicules ateliers de tournées dont l&amp;#039;aménagement spécifique est supérieur à 3 000 € HT.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Les travaux réalisés par l&amp;#039;entreprise elle-même sont exclus et l&amp;#039;investissement ne doit pas avoir été engagé ou réalisé préalablement à la demande.
  &lt;/span&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T167" s="1" t="inlineStr">
+      <c r="T160" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/accompagnement-commerces-ruralite-accor/</t>
         </is>
       </c>
-      <c r="W167" s="1" t="inlineStr">
+      <c r="W160" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0169/depot/simple</t>
         </is>
       </c>
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre commune ou votre Communauté de Communes avant tout dépôt de demande.
 &lt;/p&gt;
 &lt;p&gt;
  Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4a6a-accompagnement-des-commerces-en-centralites-r/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>149107</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Valoriser le patrimoine bâti ardennais visible de l’espace public et améliorer le cadre de vie et l’attractivité du département des Ardennes</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Aide à la rénovation du patrimoine bâti public dans les Ardennes</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l&amp;#039;espace public et améliorer le cadre de vie et l&amp;#039;attractivité du département des Ardennes :
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € pour des travaux de rénovation de façades et toitures, et 15 000 € pour les projets de déconstruction de ruine – voir conditions particulières dans le règlement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
+      <c r="P161" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
+      <c r="R161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre du pacte ardennes, la Région Grand Est accompagne la restauration du patrimoine bâti public ardennais visible de l&amp;#039;espace public.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une collectivité territoriale ou ses groupements ;
  &lt;/li&gt;
  &lt;li&gt;
   Une personne morale propriétaire d&amp;#039;un ou plusieurs bâtiments accueillant une activité incluant une mission de service public (à l&amp;#039;exception de l&amp;#039;Etat et de ses opérateurs).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et que votre projet concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un bâtiment public situé dans le département des Ardennes et visible de l&amp;#039;espace public.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et des travaux de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénovation de façade(s) ;
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation de toiture(s) ;
  &lt;/li&gt;
  &lt;li&gt;
   Déconstruction d&amp;#039;un bâtiment en ruine.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T168" s="1" t="inlineStr">
+      <c r="T161" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>Ardennes</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/aide-renovation-patrimoine-public-ardennes/</t>
         </is>
       </c>
-      <c r="W168" s="1" t="inlineStr">
+      <c r="W161" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0070/depot/simple</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déposez votre dossier complet en ligne avant le 28 février 2027.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7d66-aide-a-la-renovation-du-patrimoine-bati-publi/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>149108</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l’espace public et améliorer le cadre de vie et l’attractivité</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Aide aux propriétaires privés pour la rénovation de leur patrimoine dans les Ardennes</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l&amp;#039;espace public et améliorer le cadre de vie et l&amp;#039;attractivité du département des Ardennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 15 000 € et des dépenses remboursées jusqu&amp;#039;à 80% du montant HT / TTC de votre projet. Voir conditions particulières dans le règlement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P169" s="1" t="inlineStr">
+      <c r="P162" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre du Pacte Ardennes, la Région Grand Est accompagne la restauration du patrimoine bâti privé ardennais visible de l&amp;#039;espace public.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une personne majeure,
  &lt;/li&gt;
  &lt;li&gt;
   propriétaire privé (personne physique ou morale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et que votre projet concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un bâtiment situé dans le département des Ardennes et visible de l&amp;#039;espace public.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  Et des travaux de :
 &lt;/span&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Déconstruction d&amp;#039;un bâtiment en ruine,
  &lt;/li&gt;
  &lt;li&gt;
   Modification du clos-couvert d&amp;#039;un local économique inoccupé depuis au moins 3 ans en vue d&amp;#039;un changement d&amp;#039;usage.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/span&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/aide-proprietaires-renovation-patrimoine-ardennes/</t>
         </is>
       </c>
-      <c r="W169" s="1" t="inlineStr">
+      <c r="W162" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0069/depot/simple</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déposez votre dossier complet en ligne avant le 28 février 2027
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/abbf-aide-aux-proprietaires-prives-pour-la-renovat/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>149109</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Mener à bien une étude contribuant à revitaliser votre centre bourg/ville</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Soutien aux études des Petites Villes de Demain</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien une étude contribuant à revitaliser votre centre bourg/ville ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale (via les crédits dédiés de la Banque des Territoires) pouvant aller jusqu&amp;#039;à 50% maximum du coût de l&amp;#039;étude
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P170" s="1" t="inlineStr">
+      <c r="P163" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T170" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-etudes-petites-villes/</t>
         </is>
       </c>
-      <c r="W170" s="1" t="inlineStr">
+      <c r="W163" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0170/depot/simple</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avant de déposer votre dossier en ligne, vous pouvez contacter votre interlocuteur régional (cf. rubrique « nous contacter).
 &lt;/p&gt;
 &lt;p&gt;
  Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contactez le secrétariat du service Aménagement
 &lt;/p&gt;
 &lt;p&gt;
  amenagement&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 03 88 15 69 23
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5136-soutien-aux-etudes-des-petites-villes-de-dema/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>150687</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -35555,147 +33903,147 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T171" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>150688</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements des communes samariennes</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Fonds d'appui aux communes</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Somme</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I172" s="1" t="inlineStr">
+      <c r="I165" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 40</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de poursuivre le déploiement d&amp;#039;une politique de solidarité territoriale volontariste auprès de l&amp;#039;échelon communal, le Département met en œuvre un fonds d&amp;#039;appui mobilisable par l&amp;#039;ensemble des communes samariennes en 2025.
 &lt;/p&gt;
 &lt;p&gt;
  Son objectif est de soutenir les projets d&amp;#039;investissement des communes dans les domaines prioritaires identifiés et garantir un maillage territorial de l&amp;#039;intervention départementale en répartissant les crédits d&amp;#039;appui aux communes par canton et en fonction de la population.&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   taux de subvention maximal : 40% du coût hors taxes des dépenses éligibles,
  &lt;/li&gt;
  &lt;li&gt;
   assiette minimum des dépenses éligibles : 5 000 € HT,
  &lt;/li&gt;
  &lt;li&gt;
   possibilité de présenter un dossier constitué de plusieurs opérations,
  &lt;/li&gt;
  &lt;li&gt;
   aide plafonnée à 100 000 € par commune pour l&amp;#039;année, ­&lt;/li&gt;&lt;li&gt;participation minimale du maître d&amp;#039;ouvrage : 20 % du coût de l&amp;#039;opération&lt;/li&gt;
  &lt;li&gt;
   participation minimale du maître d&amp;#039;ouvrage : 20 % du coût de l&amp;#039;opération,
@@ -35707,618 +34055,471 @@
   prise en compte des dépenses à compter du 01 janvier 2025,
  &lt;/li&gt;
  &lt;li&gt;
   date limite de dépôt des dossiers : 31 décembre 2025.&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Constitution du dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- note
 explicative du projet : contexte, objectifs poursuivis, descriptif
 détaillé des travaux,&lt;/p&gt;&lt;p&gt;- plans et
 photos (plan de situation, plan des travaux projetés, photos de l’existant…),&lt;/p&gt;&lt;p&gt;- estimation
 définitive du coût des travaux, durée d’amortissement de l’équipement à
 subventionner (indiquer le cas échéant que l’investissement n’est pas
 amortissable dans la comptabilité,&lt;/p&gt;&lt;p&gt;- calendrier
 prévisionnel de réalisation des travaux (date de démarrage et date d’achèvement
 prévisionnelles de l’opération),&lt;/p&gt;&lt;p&gt;- délibération
 du maître d’ouvrage approuvant l’opération, sollicitant l&amp;#039;accompagnement
 financier du Département et adoptant le plan de financement prévisionnel,&lt;/p&gt;&lt;p&gt;-
 certificat administratif précisant que le maître d’ouvrage n’a pas transféré sa
 compétence, pour l’opération objet de la demande de subvention,&lt;/p&gt;&lt;p&gt;- RIB du
 maître d’ouvrage.&lt;/p&gt;&lt;p&gt;Selon la
 spécificité du dossier, des pièces complémentaires pourront être demandées&lt;/p&gt;&lt;p&gt;Seuls les
 dossiers complets feront l’objet d’une instruction.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M172" s="1" t="inlineStr">
+      <c r="M165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;&lt;p&gt;Tous les
 projets d’investissement (y
 compris les équipements mais uniquement sur l’axe complémentaire, ainsi que les
 acquisitions foncières et immobilières ayant comme objectif d’être support d’un
 projet relevant des priorités départementales).&lt;/p&gt;
 &lt;p&gt;&lt;u&gt;Dépenses
 exclues :&lt;/u&gt;
 travaux ou études réalisés en régie, réparations et entretien courant.&lt;/p&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Handicap
 Accès aux services
 Commerces et services
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P165" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
+      <c r="Q165" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
+      <c r="R165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Domaines d’intervention :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.     
 &lt;u&gt;Priorités départementales&lt;/u&gt; :
 enveloppes cantonales à répartir pour des projets relevant des thématiques
 prioritaires suivantes :&lt;/p&gt;&lt;p&gt;-  La
 dynamisation des bourgs-centres,&lt;/p&gt;&lt;p&gt;-  les
 équipements culturels et de lecture publique,&lt;/p&gt;&lt;p&gt;-  la mise aux
 normes accessibilité/handicap des bâtiments, espaces publics et espaces
 naturels,&lt;/p&gt;&lt;p&gt;-  l’aménagement
 des espaces publics,&lt;/p&gt;&lt;p&gt;-  la
 restauration et la valorisation du patrimoine bâti protégé et non protégé,&lt;/p&gt;&lt;p&gt;-  les travaux
 relatifs aux bâtiments communaux.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;2.  &lt;u&gt;Axe complémentaire&lt;/u&gt; : 10 % du montant de l’autorisation
 de programme (soit 1.56€ par habitant intégré aux enveloppes cantonales) à répartir
 pour des projets relevant des priorités départementales ou sur tout autre
 projet que les Conseillers départementaux du canton jugeraient utiles pour leur
 territoire (petits équipements, enfouissement des réseaux aériens, travaux
 d’éclairage public, chemins ruraux…)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T172" s="1" t="inlineStr">
+      <c r="T165" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/fonds-appui-communes/</t>
         </is>
       </c>
-      <c r="W172" s="1" t="inlineStr">
+      <c r="W165" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/53cb-soutenir-les-investissements-des-communes-sam/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-[...147 lines deleted...]
-      <c r="A174" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>151703</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Accompagnements de la DDT 53</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>DDT de Mayenne</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment, l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
  &lt;/li&gt;
  &lt;li&gt;
   la prévention des risques,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;habitat, le logement social et la rénovation urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
   vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Alimentation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités et autres acteurs situés en Mayenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T166" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Mayenne</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse du service territorial (Référents territoriaux)
  :
  &lt;strong&gt;
   &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
    ddt-st&amp;#64;mayenne.gouv.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>152463</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Aider à la préservation de la biodiversité</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>PRESERVATION DE LA BIODIVERSITE CONTRIBUANT NOTAMMENT A LA LUTTE CONTRE LE RECHAUFFEMENT CLIMATIQUE</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I175" s="1" t="inlineStr">
+      <c r="I167" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J175" s="1" t="inlineStr">
+      <c r="J167" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la préservation de la biodiversité par l&amp;#039;acquisition de parcelles présentant un intérêt écologique (marais, boisements, landes, pelouses calcicoles...) non classées espaces naturels sensibles (ENS).
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement en faveur de la préservation de la biodiversité et notamment la création de micro-forêts, d&amp;#039;îlots de fraicheur contribuant aussi à la lutte contre les effets du réchauffement climatique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M175" s="1" t="inlineStr">
+      <c r="M167" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagements paysagers, espace découverte de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;aménagement du parc paysager de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement du jardin de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Création du parc paysager du Château de Villers sous Saint Leu
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une zone humide à Hermes et aménagement d&amp;#039;une mare à Berthecourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un cimetière écologique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Biodiversité
 Paysage
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -36463,212 +34664,212 @@
      &lt;p&gt;
       Dépense subventionnable plafonnée à 300 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  *Direction générale adjointe aménagement durable de l&amp;#039;environnement et de la mobilité
  &lt;br /&gt;
  Service de l&amp;#039;eau, de l&amp;#039;assainissement et des rivières
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien (à l&amp;#039;exception des travaux d&amp;#039;entretien des rivières).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T175" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W175" s="1" t="inlineStr">
+      <c r="W167" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f477-aider-a-la-preservation-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>153399</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Développer des projets ruraux en Seine Aval</t>
         </is>
       </c>
-      <c r="C176" s="1" t="inlineStr">
+      <c r="C168" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="F176" s="1" t="inlineStr">
+      <c r="F168" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France
 Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I176" s="1" t="inlineStr">
+      <c r="I168" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J176" s="1" t="inlineStr">
+      <c r="J168" s="1" t="inlineStr">
         <is>
           <t>Dépend du régime d'aide qui s'applique pour le projet</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
 &lt;/p&gt;
 &lt;p&gt;
  Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
 &lt;/p&gt;
 &lt;p&gt;
  -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
 &lt;/p&gt;
 &lt;p&gt;
  -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
 &lt;/p&gt;
 &lt;p&gt;
  -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M176" s="1" t="inlineStr">
+      <c r="M168" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation d&amp;#039;un atelier de transformation
  &lt;/li&gt;
  &lt;li&gt;
   Communication autour de la valorisation des co-produits agricoles
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de points de vente de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
  &lt;/li&gt;
  &lt;li&gt;
   Financement de food-truck de produits de locaux
  &lt;/li&gt;
  &lt;li&gt;
   Plantation de haies
  &lt;/li&gt;
  &lt;li&gt;
   Restructuration de foncier forestier
@@ -36690,51 +34891,51 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un gîte touristique
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;aires de repos pour les randonneurs
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;un festival agricole
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un jardin pédagogique
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
@@ -36755,156 +34956,156 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Inclusion numérique
 Protection animale</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A établir avec l&amp;#039;animatrice selon le projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://leaderseineaval.com/</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Margaux GROSJEAN
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   margaux.grosjean&amp;#64;safer-idf.com
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  06 37 01 89 44
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>margaux.grosjean@safer-idf.com</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>153406</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Acquérir des espaces naturels sensibles</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Acquisitions foncières d&amp;rsquo;espaces naturels sensibles déléguées aux communes</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I177" s="1" t="inlineStr">
+      <c r="I169" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le but est de favoriser l&amp;#039;acquisition par les collectivités territoriales d&amp;#039;espaces naturels sensibles (ENS). Le conseil départemental, sur les secteurs prédéfinis dans le cadre du schéma des espaces naturels sensibles, apporte aux collectivités locales qui le souhaitent les outils techniques, fonciers et financiers pour mener une politique active de maîtrise foncière.
 &lt;/p&gt;
 &lt;p&gt;
  Montant de l&amp;#039;aide : jusqu&amp;#039;à 50% du montant des acquisitions, hors frais notariés et aides complémentaires possibles de l&amp;#039;Agence de l&amp;#039;eau dans les zones humides.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Renseigner le dossier de demande de subvention et le transmettre au service instructeur accompagné des pièces justificatives.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -36945,173 +35146,173 @@
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La demande signée du porteur de projet ou de son représentant légal, avec nom (raison sociale), adresse, et autres coordonnées, numéro SIRET, énumérant l&amp;#039;objet du projet, son coût prévisionnel global, sa durée et le montant de la subvention sollicitée, la procédure au titre de laquelle celle-ci est demandée et les nom et coordonnées du responsable du projet.
   &lt;/li&gt;
   &lt;li&gt;
    La délibération de l&amp;#039;organe compétent de la collectivité territoriale ou de l&amp;#039;organisme public approuvant le projet d&amp;#039;investissement et le plan de financement prévisionnel précisant l&amp;#039;origine et le montant des moyens financiers.
   &lt;/li&gt;
   &lt;li&gt;
    Une notice explicative indiquant de façon précise : son objet, les objectifs poursuivis, les résultats attendus et son insertion dans la stratégie de développement local, sa durée et son calendrier (sauf s&amp;#039;ils sont suffisamment détaillés dans la demande), dans le cas d&amp;#039;un investissement physique, l&amp;#039;estimation de son coût de fonctionnement éventuel après mise en service, s&amp;#039;il y a lieu, ses conditions particulières de réalisation et la justification de son caractère fonctionnel. S&amp;#039;il s&amp;#039;agit d&amp;#039;une tranche ou d&amp;#039;une phase, leur intégration dans le projet global avec indication du déroulement de celui-ci.
   &lt;/li&gt;
   &lt;li&gt;
    Un état de coût prévisionnel détaillé par nature de dépense ; le cas échéant, les devis (ceux-ci ne sont pas produits, en particulier dans le cas où le montant de la subvention est forfaitaire du fait de l&amp;#039;application d&amp;#039;un barème).
   &lt;/li&gt;
   &lt;li&gt;
    Les autorisations préalables requises par la réglementation en vigueur et nécessaires à l&amp;#039;instruction du dossier.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Être dans les secteurs prédéfinis dans le cadre des schémas des ENS,
   &lt;/li&gt;
   &lt;li&gt;
    Engagement de la collectivité à gérer durablement les terrains dans le respect de la charte nationale des ENS.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T169" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/acquisitions-foncieres-despaces-naturels-sensibles-deleguees-aux-communes/</t>
         </is>
       </c>
-      <c r="W177" s="1" t="inlineStr">
+      <c r="W169" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d37a-acquisitions-foncieres-drsquoespaces-naturels/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>153942</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Financer des travaux de création de haies à plat ou sur talus</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Plantation de haies</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Travaux de création de haies à plat ou sur talus
 &lt;/p&gt;
 &lt;p&gt;
  La politique d&amp;#039;aide du conseil départemental à la création de haies se décline de la façon suivante :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    création de haies à plat : subvention forfaitaire de 2,80 €/mètre linéaire (ml) soit 50% du coût moyen constaté pour ce type de travaux ;
   &lt;/li&gt;
   &lt;li&gt;
    création de haies sur talus : subvention forfaitaire de 10€/mètre linéaire soit 80% du coût moyen constaté pour ce type de travaux.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Seuil minimum des projets de 100 ml sauf pour les haies sur talus si opération réalisée dans le cadre d&amp;#039;un projet global de lutte contre l&amp;#039;érosion à l&amp;#039;échelle d&amp;#039;un bassin ou sous-bassin versant.
 &lt;/p&gt;
 &lt;p&gt;
@@ -37121,402 +35322,402 @@
  Les travaux sont réalisés par des entreprises agréées dans le cadre de la charte qualité plantation du bocage (liste disponible auprès de la Chambre d&amp;#039;agriculture de la Manche).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    montage du dossier par la chambre d&amp;#039;agriculture - service boisement : 02.33.06.49.91 ;
   &lt;/li&gt;
   &lt;li&gt;
    réalisation du dossier technique et financier auprès de chaque adhérent à une ASL planteur ;
   &lt;/li&gt;
   &lt;li&gt;
    regroupement des projets par secteur par les ASL de reboisement (qui assurent la maitrise d&amp;#039;ouvrage des travaux) puis par la Fédération des Associations de Boisement de la Manche (FABM) ;
   &lt;/li&gt;
   &lt;li&gt;
    réception des chantiers de plantation conjointe services du Conseil départemental /CDAM.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Agriculture et agroalimentaire
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/plantation-de-haies/</t>
         </is>
       </c>
-      <c r="W178" s="1" t="inlineStr">
+      <c r="W170" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 06 69 21
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c411-plantation-de-haies/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>154414</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Projeter la destination Blois-Chambord-Val de Loire et ses acteurs vers un tourisme d’avenir</t>
         </is>
       </c>
-      <c r="C179" s="1" t="inlineStr">
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I179" s="1" t="inlineStr">
+      <c r="I171" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J179" s="1" t="inlineStr">
+      <c r="J171" s="1" t="inlineStr">
         <is>
           <t>Montant plancher LEADER : 5 000 € // Montant plafond LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Objectifs opérationnels :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser les projets à faible empreinte carbone (dont tourisme pédestre, équestre, « Châteaux à vélo », « Loire à Vélo », etc.)
 &lt;/li&gt;&lt;li&gt;S&amp;#039;inscrire dans la destination Blois – Chambord – Val de Loire et être ambassadeur de cette destination
 &lt;/li&gt;&lt;li&gt;Accompagner la montée en compétence des acteurs du territoire et former à l&amp;#039;offre du territoire
 &lt;/li&gt;&lt;li&gt;Faciliter l&amp;#039;accès au territoire pour les saisonniers (hébergement, transport, etc.)
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Pays des Châteaux a mis à jour sa stratégie touristique en décembre 2021.
 &lt;/p&gt;
 &lt;p&gt;
  11 grands enjeux ont été définis pour la destination touristique Blois-Chambord-Val de Loire avec notamment un nouvel enjeu dédié à la prise en compte du changement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  La présente fiche action a pour but de concrétiser cette stratégie :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De tendre vers un tourisme d&amp;#039;avenir
 &lt;/li&gt;&lt;li&gt;D&amp;#039;améliorer la visibilité et l&amp;#039;offre de la destination pour les acteurs locaux, les touristes ou les saisonniers
 &lt;/li&gt;&lt;li&gt;De développer l&amp;#039;économie touristique du territoire
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  De proposer aux habitants d&amp;#039;être ambassadeurs de leur territoire et par conséquent d&amp;#039;accéder à des nouveaux services (navettes touristiques, offre culturelle, ...)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M179" s="1" t="inlineStr">
+      <c r="M171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mettre en place des itinéraires pédestres / Créer des animations autour des itinéraires
 &lt;/p&gt;
 &lt;p&gt;
  Aménager les sentiers et pistes cyclables pour les adapter aux familles
 &lt;/p&gt;
 &lt;p&gt;
  Permettre le franchissement de la Loire en différents points du territoire (Bac, ...)
 &lt;/p&gt;
 &lt;p&gt;
  Sensibiliser les habitants à la richesse patrimoniale du territoire
 &lt;/p&gt;
 &lt;p&gt;
  Permettre aux jeunes générations de profiter des activités pour les rendre actrices et ambassadrices du territoire
 &lt;/p&gt;
 &lt;p&gt;
  Organiser des journées thématiques auprès des prestataires touristiques et professionnels du tourisme dans une logique d&amp;#039;interconnaissance
 &lt;/p&gt;
 &lt;p&gt;
  Former et accompagner à la montée en compétence sur le tourisme
 &lt;/p&gt;
 &lt;p&gt;
  Réfléchir et investir sur des solutions de logements saisonniers (accueil multifonction, création de logements, état des lieux des logements saisonniers... )
 &lt;/p&gt;
 &lt;p&gt;
  Réfléchir et investir sur des solutions de mobilités douces pour les saisonniers
 &lt;/p&gt;
 &lt;p&gt;
  Mettre en place des services dédiés aux saisonniers
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Accès aux services
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Equipement public
 Réhabilitation
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P179" s="1" t="inlineStr">
+      <c r="P171" s="1" t="inlineStr">
         <is>
           <t>01/12/2023</t>
         </is>
       </c>
-      <c r="Q179" s="1" t="inlineStr">
+      <c r="Q171" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets seront sélectionnés par le Comité de Programmation au regard des critères définis dans la grille d&amp;#039;analyse des projets, conformément aux principes de sélection suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise en réseau des acteurs&lt;/li&gt;&lt;li&gt;Echelle d&amp;#039;intervention
 &lt;/li&gt;&lt;li&gt;Caractère innovant et transversal du projet
 &lt;/li&gt;&lt;li&gt;Diversité des publics visés
 &lt;/li&gt;&lt;li&gt;Pérennité du projet
 &lt;/li&gt;&lt;li&gt;Pertinence avec la stratégie du GAL et avec les stratégies de développement régionales et locales existantes&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de prétendre à une aide LEADER, merci de contacter l&amp;#039;animateur LEADER pour un premier échange :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt; // 06.32.04.43.15
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f83c-projeter-la-destination-blois-chambord-val-de/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>156131</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Favoriser la préservation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I180" s="1" t="inlineStr">
+      <c r="I172" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J180" s="1" t="inlineStr">
+      <c r="J172" s="1" t="inlineStr">
         <is>
           <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études paysagères
  &lt;/li&gt;
  &lt;li&gt;
   Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
   (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
   (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
  &lt;/li&gt;
  &lt;li&gt;
   Mares :
   Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
  &lt;/li&gt;
  &lt;li&gt;
   Les aménagements favorables à la biodiversité
   en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
@@ -37591,177 +35792,177 @@
   Plafonds des dépenses subventionnables :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Mares : 8.000€ HT par mare
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements favorables à la biodiversité : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
  &lt;/li&gt;
  &lt;li&gt;
   Plantations : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Haies : 18€ HT par mètre linéaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
         </is>
       </c>
-      <c r="W180" s="1" t="inlineStr">
+      <c r="W172" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>156148</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Soutenir les aménagements, équipements et hébergements à vocation touristique</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>AMÉNAGEMENTS, ÉQUIPEMENTS ET HÉBERGEMENTS À VOCATION TOURISTIQUE</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I181" s="1" t="inlineStr">
+      <c r="I173" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 40</t>
         </is>
       </c>
-      <c r="J181" s="1" t="inlineStr">
+      <c r="J173" s="1" t="inlineStr">
         <is>
           <t>si les investissements visent à obtenir la certification "Ecolabel européen Hébergement touristique" ou "NF Environnement - Sites de visite" et pour la végétalisation des sites et hébergements existants</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner la création, l&amp;#039;amélioration, l&amp;#039;extension ou la réhabilitation de sites, d&amp;#039;aménagements et d&amp;#039;hébergements touristiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Equipement public
 Bâtiments et construction
 Paysage</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Groupements de communes
  &lt;/li&gt;
  &lt;li&gt;
   Offices de tourisme tous statuts
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
@@ -37839,816 +36040,816 @@
  &lt;li&gt;
   Plafond de
    dépenses :
    500.000€
    HT
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses exclues :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Tout renouvellement de matériel,
  &lt;/li&gt;
  &lt;li&gt;
   Les panneaux de signalétique routière,
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;acquisition et le renouvellement du mobilier de signalisation directionnelle sur les itinéraires (balises de jalonnement et autres types de balisage)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T173" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/amenagements-equipements-et-hebergements-a-vocation-touristique/</t>
         </is>
       </c>
-      <c r="W181" s="1" t="inlineStr">
+      <c r="W173" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0784-modele/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>157095</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C174" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 EUROPE - FEDER - Fonds européen de développement régional
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 France Ruralités</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Aide montage des dossiers de subventions</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
  &lt;br /&gt;
  • trouver des pistes de financement pour les projets ;
  &lt;br /&gt;
  • monter au besoin les dossiers de subventions.
  &lt;br /&gt;
  &lt;br /&gt;
  MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
  &lt;br /&gt;
  Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
  &lt;br /&gt;
  Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
  &lt;br /&gt;
  •    A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
  &lt;br /&gt;
  •    Au 03.55.94.18.11
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  17 Quai Paul Wiltzer
  &lt;br /&gt;
  57000 METZ
  &lt;br /&gt;
  Horaires d&amp;#039;ouverture :
  &lt;br /&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>157101</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’une assistance en matière de voirie et d’aménagements d’espace public et paysager</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérents qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
 &lt;/p&gt;
 &lt;p&gt;
  MATEC assiste les collectivités par la réalisation :
  &lt;br /&gt;
  • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
  &lt;br /&gt;
  • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
  &lt;br /&gt;
  Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
  &lt;br /&gt;
  Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études MATEC assiste les collectivités produites et les informer des optimisations possibles.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour les projets d&amp;#039;aménagement de sécurité routière, de réfection de voirie, d&amp;#039;équipements d&amp;#039;aires de jeux et tel que cela était réalisé auparavant par la DDE puis l&amp;#039;ATESAT pour des petits projets, MATEC peut accompagner les collectivités dans la définition du projet avec la réalisation des plans, du descriptif technique qui permettront de consulter les entreprises.
  &lt;br /&gt;
  Pour les projets plus conséquents, MATEC est alors votre Assistant à Maîtrise d&amp;#039;Ouvrage, et apporte un soutien administratif, conceptuel et technique aux collectivités.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M183" s="1" t="inlineStr">
+      <c r="M175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Diagnostic voirie
  &lt;br /&gt;
  •    Travaux de voirie divers et sécurité routière
  &lt;br /&gt;
  •    Terrains sportifs
  &lt;br /&gt;
  •    Aménagement paysager parcs, square, ...
  &lt;br /&gt;
  •    Aire de jeux
  &lt;br /&gt;
  •    Cours d&amp;#039;écoles
  &lt;br /&gt;
  •    Traversée de village
  &lt;br /&gt;
  •    Place
  &lt;br /&gt;
  •    Développement et aménagement pistes cyclables
  &lt;br /&gt;
  •    Accompagnement pour développer secteur habita et économique
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Revitalisation
 Equipement public
 Paysage
 Accessibilité
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
 &lt;/p&gt;
 &lt;p&gt;
  • A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Au 03.55.94.18.11
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  17 Quai Paul Wiltzer
 &lt;/p&gt;
 &lt;p&gt;
  57000 METZ
 &lt;/p&gt;
 &lt;p&gt;
  Horaires d&amp;#039;ouverture :
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d09d-beneficier-dune-assistance-en-matiere-de-voir/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>157561</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C176" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Somme</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I176" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
   &lt;/li&gt;
   &lt;li&gt;
    taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
   &lt;/li&gt;
   &lt;li&gt;
    aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
   &lt;/li&gt;
   &lt;li&gt;
    seuil minimum des dépenses éligibles : 20.000€ HT :
   &lt;/li&gt;
   &lt;li&gt;
    participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
   &lt;/li&gt;
   &lt;li&gt;
    aide départementale cumulable avec d&amp;#039;autres financements publics.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M184" s="1" t="inlineStr">
+      <c r="M176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les études préalables ;
   &lt;/li&gt;
   &lt;li&gt;
    les travaux d&amp;#039;entretien ;
   &lt;/li&gt;
   &lt;li&gt;
    les dépenses d&amp;#039;équipement ;
   &lt;/li&gt;
   &lt;li&gt;
    le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Accès aux services
 Commerces et services
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P184" s="1" t="inlineStr">
+      <c r="P176" s="1" t="inlineStr">
         <is>
           <t>01/06/2023</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q176" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Pour les communes « Petites villes de demain » :
    &lt;/strong&gt;
    sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Pour les autres bourgs structurants :
    &lt;/strong&gt;
    sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
         </is>
       </c>
-      <c r="W184" s="1" t="inlineStr">
+      <c r="W176" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>158480</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -38680,491 +36881,491 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P185" s="1" t="inlineStr">
+      <c r="P177" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W185" s="1" t="inlineStr">
+      <c r="W177" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>159890</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Conseiller les communes et les intercommunalités en matière technique et de financement de projets</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Conseil technique et financement</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale du Gard</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficier d&amp;#039;assistance et de conseil dans les domaines techniques et de financement de projet pour les questions liées à la gestion locale
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M186" s="1" t="inlineStr">
+      <c r="M178" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Apporter soutien et expertise aux collectivités en matière d&amp;#039;ingénierie publique
  &lt;/li&gt;
  &lt;li&gt;
   Assistance technique en matière d&amp;#039;urbanisme, de voirie, d&amp;#039;eau et d&amp;#039;assainissement
  &lt;/li&gt;
  &lt;li&gt;
   Expertise technique pour mener à bien tous projets d&amp;#039;équipement et d&amp;#039;aménagement public
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement de projets, diagnostics des besoins et aide à la programmation
  &lt;/li&gt;
  &lt;li&gt;
   Assistance en matière d&amp;#039;étude de faisabilité technique, règlementaire et financière pour tous projets locaux
  &lt;/li&gt;
  &lt;li&gt;
   Elaboration de cahiers des charges spécifiques aux projets ( lettre de consultation, acte d&amp;#039;engagement, CCTP, CCAP, mémoire technique cadre, programme de travaux)
  &lt;/li&gt;
  &lt;li&gt;
   Assistance pour la recherche de financement, élaboration de tableaux de financements, calcul du reste à charge potentiel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
 &lt;/p&gt;
 &lt;p&gt;
  0,50 € par habitant pour les communes
 &lt;/p&gt;
 &lt;p&gt;
  0,25 € pour les EPCI à fiscalité propre
 &lt;/p&gt;
 &lt;p&gt;
  0,10 €pour les EPCI sans fiscalité propre
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>Gard</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-technique-gard.fr/</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04.66.02.85.50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>d.paloc@atdgard.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/870e-conseiller-les-communes-et-les-intercommunali/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>159891</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Conseiller les communes et les intercommunalités en matière juridique et administrative</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>conseil juridique et administratif</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale du Gard</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficier d&amp;#039;assistance et de conseil dans les domaines juridiques et administratifs pour les questions liées à la gestion locale
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M187" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil juridique : rédaction de notes ou avis sur une situation juridique donnée ou des problématiques de gestion locales
  &lt;/li&gt;
  &lt;li&gt;
   Conseil, assistance et aide à la rédaction de documents dans le cadre de la commande publique
  &lt;/li&gt;
  &lt;li&gt;
   Accès gratuit à une plateforme de dématérialisation en matière de marchés publics et accompagnement dans la création d&amp;#039;un profil acheteur des collectivités gardoises
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de modèles de documents, relecture et vérification des projets de documents (contrats, conventions, arrêtés, délibérations, cahiers des charges de marchés publics)
  &lt;/li&gt;
  &lt;li&gt;
   Conseil juridique en matière de domanialité, d&amp;#039;urbanisme, de gestion de service public, de relations avec les usagers
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Tourisme
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
 &lt;/p&gt;
 &lt;p&gt;
  0,50 € par habitant pour les communes
 &lt;/p&gt;
 &lt;p&gt;
  0,25 € pour les EPCI à fiscalité propre
 &lt;/p&gt;
 &lt;p&gt;
  0,10 €pour les EPCI sans fiscalité propre
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>Gard</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-technique-gard.fr/</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04.66.02.85.50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>d.paloc@atdgard.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8799-conseiller-les-communes-et-les-intercommunali/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>159894</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
         </is>
       </c>
-      <c r="C188" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F188" s="1" t="inlineStr">
+      <c r="F180" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J188" s="1" t="inlineStr">
+      <c r="J180" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
  &lt;/strong&gt;
  &lt;br /&gt;
  Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
@@ -39216,210 +37417,210 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Espaces verts
 Espace public
 Friche
 Cohésion sociale et inclusion
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P188" s="1" t="inlineStr">
+      <c r="P180" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q188" s="1" t="inlineStr">
+      <c r="Q180" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R188" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T188" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>159895</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
         </is>
       </c>
-      <c r="C189" s="1" t="inlineStr">
+      <c r="C181" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F189" s="1" t="inlineStr">
+      <c r="F181" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J189" s="1" t="inlineStr">
+      <c r="J181" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
  &lt;/strong&gt;
  &lt;br /&gt;
  Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
@@ -39471,214 +37672,214 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Espace public
 Friche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P189" s="1" t="inlineStr">
+      <c r="P181" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q189" s="1" t="inlineStr">
+      <c r="Q181" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>160859</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et promouvoir les patrimoines bâti et naturel du territoire</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C182" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 2</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J190" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 € de subvention</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Renforcer la promotion du patrimoine naturel et bâti en particulier auprès du grand public
  &lt;/li&gt;
  &lt;li&gt;
   Améliorer le positionnement stratégique dans la préservation du patrimoine naturel et bâti
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -39732,327 +37933,327 @@
   &lt;strong&gt;
    1
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes
   &lt;strong&gt;
    2
   &lt;/strong&gt;
   ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Tous les projets devront être reconnus d&amp;#039;intérêt par le Pays d&amp;#039;Art et Histoire du PETR pour la préservation, valorisation et promotion du patrimoine relevant de cette labellisation
  &lt;/li&gt;
  &lt;li&gt;
   le cahier des charges des études devra être transmis
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Forêts
 Friche
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5b1a-preserver-accompagnemer-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>160866</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Instruire les autorisations d’urbanisme</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Instruction des autorisations d'urbanisme</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La commune confie par convention au service instructeur l&amp;#039;instruction des certificats d&amp;#039;urbanisme opérationnels, déclarations préalables, permis de construire, permis d&amp;#039;aménager, permis de démolir. La tarification est établie en fonction du type d&amp;#039;actes et la facturation est effectuée trimestriellement au nombre d&amp;#039;actes déposés.&lt;/p&gt;&lt;p&gt;La collectivité bénéficie également à travers cette convention :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;un conseil en amont, notamment pour le dépôt d&amp;#039;autorisations au nom de la commune ;
  &lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement en cas de recours gracieux
  &lt;/li&gt;&lt;li&gt;de la possibilité de faire procéder à un contrôle de conformité des travaux après le dépôt de la DAACT et de l&amp;#039;étude de sa recevabilité par le service (pour les récolements obligatoires, en application du code de l&amp;#039;urbanisme)
  &lt;/li&gt;&lt;/ul&gt;
  Le logiciel d&amp;#039;instruction est mis à disposition des communes ainsi qu&amp;#039;un site dédié au dépôt dématérialisé des demandes d&amp;#039;autorisations.&lt;br /&gt;
 </t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Equipement public
 Bâtiments et construction
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R191" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes adhérentes à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Prestations facturées à l&amp;#039;acte.&lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Agence départementale Aveyron Ingénierie
  &lt;br /&gt;
  Hôtel du département
  &lt;br /&gt;
  7 place Charles de Gaulle
  &lt;br /&gt;
  BP 724
  &lt;br /&gt;
  12 007 Rodez Cedex
  &lt;br /&gt;
  Tel : 05.65.68.68.33
  &lt;br /&gt;
  Mail : &lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5861-instruire-les-autorisations-durbanisme/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>160868</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Favoriser la coopération des acteurs du territoire</t>
         </is>
       </c>
-      <c r="C192" s="1" t="inlineStr">
+      <c r="C184" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 5</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I192" s="1" t="inlineStr">
+      <c r="I184" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J192" s="1" t="inlineStr">
+      <c r="J184" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 euros</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  La coopération peut prendre les formes suivantes :
  &lt;br /&gt;
  &lt;strong&gt;
   - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;strong&gt;
   - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
@@ -40071,51 +38272,51 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
 &lt;/p&gt;
 &lt;p&gt;
  Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
@@ -40135,1085 +38336,934 @@
 Paysage
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;p&gt;
  Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>160877</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration ou la modification d’un document d’urbanisme</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Conseil et assistance au pilotage des intervenants / Analyse des pièces produites</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;agence départementale accompagne les collectivités dans la désignation des bureaux d&amp;#039;études, le pilotage de leurs missions, et la coordination des différents acteurs. Ceci pendant toute la durée de la procédure d&amp;#039;élaboration ou de modification du document d&amp;#039;urbanisme.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut aussi vous accompagner dans l’analyse des pièces réglementaires produites :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseil sur la qualité des Orientations d‘Aménagement et de Programmation (OAP) du futur document d’urbanisme ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Relecture et avis sur le règlement du futur document d’urbanisme.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Equipement public
 Bâtiments et construction
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes et intercommunalités adhérentes de l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence départementale Aveyron ingénierie&lt;/p&gt;&lt;p&gt;4 rue Marie&lt;br /&gt;12 007 Rodez Cedex
  &lt;br /&gt;
  Tel : 05.65.68.68.33
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d57f-piloter-les-intervenants-acteurs-a-lelaborati/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>161671</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
         </is>
       </c>
-      <c r="C194" s="1" t="inlineStr">
+      <c r="C186" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I186" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J194" s="1" t="inlineStr">
+      <c r="J186" s="1" t="inlineStr">
         <is>
           <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M194" s="1" t="inlineStr">
+      <c r="M186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Accès aux services
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Réhabilitation
 Logement et habitat
 Paysage
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P194" s="1" t="inlineStr">
+      <c r="P186" s="1" t="inlineStr">
         <is>
           <t>15/12/2023</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="Q186" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
 existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>Allier</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
         </is>
       </c>
-      <c r="W194" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>i.charnet@agglo-moulins.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>161676</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans une démarche d'identification exhaustive des subventions mobilisables</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>CONSEIL FINANCIER OPERATIONNEL</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous recherchez des subventions pour financer vos projets quelle qu&amp;#039;en soit la thématique ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie  vous propose un conseil opérationnel dans la recherche des financements institutionnels (Etat, Région, Département).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Tiers-lieux
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T195" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X195" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/rechercher-et-mobiliser-les-subventions-selon-la-nature-du-projet/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>161677</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l'élaboration des plans de financement afin de sécuriser la faisabilité financière de votre projet</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Elaboration de plans de financement prévisionnels</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez avoir une vision affinée, pertinente et réaliste des taux d&amp;#039;intervention financière de chaque co-financeur public ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie vous propose de vous accompagner dans l&amp;#039;élaboration des plans de financements prévisionnels, au vu de l&amp;#039;avant projet détaillé, vous permettant d&amp;#039;avoir une projection de la faisabilité financière de votre projet en intégrant les subventions mobilisables et en calculant votre reste à charge.&lt;/p&gt;&lt;p&gt;L&amp;#039;optimisation de vos plans de financements vous permettra de réduire votre autofinancement et de maîtriser l&amp;#039;impact financier du projet dans votre budget.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Education et renforcement des compétences
 Commerces et services
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T196" s="1" t="inlineStr">
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/simuler-laccompagnement-des-financeurs-pour-la-faisabilite-financiere-de-votre-projet/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>161678</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Constituer les dossiers de demandes de subventions</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Aide au montage des dossiers de demande de subvention</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez besoin d&amp;#039;être accompagné dans la constitution de vos dossiers de demandes de subventions ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans la constitution de vos dossiers de demandes de subventions :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;aide à la rédaction de la notice de présentation de votre projet &lt;/li&gt;&lt;li&gt;vérification de la complétude du dossier de demande de subvention&lt;/li&gt;&lt;li&gt;relecture de votre plan de financement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Prestation tarifée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T197" s="1" t="inlineStr">
+      <c r="T189" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/constituer-les-dossiers-de-demandes-de-subventions/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>161679</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Valoriser votre projet pour optimiser son financement</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Recherche d'outils financiers innovants</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous aimeriez valoriser votre projet en impulsant une démarche permettant une identification qualitative et apportant une plus value dans l&amp;#039;accompagnement financier des co-financeurs publics ? &lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans la recherche de labels visant à identifier qualitativement votre projet auprès des co-financeurs.&lt;/p&gt;&lt;p&gt;Elle vous accompagne également dans la mise en œuvre d&amp;#039;un financement participatif permettant une levée de fonds ou du mécenat afin de renforcer la visibilité du projet et sa faisabilité financière.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Tourisme
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-votre-projet-par-une-mise-en-valeur-qualitative/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G199" s="1" t="inlineStr">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
-[...140 lines deleted...]
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
 d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
 dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
 gagnant-gagnant entre les collectivités et les entreprises locales ou
 nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
 permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
 potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
 2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
 mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
 délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
 collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
 financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
 donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
 structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
 mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
 potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
 engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
 et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
 projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
 financements (mécénat) pour les projets (petits et grands) portés par les
 communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
@@ -41221,423 +39271,423 @@
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
 projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
 d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue
 de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>162247</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Se former à l'urbanisme : rôles et responsabilités du maire et des conseillers municipaux</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;En tant qu’élu (maire ou conseiller), connaissez-vous votre rôle et
 vos responsabilités en matière d’urbanisme ? Un élu propriétaire foncier
 peut-il siéger dans la commission à l’occasion de l’élaboration du document
 d’urbanisme de sa collectivité ? Quels sont les moyens dont vous disposez pour
 faire face à une construction illégale ? Connaissez-vous l’étendue de votre droit
 de visite des chantiers et ses limites ?&lt;font face="Calibri, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Positionnement de l’élu dans l’élaboration du
 document d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Les différents documents d’urbanisme (ScoT,
 PLU(i), carte communale)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les procédures d’élaboration, de modification ou de révision&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Responsabilité de l’élu au moment de la
 délivrance des autorisations&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La commune est-elle compétente ou non ?&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le choix du service instructeur&lt;/li&gt;&lt;li&gt;Le formalisme de la décision&lt;/li&gt;&lt;li&gt;Les recours contre la décision du maire&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Comment traiter les constructions illégales ?&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le droit de visite et le contrôle des travaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les délais de prescription des irrégularités&lt;/li&gt;&lt;li&gt;Le procès-verbal et les astreintes&lt;/li&gt;&lt;/ol&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Connaître les obligations de l’élu au moment
 de l’instruction du dossier et au moment du contrôle des travaux&lt;/li&gt;&lt;li&gt;Savoir faire face aux constructions illégales,
 édifiées sans permis ou qui ne respectent pas l’autorisation délivrée&lt;/li&gt;&lt;li&gt;Comprendre les responsabilités et les risques
 de conflit d’intérêt des élus en matière d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Différencier les 3 types de contentieux liés à l’urbanisme : la
 responsabilité administrative de la collectivité, la responsabilité pénale et
 personnelle du maire/adjoint&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Points forts :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une approche de terrain accessible à tous, sans être spécialiste de
 l’urbanisme&lt;/li&gt;&lt;li&gt;Beaucoup d’exemples et d’illustrations issus de cas réels notamment
 de constructions illégales&lt;/li&gt;&lt;li&gt;Format participatif &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; Être maire, adjoint, conseiller municipal en
 fonction à la date de la formation&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt; Être intéressé par le domaine de l’urbanisme et de l’aménagement du
 territoire au sens large&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-urbanisme-roles-et-responsabilites-du-maire-et-des-conseillers-municipaux/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>162561</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Elaborer des démarches paysagères sur les territoires landais</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I202" s="1" t="inlineStr">
+      <c r="I193" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J202" s="1" t="inlineStr">
+      <c r="J193" s="1" t="inlineStr">
         <is>
           <t>Taux applicable au montant TTC de l'étude. Cumulable avec l'aide des appels à projet "Plans de paysage" du Ministère</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention pour l’élaboration de plans de paysages, de plans de paysages transition énergétique et de plans de paysages biodiversité.&lt;br /&gt;Le plan de paysage est un outil au service des élus pour renforcer l’attractivité d’un territoire. Il permet d’appréhender le paysage comme une ressource et un levier pour le développement local. Il s’agit donc d’une démarche qui invite à repenser la manière de concevoir l’aménagement du territoire (urbanisme, transports, infrastructures, énergies renouvelables, agriculture) en remettant le paysage au cœur du processus.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Foncier
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T202" s="1" t="inlineStr">
+      <c r="T193" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=204</t>
         </is>
       </c>
-      <c r="W202" s="1" t="inlineStr">
+      <c r="W193" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/demande-subvention</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Email : &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;environnement&amp;#64;landes.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/elaborer-des-demarches-paysageres-sur-les-territoires-landais/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>162563</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I203" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J203" s="1" t="inlineStr">
+      <c r="J194" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M203" s="1" t="inlineStr">
+      <c r="M194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -41676,1007 +39726,1007 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R203" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T203" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>162642</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Etude de faisabilité / opportunité</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M204" s="1" t="inlineStr">
+      <c r="M195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>162703</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Accompagner la mise en oeuvre de la stratégie locale de développement</t>
         </is>
       </c>
-      <c r="C205" s="1" t="inlineStr">
+      <c r="C196" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>GAL Ventoux
 Parc naturel régional du Mont-Ventoux</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I205" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
         <is>
           <t> Min : 60 Max : 90</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p id="citem_8d7e-72f0" role="tabpanel"&gt;        &lt;/p&gt;&lt;div&gt;
 &lt;p&gt;&lt;strong&gt;&lt;u&gt;1. Soutenir et promouvoir une alimentation durable&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Soutenir la mise en œuvre du 
 Projet Alimentaire Territorial Ventoux : animation, mise en réseau, 
 changement des comportements alimentaires, amélioration logistique pour 
 l’approvisionnement en produits locaux, lutte contre le gaspillage et la
  précarité alimentaire, sensibilisation des publics.&lt;/li&gt;&lt;li&gt;Accompagner les projets 
 collectifs visant l’adaptation du monde agricole aux changements 
 climatiques ou à la transition écologique des filières agricoles&lt;/li&gt;&lt;li&gt;Améliorer l’animation autour de
  la gestion du foncier agricole (ex : reconquête des friches, liens avec
  la trame verte et bleue…)&lt;/li&gt;&lt;li&gt;Faire connaître et reconnaître 
 les pratiques et productions agricoles à forte valeur environnementale 
 (hors signes officiels de qualité) portées par des structures 
 collectives ou en coopération&lt;/li&gt;&lt;li&gt;Préserver et valoriser les patrimoines et les pratiques agricoles&lt;/li&gt;&lt;li&gt;Améliorer les conditions de vie des agriculteurs (diversification activités, prévention de l’isolement etc…)&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;&lt;u&gt;2. Contribuer à un territoire vivant, accueillant et solidaire&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Créer des services en milieu 
 rural qui participent à rompre l’isolement, à encourager le lien 
 intergénérationnel, à favoriser le partage des savoirs et des 
 savoir-faire et à répondre aux enjeux climatiques et écologiques&lt;/li&gt;&lt;li&gt;Mutualiser des services à destination des particuliers, des associations et des entreprises&lt;/li&gt;&lt;li&gt;Améliorer l’accessibilité des services en expérimentant notamment des solutions de mobilité inversée&lt;/li&gt;&lt;li&gt;Encourager l’habitat partagé et intergénérationnel&lt;/li&gt;&lt;li&gt;Contribuer au maintien des derniers commerces&lt;/li&gt;&lt;li&gt;Favoriser l’accès aux services numériques par la médiation et l’inclusion&lt;/li&gt;&lt;li&gt;Favoriser les projets culturels
  collectifs ou ayant pour objectifs de faire vivre et transmettre nos 
 patrimoines matériels et immatériels afin de favoriser leur 
 réappropriation et le lien homme/nature&lt;/li&gt;&lt;li&gt;Accompagner les projets d’interprétation des patrimoines culturels matériels et immatériels&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;&lt;u&gt;3. Favoriser un développement économique qui valorise les ressources&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Accompagner le développement, la
  structuration et la promotion des acteurs de la filière écotourisme qui
  intègre les activités de pleine nature, le tourisme de nature, le 
 tourisme culturel, l’agritourisme et l’artisanat d’art&lt;/li&gt;&lt;li&gt;Soutenir les manifestations touristiques de dimension supra territoriale et présentant une innovation territoriale&lt;/li&gt;&lt;li&gt;Améliorer la gestion environnementale et énergétique des acteurs économiques&lt;/li&gt;&lt;li&gt;Former et sensibiliser les 
 acteurs du tourisme aux spécificités du territoire, à la conciliation 
 des usages et les valoriser par des démarches de qualité ou d’éco 
 labellisation&lt;/li&gt;&lt;li&gt;Accompagner les structures de 
 l’économie de proximité et de l’économie sociale et solidaire qui 
 valorisent les ressources locales (hors production agricole et 
 agroalimentaire)&lt;/li&gt;&lt;li&gt;Accompagner les collectivités locales, les associations et les entreprises dans le développement de l’économie circulaire&lt;/li&gt;&lt;li&gt;Sensibiliser, informer et former les publics sur les enjeux et opportunités de l’économie circulaire&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;&lt;u&gt;4. Favoriser la transition énergétique et la préservation et valorisation des biens communs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Favoriser les initiatives de 
 partage de la connaissance et de sensibilisation des publics aux biens 
 communs locaux (biodiversité, ressource en eau, patrimoines matériels et
  immatériels) et à la transition énergétique et écologique&lt;/li&gt;&lt;li&gt;Recenser les patrimoines matériels et immatériels et cordonner les initiatives&lt;/li&gt;&lt;li&gt;Soutenir les projets structurants de préservation et de valorisation du patrimoine vernaculaire&lt;/li&gt;&lt;li&gt;Accompagner les projets qui 
 réhaussent et valorisent la qualité paysagère, environnementale et 
 climatique des opérations d’aménagement et des actions de développement&lt;/li&gt;&lt;li&gt;Doter l’ensemble du territoire de stratégies globales « Climat-Air-Énergie » et soutenir leur mise en application&lt;/li&gt;&lt;li&gt;Accompagner l’animation et les 
 opérations exemplaires de réduction des consommations énergétiques et de
  déploiement des énergies renouvelables à petite échelle&lt;/li&gt;&lt;li&gt;Encourager le développement des 
 mobilités alternatives à la voiture individuelle thermique au quotidien 
 et dans le développement touristique&lt;/li&gt;&lt;/ul&gt;
         &lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Tourisme
 Transition énergétique
 Accès aux services
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Paysage
 Animation et mise en réseau
 Mobilité partagée</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T205" s="1" t="inlineStr">
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>GAL Ventoux</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://www.parcduventoux.fr/nos-actions/europe-cooperation-territoriale/leader/</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nicolas BOURGUE, &lt;a target="_self"&gt;nicolas.bourgue&amp;#64;parcduventoux.fr&lt;/a&gt;, 0490632274&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>nicolas.bourgue@parcduventoux.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-mise-en-oeuvre-de-la-strategie-locale-de-developpement/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-      <c r="A206" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>162705</v>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'écotourisme, la valorisation et l'accès au patrimoine naturel et culturel</t>
         </is>
       </c>
-      <c r="C206" s="1" t="inlineStr">
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D206" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°1</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>GAL des Cévennes au Rhône</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I206" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J206" s="1" t="inlineStr">
+      <c r="J197" s="1" t="inlineStr">
         <is>
           <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond à 50 000€ (15 000€ pour le patrimoine)</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Via le &lt;/span&gt;&lt;span&gt;programme
 européen de subvention LEADER 2023-2027&lt;/span&gt;&lt;span&gt;, le GAL souhaite accompagner le
 développement de l’écotourisme sur son territoire. C’est un tourisme
 responsable qui intègre la découverte de la nature dans le respect de
 l’environnement et de la culture locale. Il cible en particulier la création et
 l’aménagement de sentiers, la restauration/valorisation de petits patrimoines,
 les &lt;/span&gt;&lt;span&gt;hébergeurs touristiques
 professionnels &lt;/span&gt;&lt;span&gt;(campings, hôtels, gîtes) et les &lt;/span&gt;&lt;span&gt;sites
 ouverts à la visite&lt;/span&gt;&lt;span&gt;. Les projets doivent permettre
 une &lt;/span&gt;&lt;span&gt;gestion écoresponsable du site&lt;/span&gt;&lt;span&gt; :
 type d’infrastructure d’accueil, sources d’énergies, approvisionnements,
 gestion des déchets, animation du site. &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M206" s="1" t="inlineStr">
+      <c r="M197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Exemples de projets :
 Hébergements de plein air en bois local ; Travaux de rénovation écologique ;
 Labélisation Accueil vélo…; Installation de toilettes sèches ; Signalétique ;
 restauration d’un lavoir, …&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Transition énergétique
 Handicap
 Paysage
 Accessibilité</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R206" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
 TPE/PME, une association ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
 une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
 Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
 Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les hébergeurs, un enregistrement RCS et une
 adhésion Atout France sont demandés.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
 cofinancement &lt;/span&gt;&lt;span&gt;(Région,
 commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
 avance les dépenses&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T206" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>GAL des Cévennes au Rhône</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Bât.
 ATOME, 2 rue Michelet 30100
 Alès&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;04
 66 25 32 88 / 06 86 94 62 87&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>galdescevennesaurhone@gmail.com</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lecotourisme-la-valorisation-et-lacces-au-patrimoine-naturel-et-culturel/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>162828</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
         </is>
       </c>
-      <c r="C207" s="1" t="inlineStr">
+      <c r="C198" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I207" s="1" t="inlineStr">
+      <c r="I198" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J207" s="1" t="inlineStr">
+      <c r="J198" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M207" s="1" t="inlineStr">
+      <c r="M198" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Friche
 Biodiversité
 Architecture
 Paysage
 Attractivité économique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T207" s="1" t="inlineStr">
+      <c r="T198" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>162938</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C208" s="1" t="inlineStr">
+      <c r="C199" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I208" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P208" s="1" t="inlineStr">
+      <c r="P199" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q208" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R208" s="1" t="inlineStr">
+      <c r="R199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T208" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>162945</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Bénéficier gratuitement de la compétence d'un architecte pour participer à son jury</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Architecte consultant de la MIQCP</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Mission interministérielle pour la qualité des constructions publiques (MIQCP) se fait assister par trente architectes consultants et consultantes en vue de 
 promouvoir la qualité de l&amp;#039;architecture publique dans le cadre de consultations de maîtrise d’œuvre, 
 notamment à travers des participations aux jurys de concours de maîtrise d’œuvre. &lt;/p&gt;&lt;p&gt;La mission de ces architectes consultants et consultantes de la MIQCP consiste à siéger 
 en qualité de juré/jurée intuitu personae dans le collège des personnes qualifiées des jurys et des 
 commissions chargées de donner un avis sur la sélection des candidatures et/ou des prestations 
 remises, organisés par des pouvoirs adjudicateurs ou entités adjudicatrices pour la passation de 
 marchés publics de maîtrise d’œuvre ou de marchés globaux. La participation à ces jurys est gratuite. Tout maître d&amp;#039;ouvrage public peut en bénéficier pour ses concours ou procédures de passation des marchés.&lt;/p&gt;&lt;p&gt;Ces architectes sont au nombre de 30. Sélectionnés pour leurs compétences, leur capacité à faire pédagogie, la qualité de leurs réalisations architecturales, ils et elles sont formés aux règles de la commande publique et sont légitimes, dans ce contexte, à accompagner et conseiller au mieux les maîtres d&amp;#34;ouvrage dans l&amp;#039;organisation de leur concours. &lt;/p&gt;&lt;p&gt;Leur objectif premier reste d&amp;#039;assurer l&amp;#039;avis constructif critique des projets des concurrents et de faciliter pour les maîtres d&amp;#039;ouvrage publics, notamment occasionnels, le tiers règlementaire et obligatoire de maîtres d’œuvre exigé dans les jurys par les dispositions du livre IV du code de la commande publique.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M209" s="1" t="inlineStr">
+      <c r="M200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Espace public
 Tiers-lieux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Appui méthodologique
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R209" s="1" t="inlineStr">
+      <c r="R200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Être un Maître d&amp;#039;ouvrage public avec une procédure règlementaire suivant le livre IV du code de la commande publique.&lt;/p&gt;&lt;p&gt;Préparer un concours et avoir la date de la réunion de son jury, ainsi que les pièces écites (règlement, projet d&amp;#039;avis)&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S209" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
+      <c r="T200" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://www.miqcp.gouv.fr/index.php?option=com_content&amp;view=article&amp;id=121:solliciter-la-miqcp-pour-la-participation-d-un-de-ses-architectes-consultant-a-un-jury-de-concours-de-maitrise-d-oeuvre&amp;catid=39&amp;Itemid=158&amp;lang=fr</t>
         </is>
       </c>
-      <c r="W209" s="1" t="inlineStr">
+      <c r="W200" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/demande-de-prestation-d-un-architecte-consultant-p</t>
         </is>
       </c>
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Carol KELLY&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.36&lt;/p&gt;&lt;p&gt;&lt;span id="cloak58914"&gt;&lt;a href="mailto:carol.kelly&amp;#64;developpement-durable.gouv.fr"&gt;carol.kelly&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;et en copie &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>mireille.guignard@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-gratuitement-de-la-competence-dun-architecte-pour-participer-a-son-jury/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>162974</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>DDT de l'Aube</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les
 services spécialisés de la Direction Départementale des
 Territoires de l’Aube, selon le domaine concerné, sont les
 interlocuteurs de proximité des élus qui souhaitent être
 accompagnés et soutenus dans la mise en œuvre de leurs projets
 relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
 	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
 	des actes d’urbanisme et conseil aux services instructeurs des
 	collectivités,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
 	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
 	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	aux collectivités dans la mise en œuvre de l’ingénierie sur
 	mesure proposée par l’ANCT, ...&lt;/p&gt;
 	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
 	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	et instruction des procédures environnementales des projets,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
@@ -42712,379 +40762,379 @@
 	douces,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
 	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
 	des collectivités pour la prise d’arrêtés de mise en sécurité,
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Développement
 économique et commercial&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	et accompagnement pour la réalisation de projets économiques ou
 	industriels, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Ingénierie
 financière&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
 	à la recherche de financements publics (outil aides territoires),
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M210" s="1" t="inlineStr">
+      <c r="M201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 – Action
 Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
 Petites Villes de Demain (PVD) ;&lt;/p&gt;
 &lt;p&gt;– Pacte
 Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
 &lt;p&gt;– Aménagements
 d’espaces publics ;&lt;/p&gt;
 &lt;p&gt;– Renouvellement
 urbain, écoquartiers ;&lt;/p&gt;
 &lt;p&gt;– Rénovation
 thermique de bâtiments publics, production d&amp;#039;EnR ; 
 &lt;/p&gt;
 &lt;p&gt;– Agendas
 d’accessibilité programmée ;&lt;/p&gt;
 &lt;p&gt;– Diagnostics
 de sécurité routière ;&lt;/p&gt;
 &lt;p&gt;– Aires
 d’accueil des gens du voyage ;&lt;/p&gt;
 &lt;p&gt;– Plans
 communaux de sauvegarde ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
 liés aux énergies renouvelables ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
 de friches artisanales et industrielles ;&lt;/p&gt;
 &lt;p&gt;– Planification
 territoriale… .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Prévention des risques
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction
 Départementale des Territoires de l’Aube.&lt;/p&gt;
 &lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>jean-michel.barrois@aube.gouv.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
         <v>162979</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Valorisation et préservation des ressources naturelles locales</t>
         </is>
       </c>
-      <c r="C211" s="1" t="inlineStr">
+      <c r="C202" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Fiche 2 - FEDER</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I211" s="1" t="inlineStr">
+      <c r="I202" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J211" s="1" t="inlineStr">
+      <c r="J202" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, du fait de ses espaces naturels, se trouve
 aujourd’hui face à des enjeux d’étalement urbain et d’artificialisation des
 sols consommant des espaces agricoles et naturels et impactant les paysages, la
 biodiversité, les ressources naturelles (eau, …) et la production de « déchets
 ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Préserver ce que les habitants considèrent comme le principal atout du
 territoire : le cadre de vie&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations de ressources naturelles (eau, foncier,
 paysages, …) et agir sur les « déchets »&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M211" s="1" t="inlineStr">
+      <c r="M202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valorisation et
 médiation des paysages, des sites naturels et des cours d’eau locaux (hors
 espaces d’importances régionales)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Végétalisation des
 sites déqualifiés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Amélioration de la
 gestion des biodéchets : études portant sur des solutions collectives pour
 les producteurs de biodéchets intermédiaires et « assimilés » (hors
 gros producteurs et ménages).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Recyclage et valorisation des déchets
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P211" s="1" t="inlineStr">
+      <c r="P202" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q211" s="1" t="inlineStr">
+      <c r="Q202" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R211" s="1" t="inlineStr">
+      <c r="R202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S211" s="1" t="inlineStr">
+      <c r="S202" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T211" s="1" t="inlineStr">
+      <c r="T202" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire-1/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-      <c r="A212" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>162982</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C212" s="1" t="inlineStr">
+      <c r="C203" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H212" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I212" s="1" t="inlineStr">
+      <c r="I203" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -43127,942 +41177,942 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P212" s="1" t="inlineStr">
+      <c r="P203" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q212" s="1" t="inlineStr">
+      <c r="Q203" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
+      <c r="R203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S203" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T212" s="1" t="inlineStr">
+      <c r="T203" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-      <c r="A213" s="1">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
         <v>162988</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Aménager le territoire pour développer l’attractivité touristique</t>
         </is>
       </c>
-      <c r="C213" s="1" t="inlineStr">
+      <c r="C204" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Fiche 6 - FEDER</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H213" s="1" t="inlineStr">
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I213" s="1" t="inlineStr">
+      <c r="I204" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J213" s="1" t="inlineStr">
+      <c r="J204" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
 proximité de différents sites d’intérêt touristique (littoral atlantique,
 Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
 bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers
 n’en demeure pas moins attractif pour faire découvrir ses atouts (paysages,
 itinérance pédestre, cyclo, fluviale, Patrimoine, …) pour permettre d’augmenter
 l’attractivité touristique dans un département disposant de fortes destinations
 touristiques non présentent sur le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
 touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
 d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M213" s="1" t="inlineStr">
+      <c r="M204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Promotion et
 valorisation des patrimoines bâti et naturels et des savoir-faire remarquables,
 insolites ou spécifiques au territoire&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;D&lt;/span&gt;&lt;span&gt;éveloppement des
 loisirs et de l’itinérance touristiques&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement des sites pour implanter des activités de pleine nature&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Tourisme
 Economie sociale et solidaire
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P213" s="1" t="inlineStr">
+      <c r="P204" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q213" s="1" t="inlineStr">
+      <c r="Q204" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R213" s="1" t="inlineStr">
+      <c r="R204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
+      <c r="S204" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T213" s="1" t="inlineStr">
+      <c r="T204" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V204" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/deployer-une-offre-daccueil-sportive-culturelle-et-artistique-notamment-a-destination-des-jeunes-du-territoire/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
         <v>163011</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Conseil et assistance au pilotage de l'opération</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H214" s="1" t="inlineStr">
+      <c r="H205" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M214" s="1" t="inlineStr">
+      <c r="M205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R214" s="1" t="inlineStr">
+      <c r="R205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S214" s="1" t="inlineStr">
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
         <v>163012</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
         </is>
       </c>
-      <c r="C215" s="1" t="inlineStr">
+      <c r="C206" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F215" s="1" t="inlineStr">
+      <c r="F206" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H215" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I215" s="1" t="inlineStr">
+      <c r="I206" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J215" s="1" t="inlineStr">
+      <c r="J206" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
 territoire de campagne vivante et productive, au cadre de vie agréable et qui
 accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
 vie, de s’adapter au changement climatique et de réduire son impact environnemental,
 le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
 consommation, de sa production d’énergie et de son environnement (qualité des
 paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
 son écosystème d’acteurs permet de mettre l’accent sur les actions de
 prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
 à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
      la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
      les initiatives, les expérimentations et les actions favorisant la
      connaissance et la préservation de l’environnement et des ressources
      naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
      bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
 &lt;span&gt;Privilégier de nouvelles filières économiques,
 notamment l’économie circulaire et les filières de matériaux biosourcés ou
 géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M215" s="1" t="inlineStr">
+      <c r="M206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Etudes
      visant à consolider le projet du porteur de projet dans le domaine de la
      ressource énergétique, de la préservation de l’environnement et de la
      biodiversité : études stratégiques, diagnostics préalables, audits, études
      de faisabilité, études de potentiels énergétiques (par exemple schéma
      directeur d’aménagement lumière, atlas de la biodiversité, schéma des
      énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Campagnes
      de sensibilisation, animations notamment pédagogiques, actions
      d’information, de communication de conseil et organisation d’évènements
      sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
       transition énergétique en faveur de la sobriété des consommations
       énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
       développement des activités relevant du domaine de l’économie circulaire
       et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
       démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
 travaux de structuration de sites pour accueillir du public (faciliter les
 visites de sites) et restauration environnementale (jardins pédagogiques,
 milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Santé
 Qualité de l'air
 Biodiversité
 Paysage
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P215" s="1" t="inlineStr">
+      <c r="P206" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q215" s="1" t="inlineStr">
+      <c r="Q206" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R215" s="1" t="inlineStr">
+      <c r="R206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S215" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T215" s="1" t="inlineStr">
+      <c r="T206" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>163085</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Financer des projets qui favorisent le partage des richesses culturelles et la vie locale</t>
         </is>
       </c>
-      <c r="C216" s="1" t="inlineStr">
+      <c r="C207" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I216" s="1" t="inlineStr">
+      <c r="I207" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J216" s="1" t="inlineStr">
+      <c r="J207" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l’offre culturelle locale (dont le patrimoine), les services aux habitants pour favoriser le bien vivre ensemble dans les villages. Il vise également à trouver des solutions de mobilité durables qui permettent aux habitants d’accéder aux opportunités proches de chez eux. Enfin, il vise à renforcer le lien social, à favoriser la mixité, l’entraide et la solidarité.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Sauvegarder et transmettre les patrimoines matériels et immatériels&lt;/p&gt;&lt;p&gt;- Créer une offre culturelle locale favorisant les échanges&lt;/p&gt;&lt;p&gt;- Renforcer le lien social et les actions en faveur de la jeunesse&lt;/p&gt;&lt;p&gt;- Développer les services aux habitants&lt;/p&gt;&lt;p&gt;- Favoriser les mobilités alternatives au service du lien social ou de la vie locale&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le
 projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné
 par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union
 Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre
 cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds
 propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M216" s="1" t="inlineStr">
+      <c r="M207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Restauration de patrimoine permettant de créer du lien social, recueil de récits et valorisation, etc.&lt;/p&gt;&lt;p&gt;‐ Création artistique sur le territoire, etc.&lt;/p&gt;&lt;p&gt;‐ Activités intergénérationnelles, tiers-lieu culturel, etc.&lt;/p&gt;&lt;p&gt;‐ Bibliothèque itinérante, activités inter-villages, etc.&lt;/p&gt;&lt;p&gt;‐ Rosalies, installations de racks à vélo et bornes de réparation, autopartage, navette mutualisée, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Friche
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Architecture
 Paysage
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q216" s="1" t="inlineStr">
+      <c r="Q207" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R216" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet
 se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité
 temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de
 la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte,
 notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de
 promotion et communication, formation, animation, prestation de service,
 équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou
 exemplaire &lt;/strong&gt;pour le territoire ET le projet f&lt;strong&gt;avoriser les interactions et crée du
 lien social.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement
 appeler en contrepartie un cofinancement auprès d’une structure publique (Etat,
 Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T216" s="1" t="inlineStr">
+      <c r="T207" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;PETR Garrigues et Costières de Nîmes&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;1 rue du Colisée - &lt;/span&gt;&lt;span&gt;30900 NÎMES&lt;/span&gt;&lt;br /&gt;06 30 07 33 52  | 04 &lt;span&gt;66 02 54 12&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-un-programme-europeen-au-service-des-ruralites/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>163141</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Accompagner et coordonner les différents acteurs pour la désimperméabilisation d'espaces publics</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Désimperméabilisation d'espaces publics</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La démarche de désimperméabilisation et de végétalisation
 des espaces publics (place, parking, cour d’école, aire de jeux,…) est devenue
 un enjeu dans un contexte de changement climatique. Elle cible une gestion
 intégrée des eaux pluviales en surface (infiltration) à toutes les échelles pour
 limiter les phénomènes de ruissellement.&lt;/p&gt;&lt;p&gt;Une gestion intégrée des eaux pluviales en surface
 (infiltration) a pour objectifs de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter les phénomènes de ruissellement,&lt;/li&gt;&lt;li&gt;limiter la saturation des systèmes d’assainissement,&lt;/li&gt;&lt;li&gt;limiter les inondations,&lt;/li&gt;&lt;li&gt;préserver les ressources naturelles en favorisant la
 recharge des nappes,&lt;/li&gt;&lt;li&gt;préserver la qualité de l’eau,&lt;/li&gt;&lt;li&gt;réintroduire la nature,&lt;/li&gt;&lt;li&gt;favoriser la biodiversité,&lt;/li&gt;&lt;li&gt;et contribuer à réduire le phénomène d&amp;#039;îlots de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Suite à une phase de diagnostic préalablement conduite sur
 place par les services départementaux et leurs partenaires, un accompagnement
 adapté est proposé pour faire aboutir le projet de désimperméabilisation.&lt;/p&gt;&lt;p&gt;Cet accompagnement comprend :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réalisation d’un état des lieux du site&lt;/li&gt;&lt;li&gt;L’accompagnement et le conseil sur l’aménagement
 du site (conseils techniques pour la maîtrise d’ouvrage et rédaction du cadre
 général du cahier des charges)&lt;/li&gt;&lt;li&gt;Coordination entre les différents acteurs dans
 la phase d’étude&lt;/li&gt;&lt;li&gt;Accompagnement au montage de dossiers de demande
 de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Direction de l&amp;#039;Eau, de l&amp;#039;Environnement et de
 l&amp;#039;Agriculture (DEEA) pilotera, animera et coordonnera cette prestation, en lien
 avec Aqui&amp;#039;Brie sur son périmètre d&amp;#039;intervention. Elle apportera des conseils
 sur la gestion des eaux pluviales et la création d’ilots de fraicheur. En tant
 que référent elle sera en charge de la coordination des acteurs et la
 répartition des missions d’expertise entre les différents partenaires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Ainsi, selon la complexité du dossier et les thématiques
 abordées, Seine-et-Marne Environnement (SEME), la Direction des Routes (DR) et
 le CAUE77 seront amenés à intervenir techniquement sur leur domaine de
 compétence : Le CAUE77 en particulier sur l’analyse paysagère des sites, la
 création de schéma d’intention et la prise en compte de l’accessibilité, SEME
 sur La sensibilisation aux enjeux environnementaux des différents acteurs et
 l’intégration d’une biodiversité dans les projets et la Direction des Routes
 sur les dépendances de la route.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M217" s="1" t="inlineStr">
+      <c r="M208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Désimperméabilisation et végétalisation des espaces publics  type place, parking, cour d’école, aire de jeux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Sols
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Santé
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R217" s="1" t="inlineStr">
+      <c r="R208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités de Seine-et-Marne &lt;/li&gt;&lt;li&gt;Accompagnement gratuit par les services départementaux.&lt;/li&gt;&lt;li&gt;Certaines prestations délivrées par les organismes associés
 du Département peuvent être payantes, et/ou conditionnées à l’adhésion de la
 commune à l’organisme ou à un conventionnement entre le  demandeur et l’organisme (Seine-et-Marne Environnement).&lt;/li&gt;&lt;li&gt;Si payant ou sous conditions, détail du coût.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S217" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
         <is>
           <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
         </is>
       </c>
-      <c r="W217" s="1" t="inlineStr">
+      <c r="W208" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>163142</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G218" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K218" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M218" s="1" t="inlineStr">
+      <c r="M209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N218" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -44071,160 +42121,160 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R218" s="1" t="inlineStr">
+      <c r="R209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W218" s="1" t="inlineStr">
+      <c r="W209" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X218" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-      <c r="A219" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>163199</v>
       </c>
-      <c r="B219" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C219" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H210" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I219" s="1" t="inlineStr">
+      <c r="I210" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N219" s="1" t="inlineStr">
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -44261,281 +42311,276 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q219" s="1" t="inlineStr">
+      <c r="Q210" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R219" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S219" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T219" s="1" t="inlineStr">
+      <c r="T210" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V219" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X219" s="1" t="inlineStr">
+      <c r="X210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-      <c r="A220" s="1">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>163264</v>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Être formé dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale (élus et personnels territoriaux)</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Être formé dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale (élus et personnels territoriaux)</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;OPÉRATIONS CONCERNÉES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Formation dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale et environnementale des bâtiments, de la conduite de projets, …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;&lt;strong&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;li&gt;Contact téléphonique ou mail&lt;/li&gt;
 &lt;li&gt;Rendez-vous et rencontre avec les acteurs&lt;/li&gt;
 &lt;li&gt;Echanges sur les enjeux, les partenaires à associer, les publics visés, …&lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;&lt;strong&gt;DEUX NIVEAUX D&amp;#039;INTERVENTION  &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Soit le CAUE contribue au programme de formation:&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;aide à la définition des objectifs et du programme de formation&lt;/li&gt;
 &lt;li&gt;appui à la recherche d’intervenants et de visites&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Soit le CAUE organise le programme de formation:&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;définition des objectifs et du programme de formation&lt;/li&gt;
 &lt;li&gt;recherche d’intervenants et de visites adaptés&lt;/li&gt;
 &lt;li&gt;réalisation des supports de formation&lt;/li&gt;
 &lt;li&gt;organisation logistique&lt;/li&gt;
 &lt;li&gt;évaluation et bilan&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N220" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Formation professionnelle
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O220" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S220" s="1" t="inlineStr">
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V220" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/formation-des-elus-et-des-personnels-territoriaux/</t>
         </is>
       </c>
-      <c r="W220" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X220" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil d’Architecture, d’Urbanisme et d’Environnement&lt;br /&gt;
 (CAUE) de la DROME&lt;br /&gt;
 04 75 79 04 03 &lt;/p&gt;
 &lt;p&gt;&lt;a href="http://caue.dromenet.org/"&gt;caue.dromenet.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-des-elus-et-des-personnels-territoriaux/</t>
         </is>
       </c>
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-      <c r="A221" s="1">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>163767</v>
       </c>
-      <c r="B221" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>ADEME
 Agence Nationale de l'Habitat (ANAH)
 Agences de l'eau
 Agence nationale de la cohésion des territoires (ANCT)
 ALEC 42 - Agence Locale de l'Energie et du Climat
 Agence Nationale pour la Rénovation Urbaine (ANRU)
 SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
 DDT de la Loire</t>
         </is>
       </c>
-      <c r="G221" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H221" s="1" t="inlineStr">
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K221" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -44577,3194 +42622,4470 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N221" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R221" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S221" s="1" t="inlineStr">
+      <c r="S212" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V221" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W221" s="1" t="inlineStr">
+      <c r="W212" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X221" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="222" spans="1:27" customHeight="0">
-      <c r="A222" s="1">
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
         <v>163815</v>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Mieux-vivre ensemble dans une ruralité attractive et dynamique</t>
         </is>
       </c>
-      <c r="C222" s="1" t="inlineStr">
+      <c r="C213" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Programme Leader du GAL Beauce Dunois</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>Pays Dunois
 Communauté Coeur de Beauce</t>
         </is>
       </c>
-      <c r="F222" s="1" t="inlineStr">
+      <c r="F213" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G222" s="1" t="inlineStr">
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H222" s="1" t="inlineStr">
+      <c r="H213" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I222" s="1" t="inlineStr">
+      <c r="I213" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 80</t>
         </is>
       </c>
-      <c r="K222" s="1" t="inlineStr">
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L222" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;LEADER est un programme européen de développement rural, destiné à soutenir des projets portés par les acteurs locaux.&lt;/p&gt;&lt;p&gt;Il a été attribué une enveloppe de 1,2 millions d&amp;#039;euros sur la période 2023-2027 pour financer son programme d&amp;#039;actions.&lt;/p&gt;&lt;p&gt;La stratégie se décline en trois axes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1- Vivre ensemble dans une ruralité attentive aux liens sociaux &lt;/strong&gt;(lien social et intergénérationnel citoyenneté, actions culturelles participatives)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2- Mieux vivre dans une ruralité au cadre de vie préservé &lt;/strong&gt;(transition écologique, santé)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3- Vivre dans une ruralité attractive, accessible et aux filières dynamiques &lt;/strong&gt;(mobilité, nouvelles filières économiques, actions touristiques)&lt;/p&gt;&lt;p&gt;Les projets présentés doivent s&amp;#039;inscrire dans un ou plusieurs de ces axes et se dérouler sur le périmètre du GAL (Pays Dunois / Communauté de communes coeur de beauce) pour être éligibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M222" s="1" t="inlineStr">
+      <c r="M213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples de projets soutenus sur le précédent programme Leader :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur d&amp;#039;une solidarité territoriale : pôle multi-activités pour une association d&amp;#039;aides à domicile, habitat inclusif &lt;/li&gt;&lt;li&gt;Aménagements d&amp;#039;espaces naturels à vocation pédagogique / artistique&lt;/li&gt;&lt;li&gt;Recrutement de personnel sur des thématiques innovantes : manager de commerce, chargé de projet alimentaire&lt;/li&gt;&lt;li&gt;Développement touristique et culturel : outils de visite d&amp;#039;un musée, valorisation d&amp;#039;un itinéraire cyclotouristique, festival culturel itinérant&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N222" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Transition énergétique
 Personnes âgées
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Paysage
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R222" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les seuils d&amp;#039;éligibilité (dépenses comprises entre 7815 et 156 250 € pour un privé et entre 6250 € et 125 000 € pour un public)&lt;/li&gt;&lt;li&gt;Répondre aux critères de sélection du GAL Beauce Dunois : Caractère pilote, lien avec la stratégie, prise en compte des priorités de l&amp;#039;UE, partenariats, participation des bénéficiaires, cohérence technique et financière&lt;/li&gt;&lt;li&gt;Être auditionnés et retenus par le comité de programmation du GAL Beauce Dunois sur la base de ces critères de sélection&lt;/li&gt;&lt;li&gt;Obtenir un autre financement national (Commune, Département, Région, Etat..)&lt;/li&gt;&lt;li&gt;Ne pas avoir commencé avant le dépôt de la demande&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S222" s="1" t="inlineStr">
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T222" s="1" t="inlineStr">
+      <c r="T213" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U222" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>GAL Beauce Dunois</t>
         </is>
       </c>
-      <c r="V222" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
         <is>
           <t>https://pays-dunois.fr/</t>
         </is>
       </c>
-      <c r="X222" s="1" t="inlineStr">
+      <c r="X213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Assistante administrative : &lt;a target="_self"&gt;secretaire&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Animatrice Leader :&lt;a target="_self"&gt;galbeaucedunois&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 37 96 63 96&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y222" s="1" t="inlineStr">
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>secretaire@pays-dunois.fr</t>
         </is>
       </c>
-      <c r="Z222" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mieux-vivre-ensemble-dans-une-ruralite-attractive-et-dynamique-leurope-soutient-les-projets-en-milieu-rural/</t>
         </is>
       </c>
-      <c r="AA222" s="1" t="inlineStr">
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="223" spans="1:27" customHeight="0">
-      <c r="A223" s="1">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
         <v>163871</v>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
         </is>
       </c>
-      <c r="C223" s="1" t="inlineStr">
+      <c r="C214" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Territoires engagés pour la nature</t>
         </is>
       </c>
-      <c r="E223" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)
-Office Français de la Biodiversité (OFB)</t>
-[...2 lines deleted...]
-      <c r="G223" s="1" t="inlineStr">
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K223" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L223" s="1" t="inlineStr">
+      <c r="L214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M223" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N223" s="1" t="inlineStr">
+      <c r="M214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Revitalisation
 Biodiversité
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O223" s="1" t="inlineStr">
+      <c r="O214" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R223" s="1" t="inlineStr">
+      <c r="R214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S223" s="1" t="inlineStr">
+      <c r="S214" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U223" s="1" t="inlineStr">
+      <c r="U214" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V223" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="Y223" s="1" t="inlineStr">
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W214" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z223" s="1" t="inlineStr">
+      <c r="Z214" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
         </is>
       </c>
-      <c r="AA223" s="1" t="inlineStr">
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="224" spans="1:27" customHeight="0">
-      <c r="A224" s="1">
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
         <v>163874</v>
       </c>
-      <c r="B224" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Gérer l'eau et la nature dans les villes et les villages</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E224" s="1" t="inlineStr">
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G224" s="1" t="inlineStr">
+      <c r="G215" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H224" s="1" t="inlineStr">
+      <c r="H215" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I224" s="1" t="inlineStr">
+      <c r="I215" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 70</t>
         </is>
       </c>
-      <c r="K224" s="1" t="inlineStr">
+      <c r="K215" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L224" s="1" t="inlineStr">
+      <c r="L215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
 entraîné une artificialisation des zones urbanisées altérant durablement les
 fonctions écologiques des sols urbains, en particulier leurs fonctions
 hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
 le plus souvent par une imperméabilisation qui constitue la forme la plus
 sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
 naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
 l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
 corolaire un accroissement des ruissellements urbains, quasi-systématiquement
 gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
 inondations et des impacts plus ou moins significatifs sur la qualité des
 milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
 60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
 sont rejetés sans traitement au droit des déversoirs d’orage directement dans
 les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
 la vie présente dans ces sols et leur capacité à être supports de biodiversité,
 les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
 plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
 les capacités de stockage de carbone dans les sols sous forme de matière
 organique, facteur d’atténuation du dérèglement climatique, mais aussi de
 réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
 par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
 au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
 l’expression de leurs services écosystémiques, en repensant la place de l’eau
 et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
 constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
 Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
 Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
 première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
 titre de la présente délibération visent à impulser et accompagner la
 nécessaire transformation des modes d’aménagement urbain, de tendre vers un
 urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
 l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
 dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
 habitants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M224" s="1" t="inlineStr">
+      <c r="M215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
 en améliorant leur état initial par la création de nouveaux espaces de nature
 en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N224" s="1" t="inlineStr">
+      <c r="N215" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O224" s="1" t="inlineStr">
+      <c r="O215" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P224" s="1" t="inlineStr">
+      <c r="P215" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q224" s="1" t="inlineStr">
+      <c r="Q215" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R224" s="1" t="inlineStr">
+      <c r="R215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
 village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S224" s="1" t="inlineStr">
+      <c r="S215" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T224" s="1" t="inlineStr">
+      <c r="T215" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U224" s="1" t="inlineStr">
+      <c r="U215" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V224" s="1" t="inlineStr">
+      <c r="V215" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X224" s="1" t="inlineStr">
+      <c r="X215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y224" s="1" t="inlineStr">
+      <c r="Y215" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z224" s="1" t="inlineStr">
+      <c r="Z215" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
         </is>
       </c>
-      <c r="AA224" s="1" t="inlineStr">
+      <c r="AA215" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="225" spans="1:27" customHeight="0">
-      <c r="A225" s="1">
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
         <v>163875</v>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="D225" s="1" t="inlineStr">
+      <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Lutte les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="E225" s="1" t="inlineStr">
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G225" s="1" t="inlineStr">
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H225" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I225" s="1" t="inlineStr">
+      <c r="I216" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K225" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L225" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
 masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
 gérer les crues et préserver la biodiversité, dans un contexte de changement
 climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
 agroécologique et privilégie les pratiques ou les changements à l’échelle du
 système d’exploitation, tels que l’agriculture biologique, l’agriculture de
 conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
 l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
 spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
 particulièrement dans les aires d’alimentation des captages prioritaires où
 l’agence privilégie les projets de territoires portés par les collectivités et
 soutient des actions concourant à réduire ou maitriser les pressions à un
 niveau compatible avec l’état de la ressource en eau et les enjeux de santé
 publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
 en zones humides qui poursuit un objectif de maintien des surfaces et à
 démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
 sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
 climatique pour lesquelles il est visé une stabilisation des prélèvements à des
 fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
 réserve utile du sol, la résistance des plantes et la réduction de la
 consommation d’eau ; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
 pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
 favoriser le retour au sol agricole des matières organiques en créant les
 conditions de la confiance.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M225" s="1" t="inlineStr">
+      <c r="M216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
 changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
 filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
 micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
 ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
 (CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N225" s="1" t="inlineStr">
+      <c r="N216" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O225" s="1" t="inlineStr">
+      <c r="O216" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P225" s="1" t="inlineStr">
+      <c r="P216" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q225" s="1" t="inlineStr">
+      <c r="Q216" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R225" s="1" t="inlineStr">
+      <c r="R216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux personnes morales de droit public ou privé
 réalisant des opérations visant à lutter contre les pressions d’origine
 agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
 principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
 la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
 zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
 large. Il est tenu compte de la délibération d’intervention portant sur les
 zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
 particulier les aires d’alimentation des captages prioritaires définis dans le
 SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
 l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
 » ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
 quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
 programme global de lutte contre l’érosion des sols reconnu par l’Agence de
 l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
 conservation des sols, programme global d’aménagements hydrauliques issu d’une
 étude préalable) sont également des territoires à enjeux pour l’Agence de
 l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
 précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
 la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
 transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
 leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
 l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
 agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S225" s="1" t="inlineStr">
+      <c r="S216" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T225" s="1" t="inlineStr">
+      <c r="T216" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U225" s="1" t="inlineStr">
+      <c r="U216" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V225" s="1" t="inlineStr">
+      <c r="V216" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X225" s="1" t="inlineStr">
+      <c r="X216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y225" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z225" s="1" t="inlineStr">
+      <c r="Z216" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
         </is>
       </c>
-      <c r="AA225" s="1" t="inlineStr">
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="226" spans="1:27" customHeight="0">
-      <c r="A226" s="1">
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
         <v>163878</v>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
         </is>
       </c>
-      <c r="D226" s="1" t="inlineStr">
+      <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E217" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
+      <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H226" s="1" t="inlineStr">
+      <c r="H217" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I226" s="1" t="inlineStr">
+      <c r="I217" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K226" s="1" t="inlineStr">
+      <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L226" s="1" t="inlineStr">
+      <c r="L217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette
 délibération présente les principes d’intervention et les objectifs de l’Agence
 dans le domaine de la restauration écologique des milieux naturels et du
 littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
 d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
 une approche globale à l’échelle du cycle de l’eau, tenant compte du
 fonctionnement écologique des milieux naturels. Les actions conduites ont pour
 ambition notamment d’améliorer l’état écologique des eaux de surface et de
 contribuer à la préservation et la restauration de la biodiversité. L’approche
 vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
 physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
 d’eau, milieux humides et non humides) et leur biodiversité, et le
 rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
 (ruissellement et gestion des eaux pluviales « à la source », débordement de
 cours d’eau, limitation des flux de matières en suspension et du colmatage des
 cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
 Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
 la Biodiversité », l’objectif visé est également de faciliter la prise en
 compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
 les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M226" s="1" t="inlineStr">
+      <c r="M217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
 d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
 de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
 riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
 accompagner les maîtrises d’ouvrage des opérations de rétablissement des
 continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
 écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
 d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
 végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
 douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
 milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N226" s="1" t="inlineStr">
+      <c r="N217" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O226" s="1" t="inlineStr">
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P226" s="1" t="inlineStr">
+      <c r="P217" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q226" s="1" t="inlineStr">
+      <c r="Q217" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R226" s="1" t="inlineStr">
+      <c r="R217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau est susceptible
 d’attribuer une participation financière aux opérations respectant les
 conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
 qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
 écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
 déclarées et respectent les prescriptions administratives afférentes ou, à
 défaut, le dossier visant à l’obtention de ces éléments est en cours
 d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
 plus précisément les conditions particulières sont précisées en détail dans la
 délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
 cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
 colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
 d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
 d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S226" s="1" t="inlineStr">
+      <c r="S217" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T226" s="1" t="inlineStr">
+      <c r="T217" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U226" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V226" s="1" t="inlineStr">
+      <c r="V217" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X226" s="1" t="inlineStr">
+      <c r="X217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y226" s="1" t="inlineStr">
+      <c r="Y217" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z226" s="1" t="inlineStr">
+      <c r="Z217" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA226" s="1" t="inlineStr">
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="227" spans="1:27" customHeight="0">
-      <c r="A227" s="1">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
         <v>163894</v>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
         </is>
       </c>
-      <c r="C227" s="1" t="inlineStr">
+      <c r="C218" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
+Nouveaux lieux, nouveaux liens
 ÉcoQuartier
-Renaturation des villes</t>
-[...2 lines deleted...]
-      <c r="D227" s="1" t="inlineStr">
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
+      <c r="E218" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G227" s="1" t="inlineStr">
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H227" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K227" s="1" t="inlineStr">
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L227" s="1" t="inlineStr">
+      <c r="L218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N227" s="1" t="inlineStr">
+      <c r="M218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Jeunesse
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O227" s="1" t="inlineStr">
+      <c r="O218" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R227" s="1" t="inlineStr">
+      <c r="R218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S227" s="1" t="inlineStr">
+      <c r="S218" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U227" s="1" t="inlineStr">
+      <c r="U218" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V227" s="1" t="inlineStr">
-[...17 lines deleted...]
-&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W218" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y227" s="1" t="inlineStr">
+      <c r="Y218" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z227" s="1" t="inlineStr">
+      <c r="Z218" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
         </is>
       </c>
-      <c r="AA227" s="1" t="inlineStr">
+      <c r="AA218" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="228" spans="1:27" customHeight="0">
-      <c r="A228" s="1">
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
         <v>163896</v>
       </c>
-      <c r="B228" s="1" t="inlineStr">
+      <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G228" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H228" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K228" s="1" t="inlineStr">
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L228" s="1" t="inlineStr">
+      <c r="L219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M228" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="N228" s="1" t="inlineStr">
+      <c r="M219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N219" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O228" s="1" t="inlineStr">
+      <c r="O219" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R228" s="1" t="inlineStr">
+      <c r="R219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S228" s="1" t="inlineStr">
+      <c r="S219" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U228" s="1" t="inlineStr">
+      <c r="U219" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V228" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y228" s="1" t="inlineStr">
+      <c r="V219" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W219" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z228" s="1" t="inlineStr">
+      <c r="Z219" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
         </is>
       </c>
-      <c r="AA228" s="1" t="inlineStr">
+      <c r="AA219" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="229" spans="1:27" customHeight="0">
-      <c r="A229" s="1">
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
         <v>163959</v>
       </c>
-      <c r="B229" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C229" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D229" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E229" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G229" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H229" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K229" s="1" t="inlineStr">
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L229" s="1" t="inlineStr">
+      <c r="L220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M229" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N229" s="1" t="inlineStr">
+      <c r="M220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O229" s="1" t="inlineStr">
+      <c r="O220" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R229" s="1" t="inlineStr">
+      <c r="R220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S229" s="1" t="inlineStr">
+      <c r="S220" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U229" s="1" t="inlineStr">
+      <c r="U220" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V229" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V220" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W220" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y229" s="1" t="inlineStr">
+      <c r="Y220" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z229" s="1" t="inlineStr">
+      <c r="Z220" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA229" s="1" t="inlineStr">
+      <c r="AA220" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="230" spans="1:27" customHeight="0">
-      <c r="A230" s="1">
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
         <v>164102</v>
       </c>
-      <c r="B230" s="1" t="inlineStr">
+      <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C230" s="1" t="inlineStr">
+      <c r="C221" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D230" s="1" t="inlineStr">
+      <c r="D221" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E230" s="1" t="inlineStr">
+      <c r="E221" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G230" s="1" t="inlineStr">
+      <c r="G221" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H230" s="1" t="inlineStr">
+      <c r="H221" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I230" s="1" t="inlineStr">
+      <c r="I221" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K230" s="1" t="inlineStr">
+      <c r="K221" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L230" s="1" t="inlineStr">
+      <c r="L221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M230" s="1" t="inlineStr">
+      <c r="M221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N230" s="1" t="inlineStr">
+      <c r="N221" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O230" s="1" t="inlineStr">
+      <c r="O221" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q230" s="1" t="inlineStr">
+      <c r="Q221" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R230" s="1" t="inlineStr">
+      <c r="R221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S230" s="1" t="inlineStr">
+      <c r="S221" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T230" s="1" t="inlineStr">
+      <c r="T221" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U230" s="1" t="inlineStr">
+      <c r="U221" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V230" s="1" t="inlineStr">
+      <c r="V221" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X230" s="1" t="inlineStr">
+      <c r="X221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y230" s="1" t="inlineStr">
+      <c r="Y221" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z230" s="1" t="inlineStr">
+      <c r="Z221" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA230" s="1" t="inlineStr">
+      <c r="AA221" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="231" spans="1:27" customHeight="0">
-      <c r="A231" s="1">
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
         <v>164111</v>
       </c>
-      <c r="B231" s="1" t="inlineStr">
+      <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C231" s="1" t="inlineStr">
+      <c r="C222" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
+      <c r="D222" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E231" s="1" t="inlineStr">
+      <c r="E222" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G231" s="1" t="inlineStr">
+      <c r="G222" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H231" s="1" t="inlineStr">
+      <c r="H222" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I231" s="1" t="inlineStr">
+      <c r="I222" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J231" s="1" t="inlineStr">
+      <c r="J222" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K231" s="1" t="inlineStr">
+      <c r="K222" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L231" s="1" t="inlineStr">
+      <c r="L222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M231" s="1" t="inlineStr">
+      <c r="M222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N231" s="1" t="inlineStr">
+      <c r="N222" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O231" s="1" t="inlineStr">
+      <c r="O222" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R231" s="1" t="inlineStr">
+      <c r="R222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S231" s="1" t="inlineStr">
+      <c r="S222" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T231" s="1" t="inlineStr">
+      <c r="T222" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U231" s="1" t="inlineStr">
+      <c r="U222" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V231" s="1" t="inlineStr">
+      <c r="V222" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X231" s="1" t="inlineStr">
+      <c r="X222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y231" s="1" t="inlineStr">
+      <c r="Y222" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z231" s="1" t="inlineStr">
+      <c r="Z222" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA231" s="1" t="inlineStr">
+      <c r="AA222" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="232" spans="1:27" customHeight="0">
-      <c r="A232" s="1">
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
         <v>164286</v>
       </c>
-      <c r="B232" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
         </is>
       </c>
-      <c r="C232" s="1" t="inlineStr">
+      <c r="C223" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
         </is>
       </c>
-      <c r="E232" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G232" s="1" t="inlineStr">
+      <c r="G223" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H232" s="1" t="inlineStr">
+      <c r="H223" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I232" s="1" t="inlineStr">
+      <c r="I223" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K232" s="1" t="inlineStr">
+      <c r="K223" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L232" s="1" t="inlineStr">
+      <c r="L223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;2.1     
 Créer du lien et
 de l’interrelation : « faire territoire ensemble »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.1.1    
 Mettre en réseau
 les acteurs&lt;/p&gt;&lt;p&gt;2.1.2    Améliorer la
 communication pour rendre l’offre accessible à tous&lt;/p&gt;&lt;p&gt;2.1.3    Encourager et
 valoriser le bénévolat par la formation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.2     
 Développer l’offre
 culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk155954921"&gt;&lt;strong&gt;2.3     
 Renforcer le
 maillage des équipements culturels&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.4     
 Préserver,
 valoriser, transmettre les patrimoines et matrimoines&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.4.1     Sauvegarder le patrimoine emblématique,
 remarquable, rare et favoriser sa découverte&lt;/p&gt;&lt;p&gt;2.4.2     Favoriser la transmission intergénérationnelle et
 la collecte de mémoires&lt;/p&gt;&lt;p&gt;2.4.3  Créer, accompagner et mettre en réseau les lieux
 d’interprétation, de conservation et de découverte&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.5     
 Créer des
 aménagements paysagers et accompagner les réseaux paysagers&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M232" s="1" t="inlineStr">
+      <c r="M223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création d’outils de communication, etc. ;&lt;/li&gt;&lt;li&gt;Résidence contextuelle, pratique artistique,
 création participative, offre/spectacles          itinérants, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’une salle
 culturelle, achat d’une scène mobile, etc. ;&lt;/li&gt;&lt;li&gt;Création et aménagement de
 lieux d’interprétation, montage d’expositions, etc. ;&lt;/li&gt;&lt;li&gt;Aménagement de points de
 vue, journées de sensibilisation, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N232" s="1" t="inlineStr">
+      <c r="N223" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Paysage
 Animation et mise en réseau
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O232" s="1" t="inlineStr">
+      <c r="O223" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q232" s="1" t="inlineStr">
+      <c r="Q223" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R232" s="1" t="inlineStr">
+      <c r="R223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les festivals, saisons
 et événements culturels pourront être aidés 2 ans maximum (soit un projet
 sur 2 ans ou 2 mêmes projets d’un an), pendant la durée du programme. Seules les opérations présentant un financement d’un EPCI
 seront éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S232" s="1" t="inlineStr">
+      <c r="S223" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T232" s="1" t="inlineStr">
+      <c r="T223" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U232" s="1" t="inlineStr">
+      <c r="U223" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V232" s="1" t="inlineStr">
+      <c r="V223" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader/</t>
         </is>
       </c>
-      <c r="X232" s="1" t="inlineStr">
+      <c r="X223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
 des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
 Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
 - 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y232" s="1" t="inlineStr">
+      <c r="Y223" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z232" s="1" t="inlineStr">
+      <c r="Z223" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-patrimoine/</t>
         </is>
       </c>
-      <c r="AA232" s="1" t="inlineStr">
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="233" spans="1:27" customHeight="0">
-      <c r="A233" s="1">
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
         <v>164416</v>
       </c>
-      <c r="B233" s="1" t="inlineStr">
+      <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="C233" s="1" t="inlineStr">
+      <c r="C224" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
+      <c r="D224" s="1" t="inlineStr">
         <is>
           <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="E233" s="1" t="inlineStr">
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G233" s="1" t="inlineStr">
+      <c r="G224" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H233" s="1" t="inlineStr">
+      <c r="H224" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I233" s="1" t="inlineStr">
+      <c r="I224" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J233" s="1" t="inlineStr">
+      <c r="J224" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
         </is>
       </c>
-      <c r="K233" s="1" t="inlineStr">
+      <c r="K224" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L233" s="1" t="inlineStr">
+      <c r="L224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M233" s="1" t="inlineStr">
+      <c r="M224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N233" s="1" t="inlineStr">
+      <c r="N224" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O233" s="1" t="inlineStr">
+      <c r="O224" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P233" s="1" t="inlineStr">
+      <c r="P224" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q233" s="1" t="inlineStr">
+      <c r="Q224" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R233" s="1" t="inlineStr">
+      <c r="R224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S233" s="1" t="inlineStr">
+      <c r="S224" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T233" s="1" t="inlineStr">
+      <c r="T224" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U233" s="1" t="inlineStr">
+      <c r="U224" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V233" s="1" t="inlineStr">
+      <c r="V224" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
         </is>
       </c>
-      <c r="W233" s="1" t="inlineStr">
+      <c r="W224" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X233" s="1" t="inlineStr">
+      <c r="X224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
 04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y233" s="1" t="inlineStr">
+      <c r="Y224" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z233" s="1" t="inlineStr">
+      <c r="Z224" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
         </is>
       </c>
-      <c r="AA233" s="1" t="inlineStr">
+      <c r="AA224" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="234" spans="1:27" customHeight="0">
-      <c r="A234" s="1">
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
         <v>164419</v>
       </c>
-      <c r="B234" s="1" t="inlineStr">
+      <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
         </is>
       </c>
-      <c r="C234" s="1" t="inlineStr">
+      <c r="C225" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G234" s="1" t="inlineStr">
+      <c r="G225" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H234" s="1" t="inlineStr">
+      <c r="H225" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I234" s="1" t="inlineStr">
+      <c r="I225" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J234" s="1" t="inlineStr">
+      <c r="J225" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K234" s="1" t="inlineStr">
+      <c r="K225" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L234" s="1" t="inlineStr">
+      <c r="L225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
 la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M234" s="1" t="inlineStr">
+      <c r="M225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N234" s="1" t="inlineStr">
+      <c r="N225" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Espaces verts
 Espace public
 Friche
 Recyclage et valorisation des déchets
 Accès aux services
 Citoyenneté
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O234" s="1" t="inlineStr">
+      <c r="O225" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P234" s="1" t="inlineStr">
+      <c r="P225" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q234" s="1" t="inlineStr">
+      <c r="Q225" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R234" s="1" t="inlineStr">
+      <c r="R225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S234" s="1" t="inlineStr">
+      <c r="S225" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T234" s="1" t="inlineStr">
+      <c r="T225" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U234" s="1" t="inlineStr">
+      <c r="U225" s="1" t="inlineStr">
         <is>
           <t>GAL Loire AAP Revitalisation de centre-bourg</t>
         </is>
       </c>
-      <c r="V234" s="1" t="inlineStr">
+      <c r="V225" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W234" s="1" t="inlineStr">
+      <c r="W225" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X234" s="1" t="inlineStr">
+      <c r="X225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y234" s="1" t="inlineStr">
+      <c r="Y225" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z234" s="1" t="inlineStr">
+      <c r="Z225" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
         </is>
       </c>
-      <c r="AA234" s="1" t="inlineStr">
+      <c r="AA225" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="235" spans="1:27" customHeight="0">
-      <c r="A235" s="1">
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
         <v>164421</v>
       </c>
-      <c r="B235" s="1" t="inlineStr">
+      <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire</t>
         </is>
       </c>
-      <c r="C235" s="1" t="inlineStr">
+      <c r="C226" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D235" s="1" t="inlineStr">
+      <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.1 "Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire"</t>
         </is>
       </c>
-      <c r="E235" s="1" t="inlineStr">
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G235" s="1" t="inlineStr">
+      <c r="G226" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H235" s="1" t="inlineStr">
+      <c r="H226" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I235" s="1" t="inlineStr">
+      <c r="I226" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J235" s="1" t="inlineStr">
+      <c r="J226" s="1" t="inlineStr">
         <is>
           <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K235" s="1" t="inlineStr">
+      <c r="K226" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L235" s="1" t="inlineStr">
+      <c r="L226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être identifiés tels que :&lt;/p&gt;&lt;p&gt;− La diversification du tissu touristique autour de valeurs partagées ;&lt;/p&gt;&lt;p&gt;− La montée en gamme de l’offre proposée à la fois par une meilleure structuration de celle-ci et une meilleure valorisation des atouts du territoire ;&lt;/p&gt;&lt;p&gt;− L&amp;#039;amélioration de la capacité d’accueil notamment en prenant en compte tous les types de publics (famille, séniors, personnes en situation de handicap, affinitaires, couples jeunes sans enfants, etc.) ;&lt;/p&gt;&lt;p&gt;− La nécessité de faire redécouvrir le territoire aux habitants en faisant également des sites touristiques des lieux de vie, de loisirs et de rencontre pour les populations locales.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la médiation et l’accessibilité des sites pour un accueil facilité de tous&lt;/p&gt;&lt;p&gt;− Mettre en valeur et préserver de manière innovante les sites et patrimoines emblématiques&lt;/p&gt;&lt;p&gt;− Faire découvrir le territoire à travers les itinérances&lt;/p&gt;&lt;p&gt;− Garantir une qualité d’accueil&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la biodiversité dans les projets d’aménagement touristique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources (foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets structurants de :&lt;/p&gt;&lt;p&gt;− Valorisation touristique et d’amélioration de conditions d’accueil des visiteurs sur des sites patrimoniaux ;&lt;/p&gt;&lt;p&gt;− Développement de l’offre touristique et d’amélioration de conditions d’accueil des visiteurs en lien avec des sites et activités de pleine nature, des grandes itinérances, des circuits patrimoniaux locaux et leurs connexions entre eux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisitions de matériels et d’équipement ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;− Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de développement touristique éligibles au dispositif 7.5.2.5 du FEDER.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− La création, rénovation ou modernisation d’hébergements touristiques (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel non liées à une activité touristique (éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;− Les initiatives culturelles particulièrement innovantes dont l’objectif principal est la valorisation des centres-bourgs et favorisant le bien-vivre ensemble (éligible à l’AAP 3.1-2) ;&lt;/p&gt;&lt;p&gt;− Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; : un projet structurant est un projet dont la finalité est de participer à l’attractivité du territoire. Cette notion peut s’apprécier au regard des critères suivants :&lt;/p&gt;&lt;p&gt;− Le périmètre de son rayonnement participant à l’attractivité du territoire ;&lt;/p&gt;&lt;p&gt;− La mise en place des organisations, réseaux ou des outils ayant un impact en termes de synergie et de développement pour une communauté, une filière, le territoire ;&lt;/p&gt;&lt;p&gt;− Générer ou appuyer d’autres projets ;&lt;/p&gt;&lt;p&gt;− Fédérer des acteurs locaux d’horizons différents autour d’un objectif commun.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M235" s="1" t="inlineStr">
+      <c r="M226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N235" s="1" t="inlineStr">
+      <c r="N226" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Handicap
 Accès aux services
 Paysage
 Accessibilité
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O235" s="1" t="inlineStr">
+      <c r="O226" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P235" s="1" t="inlineStr">
+      <c r="P226" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q235" s="1" t="inlineStr">
+      <c r="Q226" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R235" s="1" t="inlineStr">
+      <c r="R226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets concernant des musées devront justifier d’un projet d’établissement ou d’une démarche scientifique et culturelle valide ou en cours d’élaboration. Un justificatif sera demandé au porteur de projet à la demande d’aide.&lt;/p&gt;&lt;p&gt;• Seront éligibles uniquement les projets répondant à la définition des sites et activités présentés à l’annexe 1.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à la définition de projet structurant (cf. 1.3. Définition). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les acquisitions de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie, réseaux divers et d’entretien des chemins ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Ce taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S235" s="1" t="inlineStr">
+      <c r="S226" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T235" s="1" t="inlineStr">
+      <c r="T226" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U235" s="1" t="inlineStr">
+      <c r="U226" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V235" s="1" t="inlineStr">
+      <c r="V226" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.1_VALORISATION_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W235" s="1" t="inlineStr">
+      <c r="W226" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X235" s="1" t="inlineStr">
+      <c r="X226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 04 74 87 52 01&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y235" s="1" t="inlineStr">
+      <c r="Y226" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z235" s="1" t="inlineStr">
+      <c r="Z226" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-le-patrimoine-local-les-activites-touristiques-en-ameliorant-les-conditions-daccueil-des-visiteurs-du-gal-loire/</t>
         </is>
       </c>
-      <c r="AA235" s="1" t="inlineStr">
+      <c r="AA226" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="236" spans="1:27" customHeight="0">
-      <c r="A236" s="1">
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
         <v>164760</v>
       </c>
-      <c r="B236" s="1" t="inlineStr">
+      <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Renforcer le lien entre les politiques de l’eau et de l’aménagement du territoire</t>
         </is>
       </c>
-      <c r="D236" s="1" t="inlineStr">
+      <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Eau et urbanisme</t>
         </is>
       </c>
-      <c r="E236" s="1" t="inlineStr">
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G236" s="1" t="inlineStr">
+      <c r="G227" s="1" t="inlineStr">
         <is>
           <t>Département
 Association</t>
         </is>
       </c>
-      <c r="H236" s="1" t="inlineStr">
+      <c r="H227" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I236" s="1" t="inlineStr">
+      <c r="I227" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K236" s="1" t="inlineStr">
+      <c r="K227" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L236" s="1" t="inlineStr">
+      <c r="L227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets d’urbanisme de planification ou opérationnels 
 devront prendre en compte les effets du changement climatique, en particulier ceux portant sur la gestion quantitative 
 de la ressource en eau, dans un objectif de sobriété des 
 usages.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/eau-urbanisme"&gt;Eau et urbanisme | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M236" s="1" t="inlineStr">
+      <c r="M227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau finance par exemple  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les partenariats avec un acteur de l&amp;#039;urbanisme, &lt;/li&gt;&lt;li&gt;la sensibilsation et la communication, &lt;/li&gt;&lt;li&gt;les études Volet Eau SCOT/PLUi&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N236" s="1" t="inlineStr">
+      <c r="N227" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Espace public
 Paysage</t>
         </is>
       </c>
-      <c r="O236" s="1" t="inlineStr">
+      <c r="O227" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P236" s="1" t="inlineStr">
+      <c r="P227" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q236" s="1" t="inlineStr">
+      <c r="Q227" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R236" s="1" t="inlineStr">
+      <c r="R227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires pour les opérations relevant des missions 
 « Eau et Urbanisme » portées par des acteurs de l’urbanisme 
 (hors étude diagnostic SCoT/PLUi) : Agence d’urbanisme, 
 Conseil d’architecture d’urbanisme et de l’environnement 
 (CAUE), Association de professionnels de l’urbanisme, 
 Conseil départemental.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/60-24-Gestion%20territoriale_0_0_0.pdf"&gt;60-24-Gestion territoriale_0_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S236" s="1" t="inlineStr">
+      <c r="S227" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T236" s="1" t="inlineStr">
+      <c r="T227" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U236" s="1" t="inlineStr">
+      <c r="U227" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V236" s="1" t="inlineStr">
+      <c r="V227" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20et%20urbanisme.pdf</t>
         </is>
       </c>
-      <c r="W236" s="1" t="inlineStr">
+      <c r="W227" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X236" s="1" t="inlineStr">
+      <c r="X227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y236" s="1" t="inlineStr">
+      <c r="Y227" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z236" s="1" t="inlineStr">
+      <c r="Z227" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-apports-de-macrodechets-dans-les-milieux-dans-le-domaine-de-lassainissement/</t>
         </is>
       </c>
-      <c r="AA236" s="1" t="inlineStr">
+      <c r="AA227" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="237" spans="1:27" customHeight="0">
-      <c r="A237" s="1">
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
         <v>165101</v>
       </c>
-      <c r="B237" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Adapter les stations de montagne au changement climatique</t>
         </is>
       </c>
-      <c r="D237" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Adapter les stations de montagne au changement climatique</t>
         </is>
       </c>
-      <c r="E237" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G237" s="1" t="inlineStr">
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H237" s="1" t="inlineStr">
+      <c r="H228" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I237" s="1" t="inlineStr">
+      <c r="I228" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K237" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L237" s="1" t="inlineStr">
+      <c r="L228" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet touristique au sein d’une station de montagne dans une logique d’adaptation des activités ou de diversification et dessaisonalisation de l’offre touristique ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligibles (*) et plafonnée à 300 000 €  &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;(*) pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une PME au sens de l’union européenne&lt;/li&gt;
 &lt;li&gt;Une association&lt;/li&gt;
 &lt;li&gt;Une collectivité territoriale&lt;/li&gt;
 &lt;li&gt;Un établissement public&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Des investissements d’équipements touristiques structurants d’envergure régionale, nationale ou internationale, facteur de différenciation par rapport aux équipements en place, visant l’excellence dans les services proposés aux visiteurs et qui favoriseront l’émergence d’une nouvelle production touristique ou viendront renforcer l’offre des filières touristiques. Ils devront s’inscrire dans un programme de développement ou maintien de l’emploi et répondre aux principaux enjeux de protection de l’environnement, de la biodiversité, des ressources.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 300 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;L’ensemble des dépenses répondant aux objectifs visés précédemment.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Dans les stations de ski, les renouvellements de remontées mécaniques seront étudiés au cas par cas.&lt;/p&gt;
 &lt;p&gt;Pour les années 2025, 2026, 2027 et 2028, le soutien aux investissements liés aux enneigeurs pourra être étudié au cas par cas et de manière dégressive, dès lors qu’il s’agira d’installer ou renouveler du matériel existant par du matériel plus économe en eau et en énergie.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Si des retenues d’eau sont prévues pour l’approvisionnement des enneigeurs, le porteur devra démontrer dans son dossier de demande d’aide à la Région qu’elles sont écologiquement et économiquement viables et socialement acceptées.&lt;/strong&gt;&lt;/p&gt;
 &lt;h4&gt;Aides complémentaires&lt;/h4&gt;
 &lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
 &lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N237" s="1" t="inlineStr">
+      <c r="N228" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Montagne
 Paysage</t>
         </is>
       </c>
-      <c r="O237" s="1" t="inlineStr">
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P237" s="1" t="inlineStr">
+      <c r="P228" s="1" t="inlineStr">
         <is>
           <t>18/11/2024</t>
         </is>
       </c>
-      <c r="S237" s="1" t="inlineStr">
+      <c r="S228" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T237" s="1" t="inlineStr">
+      <c r="T228" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U237" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V237" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/stations-montagne-changement-climatique/</t>
         </is>
       </c>
-      <c r="W237" s="1" t="inlineStr">
+      <c r="W228" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0292/depot/simple</t>
         </is>
       </c>
-      <c r="X237" s="1" t="inlineStr">
+      <c r="X228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 67 24&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y237" s="1" t="inlineStr">
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z237" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/adapter-les-stations-de-montagne-au-changement-climatique/</t>
         </is>
       </c>
-      <c r="AA237" s="1" t="inlineStr">
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="238" spans="1:27" customHeight="0">
-      <c r="A238" s="1">
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
         <v>165104</v>
       </c>
-      <c r="B238" s="1" t="inlineStr">
+      <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants : Coup de pouce rural</t>
         </is>
       </c>
-      <c r="D238" s="1" t="inlineStr">
+      <c r="D229" s="1" t="inlineStr">
         <is>
           <t>Coup de pouce rural</t>
         </is>
       </c>
-      <c r="E238" s="1" t="inlineStr">
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G238" s="1" t="inlineStr">
+      <c r="G229" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H238" s="1" t="inlineStr">
+      <c r="H229" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K238" s="1" t="inlineStr">
+      <c r="K229" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L238" s="1" t="inlineStr">
+      <c r="L229" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale « coup de pouce » pouvant aller : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;jusqu’à 10 000 € si vous êtes une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;jusqu’à 12 000 € si vous êtes une commune entre 501 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une commune de moins de 500 habitants&lt;/li&gt;
 &lt;li&gt;Une commune entre 500 et 1500 habitants&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre investissement concerne&lt;/strong&gt; &lt;strong&gt;en particulier des travaux de : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;réparation ou de consolidation de certaines &lt;strong&gt;parties de bâtiments publics&lt;/strong&gt;, parapublics, ou encore d’aménagements dans les &lt;strong&gt;cimetières &lt;/strong&gt;;&lt;/li&gt;
 &lt;li&gt;réparation ou de consolidation d’éléments de &lt;strong&gt;patrimoine ordinaire&lt;/strong&gt; de type toitures, fissures de murs, cloches d’églises, sols d’églises, ferronneries, lavoirs etc., et travaux de restauration ;&lt;/li&gt;
 &lt;li&gt;démolition simple pour &lt;strong&gt;désencombrement&lt;/strong&gt;, embellissement, sécurisation d’un lieu ;&lt;/li&gt;
 &lt;li&gt;aménagement des &lt;strong&gt;abords&lt;/strong&gt; de bâtiments publics ou parapublics (écoles, associations, Maison de santé, Maison des seniors, Maison de projet, petit tiers-lieu), d’églises et de cimetière (embellissement, cheminements perméables, pose de toilettes publiques et sanitaires des petites mairies, nettoyage et démoussage et travaux de mise en valeur de monuments aux morts,etc.) ;&lt;/li&gt;
 &lt;li&gt;compléments ponctuels d’aménagements, d’équipements et aménagement de &lt;strong&gt;petit mobilier d’espaces publics/d’espaces de vie existants pour faciliter la vie des habitants &lt;/strong&gt;;&lt;/li&gt;
 &lt;li&gt;interventions spécifiques à la problématique des villages-rue dégradés en vue de &lt;strong&gt;l’embellissement de la rue principale &lt;/strong&gt;et de ses abords : aménagements de fleurissements non ou peu énergivores en eau, mesures de confort des piétons et d’amélioration des points de vue sur les différents atouts du village depuis la rue principale &lt;em&gt;;&lt;/em&gt;&lt;/li&gt;
 &lt;li&gt;ou encore liés à des &lt;strong&gt;projets d’aménagement des habitants&lt;/strong&gt; identifiés dans le cadre d’un budget participatif ou d’une démarche de concertation, en lien avec un projet communal pour des projets utiles au confort de vie et à l’embellissement.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Pour une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée, et son &lt;strong&gt;maximum est de 10 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 20 000 €.&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Pour une commune entre 500 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 30 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée, et son&lt;strong&gt; maximum est de 12 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 40 000 €.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne à partir du 1er décembre 2024 avec votre délibération et votre devis travaux&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N238" s="1" t="inlineStr">
+      <c r="N229" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O238" s="1" t="inlineStr">
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P238" s="1" t="inlineStr">
+      <c r="P229" s="1" t="inlineStr">
         <is>
           <t>28/10/2024</t>
         </is>
       </c>
-      <c r="S238" s="1" t="inlineStr">
+      <c r="S229" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U238" s="1" t="inlineStr">
+      <c r="U229" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V238" s="1" t="inlineStr">
+      <c r="V229" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/coup-de-pouce-rural/</t>
         </is>
       </c>
-      <c r="W238" s="1" t="inlineStr">
+      <c r="W229" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0299/depot/simple</t>
         </is>
       </c>
-      <c r="Y238" s="1" t="inlineStr">
+      <c r="Y229" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z238" s="1" t="inlineStr">
+      <c r="Z229" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/coup-de-pouce-rural/</t>
         </is>
       </c>
-      <c r="AA238" s="1" t="inlineStr">
+      <c r="AA229" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="239" spans="1:27" customHeight="0">
-      <c r="A239" s="1">
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
         <v>165343</v>
       </c>
-      <c r="B239" s="1" t="inlineStr">
+      <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Accompagner à l'entretien des cours d'eau</t>
         </is>
       </c>
-      <c r="D239" s="1" t="inlineStr">
+      <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Accompagnement à l'entretien des cours d'eau</t>
         </is>
       </c>
-      <c r="E239" s="1" t="inlineStr">
+      <c r="E230" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G239" s="1" t="inlineStr">
+      <c r="G230" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H239" s="1" t="inlineStr">
+      <c r="H230" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K239" s="1" t="inlineStr">
+      <c r="K230" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L239" s="1" t="inlineStr">
+      <c r="L230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour les collectivités éligibles à l&amp;#039;Assistance Technique Départementale (ATD), entretenir les cours d’eau et leurs milieux naturels associés :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Établissement du programme pluriannuel d’entretien&lt;/li&gt;&lt;li&gt;Élaboration des dossiers de Déclaration d’Intérêt Général (DIG)&lt;/li&gt;&lt;li&gt;Élaboration du programme annuel de travaux&lt;/li&gt;&lt;li&gt;accompagnement de la réalisation des travaux d’entretien (dossier de consultation des entreprises, suivis et réception des travaux, information des riverains, des Communes).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N239" s="1" t="inlineStr">
+      <c r="N230" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Paysage
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O239" s="1" t="inlineStr">
+      <c r="O230" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R239" s="1" t="inlineStr">
+      <c r="R230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S239" s="1" t="inlineStr">
+      <c r="S230" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U239" s="1" t="inlineStr">
+      <c r="U230" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V239" s="1" t="inlineStr">
+      <c r="V230" s="1" t="inlineStr">
         <is>
           <t>https://eau.seine-et-marne.fr</t>
         </is>
       </c>
-      <c r="W239" s="1" t="inlineStr">
+      <c r="W230" s="1" t="inlineStr">
         <is>
           <t>https://id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X239" s="1" t="inlineStr">
+      <c r="X230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie Directrice&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y239" s="1" t="inlineStr">
+      <c r="Y230" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z239" s="1" t="inlineStr">
+      <c r="Z230" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-a-lentretien-des-cours-deau/</t>
         </is>
       </c>
-      <c r="AA239" s="1" t="inlineStr">
+      <c r="AA230" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C231" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G231" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I231" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K231" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N231" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O231" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S231" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T231" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U231" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V231" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W231" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y231" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z231" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA231" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C232" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I232" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P232" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q232" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T232" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V232" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K233" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S233" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W233" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G234" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K234" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N234" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O234" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S234" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U234" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V234" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W234" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y234" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z234" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA234" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G235" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H235" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K235" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N235" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O235" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S235" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U235" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V235" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y235" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z235" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA235" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G236" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K236" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N236" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O236" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q236" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S236" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U236" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W236" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y236" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z236" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA236" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>