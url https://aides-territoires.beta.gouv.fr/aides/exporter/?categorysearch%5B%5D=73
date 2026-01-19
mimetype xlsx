--- v1 (2025-11-19)
+++ v2 (2026-01-19)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA236"/>
+  <dimension ref="A1:AA237"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -6107,121 +6107,121 @@
       <c r="A31" s="1">
         <v>82911</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>CAUE du Loiret
+          <t>CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Haute-Loire
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE des Deux-Sèvres
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE du Puy-de-Dôme
+CAUE de la Haute-Garonne
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE de la Dordogne
+CAUE de l'Oise
+CAUE du Lot
+CAUE de la Savoie
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE de la Seine-Maritime
+CAUE du Gard
+CAUE du Var
+CAUE de la Sarthe
+CAUE du Morbihan
+CAUE de l'Ain
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE de l'Ardèche
+CAUE du Cher
+CAUE du Maine-et-Loire
+CAUE de l'Aude
+CAUE de l'Yonne
+CAUE de Corse
+CAUE d'Alsace
 CAUE du Tarn
-CAUE d'Alsace
-[...5 lines deleted...]
-CAUE de l'Ardèche
 CAUE du Gers
-CAUE de Corrèze
-[...6 lines deleted...]
-CAUE du Gard
+CAUE de l'Orne
+CAUE du Calvados
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
 CAUE de la Vendée
-CAUE de Mayotte
+CAUE du Cantal
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
 CAUE des Landes
-CAUE des Vosges
-[...48 lines deleted...]
-CAUE de la Haute-Garonne</t>
+CAUE de Mayotte</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
@@ -6687,122 +6687,122 @@
     </row>
     <row r="32" spans="1:27" customHeight="0">
       <c r="A32" s="1">
         <v>82912</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Nouveaux lieux, nouveaux liens
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>CAUE de l'Ain
+          <t>CAUE de la Seine-Maritime
+CAUE de la Haute-Loire
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+CAUE des Deux-Sèvres
+CAUE de la Sarthe
+CAUE du Puy-de-Dôme
+CAUE de la Dordogne
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE du Calvados
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
 CAUE du Lot
-CAUE du Var
-[...5 lines deleted...]
-CAUE de Corse
 CAUE de la Vendée
-CAUE de l'Aude
-[...6 lines deleted...]
-CAUE de l'Isère
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de l'Ardèche
+CAUE du Maine-et-Loire
 CAUE de l'Yonne
-CAUE du Morbihan
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
 CAUE de Mayotte
-CAUE des Landes
-[...49 lines deleted...]
-CAUE des Hautes-Pyrénées</t>
+CAUE du Morbihan</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
@@ -7248,122 +7248,122 @@
     <row r="33" spans="1:27" customHeight="0">
       <c r="A33" s="1">
         <v>82915</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>CAUE de l'Ardèche
+          <t>CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Atlantiques
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+CAUE de Meurthe-et-Moselle
+CAUE de la Mayenne
+CAUE de la Manche
+CAUE du Maine-et-Loire
+CAUE Lot-et-Garonne
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE de l'Ardèche
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
+CAUE de l'Hérault
+CAUE de la Gironde
+CAUE de la Haute-Garonne
+CAUE du Gard
+CAUE de l'Oise
 CAUE de la Drôme
-CAUE de l'Oise
-[...5 lines deleted...]
-Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE de l'Aude
-CAUE de la Haute-Loire
-[...6 lines deleted...]
-CAUE de la Moselle
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE du Calvados
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
 CAUE des Landes
-CAUE de la Dordogne
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
 CAUE du Tarn
-CAUE de la Meuse
-[...49 lines deleted...]
-CAUE de la Haute-Savoie</t>
+CAUE de la Dordogne</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
@@ -25000,110 +25000,52 @@
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I120" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...58 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
@@ -25200,74 +25142,79 @@
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U120" s="1" t="inlineStr">
         <is>
-          <t>Communes éligibles à la DETR 2022</t>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
         </is>
       </c>
       <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
-&lt;/p&gt;</t>
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
       <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
       <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:27" customHeight="0">
       <c r="A121" s="1">
         <v>120459</v>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Planter sur les biens communaux et intercommunaux</t>
@@ -32659,268 +32606,7855 @@
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
       <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/644b-accompagner-des-epci-fragiles-par-le-fonds-de/</t>
         </is>
       </c>
       <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:27" customHeight="0">
       <c r="A157" s="1">
-        <v>144508</v>
+        <v>162828</v>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les études des démarches "Petites Villes de Demain"</t>
+          <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Landes</t>
+          <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
       <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
         </is>
       </c>
       <c r="H157" s="1" t="inlineStr">
         <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I157" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J157" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Friche
+Biodiversité
+Architecture
+Paysage
+Attractivité économique
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T157" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>162938</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transition écologique</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I157" s="1" t="inlineStr">
+      <c r="I158" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
-[...17 lines deleted...]
-          <t>Patrimoine et monuments historiques
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
 Espaces verts
 Espace public
-Friche
-[...2 lines deleted...]
-Commerces et services
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P158" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q158" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>162945</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier gratuitement de la compétence d'un architecte pour participer à son jury</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Architecte consultant de la MIQCP</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Mission interministérielle pour la qualité des constructions publiques (MIQCP) se fait assister par trente architectes consultants et consultantes en vue de 
+promouvoir la qualité de l&amp;#039;architecture publique dans le cadre de consultations de maîtrise d’œuvre, 
+notamment à travers des participations aux jurys de concours de maîtrise d’œuvre. &lt;/p&gt;&lt;p&gt;La mission de ces architectes consultants et consultantes de la MIQCP consiste à siéger 
+en qualité de juré/jurée intuitu personae dans le collège des personnes qualifiées des jurys et des 
+commissions chargées de donner un avis sur la sélection des candidatures et/ou des prestations 
+remises, organisés par des pouvoirs adjudicateurs ou entités adjudicatrices pour la passation de 
+marchés publics de maîtrise d’œuvre ou de marchés globaux. La participation à ces jurys est gratuite. Tout maître d&amp;#039;ouvrage public peut en bénéficier pour ses concours ou procédures de passation des marchés.&lt;/p&gt;&lt;p&gt;Ces architectes sont au nombre de 30. Sélectionnés pour leurs compétences, leur capacité à faire pédagogie, la qualité de leurs réalisations architecturales, ils et elles sont formés aux règles de la commande publique et sont légitimes, dans ce contexte, à accompagner et conseiller au mieux les maîtres d&amp;#34;ouvrage dans l&amp;#039;organisation de leur concours. &lt;/p&gt;&lt;p&gt;Leur objectif premier reste d&amp;#039;assurer l&amp;#039;avis constructif critique des projets des concurrents et de faciliter pour les maîtres d&amp;#039;ouvrage publics, notamment occasionnels, le tiers règlementaire et obligatoire de maîtres d’œuvre exigé dans les jurys par les dispositions du livre IV du code de la commande publique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Espace public
 Tiers-lieux
-Economie locale et circuits courts
-Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
+Appui méthodologique
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Être un Maître d&amp;#039;ouvrage public avec une procédure règlementaire suivant le livre IV du code de la commande publique.&lt;/p&gt;&lt;p&gt;Préparer un concours et avoir la date de la réunion de son jury, ainsi que les pièces écites (règlement, projet d&amp;#039;avis)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.miqcp.gouv.fr/index.php?option=com_content&amp;view=article&amp;id=121:solliciter-la-miqcp-pour-la-participation-d-un-de-ses-architectes-consultant-a-un-jury-de-concours-de-maitrise-d-oeuvre&amp;catid=39&amp;Itemid=158&amp;lang=fr</t>
+        </is>
+      </c>
+      <c r="W159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-prestation-d-un-architecte-consultant-p</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Carol KELLY&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.36&lt;/p&gt;&lt;p&gt;&lt;span id="cloak58914"&gt;&lt;a href="mailto:carol.kelly&amp;#64;developpement-durable.gouv.fr"&gt;carol.kelly&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;et en copie &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-gratuitement-de-la-competence-dun-architecte-pour-participer-a-son-jury/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>162974</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>DDT de l'Aube</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les
+services spécialisés de la Direction Départementale des
+Territoires de l’Aube, selon le domaine concerné, sont les
+interlocuteurs de proximité des élus qui souhaitent être
+accompagnés et soutenus dans la mise en œuvre de leurs projets
+relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
+	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
+	des actes d’urbanisme et conseil aux services instructeurs des
+	collectivités,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
+	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
+	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	aux collectivités dans la mise en œuvre de l’ingénierie sur
+	mesure proposée par l’ANCT, ...&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
+	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	et instruction des procédures environnementales des projets,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	au développement des projets d’agriculture durable&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à la mise en place d’espaces naturels protégés, ... .&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eaux
+	et milieux aquatiques&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;prévention
+	des risques naturels,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	des projets soumis à la loi sur l’eau,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;protection
+	et gestion durable des eaux, …&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Logement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;aide
+	aux démarches de rénovation du parc de logements privés,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à la rénovation urbaine des quartiers prioritaires (NPNRU),&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;développement
+	de l’offre locative publique en lien avec les bailleurs sociaux,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;déclinaison
+	des politiques sociales du logement pour les publics prioritaires,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;prévention
+	des expulsions locatives, ... .&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Énergie
+	et déchets&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;appui
+	au développement des énergies renouvelables,&lt;/span&gt;&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
+	amont sur les projets d’énergies renouvelables (pôle ENR), ... .&lt;/p&gt;
+	&lt;p&gt;Transport
+	et mobilités&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;appui
+	à la réalisation de schémas cyclables et promotion des mobilités
+	douces,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
+	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
+	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
+	des collectivités pour la prise d’arrêtés de mise en sécurité,
+	... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Développement
+économique et commercial&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
+	et accompagnement pour la réalisation de projets économiques ou
+	industriels, ... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Ingénierie
+financière&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
+	à la recherche de financements publics (outil aides territoires),
+	... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+– Action
+Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
+Petites Villes de Demain (PVD) ;&lt;/p&gt;
+&lt;p&gt;– Pacte
+Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
+&lt;p&gt;– Aménagements
+d’espaces publics ;&lt;/p&gt;
+&lt;p&gt;– Renouvellement
+urbain, écoquartiers ;&lt;/p&gt;
+&lt;p&gt;– Rénovation
+thermique de bâtiments publics, production d&amp;#039;EnR ; 
+&lt;/p&gt;
+&lt;p&gt;– Agendas
+d’accessibilité programmée ;&lt;/p&gt;
+&lt;p&gt;– Diagnostics
+de sécurité routière ;&lt;/p&gt;
+&lt;p&gt;– Aires
+d’accueil des gens du voyage ;&lt;/p&gt;
+&lt;p&gt;– Plans
+communaux de sauvegarde ;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
+liés aux énergies renouvelables ;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
+de friches artisanales et industrielles ;&lt;/p&gt;
+&lt;p&gt;– Planification
+territoriale… .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Prévention des risques
+Mobilité pour tous
+Connaissance de la mobilité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction
+Départementale des Territoires de l’Aube.&lt;/p&gt;
+&lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>jean-michel.barrois@aube.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>162979</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation et préservation des ressources naturelles locales</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 2 - FEDER</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J161" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, du fait de ses espaces naturels, se trouve
+aujourd’hui face à des enjeux d’étalement urbain et d’artificialisation des
+sols consommant des espaces agricoles et naturels et impactant les paysages, la
+biodiversité, les ressources naturelles (eau, …) et la production de « déchets
+».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Préserver ce que les habitants considèrent comme le principal atout du
+territoire : le cadre de vie&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations de ressources naturelles (eau, foncier,
+paysages, …) et agir sur les « déchets »&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valorisation et
+médiation des paysages, des sites naturels et des cours d’eau locaux (hors
+espaces d’importances régionales)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Végétalisation des
+sites déqualifiés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Amélioration de la
+gestion des biodéchets : études portant sur des solutions collectives pour
+les producteurs de biodéchets intermédiaires et « assimilés » (hors
+gros producteurs et ménages).&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Recyclage et valorisation des déchets
+Biodiversité
+Equipement public
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P161" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q161" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire-1/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I162" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P162" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q162" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T162" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>162988</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Aménager le territoire pour développer l’attractivité touristique</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 6 - FEDER</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I163" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J163" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
+proximité de différents sites d’intérêt touristique (littoral atlantique,
+Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
+bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers
+n’en demeure pas moins attractif pour faire découvrir ses atouts (paysages,
+itinérance pédestre, cyclo, fluviale, Patrimoine, …) pour permettre d’augmenter
+l’attractivité touristique dans un département disposant de fortes destinations
+touristiques non présentent sur le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
+touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
+d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Promotion et
+valorisation des patrimoines bâti et naturels et des savoir-faire remarquables,
+insolites ou spécifiques au territoire&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;D&lt;/span&gt;&lt;span&gt;éveloppement des
+loisirs et de l’itinérance touristiques&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement des sites pour implanter des activités de pleine nature&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Economie sociale et solidaire
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P163" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q163" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deployer-une-offre-daccueil-sportive-culturelle-et-artistique-notamment-a-destination-des-jeunes-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>163012</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I165" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J165" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
+territoire de campagne vivante et productive, au cadre de vie agréable et qui
+accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
+vie, de s’adapter au changement climatique et de réduire son impact environnemental,
+le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
+consommation, de sa production d’énergie et de son environnement (qualité des
+paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
+son écosystème d’acteurs permet de mettre l’accent sur les actions de
+prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
+à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
+     la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
+     les initiatives, les expérimentations et les actions favorisant la
+     connaissance et la préservation de l’environnement et des ressources
+     naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
+     bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
+&lt;span&gt;Privilégier de nouvelles filières économiques,
+notamment l’économie circulaire et les filières de matériaux biosourcés ou
+géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;Etudes
+     visant à consolider le projet du porteur de projet dans le domaine de la
+     ressource énergétique, de la préservation de l’environnement et de la
+     biodiversité : études stratégiques, diagnostics préalables, audits, études
+     de faisabilité, études de potentiels énergétiques (par exemple schéma
+     directeur d’aménagement lumière, atlas de la biodiversité, schéma des
+     énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Campagnes
+     de sensibilisation, animations notamment pédagogiques, actions
+     d’information, de communication de conseil et organisation d’évènements
+     sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
+      transition énergétique en faveur de la sobriété des consommations
+      énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
+      développement des activités relevant du domaine de l’économie circulaire
+      et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
+      démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
+travaux de structuration de sites pour accueillir du public (faciliter les
+visites de sites) et restauration environnementale (jardins pédagogiques,
+milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Santé
+Qualité de l'air
+Biodiversité
+Paysage
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P165" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q165" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>163085</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets qui favorisent le partage des richesses culturelles et la vie locale</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J166" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l’offre culturelle locale (dont le patrimoine), les services aux habitants pour favoriser le bien vivre ensemble dans les villages. Il vise également à trouver des solutions de mobilité durables qui permettent aux habitants d’accéder aux opportunités proches de chez eux. Enfin, il vise à renforcer le lien social, à favoriser la mixité, l’entraide et la solidarité.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Sauvegarder et transmettre les patrimoines matériels et immatériels&lt;/p&gt;&lt;p&gt;- Créer une offre culturelle locale favorisant les échanges&lt;/p&gt;&lt;p&gt;- Renforcer le lien social et les actions en faveur de la jeunesse&lt;/p&gt;&lt;p&gt;- Développer les services aux habitants&lt;/p&gt;&lt;p&gt;- Favoriser les mobilités alternatives au service du lien social ou de la vie locale&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le
+projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné
+par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union
+Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre
+cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds
+propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Restauration de patrimoine permettant de créer du lien social, recueil de récits et valorisation, etc.&lt;/p&gt;&lt;p&gt;‐ Création artistique sur le territoire, etc.&lt;/p&gt;&lt;p&gt;‐ Activités intergénérationnelles, tiers-lieu culturel, etc.&lt;/p&gt;&lt;p&gt;‐ Bibliothèque itinérante, activités inter-villages, etc.&lt;/p&gt;&lt;p&gt;‐ Rosalies, installations de racks à vélo et bornes de réparation, autopartage, navette mutualisée, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Architecture
+Paysage
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q166" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet
+se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité
+temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de
+la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte,
+notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de
+promotion et communication, formation, animation, prestation de service,
+équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou
+exemplaire &lt;/strong&gt;pour le territoire ET le projet f&lt;strong&gt;avoriser les interactions et crée du
+lien social.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement
+appeler en contrepartie un cofinancement auprès d’une structure publique (Etat,
+Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;PETR Garrigues et Costières de Nîmes&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;1 rue du Colisée - &lt;/span&gt;&lt;span&gt;30900 NÎMES&lt;/span&gt;&lt;br /&gt;06 30 07 33 52  | 04 &lt;span&gt;66 02 54 12&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-un-programme-europeen-au-service-des-ruralites/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>163141</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et coordonner les différents acteurs pour la désimperméabilisation d'espaces publics</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Désimperméabilisation d'espaces publics</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La démarche de désimperméabilisation et de végétalisation
+des espaces publics (place, parking, cour d’école, aire de jeux,…) est devenue
+un enjeu dans un contexte de changement climatique. Elle cible une gestion
+intégrée des eaux pluviales en surface (infiltration) à toutes les échelles pour
+limiter les phénomènes de ruissellement.&lt;/p&gt;&lt;p&gt;Une gestion intégrée des eaux pluviales en surface
+(infiltration) a pour objectifs de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter les phénomènes de ruissellement,&lt;/li&gt;&lt;li&gt;limiter la saturation des systèmes d’assainissement,&lt;/li&gt;&lt;li&gt;limiter les inondations,&lt;/li&gt;&lt;li&gt;préserver les ressources naturelles en favorisant la
+recharge des nappes,&lt;/li&gt;&lt;li&gt;préserver la qualité de l’eau,&lt;/li&gt;&lt;li&gt;réintroduire la nature,&lt;/li&gt;&lt;li&gt;favoriser la biodiversité,&lt;/li&gt;&lt;li&gt;et contribuer à réduire le phénomène d&amp;#039;îlots de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Suite à une phase de diagnostic préalablement conduite sur
+place par les services départementaux et leurs partenaires, un accompagnement
+adapté est proposé pour faire aboutir le projet de désimperméabilisation.&lt;/p&gt;&lt;p&gt;Cet accompagnement comprend :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réalisation d’un état des lieux du site&lt;/li&gt;&lt;li&gt;L’accompagnement et le conseil sur l’aménagement
+du site (conseils techniques pour la maîtrise d’ouvrage et rédaction du cadre
+général du cahier des charges)&lt;/li&gt;&lt;li&gt;Coordination entre les différents acteurs dans
+la phase d’étude&lt;/li&gt;&lt;li&gt;Accompagnement au montage de dossiers de demande
+de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Direction de l&amp;#039;Eau, de l&amp;#039;Environnement et de
+l&amp;#039;Agriculture (DEEA) pilotera, animera et coordonnera cette prestation, en lien
+avec Aqui&amp;#039;Brie sur son périmètre d&amp;#039;intervention. Elle apportera des conseils
+sur la gestion des eaux pluviales et la création d’ilots de fraicheur. En tant
+que référent elle sera en charge de la coordination des acteurs et la
+répartition des missions d’expertise entre les différents partenaires.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ainsi, selon la complexité du dossier et les thématiques
+abordées, Seine-et-Marne Environnement (SEME), la Direction des Routes (DR) et
+le CAUE77 seront amenés à intervenir techniquement sur leur domaine de
+compétence : Le CAUE77 en particulier sur l’analyse paysagère des sites, la
+création de schéma d’intention et la prise en compte de l’accessibilité, SEME
+sur La sensibilisation aux enjeux environnementaux des différents acteurs et
+l’intégration d’une biodiversité dans les projets et la Direction des Routes
+sur les dépendances de la route.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Désimperméabilisation et végétalisation des espaces publics  type place, parking, cour d’école, aire de jeux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Sols
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités de Seine-et-Marne &lt;/li&gt;&lt;li&gt;Accompagnement gratuit par les services départementaux.&lt;/li&gt;&lt;li&gt;Certaines prestations délivrées par les organismes associés
+du Département peuvent être payantes, et/ou conditionnées à l’adhésion de la
+commune à l’organisme ou à un conventionnement entre le  demandeur et l’organisme (Seine-et-Marne Environnement).&lt;/li&gt;&lt;li&gt;Si payant ou sous conditions, détail du coût.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
+        </is>
+      </c>
+      <c r="W167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>163142</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
+mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
+territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
+au profit des collectivités seine-et-marnaises pour un accompagnement dans la
+mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
+orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
+un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
+Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
+potentialités offertes pour poursuivre son développement, tout en conservant
+ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
+réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
+l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
+initiatrice de la demande, puis auprès des communes volontaires si elles en
+estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
+pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
+leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
+collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I169" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q169" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>163264</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Être formé dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale (élus et personnels territoriaux)</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Être formé dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale (élus et personnels territoriaux)</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;OPÉRATIONS CONCERNÉES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Formation dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale et environnementale des bâtiments, de la conduite de projets, …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;&lt;strong&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;Contact téléphonique ou mail&lt;/li&gt;
+&lt;li&gt;Rendez-vous et rencontre avec les acteurs&lt;/li&gt;
+&lt;li&gt;Echanges sur les enjeux, les partenaires à associer, les publics visés, …&lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;&lt;strong&gt;DEUX NIVEAUX D&amp;#039;INTERVENTION  &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Soit le CAUE contribue au programme de formation:&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;aide à la définition des objectifs et du programme de formation&lt;/li&gt;
+&lt;li&gt;appui à la recherche d’intervenants et de visites&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Soit le CAUE organise le programme de formation:&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;définition des objectifs et du programme de formation&lt;/li&gt;
+&lt;li&gt;recherche d’intervenants et de visites adaptés&lt;/li&gt;
+&lt;li&gt;réalisation des supports de formation&lt;/li&gt;
+&lt;li&gt;organisation logistique&lt;/li&gt;
+&lt;li&gt;évaluation et bilan&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Formation professionnelle
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/formation-des-elus-et-des-personnels-territoriaux/</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil d’Architecture, d’Urbanisme et d’Environnement&lt;br /&gt;
+(CAUE) de la DROME&lt;br /&gt;
+04 75 79 04 03 &lt;/p&gt;
+&lt;p&gt;&lt;a href="http://caue.dromenet.org/"&gt;caue.dromenet.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-des-elus-et-des-personnels-territoriaux/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>163767</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>guichet unique de l’ingénierie territoriale ligérienne</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Agence Nationale de l'Habitat (ANAH)
+Agences de l'eau
+Agence nationale de la cohésion des territoires (ANCT)
+ALEC 42 - Agence Locale de l'Energie et du Climat
+Agence Nationale pour la Rénovation Urbaine (ANRU)
+SIEL-Territoire d’énergie Loire
+Banque des Territoires
+Cerema
+Conseil départemental de la Loire
+Commissariat du Massif Central
+Office Français de la Biodiversité (OFB)
+DDT de la Loire</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
+de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+délégués territoriaux adjoints : le secrétaire général de
+la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
+Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+le directeur départemental des territoires et la directrice
+départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
+sont les premiers interlocuteurs des maires et présidents
+d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
+collectivités territoriales ont régulièrement besoin du soutien de
+l’État pour développer leurs projets : une aide financière
+mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
+des prestations intellectuelles pour répondre aux questionnements
+autour de ces projets. Elle couvre les aspects technique,
+réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
+de prestations proposées par l’État local, le &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Conseil
+départemental, l’AMF42&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+les établissements publics membres du comité national de
+coordination (ANRU, ANAH, ADEME, CEREMA, Caisse des dépôts et des
+consignations) et les institutions, structures ou opérateurs publics
+dans la Loire est recensée dans le&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+r&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;éférentiel
+de l’ingénierie territoriale ligérienne. Ce recueil numérique de
+fiches &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+régulièrement mis à jour et accessible sur le site internet des
+services de l’État.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Un
+guichet unique regroupe des agents de l’État, du Conseil
+départemental et des principaux intervenants de l’ingénierie
+locale. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+est chargé d’apporter rapidement &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;et
+sans formalisation excessive &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+réponses &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;aux
+questionnements &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+collectivités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’adresse
+&lt;a href="mailto:ingenierie&amp;#64;loire.gouv.fr"&gt;ingenierie&amp;#64;loire.gouv.fr&lt;/a&gt; est le point d’entrée vers le guichet unique. La forme de ces
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;questionnements&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+est libre : les référents territoriaux de l’État
+compléteront une fiche normalisée, au besoin en interrogeant la
+collectivité en retour pour davantage de précision. Une fois
+complétée, cette fiche normalisée devra permettre de constater
+l’insuffisance de ressource locale en ingénierie et la fragilité
+économique, sociale, démographique ou financière de la
+collectivité (principe de subsidiarité).&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Régulièrement,
+le guichet unique se réunira pour déterminer la meilleure manière
+de répondre à cette sollicitation. Il désignera un chef de file
+qui préparera une proposition soumise à la collectivité puis aux
+autorités compétentes (bureau, conseil, commission, etc). Après
+l’accord de tous, la décision d’octroi interviendra au plus
+vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+chef de file mettra en œuvre la solution retenue ou en assurera le
+pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
+ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
+marchés à bons de commande de l’ANCT ; les appuis sur mesure
+de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
+ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
+des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
+bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
+Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
+solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
+de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+d’un tiers prise en charge par un des membres du guichet unique,
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
+participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
+dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
+les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
+éligibles : les communes, les intercommunalités, leurs
+groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
+de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
+relever de la compétence, éventuellement partagée, de la
+collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
+la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
+au cas par cas en fonction du dispositif d’appui retenu pour
+répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
+appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
+        </is>
+      </c>
+      <c r="W171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>michel.poiret@loire.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>163815</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Mieux-vivre ensemble dans une ruralité attractive et dynamique</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Programme Leader du GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Pays Dunois
+Communauté Coeur de Beauce</t>
+        </is>
+      </c>
+      <c r="F172" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I172" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 80</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;LEADER est un programme européen de développement rural, destiné à soutenir des projets portés par les acteurs locaux.&lt;/p&gt;&lt;p&gt;Il a été attribué une enveloppe de 1,2 millions d&amp;#039;euros sur la période 2023-2027 pour financer son programme d&amp;#039;actions.&lt;/p&gt;&lt;p&gt;La stratégie se décline en trois axes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1- Vivre ensemble dans une ruralité attentive aux liens sociaux &lt;/strong&gt;(lien social et intergénérationnel citoyenneté, actions culturelles participatives)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2- Mieux vivre dans une ruralité au cadre de vie préservé &lt;/strong&gt;(transition écologique, santé)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3- Vivre dans une ruralité attractive, accessible et aux filières dynamiques &lt;/strong&gt;(mobilité, nouvelles filières économiques, actions touristiques)&lt;/p&gt;&lt;p&gt;Les projets présentés doivent s&amp;#039;inscrire dans un ou plusieurs de ces axes et se dérouler sur le périmètre du GAL (Pays Dunois / Communauté de communes coeur de beauce) pour être éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples de projets soutenus sur le précédent programme Leader :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur d&amp;#039;une solidarité territoriale : pôle multi-activités pour une association d&amp;#039;aides à domicile, habitat inclusif &lt;/li&gt;&lt;li&gt;Aménagements d&amp;#039;espaces naturels à vocation pédagogique / artistique&lt;/li&gt;&lt;li&gt;Recrutement de personnel sur des thématiques innovantes : manager de commerce, chargé de projet alimentaire&lt;/li&gt;&lt;li&gt;Développement touristique et culturel : outils de visite d&amp;#039;un musée, valorisation d&amp;#039;un itinéraire cyclotouristique, festival culturel itinérant&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Personnes âgées
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les seuils d&amp;#039;éligibilité (dépenses comprises entre 7815 et 156 250 € pour un privé et entre 6250 € et 125 000 € pour un public)&lt;/li&gt;&lt;li&gt;Répondre aux critères de sélection du GAL Beauce Dunois : Caractère pilote, lien avec la stratégie, prise en compte des priorités de l&amp;#039;UE, partenariats, participation des bénéficiaires, cohérence technique et financière&lt;/li&gt;&lt;li&gt;Être auditionnés et retenus par le comité de programmation du GAL Beauce Dunois sur la base de ces critères de sélection&lt;/li&gt;&lt;li&gt;Obtenir un autre financement national (Commune, Département, Région, Etat..)&lt;/li&gt;&lt;li&gt;Ne pas avoir commencé avant le dépôt de la demande&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-dunois.fr/</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Assistante administrative : &lt;a target="_self"&gt;secretaire&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Animatrice Leader :&lt;a target="_self"&gt;galbeaucedunois&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 37 96 63 96&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>secretaire@pays-dunois.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mieux-vivre-ensemble-dans-une-ruralite-attractive-et-dynamique-leurope-soutient-les-projets-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W173" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>163874</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Gérer l'eau et la nature dans les villes et les villages</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
+entraîné une artificialisation des zones urbanisées altérant durablement les
+fonctions écologiques des sols urbains, en particulier leurs fonctions
+hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
+le plus souvent par une imperméabilisation qui constitue la forme la plus
+sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
+naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
+l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
+corolaire un accroissement des ruissellements urbains, quasi-systématiquement
+gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
+inondations et des impacts plus ou moins significatifs sur la qualité des
+milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
+60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
+sont rejetés sans traitement au droit des déversoirs d’orage directement dans
+les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
+la vie présente dans ces sols et leur capacité à être supports de biodiversité,
+les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
+plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
+les capacités de stockage de carbone dans les sols sous forme de matière
+organique, facteur d’atténuation du dérèglement climatique, mais aussi de
+réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
+par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
+au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
+l’expression de leurs services écosystémiques, en repensant la place de l’eau
+et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
+constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
+Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
+Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
+première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
+titre de la présente délibération visent à impulser et accompagner la
+nécessaire transformation des modes d’aménagement urbain, de tendre vers un
+urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
+l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
+dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
+habitants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
+en améliorant leur état initial par la création de nouveaux espaces de nature
+en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P174" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q174" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité sont
+précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
+village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>163875</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Lutte les pressions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I175" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
+masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
+gérer les crues et préserver la biodiversité, dans un contexte de changement
+climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
+agroécologique et privilégie les pratiques ou les changements à l’échelle du
+système d’exploitation, tels que l’agriculture biologique, l’agriculture de
+conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
+l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
+spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
+particulièrement dans les aires d’alimentation des captages prioritaires où
+l’agence privilégie les projets de territoires portés par les collectivités et
+soutient des actions concourant à réduire ou maitriser les pressions à un
+niveau compatible avec l’état de la ressource en eau et les enjeux de santé
+publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
+en zones humides qui poursuit un objectif de maintien des surfaces et à
+démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
+sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
+climatique pour lesquelles il est visé une stabilisation des prélèvements à des
+fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
+réserve utile du sol, la résistance des plantes et la réduction de la
+consommation d’eau ; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
+pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
+favoriser le retour au sol agricole des matières organiques en créant les
+conditions de la confiance.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
+changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
+filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
+micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
+ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
+(CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Sols
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P175" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q175" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau peut apporter
+une participation financière aux personnes morales de droit public ou privé
+réalisant des opérations visant à lutter contre les pressions d’origine
+agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
+principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
+la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
+zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
+large. Il est tenu compte de la délibération d’intervention portant sur les
+zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
+particulier les aires d’alimentation des captages prioritaires définis dans le
+SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
+l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
+» ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
+quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
+programme global de lutte contre l’érosion des sols reconnu par l’Agence de
+l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
+conservation des sols, programme global d’aménagements hydrauliques issu d’une
+étude préalable) sont également des territoires à enjeux pour l’Agence de
+l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
+précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
+la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
+transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
+leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
+l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
+agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>163878</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I176" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette
+délibération présente les principes d’intervention et les objectifs de l’Agence
+dans le domaine de la restauration écologique des milieux naturels et du
+littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
+d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
+une approche globale à l’échelle du cycle de l’eau, tenant compte du
+fonctionnement écologique des milieux naturels. Les actions conduites ont pour
+ambition notamment d’améliorer l’état écologique des eaux de surface et de
+contribuer à la préservation et la restauration de la biodiversité. L’approche
+vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
+physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
+d’eau, milieux humides et non humides) et leur biodiversité, et le
+rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
+(ruissellement et gestion des eaux pluviales « à la source », débordement de
+cours d’eau, limitation des flux de matières en suspension et du colmatage des
+cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
+Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
+la Biodiversité », l’objectif visé est également de faciliter la prise en
+compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
+les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
+d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
+de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
+riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
+accompagner les maîtrises d’ouvrage des opérations de rétablissement des
+continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
+écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
+d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
+végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
+douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
+milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P176" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q176" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau est susceptible
+d’attribuer une participation financière aux opérations respectant les
+conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
+qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
+écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
+déclarées et respectent les prescriptions administratives afférentes ou, à
+défaut, le dossier visant à l’obtention de ces éléments est en cours
+d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
+plus précisément les conditions particulières sont précisées en détail dans la
+délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
+cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
+colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
+d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
+d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T176" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>163894</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+ÉcoQuartier
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W177" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W178" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W179" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>164102</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - fiche action  8</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I180" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q180" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>164111</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I181" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J181" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Consommation et production
+Risques naturels
+Qualité de l'air
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>164286</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir une diversité et une richesse culturelle et patrimoniale</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;2.1     
+Créer du lien et
+de l’interrelation : « faire territoire ensemble »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.1.1    
+Mettre en réseau
+les acteurs&lt;/p&gt;&lt;p&gt;2.1.2    Améliorer la
+communication pour rendre l’offre accessible à tous&lt;/p&gt;&lt;p&gt;2.1.3    Encourager et
+valoriser le bénévolat par la formation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.2     
+Développer l’offre
+culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk155954921"&gt;&lt;strong&gt;2.3     
+Renforcer le
+maillage des équipements culturels&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.4     
+Préserver,
+valoriser, transmettre les patrimoines et matrimoines&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;2.4.1     Sauvegarder le patrimoine emblématique,
+remarquable, rare et favoriser sa découverte&lt;/p&gt;&lt;p&gt;2.4.2     Favoriser la transmission intergénérationnelle et
+la collecte de mémoires&lt;/p&gt;&lt;p&gt;2.4.3  Créer, accompagner et mettre en réseau les lieux
+d’interprétation, de conservation et de découverte&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.5     
+Créer des
+aménagements paysagers et accompagner les réseaux paysagers&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création d’outils de communication, etc. ;&lt;/li&gt;&lt;li&gt;Résidence contextuelle, pratique artistique,
+création participative, offre/spectacles          itinérants, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’une salle
+culturelle, achat d’une scène mobile, etc. ;&lt;/li&gt;&lt;li&gt;Création et aménagement de
+lieux d’interprétation, montage d’expositions, etc. ;&lt;/li&gt;&lt;li&gt;Aménagement de points de
+vue, journées de sensibilisation, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Paysage
+Animation et mise en réseau
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q182" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les festivals, saisons
+et événements culturels pourront être aidés 2 ans maximum (soit un projet
+sur 2 ans ou 2 mêmes projets d’un an), pendant la durée du programme. Seules les opérations présentant un financement d’un EPCI
+seront éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>164416</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I183" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J183" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
+transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Transition énergétique
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P183" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q183" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
+        </is>
+      </c>
+      <c r="W183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
+04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>164419</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I184" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J184" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
+la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Espaces verts
+Espace public
+Friche
+Recyclage et valorisation des déchets
+Accès aux services
+Citoyenneté
+Revitalisation
+Innovation, créativité et recherche
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P184" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q184" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire AAP Revitalisation de centre-bourg</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>164421</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.1 "Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire"</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I185" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J185" s="1" t="inlineStr">
+        <is>
+          <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
+transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être identifiés tels que :&lt;/p&gt;&lt;p&gt;− La diversification du tissu touristique autour de valeurs partagées ;&lt;/p&gt;&lt;p&gt;− La montée en gamme de l’offre proposée à la fois par une meilleure structuration de celle-ci et une meilleure valorisation des atouts du territoire ;&lt;/p&gt;&lt;p&gt;− L&amp;#039;amélioration de la capacité d’accueil notamment en prenant en compte tous les types de publics (famille, séniors, personnes en situation de handicap, affinitaires, couples jeunes sans enfants, etc.) ;&lt;/p&gt;&lt;p&gt;− La nécessité de faire redécouvrir le territoire aux habitants en faisant également des sites touristiques des lieux de vie, de loisirs et de rencontre pour les populations locales.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la médiation et l’accessibilité des sites pour un accueil facilité de tous&lt;/p&gt;&lt;p&gt;− Mettre en valeur et préserver de manière innovante les sites et patrimoines emblématiques&lt;/p&gt;&lt;p&gt;− Faire découvrir le territoire à travers les itinérances&lt;/p&gt;&lt;p&gt;− Garantir une qualité d’accueil&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la biodiversité dans les projets d’aménagement touristique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources (foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets structurants de :&lt;/p&gt;&lt;p&gt;− Valorisation touristique et d’amélioration de conditions d’accueil des visiteurs sur des sites patrimoniaux ;&lt;/p&gt;&lt;p&gt;− Développement de l’offre touristique et d’amélioration de conditions d’accueil des visiteurs en lien avec des sites et activités de pleine nature, des grandes itinérances, des circuits patrimoniaux locaux et leurs connexions entre eux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisitions de matériels et d’équipement ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;− Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de développement touristique éligibles au dispositif 7.5.2.5 du FEDER.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− La création, rénovation ou modernisation d’hébergements touristiques (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel non liées à une activité touristique (éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;− Les initiatives culturelles particulièrement innovantes dont l’objectif principal est la valorisation des centres-bourgs et favorisant le bien-vivre ensemble (éligible à l’AAP 3.1-2) ;&lt;/p&gt;&lt;p&gt;− Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; : un projet structurant est un projet dont la finalité est de participer à l’attractivité du territoire. Cette notion peut s’apprécier au regard des critères suivants :&lt;/p&gt;&lt;p&gt;− Le périmètre de son rayonnement participant à l’attractivité du territoire ;&lt;/p&gt;&lt;p&gt;− La mise en place des organisations, réseaux ou des outils ayant un impact en termes de synergie et de développement pour une communauté, une filière, le territoire ;&lt;/p&gt;&lt;p&gt;− Générer ou appuyer d’autres projets ;&lt;/p&gt;&lt;p&gt;− Fédérer des acteurs locaux d’horizons différents autour d’un objectif commun.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Handicap
+Accès aux services
+Paysage
+Accessibilité
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P185" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q185" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets concernant des musées devront justifier d’un projet d’établissement ou d’une démarche scientifique et culturelle valide ou en cours d’élaboration. Un justificatif sera demandé au porteur de projet à la demande d’aide.&lt;/p&gt;&lt;p&gt;• Seront éligibles uniquement les projets répondant à la définition des sites et activités présentés à l’annexe 1.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à la définition de projet structurant (cf. 1.3. Définition). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les acquisitions de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie, réseaux divers et d’entretien des chemins ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Ce taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.1_VALORISATION_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+04 74 87 52 01&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-le-patrimoine-local-les-activites-touristiques-en-ameliorant-les-conditions-daccueil-des-visiteurs-du-gal-loire/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>164760</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le lien entre les politiques de l’eau et de l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Eau et urbanisme</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Association</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I186" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets d’urbanisme de planification ou opérationnels 
+devront prendre en compte les effets du changement climatique, en particulier ceux portant sur la gestion quantitative 
+de la ressource en eau, dans un objectif de sobriété des 
+usages.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/eau-urbanisme"&gt;Eau et urbanisme | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau finance par exemple  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les partenariats avec un acteur de l&amp;#039;urbanisme, &lt;/li&gt;&lt;li&gt;la sensibilsation et la communication, &lt;/li&gt;&lt;li&gt;les études Volet Eau SCOT/PLUi&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espace public
+Paysage</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P186" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q186" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires pour les opérations relevant des missions 
+« Eau et Urbanisme » portées par des acteurs de l’urbanisme 
+(hors étude diagnostic SCoT/PLUi) : Agence d’urbanisme, 
+Conseil d’architecture d’urbanisme et de l’environnement 
+(CAUE), Association de professionnels de l’urbanisme, 
+Conseil départemental.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/60-24-Gestion%20territoriale_0_0_0.pdf"&gt;60-24-Gestion territoriale_0_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20et%20urbanisme.pdf</t>
+        </is>
+      </c>
+      <c r="W186" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-apports-de-macrodechets-dans-les-milieux-dans-le-domaine-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>165101</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les stations de montagne au changement climatique</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les stations de montagne au changement climatique</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I187" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet touristique au sein d’une station de montagne dans une logique d’adaptation des activités ou de diversification et dessaisonalisation de l’offre touristique ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligibles (*) et plafonnée à 300 000 €  &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;(*) pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une PME au sens de l’union européenne&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une collectivité territoriale&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Des investissements d’équipements touristiques structurants d’envergure régionale, nationale ou internationale, facteur de différenciation par rapport aux équipements en place, visant l’excellence dans les services proposés aux visiteurs et qui favoriseront l’émergence d’une nouvelle production touristique ou viendront renforcer l’offre des filières touristiques. Ils devront s’inscrire dans un programme de développement ou maintien de l’emploi et répondre aux principaux enjeux de protection de l’environnement, de la biodiversité, des ressources.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 300 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;L’ensemble des dépenses répondant aux objectifs visés précédemment.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Dans les stations de ski, les renouvellements de remontées mécaniques seront étudiés au cas par cas.&lt;/p&gt;
+&lt;p&gt;Pour les années 2025, 2026, 2027 et 2028, le soutien aux investissements liés aux enneigeurs pourra être étudié au cas par cas et de manière dégressive, dès lors qu’il s’agira d’installer ou renouveler du matériel existant par du matériel plus économe en eau et en énergie.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Si des retenues d’eau sont prévues pour l’approvisionnement des enneigeurs, le porteur devra démontrer dans son dossier de demande d’aide à la Région qu’elles sont écologiquement et économiquement viables et socialement acceptées.&lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Paysage</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P187" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2024</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T187" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/stations-montagne-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="W187" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0292/depot/simple</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 67 24&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-les-stations-de-montagne-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>165104</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants : Coup de pouce rural</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Coup de pouce rural</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale « coup de pouce » pouvant aller : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;jusqu’à 10 000 € si vous êtes une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;jusqu’à 12 000 € si vous êtes une commune entre 501 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une commune de moins de 500 habitants&lt;/li&gt;
+&lt;li&gt;Une commune entre 500 et 1500 habitants&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre investissement concerne&lt;/strong&gt; &lt;strong&gt;en particulier des travaux de : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;réparation ou de consolidation de certaines &lt;strong&gt;parties de bâtiments publics&lt;/strong&gt;, parapublics, ou encore d’aménagements dans les &lt;strong&gt;cimetières &lt;/strong&gt;;&lt;/li&gt;
+&lt;li&gt;réparation ou de consolidation d’éléments de &lt;strong&gt;patrimoine ordinaire&lt;/strong&gt; de type toitures, fissures de murs, cloches d’églises, sols d’églises, ferronneries, lavoirs etc., et travaux de restauration ;&lt;/li&gt;
+&lt;li&gt;démolition simple pour &lt;strong&gt;désencombrement&lt;/strong&gt;, embellissement, sécurisation d’un lieu ;&lt;/li&gt;
+&lt;li&gt;aménagement des &lt;strong&gt;abords&lt;/strong&gt; de bâtiments publics ou parapublics (écoles, associations, Maison de santé, Maison des seniors, Maison de projet, petit tiers-lieu), d’églises et de cimetière (embellissement, cheminements perméables, pose de toilettes publiques et sanitaires des petites mairies, nettoyage et démoussage et travaux de mise en valeur de monuments aux morts,etc.) ;&lt;/li&gt;
+&lt;li&gt;compléments ponctuels d’aménagements, d’équipements et aménagement de &lt;strong&gt;petit mobilier d’espaces publics/d’espaces de vie existants pour faciliter la vie des habitants &lt;/strong&gt;;&lt;/li&gt;
+&lt;li&gt;interventions spécifiques à la problématique des villages-rue dégradés en vue de &lt;strong&gt;l’embellissement de la rue principale &lt;/strong&gt;et de ses abords : aménagements de fleurissements non ou peu énergivores en eau, mesures de confort des piétons et d’amélioration des points de vue sur les différents atouts du village depuis la rue principale &lt;em&gt;;&lt;/em&gt;&lt;/li&gt;
+&lt;li&gt;ou encore liés à des &lt;strong&gt;projets d’aménagement des habitants&lt;/strong&gt; identifiés dans le cadre d’un budget participatif ou d’une démarche de concertation, en lien avec un projet communal pour des projets utiles au confort de vie et à l’embellissement.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et son &lt;strong&gt;maximum est de 10 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 20 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour une commune entre 500 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 30 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et son&lt;strong&gt; maximum est de 12 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 40 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne à partir du 1er décembre 2024 avec votre délibération et votre devis travaux&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P188" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2024</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/coup-de-pouce-rural/</t>
+        </is>
+      </c>
+      <c r="W188" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0299/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/coup-de-pouce-rural/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>165343</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à l'entretien des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à l'entretien des cours d'eau</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour les collectivités éligibles à l&amp;#039;Assistance Technique Départementale (ATD), entretenir les cours d’eau et leurs milieux naturels associés :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Établissement du programme pluriannuel d’entretien&lt;/li&gt;&lt;li&gt;Élaboration des dossiers de Déclaration d’Intérêt Général (DIG)&lt;/li&gt;&lt;li&gt;Élaboration du programme annuel de travaux&lt;/li&gt;&lt;li&gt;accompagnement de la réalisation des travaux d’entretien (dossier de consultation des entreprises, suivis et réception des travaux, information des riverains, des Communes).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Paysage
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr</t>
+        </is>
+      </c>
+      <c r="W189" s="1" t="inlineStr">
+        <is>
+          <t>https://id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie Directrice&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-a-lentretien-des-cours-deau/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I190" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T190" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W190" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I191" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P191" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q191" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W192" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W193" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>165519</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la stratégie une seule santé</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences régionales de santé (ARS)</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé
+humaine repose sur celle des écosystèmes. En effet, la biodiversité fournit des
+services écosystémiques indispensables à notre survie : production d’oxygène,
+régulation des températures, production d’aliments ou encore disponibilité de
+la ressource en eau. Préserver la santé de la biodiversité c’est garantir celle
+des êtres humains, et il est indispensable de les penser ensemble et non
+séparément.&lt;/p&gt;&lt;p&gt;L’approche « une seule santé » vise à maximiser toutes les santés
+en intégrant les domaines entre eux, et en surveillant et réduisant les
+pressions des activités humaines sur les écosystèmes. L’adoption de cette
+approche permet d’identifier des solutions répondant à la fois à des enjeux
+environnementaux et de santé humaine. Aussi, elle pourrait permettre de faire
+d’importantes économies en termes de santé publique. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens : l’ARS, la CPAM, la Mutuelle sociale Agricole. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Sols
+Espaces verts
+Espace public
+Friche
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://professionnels.ofb.fr/fr/annonce/conference-seule-sante-en-pratique?page=0</t>
+        </is>
+      </c>
+      <c r="W195" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66 91&lt;/p&gt;&lt;p&gt;Hauts-de-France&lt;/p&gt;&lt;p&gt;&lt;strong&gt;BEAUCHAMP Mélanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-strategie-une-seule-sante/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>165521</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : réduire les ilots de chaleur grâce à la biodiversité</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+EUROPE - LIFE - Programme européen pour l'environnement et le climat
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)
+Office Français de la Biodiversité (OFB)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’une des
+conséquences du changement climatique est notamment l’augmentation des
+températures, et ce d’autant plus dans les zones urbaines. Au-delà des
+émissions de gaz à effet de serre, les choix d’aménagement urbain ont également
+des effets amplifiant la surchauffe. L’ambition des Solutions fondées sur la nature (SfN) pour l’adaptation est
+de renforcer la résilience des territoires face aux impacts du changement
+climatique, en s’appuyant sur les écosystèmes, en dégageant un gain net en
+biodiversité, et peuvent être dans ce cas des alliés de taille. Par exemple en s’appuyant
+sur les services écosystémiques rendues par la végétation pour réduire la
+surchauffe en créant désimperméabilisant et végétalisant l’espace.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les
+territoires engagés s’appuient pour certains sur les SfN et sont accompagnés
+pour trouver les meilleurs partenaires dans cette démarche. En effet, ce
+programme permet d’accompagner les élu(e)s dans le diagnostic et l’élaboration
+d’un plan d’actions, ainsi que dans la recherche de financements et de
+partenaires. Dans ce cadre, le Cerema peut être un soutien de taille. Le projet
+Artisan accompagne également les projets de SfN, par un animateur dans chaque
+région, d’un réseau national d’acteurs et des ressources, il apporte ainsi de
+l’aide à la décision. Il propose également de la sensibilisation, de la
+formation, des ateliers pour accompagner la réflexion (ANT) et le financent des
+actions. Le programme TEN donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Santé
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Prévention des risques
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W196" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-reduire-les-ilots-de-chaleur-grace-a-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>162247</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'urbanisme : rôles et responsabilités du maire et des conseillers municipaux</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;En tant qu’élu (maire ou conseiller), connaissez-vous votre rôle et
+vos responsabilités en matière d’urbanisme ? Un élu propriétaire foncier
+peut-il siéger dans la commission à l’occasion de l’élaboration du document
+d’urbanisme de sa collectivité ? Quels sont les moyens dont vous disposez pour
+faire face à une construction illégale ? Connaissez-vous l’étendue de votre droit
+de visite des chantiers et ses limites ?&lt;font face="Calibri, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Positionnement de l’élu dans l’élaboration du
+document d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Les différents documents d’urbanisme (ScoT,
+PLU(i), carte communale)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les procédures d’élaboration, de modification ou de révision&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Responsabilité de l’élu au moment de la
+délivrance des autorisations&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La commune est-elle compétente ou non ?&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le choix du service instructeur&lt;/li&gt;&lt;li&gt;Le formalisme de la décision&lt;/li&gt;&lt;li&gt;Les recours contre la décision du maire&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Comment traiter les constructions illégales ?&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le droit de visite et le contrôle des travaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les délais de prescription des irrégularités&lt;/li&gt;&lt;li&gt;Le procès-verbal et les astreintes&lt;/li&gt;&lt;/ol&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Connaître les obligations de l’élu au moment
+de l’instruction du dossier et au moment du contrôle des travaux&lt;/li&gt;&lt;li&gt;Savoir faire face aux constructions illégales,
+édifiées sans permis ou qui ne respectent pas l’autorisation délivrée&lt;/li&gt;&lt;li&gt;Comprendre les responsabilités et les risques
+de conflit d’intérêt des élus en matière d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Différencier les 3 types de contentieux liés à l’urbanisme : la
+responsabilité administrative de la collectivité, la responsabilité pénale et
+personnelle du maire/adjoint&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Points forts :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une approche de terrain accessible à tous, sans être spécialiste de
+l’urbanisme&lt;/li&gt;&lt;li&gt;Beaucoup d’exemples et d’illustrations issus de cas réels notamment
+de constructions illégales&lt;/li&gt;&lt;li&gt;Format participatif &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; Être maire, adjoint, conseiller municipal en
+fonction à la date de la formation&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt; Être intéressé par le domaine de l’urbanisme et de l’aménagement du
+territoire au sens large&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-urbanisme-roles-et-responsabilites-du-maire-et-des-conseillers-municipaux/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
+d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
+dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
+gagnant-gagnant entre les collectivités et les entreprises locales ou
+nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
+permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
+potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
+2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
+mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
+délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
+collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
+financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
+donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
+structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
+mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
+potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
+engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
+et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
+projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
+financements (mécénat) pour les projets (petits et grands) portés par les
+communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Lutte contre la précarité
 Attractivité économique
 Artisanat
-Mobilité pour tous</t>
-[...2 lines deleted...]
-      <c r="O157" s="1" t="inlineStr">
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S157" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
+projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
+d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue
+de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>162561</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des démarches paysagères sur les territoires landais</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I199" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J199" s="1" t="inlineStr">
+        <is>
+          <t>Taux applicable au montant TTC de l'étude. Cumulable avec l'aide des appels à projet "Plans de paysage" du Ministère</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention pour l’élaboration de plans de paysages, de plans de paysages transition énergétique et de plans de paysages biodiversité.&lt;br /&gt;Le plan de paysage est un outil au service des élus pour renforcer l’attractivité d’un territoire. Il permet d’appréhender le paysage comme une ressource et un levier pour le développement local. Il s’agit donc d’une démarche qui invite à repenser la manière de concevoir l’aménagement du territoire (urbanisme, transports, infrastructures, énergies renouvelables, agriculture) en remettant le paysage au cœur du processus.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Foncier
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=204</t>
+        </is>
+      </c>
+      <c r="W199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/demande-subvention</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;environnement&amp;#64;landes.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/elaborer-des-demarches-paysageres-sur-les-territoires-landais/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E158" s="1" t="inlineStr">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>162705</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'écotourisme, la valorisation et l'accès au patrimoine naturel et culturel</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I200" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J200" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond à 50 000€ (15 000€ pour le patrimoine)</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le &lt;/span&gt;&lt;span&gt;programme
+européen de subvention LEADER 2023-2027&lt;/span&gt;&lt;span&gt;, le GAL souhaite accompagner le
+développement de l’écotourisme sur son territoire. C’est un tourisme
+responsable qui intègre la découverte de la nature dans le respect de
+l’environnement et de la culture locale. Il cible en particulier la création et
+l’aménagement de sentiers, la restauration/valorisation de petits patrimoines,
+les &lt;/span&gt;&lt;span&gt;hébergeurs touristiques
+professionnels &lt;/span&gt;&lt;span&gt;(campings, hôtels, gîtes) et les &lt;/span&gt;&lt;span&gt;sites
+ouverts à la visite&lt;/span&gt;&lt;span&gt;. Les projets doivent permettre
+une &lt;/span&gt;&lt;span&gt;gestion écoresponsable du site&lt;/span&gt;&lt;span&gt; :
+type d’infrastructure d’accueil, sources d’énergies, approvisionnements,
+gestion des déchets, animation du site. &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Exemples de projets :
+Hébergements de plein air en bois local ; Travaux de rénovation écologique ;
+Labélisation Accueil vélo…; Installation de toilettes sèches ; Signalétique ;
+restauration d’un lavoir, …&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Handicap
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+TPE/PME, une association ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les hébergeurs, un enregistrement RCS et une
+adhésion Atout France sont demandés.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Bât.
+ATOME, 2 rue Michelet 30100
+Alès&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;04
+66 25 32 88 / 06 86 94 62 87&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lecotourisme-la-valorisation-et-lacces-au-patrimoine-naturel-et-culturel/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>162703</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mise en oeuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux
+Parc naturel régional du Mont-Ventoux</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I201" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 90</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p id="citem_8d7e-72f0" role="tabpanel"&gt;        &lt;/p&gt;&lt;div&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;1. Soutenir et promouvoir une alimentation durable&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Soutenir la mise en œuvre du 
+Projet Alimentaire Territorial Ventoux : animation, mise en réseau, 
+changement des comportements alimentaires, amélioration logistique pour 
+l’approvisionnement en produits locaux, lutte contre le gaspillage et la
+ précarité alimentaire, sensibilisation des publics.&lt;/li&gt;&lt;li&gt;Accompagner les projets 
+collectifs visant l’adaptation du monde agricole aux changements 
+climatiques ou à la transition écologique des filières agricoles&lt;/li&gt;&lt;li&gt;Améliorer l’animation autour de
+ la gestion du foncier agricole (ex : reconquête des friches, liens avec
+ la trame verte et bleue…)&lt;/li&gt;&lt;li&gt;Faire connaître et reconnaître 
+les pratiques et productions agricoles à forte valeur environnementale 
+(hors signes officiels de qualité) portées par des structures 
+collectives ou en coopération&lt;/li&gt;&lt;li&gt;Préserver et valoriser les patrimoines et les pratiques agricoles&lt;/li&gt;&lt;li&gt;Améliorer les conditions de vie des agriculteurs (diversification activités, prévention de l’isolement etc…)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;2. Contribuer à un territoire vivant, accueillant et solidaire&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Créer des services en milieu 
+rural qui participent à rompre l’isolement, à encourager le lien 
+intergénérationnel, à favoriser le partage des savoirs et des 
+savoir-faire et à répondre aux enjeux climatiques et écologiques&lt;/li&gt;&lt;li&gt;Mutualiser des services à destination des particuliers, des associations et des entreprises&lt;/li&gt;&lt;li&gt;Améliorer l’accessibilité des services en expérimentant notamment des solutions de mobilité inversée&lt;/li&gt;&lt;li&gt;Encourager l’habitat partagé et intergénérationnel&lt;/li&gt;&lt;li&gt;Contribuer au maintien des derniers commerces&lt;/li&gt;&lt;li&gt;Favoriser l’accès aux services numériques par la médiation et l’inclusion&lt;/li&gt;&lt;li&gt;Favoriser les projets culturels
+ collectifs ou ayant pour objectifs de faire vivre et transmettre nos 
+patrimoines matériels et immatériels afin de favoriser leur 
+réappropriation et le lien homme/nature&lt;/li&gt;&lt;li&gt;Accompagner les projets d’interprétation des patrimoines culturels matériels et immatériels&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;3. Favoriser un développement économique qui valorise les ressources&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Accompagner le développement, la
+ structuration et la promotion des acteurs de la filière écotourisme qui
+ intègre les activités de pleine nature, le tourisme de nature, le 
+tourisme culturel, l’agritourisme et l’artisanat d’art&lt;/li&gt;&lt;li&gt;Soutenir les manifestations touristiques de dimension supra territoriale et présentant une innovation territoriale&lt;/li&gt;&lt;li&gt;Améliorer la gestion environnementale et énergétique des acteurs économiques&lt;/li&gt;&lt;li&gt;Former et sensibiliser les 
+acteurs du tourisme aux spécificités du territoire, à la conciliation 
+des usages et les valoriser par des démarches de qualité ou d’éco 
+labellisation&lt;/li&gt;&lt;li&gt;Accompagner les structures de 
+l’économie de proximité et de l’économie sociale et solidaire qui 
+valorisent les ressources locales (hors production agricole et 
+agroalimentaire)&lt;/li&gt;&lt;li&gt;Accompagner les collectivités locales, les associations et les entreprises dans le développement de l’économie circulaire&lt;/li&gt;&lt;li&gt;Sensibiliser, informer et former les publics sur les enjeux et opportunités de l’économie circulaire&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;4. Favoriser la transition énergétique et la préservation et valorisation des biens communs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Favoriser les initiatives de 
+partage de la connaissance et de sensibilisation des publics aux biens 
+communs locaux (biodiversité, ressource en eau, patrimoines matériels et
+ immatériels) et à la transition énergétique et écologique&lt;/li&gt;&lt;li&gt;Recenser les patrimoines matériels et immatériels et cordonner les initiatives&lt;/li&gt;&lt;li&gt;Soutenir les projets structurants de préservation et de valorisation du patrimoine vernaculaire&lt;/li&gt;&lt;li&gt;Accompagner les projets qui 
+réhaussent et valorisent la qualité paysagère, environnementale et 
+climatique des opérations d’aménagement et des actions de développement&lt;/li&gt;&lt;li&gt;Doter l’ensemble du territoire de stratégies globales « Climat-Air-Énergie » et soutenir leur mise en application&lt;/li&gt;&lt;li&gt;Accompagner l’animation et les 
+opérations exemplaires de réduction des consommations énergétiques et de
+ déploiement des énergies renouvelables à petite échelle&lt;/li&gt;&lt;li&gt;Encourager le développement des 
+mobilités alternatives à la voiture individuelle thermique au quotidien 
+et dans le développement touristique&lt;/li&gt;&lt;/ul&gt;
+        &lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Accès aux services
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Paysage
+Animation et mise en réseau
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parcduventoux.fr/nos-actions/europe-cooperation-territoriale/leader/</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nicolas BOURGUE, &lt;a target="_self"&gt;nicolas.bourgue&amp;#64;parcduventoux.fr&lt;/a&gt;, 0490632274&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.bourgue@parcduventoux.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-mise-en-oeuvre-de-la-strategie-locale-de-developpement/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K158" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I202" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J202" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="N158" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -32934,935 +40468,4711 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T202" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>159895</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F204" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J204" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des villages et des espaces les plus ruraux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global de redynamisation de cœur de village
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels, notamment de la rivière Adour, ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation, et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux événements culturels, sportifs et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Espace public
+Friche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P204" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q204" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T204" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>159894</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J205" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des centres-bourgs, villes ou quartiers, sur le plan de l&amp;#039;image et du cadre de vie
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global d&amp;#039;aménagement de centre-bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables, y compris la redynamisation de stations touristiques existantes et des offices de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutiens aux événements culturels, et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P205" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q205" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T205" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>159891</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les communes et les intercommunalités en matière juridique et administrative</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>conseil juridique et administratif</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale du Gard</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;assistance et de conseil dans les domaines juridiques et administratifs pour les questions liées à la gestion locale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil juridique : rédaction de notes ou avis sur une situation juridique donnée ou des problématiques de gestion locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil, assistance et aide à la rédaction de documents dans le cadre de la commande publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès gratuit à une plateforme de dématérialisation en matière de marchés publics et accompagnement dans la création d&amp;#039;un profil acheteur des collectivités gardoises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de modèles de documents, relecture et vérification des projets de documents (contrats, conventions, arrêtés, délibérations, cahiers des charges de marchés publics)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil juridique en matière de domanialité, d&amp;#039;urbanisme, de gestion de service public, de relations avec les usagers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Tourisme
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
+&lt;/p&gt;
+&lt;p&gt;
+ 0,50 € par habitant pour les communes
+&lt;/p&gt;
+&lt;p&gt;
+ 0,25 € pour les EPCI à fiscalité propre
+&lt;/p&gt;
+&lt;p&gt;
+ 0,10 €pour les EPCI sans fiscalité propre
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>Gard</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-technique-gard.fr/</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04.66.02.85.50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>d.paloc@atdgard.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8799-conseiller-les-communes-et-les-intercommunali/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>159890</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les communes et les intercommunalités en matière technique et de financement de projets</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Conseil technique et financement</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale du Gard</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;assistance et de conseil dans les domaines techniques et de financement de projet pour les questions liées à la gestion locale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Apporter soutien et expertise aux collectivités en matière d&amp;#039;ingénierie publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique en matière d&amp;#039;urbanisme, de voirie, d&amp;#039;eau et d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise technique pour mener à bien tous projets d&amp;#039;équipement et d&amp;#039;aménagement public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de projets, diagnostics des besoins et aide à la programmation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance en matière d&amp;#039;étude de faisabilité technique, règlementaire et financière pour tous projets locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de cahiers des charges spécifiques aux projets ( lettre de consultation, acte d&amp;#039;engagement, CCTP, CCAP, mémoire technique cadre, programme de travaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance pour la recherche de financement, élaboration de tableaux de financements, calcul du reste à charge potentiel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
+&lt;/p&gt;
+&lt;p&gt;
+ 0,50 € par habitant pour les communes
+&lt;/p&gt;
+&lt;p&gt;
+ 0,25 € pour les EPCI à fiscalité propre
+&lt;/p&gt;
+&lt;p&gt;
+ 0,10 €pour les EPCI sans fiscalité propre
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>Gard</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-technique-gard.fr/</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04.66.02.85.50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>d.paloc@atdgard.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/870e-conseiller-les-communes-et-les-intercommunali/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>161679</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser votre projet pour optimiser son financement</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Recherche d'outils financiers innovants</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous aimeriez valoriser votre projet en impulsant une démarche permettant une identification qualitative et apportant une plus value dans l&amp;#039;accompagnement financier des co-financeurs publics ? &lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans la recherche de labels visant à identifier qualitativement votre projet auprès des co-financeurs.&lt;/p&gt;&lt;p&gt;Elle vous accompagne également dans la mise en œuvre d&amp;#039;un financement participatif permettant une levée de fonds ou du mécenat afin de renforcer la visibilité du projet et sa faisabilité financière.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-votre-projet-par-une-mise-en-valeur-qualitative/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>161678</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Constituer les dossiers de demandes de subventions</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Aide au montage des dossiers de demande de subvention</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez besoin d&amp;#039;être accompagné dans la constitution de vos dossiers de demandes de subventions ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans la constitution de vos dossiers de demandes de subventions :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;aide à la rédaction de la notice de présentation de votre projet &lt;/li&gt;&lt;li&gt;vérification de la complétude du dossier de demande de subvention&lt;/li&gt;&lt;li&gt;relecture de votre plan de financement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Prestation tarifée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T209" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/constituer-les-dossiers-de-demandes-de-subventions/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>161677</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'élaboration des plans de financement afin de sécuriser la faisabilité financière de votre projet</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Elaboration de plans de financement prévisionnels</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez avoir une vision affinée, pertinente et réaliste des taux d&amp;#039;intervention financière de chaque co-financeur public ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie vous propose de vous accompagner dans l&amp;#039;élaboration des plans de financements prévisionnels, au vu de l&amp;#039;avant projet détaillé, vous permettant d&amp;#039;avoir une projection de la faisabilité financière de votre projet en intégrant les subventions mobilisables et en calculant votre reste à charge.&lt;/p&gt;&lt;p&gt;L&amp;#039;optimisation de vos plans de financements vous permettra de réduire votre autofinancement et de maîtriser l&amp;#039;impact financier du projet dans votre budget.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/simuler-laccompagnement-des-financeurs-pour-la-faisabilite-financiere-de-votre-projet/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>161676</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans une démarche d'identification exhaustive des subventions mobilisables</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>CONSEIL FINANCIER OPERATIONNEL</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous recherchez des subventions pour financer vos projets quelle qu&amp;#039;en soit la thématique ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie  vous propose un conseil opérationnel dans la recherche des financements institutionnels (Etat, Région, Département).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Tiers-lieux
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T211" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rechercher-et-mobiliser-les-subventions-selon-la-nature-du-projet/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>161671</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I212" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J212" s="1" t="inlineStr">
+        <is>
+          <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P212" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2023</t>
+        </is>
+      </c>
+      <c r="Q212" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
+existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Allier</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>i.charnet@agglo-moulins.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>160877</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l’élaboration ou la modification d’un document d’urbanisme</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage des intervenants / Analyse des pièces produites</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;agence départementale accompagne les collectivités dans la désignation des bureaux d&amp;#039;études, le pilotage de leurs missions, et la coordination des différents acteurs. Ceci pendant toute la durée de la procédure d&amp;#039;élaboration ou de modification du document d&amp;#039;urbanisme.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut aussi vous accompagner dans l’analyse des pièces réglementaires produites :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseil sur la qualité des Orientations d‘Aménagement et de Programmation (OAP) du futur document d’urbanisme ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Relecture et avis sur le règlement du futur document d’urbanisme.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes et intercommunalités adhérentes de l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence départementale Aveyron ingénierie&lt;/p&gt;&lt;p&gt;4 rue Marie&lt;br /&gt;12 007 Rodez Cedex
+ &lt;br /&gt;
+ Tel : 05.65.68.68.33
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d57f-piloter-les-intervenants-acteurs-a-lelaborati/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I214" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J214" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
 Emploi
 International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
 Artisanat
-Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T214" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>160866</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les autorisations d’urbanisme</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Instruction des autorisations d'urbanisme</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La commune confie par convention au service instructeur l&amp;#039;instruction des certificats d&amp;#039;urbanisme opérationnels, déclarations préalables, permis de construire, permis d&amp;#039;aménager, permis de démolir. La tarification est établie en fonction du type d&amp;#039;actes et la facturation est effectuée trimestriellement au nombre d&amp;#039;actes déposés.&lt;/p&gt;&lt;p&gt;La collectivité bénéficie également à travers cette convention :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;un conseil en amont, notamment pour le dépôt d&amp;#039;autorisations au nom de la commune ;
+ &lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement en cas de recours gracieux
+ &lt;/li&gt;&lt;li&gt;de la possibilité de faire procéder à un contrôle de conformité des travaux après le dépôt de la DAACT et de l&amp;#039;étude de sa recevabilité par le service (pour les récolements obligatoires, en application du code de l&amp;#039;urbanisme)
+ &lt;/li&gt;&lt;/ul&gt;
+ Le logiciel d&amp;#039;instruction est mis à disposition des communes ainsi qu&amp;#039;un site dédié au dépôt dématérialisé des demandes d&amp;#039;autorisations.&lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes adhérentes à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Prestations facturées à l&amp;#039;acte.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence départementale Aveyron Ingénierie
+ &lt;br /&gt;
+ Hôtel du département
+ &lt;br /&gt;
+ 7 place Charles de Gaulle
+ &lt;br /&gt;
+ BP 724
+ &lt;br /&gt;
+ 12 007 Rodez Cedex
+ &lt;br /&gt;
+ Tel : 05.65.68.68.33
+ &lt;br /&gt;
+ Mail : &lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5861-instruire-les-autorisations-durbanisme/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>160859</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, valoriser et promouvoir les patrimoines bâti et naturel du territoire</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 2</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G216" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I216" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J216" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 € de subvention</t>
+        </is>
+      </c>
+      <c r="K216" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renforcer la promotion du patrimoine naturel et bâti en particulier auprès du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer le positionnement stratégique dans la préservation du patrimoine naturel et bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+  La valeur ajoutée de LEADER sur le patrimoine se concentrera sur des actions immatérielles ainsi que sur la valorisation des petits patrimoines bâti et naturel reconnus dans le cadre du Pays d&amp;#039;Art et d&amp;#039;Histoire afin de permettre une meilleur mise en valeur et une appropriation de ses patrimoines. La mise en réseau des acteurs favorisera l&amp;#039;animation et la communication des sites du territoire.
+ &lt;/span&gt;
+ Le &amp;#43; LEADER sur le patrimoine : le changement d&amp;#039;échelle, le rayonnement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Augmentation du nombre de sites accompagnés, mis en valeur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une protection et un rayonnement renforcés des patrimoines bâti et naturel du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de sensibilisation, de communication, de médiation, sur les patrimoines :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Bâtis,
+&lt;/p&gt;
+&lt;p&gt;
+ - Naturels bénéficiant soit d&amp;#039;un classement ou d&amp;#039;une labélisation,
+&lt;/p&gt;
+&lt;p&gt;
+ - Immatériels (dont mémoriels)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;animation sur les sites naturels ou bâtis reconnus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de préservation, de conservation, de restauration du patrimoine bâti reconnus
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Tous les projets devront être reconnus d&amp;#039;intérêt par le Pays d&amp;#039;Art et Histoire du PETR pour la préservation, valorisation et promotion du patrimoine relevant de cette labellisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N216" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Forêts
+Friche
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T216" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U216" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V216" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y216" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z216" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5b1a-preserver-accompagnemer-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA216" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G217" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K217" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N217" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-[...3 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
-[...2 lines deleted...]
- Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
+      <c r="P217" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S217" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W217" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y217" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z217" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA217" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
+        <v>156148</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les aménagements, équipements et hébergements à vocation touristique</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENTS, ÉQUIPEMENTS ET HÉBERGEMENTS À VOCATION TOURISTIQUE</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I218" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J218" s="1" t="inlineStr">
+        <is>
+          <t>si les investissements visent à obtenir la certification "Ecolabel européen Hébergement touristique" ou "NF Environnement - Sites de visite" et pour la végétalisation des sites et hébergements existants</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la création, l&amp;#039;amélioration, l&amp;#039;extension ou la réhabilitation de sites, d&amp;#039;aménagements et d&amp;#039;hébergements touristiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Equipement public
+Bâtiments et construction
+Paysage</t>
+        </is>
+      </c>
+      <c r="O218" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme tous statuts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aménagements de sites et équipements visant à développer les filières identitaires de la destination Seine-Maritime :
+  &lt;/strong&gt;
+  Itinérances, savoir-faire et produits locaux, tourisme de nature et loisirs de pleine nature, tourisme culturel et patrimonial (Ex : outils de mesure de la fréquentation des itinéraires, aménagements et développement de services le long des itinéraires, aménagements des sites de visite, préservation paysagère des sites...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aménagements de sites et équipements visant à développer les filières
+   contributives :
+  &lt;/strong&gt;
+  Tourisme littoral et balnéaire, tourisme fluvial et de croisière, tourisme urbain, tourisme d&amp;#039;affaires (Ex : pontons d&amp;#039;accostage, aménagements de fronts de mer, aménagements pour l&amp;#039;accueil de séminaires...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signalétique et information touristique :
+  &lt;/strong&gt;
+  Signalétique d&amp;#039;information touristique, construction ou réhabilitation d&amp;#039;un office de tourisme, borne d&amp;#039;accueil, point d&amp;#039;information itinérant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Hébergements à vocation touristique (création, amélioration, extension, réhabilitation) :
+  &lt;/strong&gt;
+  Hébergements de groupe (gîtes de groupe, auberges de jeunesse, villages vacances, gîtes d&amp;#039;étapes) - Hôtellerie de plein air (terrains de camping classés, parcs résidentiels de loisirs, aires de bivouac et aires naturelles de camping) - Aires de camping-cars
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Végétalisation des sites et des hébergements à vocation
+   touristique existants
+   (bâti et abords immédiats) :
+  &lt;/strong&gt;
+  Plantations d&amp;#039;essences locales, semis, mise en place de paillage, désimperméabilisation des sols
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions immobilières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de gros et second œuvre réalisés par des entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériaux et équipements achetés par le maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;architecte ou de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais facturés par l&amp;#039;AFNOR pour la certification Ecolabel européen – Hébergements touristiques ou NF Environnement – Sites de visite
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de
+   dépenses :
+   3.500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de
+   dépenses :
+   500.000€
+   HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tout renouvellement de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les panneaux de signalétique routière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et le renouvellement du mobilier de signalisation directionnelle sur les itinéraires (balises de jalonnement et autres types de balisage)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S218" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T218" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X158" s="1" t="inlineStr">
+      <c r="U218" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagements-equipements-et-hebergements-a-vocation-touristique/</t>
+        </is>
+      </c>
+      <c r="W218" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y218" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z218" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0784-modele/</t>
+        </is>
+      </c>
+      <c r="AA218" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
+        <v>156131</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la préservation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I219" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J219" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N219" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O219" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Email
+  Dépenses éligibles :
  &lt;/strong&gt;
- : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
+  (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
+  (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares :
+  Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements favorables à la biodiversité
+  en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements de valorisation du patrimoine naturel
+  comme les panneaux thématiques pour l&amp;#039;éducation à l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations :
+  Travaux de plantations de vergers, bosquets, d&amp;#039;alignements d&amp;#039;arbres et d&amp;#039;arbres isolés -
+   Opérations de restauration des arbres têtards
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies :
+  Diagnostic phytosanitaire - Les travaux de création ou de restauration de haies, y compris les travaux préalables nécessaires (dessouchage, travaux de terrassement, préparation du sol et paillage) et les plantations de végétaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Travaux réalisés par un prestataire externe compétent dans le domaine ou travaux réalisés en régie par les communes ou les groupements de communes (dans ce cas, seul le montant des factures relatives à l&amp;#039;acquisition des matériaux est pris en compte)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Téléphone
+  Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
-[...12 lines deleted...]
-      <c r="AA158" s="1" t="inlineStr">
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt des études et du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éléments patrimoniaux justifiant de l&amp;#039;intérêt du site concerné par le projet, ou de sa fragilité (présence sur le territoire de milieux naturels fragiles et menacés), reconnus en tant que tel ou inscrits à des inventaires scientifiques (ZNIEFF, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantie de la maîtrise du foncier par le maître d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection du patrimoine naturel restauré par délibération spécifique ou dans le PLU ou la carte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement sur l&amp;#039;honneur à préserver les éléments restaurés pendant 20 ans minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et aménagements de valorisation du patrimoine naturel : les projets doivent s&amp;#039;intégrer dans un projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations: Pour les vergers : espèces d&amp;#039;arbres fruitiers locales et anciennes à hautes tiges - Pour les bosquets : taille inférieure ou égale à 50 ares et conformité à la liste des essences locales - Pour les alignements d&amp;#039;arbres et arbres isolés : se conformer à la liste des essences locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies: 100 mètres minimum - Conformité au cahier de plantations du Département (essences locales et structuration de la haie)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Planchers des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares, aménagements favorables à la biodiversité, aménagements de valorisation du patrimoine naturel et plantations : 1.500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 100 minimum
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafonds des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares : 8.000€ HT par mare
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 18€ HT par mètre linéaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S219" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T219" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U219" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V219" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="W219" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z219" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
+        </is>
+      </c>
+      <c r="AA219" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
+        <v>157561</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I220" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   seuil minimum des dépenses éligibles : 20.000€ HT :
+  &lt;/li&gt;
+  &lt;li&gt;
+   participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide départementale cumulable avec d&amp;#039;autres financements publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les études préalables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux d&amp;#039;entretien ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O220" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P220" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="Q220" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les communes « Petites villes de demain » :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les autres bourgs structurants :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S220" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T220" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U220" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V220" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
+        </is>
+      </c>
+      <c r="W220" s="1" t="inlineStr">
+        <is>
+          <t>https://subvention.somme.fr/</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y220" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z220" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
+        </is>
+      </c>
+      <c r="AA220" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>157101</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’une assistance en matière de voirie et d’aménagements d’espace public et paysager</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérents qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
+&lt;/p&gt;
+&lt;p&gt;
+ MATEC assiste les collectivités par la réalisation :
+ &lt;br /&gt;
+ • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
+ &lt;br /&gt;
+ • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
+ &lt;br /&gt;
+ Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
+ &lt;br /&gt;
+ Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études MATEC assiste les collectivités produites et les informer des optimisations possibles.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour les projets d&amp;#039;aménagement de sécurité routière, de réfection de voirie, d&amp;#039;équipements d&amp;#039;aires de jeux et tel que cela était réalisé auparavant par la DDE puis l&amp;#039;ATESAT pour des petits projets, MATEC peut accompagner les collectivités dans la définition du projet avec la réalisation des plans, du descriptif technique qui permettront de consulter les entreprises.
+ &lt;br /&gt;
+ Pour les projets plus conséquents, MATEC est alors votre Assistant à Maîtrise d&amp;#039;Ouvrage, et apporte un soutien administratif, conceptuel et technique aux collectivités.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Diagnostic voirie
+ &lt;br /&gt;
+ •    Travaux de voirie divers et sécurité routière
+ &lt;br /&gt;
+ •    Terrains sportifs
+ &lt;br /&gt;
+ •    Aménagement paysager parcs, square, ...
+ &lt;br /&gt;
+ •    Aire de jeux
+ &lt;br /&gt;
+ •    Cours d&amp;#039;écoles
+ &lt;br /&gt;
+ •    Traversée de village
+ &lt;br /&gt;
+ •    Place
+ &lt;br /&gt;
+ •    Développement et aménagement pistes cyclables
+ &lt;br /&gt;
+ •    Accompagnement pour développer secteur habita et économique
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Revitalisation
+Equipement public
+Paysage
+Accessibilité
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S221" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T221" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+&lt;/p&gt;
+&lt;p&gt;
+ • A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+&lt;/p&gt;
+&lt;p&gt;
+ • Au 03.55.94.18.11
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 17 Quai Paul Wiltzer
+&lt;/p&gt;
+&lt;p&gt;
+ 57000 METZ
+&lt;/p&gt;
+&lt;p&gt;
+ Horaires d&amp;#039;ouverture :
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d09d-beneficier-dune-assistance-en-matiere-de-voir/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>157095</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Aide montage des dossiers de subventions</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K222" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N222" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O222" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S222" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T222" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U222" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z222" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
+        </is>
+      </c>
+      <c r="AA222" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
+        <v>153942</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de création de haies à plat ou sur talus</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Plantation de haies</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G223" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K223" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de création de haies à plat ou sur talus
+&lt;/p&gt;
+&lt;p&gt;
+ La politique d&amp;#039;aide du conseil départemental à la création de haies se décline de la façon suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   création de haies à plat : subvention forfaitaire de 2,80 €/mètre linéaire (ml) soit 50% du coût moyen constaté pour ce type de travaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   création de haies sur talus : subvention forfaitaire de 10€/mètre linéaire soit 80% du coût moyen constaté pour ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Seuil minimum des projets de 100 ml sauf pour les haies sur talus si opération réalisée dans le cadre d&amp;#039;un projet global de lutte contre l&amp;#039;érosion à l&amp;#039;échelle d&amp;#039;un bassin ou sous-bassin versant.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de plantation situés à l&amp;#039;intérieur de zones urbanisées ne sont pas éligibles à l&amp;#039;aide départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux sont réalisés par des entreprises agréées dans le cadre de la charte qualité plantation du bocage (liste disponible auprès de la Chambre d&amp;#039;agriculture de la Manche).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   montage du dossier par la chambre d&amp;#039;agriculture - service boisement : 02.33.06.49.91 ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation du dossier technique et financier auprès de chaque adhérent à une ASL planteur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   regroupement des projets par secteur par les ASL de reboisement (qui assurent la maitrise d&amp;#039;ouvrage des travaux) puis par la Fédération des Associations de Boisement de la Manche (FABM) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réception des chantiers de plantation conjointe services du Conseil départemental /CDAM.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N223" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O223" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S223" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T223" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U223" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V223" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/plantation-de-haies/</t>
+        </is>
+      </c>
+      <c r="W223" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 06 69 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y223" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z223" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c411-plantation-de-haies/</t>
+        </is>
+      </c>
+      <c r="AA223" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>154414</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Projeter la destination Blois-Chambord-Val de Loire et ses acteurs vers un tourisme d’avenir</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G224" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I224" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J224" s="1" t="inlineStr">
+        <is>
+          <t>Montant plancher LEADER : 5 000 € // Montant plafond LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K224" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser les projets à faible empreinte carbone (dont tourisme pédestre, équestre, « Châteaux à vélo », « Loire à Vélo », etc.)
+&lt;/li&gt;&lt;li&gt;S&amp;#039;inscrire dans la destination Blois – Chambord – Val de Loire et être ambassadeur de cette destination
+&lt;/li&gt;&lt;li&gt;Accompagner la montée en compétence des acteurs du territoire et former à l&amp;#039;offre du territoire
+&lt;/li&gt;&lt;li&gt;Faciliter l&amp;#039;accès au territoire pour les saisonniers (hébergement, transport, etc.)
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Pays des Châteaux a mis à jour sa stratégie touristique en décembre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ 11 grands enjeux ont été définis pour la destination touristique Blois-Chambord-Val de Loire avec notamment un nouvel enjeu dédié à la prise en compte du changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ La présente fiche action a pour but de concrétiser cette stratégie :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De tendre vers un tourisme d&amp;#039;avenir
+&lt;/li&gt;&lt;li&gt;D&amp;#039;améliorer la visibilité et l&amp;#039;offre de la destination pour les acteurs locaux, les touristes ou les saisonniers
+&lt;/li&gt;&lt;li&gt;De développer l&amp;#039;économie touristique du territoire
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ De proposer aux habitants d&amp;#039;être ambassadeurs de leur territoire et par conséquent d&amp;#039;accéder à des nouveaux services (navettes touristiques, offre culturelle, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mettre en place des itinéraires pédestres / Créer des animations autour des itinéraires
+&lt;/p&gt;
+&lt;p&gt;
+ Aménager les sentiers et pistes cyclables pour les adapter aux familles
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre le franchissement de la Loire en différents points du territoire (Bac, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ Sensibiliser les habitants à la richesse patrimoniale du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre aux jeunes générations de profiter des activités pour les rendre actrices et ambassadrices du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Organiser des journées thématiques auprès des prestataires touristiques et professionnels du tourisme dans une logique d&amp;#039;interconnaissance
+&lt;/p&gt;
+&lt;p&gt;
+ Former et accompagner à la montée en compétence sur le tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Réfléchir et investir sur des solutions de logements saisonniers (accueil multifonction, création de logements, état des lieux des logements saisonniers... )
+&lt;/p&gt;
+&lt;p&gt;
+ Réfléchir et investir sur des solutions de mobilités douces pour les saisonniers
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre en place des services dédiés aux saisonniers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Equipement public
+Réhabilitation
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P224" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2023</t>
+        </is>
+      </c>
+      <c r="Q224" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets seront sélectionnés par le Comité de Programmation au regard des critères définis dans la grille d&amp;#039;analyse des projets, conformément aux principes de sélection suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise en réseau des acteurs&lt;/li&gt;&lt;li&gt;Echelle d&amp;#039;intervention
+&lt;/li&gt;&lt;li&gt;Caractère innovant et transversal du projet
+&lt;/li&gt;&lt;li&gt;Diversité des publics visés
+&lt;/li&gt;&lt;li&gt;Pérennité du projet
+&lt;/li&gt;&lt;li&gt;Pertinence avec la stratégie du GAL et avec les stratégies de développement régionales et locales existantes&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S224" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T224" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U224" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V224" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de prétendre à une aide LEADER, merci de contacter l&amp;#039;animateur LEADER pour un premier échange :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt; // 06.32.04.43.15
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f83c-projeter-la-destination-blois-chambord-val-de/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
         <v>148754</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Améliorer le cadre de vie au sein des communes</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Amélioration du cadre de vie au sein des communes</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G225" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H225" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K225" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Visite de conseil pour améliorer le cadre de vie de sa commune ;
   &lt;/li&gt;
   &lt;li&gt;
    Accompagnement à l&amp;#039;obtention et/ou à la progression dans le label villes et villages fleuris.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Visite de la commune par les membres de la commission embellissement
 &lt;/p&gt;
 &lt;p&gt;
  A la suite de plusieurs visites et échanges, les membres de la commission apportent des pistes concrètes d&amp;#039;amélioration pour présenter un dossier au niveau régional (1 à 3 fleurs) ou national (4 fleurs)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N225" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O225" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S225" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U225" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V225" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/amelioration-du-cadre-de-vie-au-sein-des-communes/</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme – Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Laurence Didier – coordinatrice de la mission embellissement &amp;amp; cadre de vie
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a&gt;
   ldidier&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 06 98 96 40 78
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y225" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z225" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ceb4-amelioration-du-cadre-de-vie-au-sein-des-comm/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA225" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K160" s="1" t="inlineStr">
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
+        <v>148615</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l’urbanisme expérimental vivrier : récits, outils et méthodes de permanence architecturale et programmation ouverte</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>L'École du terrain</t>
+        </is>
+      </c>
+      <c r="G226" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K226" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="N160" s="1" t="inlineStr">
+      <c r="L226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain est une plateforme numérique regroupant des outils et ressources pour l&amp;#039;expérimentation architecturale, urbaine et paysagère.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle
+réunit et explore des projets et démarches singulières qui permettent, par l&amp;#039;expérimentation, la mise en œuvre de nouvelles manières de faire. Chacun de ces projets s&amp;#039;ancre dans son territoire aux fins de travailler à sa meilleure habitabilité en répondant à des problématiques sociétales. Ainsi, ces projets s&amp;#039;élaborent à partir des besoins et des désirs. Ils s&amp;#039;appuient sur le déjà-là matériel - le bâti, le paysage, le vivant - et immatériel - les habitant.es, les usager.es, leurs savoirs, leurs mémoires, leur organisation sociale. Cet urbanisme vivrier et partagé porte l&amp;#039;ambition profonde de réactiver nos démocraties locales, grâce à l&amp;#039;alliance d&amp;#039;acteurs et d&amp;#039;actrices autour d&amp;#039;un intérêt commun sur le terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ Confrontés aux cadres normés de l&amp;#039;architecture et de l&amp;#039;aménagement du territoire, ces acteurs et actrices les (ré)interprètent et les mettent à l&amp;#039;épreuve. Nous faisons l&amp;#039;hypothèse que ces multiples projets, tels des laboratoires en actes, créent des précédents et font jurisprudence. C&amp;#039;est pourquoi l&amp;#039;École du terrain veut contribuer à l&amp;#039;essaimage de ces démarches et à la transformation des cadres – culturels, économiques, administratifs, réglementaires – pour donner voix à des pratiques jusque-là en marge.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit désormais de prendre acte de ces pas de côté, de transmettre les récits de ces expérimentations, mais aussi les outils techniques et juridiques, afin de tirer des enseignements pour le passage à d&amp;#039;autres échelles et ainsi mieux les inscrire dans les pratiques, dans les politiques publiques et dans le droit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En accès libre et gratuit, l&amp;#039;École du terrain s&amp;#039;adresse aux collectivités, services déconcentrés de l&amp;#039;État, porteurs de projets, associations, habitant.es , professionnell.es de l&amp;#039;architecture, urbanisme et paysage...etc. désireux.ses de se former à la programmation ouverte à travers notamment l&amp;#039;outil de permanence architecturale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous pouvez nous écrire pour nous proposer un projet d&amp;#039;architecture, d&amp;#039;urbanisme ou de paysage expérimental que vous menez, et qui interroge ou produit des enseignements et/ou des jurisprudences à essaimer. Mais aussi pour nous partager une recherche théorique sur ces nouvelles manières de faire, ou pour toute autre contribution.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain va à la rencontre de celles et ceux qui œuvrent sur le terrain à de nouvelles expérimentations, questionnant les pratiques de l&amp;#039;architecture et de l&amp;#039;urbanisme, et parviennent à créer des jurisprudences. Répondant à des enjeux locaux, ces acteurs et actrices ont notamment profité de la plasticité du droit et de son pouvoir d&amp;#039;imagination pour dénouer des situations en inventant, chemin faisant, des dispositifs singuliers qui pourront, en retour, inspirer la loi, les politiques publiques et légitimer des pratiques de la société civile. A Roubaix ou à Billom, comment rouvrir au public un monument historique et y construire une programmation ouverte avec les usager.es ? A Boulogne-sur-Mer ou à Bordeaux, comment dénormer le logement social en le rénovant sur mesure avec la participation de ses habitant.es ? A Beaumont, comment mobiliser la commande artistique pour construire collectivement sept logements sociaux en milieu rural ?
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N226" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
 Equipement public
+Bâtiments et construction
 Réhabilitation
-Paysage</t>
-[...57 lines deleted...]
- Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O226" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site en accès libre et gratuit
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
-[...30 lines deleted...]
- Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
+      <c r="S226" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T226" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U226" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V226" s="1" t="inlineStr">
+        <is>
+          <t>https://lecoleduterrain.fr/</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;lecoleduterrain.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="Y226" s="1" t="inlineStr">
+        <is>
+          <t>caroline.niemant@lapreuvepar7.fr</t>
+        </is>
+      </c>
+      <c r="Z226" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a82f-se-former-a-lurbanisme-experimental-vivrier-r/</t>
+        </is>
+      </c>
+      <c r="AA226" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G161" s="1" t="inlineStr">
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>151703</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnements de la DDT 53</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>DDT de Mayenne</t>
+        </is>
+      </c>
+      <c r="G227" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...7 lines deleted...]
-      <c r="K161" s="1" t="inlineStr">
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K227" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Espaces verts
+      <c r="L227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment, l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;habitat, le logement social et la rénovation urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts et plus d&amp;#039;informations:
+ &lt;strong&gt;
+  vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N227" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
 Espace public
 Friche
 Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Alimentation
+Risques naturels
+Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
-Paysage</t>
-[...51 lines deleted...]
- Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O227" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et autres acteurs situés en Mayenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S227" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T227" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U227" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="X227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse du service territorial (Référents territoriaux)
+ :
+ &lt;strong&gt;
+  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
+   ddt-st&amp;#64;mayenne.gouv.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="Y227" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z227" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
+        </is>
+      </c>
+      <c r="AA227" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-[...287 lines deleted...]
-      <c r="A164" s="1">
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
         <v>150687</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H228" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N228" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -33903,623 +45213,1323 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S228" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T228" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H165" s="1" t="inlineStr">
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
+        <v>149109</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien une étude contribuant à revitaliser votre centre bourg/ville</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études des Petites Villes de Demain</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G229" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H229" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I165" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K229" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
-[...81 lines deleted...]
-Espaces verts
+      <c r="L229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien une étude contribuant à revitaliser votre centre bourg/ville ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale (via les crédits dédiés de la Banque des Territoires) pouvant aller jusqu&amp;#039;à 50% maximum du coût de l&amp;#039;étude
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N229" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
 Espace public
 Friche
 Foncier
-Voirie et réseaux
-[...3 lines deleted...]
-Revitalisation
 Equipement public
-Bâtiments et construction
 Réhabilitation
-Logement et habitat
-[...6 lines deleted...]
-      <c r="O165" s="1" t="inlineStr">
+Paysage</t>
+        </is>
+      </c>
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P165" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="T165" s="1" t="inlineStr">
+      <c r="P229" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="S229" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T229" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
-[...23 lines deleted...]
- Tél : 03 22 71 81 71
+      <c r="U229" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-etudes-petites-villes/</t>
+        </is>
+      </c>
+      <c r="W229" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0170/depot/simple</t>
+        </is>
+      </c>
+      <c r="X229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant de déposer votre dossier en ligne, vous pouvez contacter votre interlocuteur régional (cf. rubrique « nous contacter).
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez le secrétariat du service Aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ amenagement&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 88 15 69 23
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="Y229" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z229" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5136-soutien-aux-etudes-des-petites-villes-de-dema/</t>
+        </is>
+      </c>
+      <c r="AA229" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G166" s="1" t="inlineStr">
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>149108</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l’espace public et améliorer le cadre de vie et l’attractivité</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux propriétaires privés pour la rénovation de leur patrimoine dans les Ardennes</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G230" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K230" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l&amp;#039;espace public et améliorer le cadre de vie et l&amp;#039;attractivité du département des Ardennes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 15 000 € et des dépenses remboursées jusqu&amp;#039;à 80% du montant HT / TTC de votre projet. Voir conditions particulières dans le règlement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N230" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O230" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P230" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="R230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Pacte Ardennes, la Région Grand Est accompagne la restauration du patrimoine bâti privé ardennais visible de l&amp;#039;espace public.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une personne majeure,
+ &lt;/li&gt;
+ &lt;li&gt;
+  propriétaire privé (personne physique ou morale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et que votre projet concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un bâtiment situé dans le département des Ardennes et visible de l&amp;#039;espace public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Et des travaux de :
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Déconstruction d&amp;#039;un bâtiment en ruine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modification du clos-couvert d&amp;#039;un local économique inoccupé depuis au moins 3 ans en vue d&amp;#039;un changement d&amp;#039;usage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/span&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S230" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T230" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U230" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-proprietaires-renovation-patrimoine-ardennes/</t>
+        </is>
+      </c>
+      <c r="W230" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0069/depot/simple</t>
+        </is>
+      </c>
+      <c r="X230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez votre dossier complet en ligne avant le 28 février 2027
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z230" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abbf-aide-aux-proprietaires-prives-pour-la-renovat/</t>
+        </is>
+      </c>
+      <c r="AA230" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>149107</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine bâti ardennais visible de l’espace public et améliorer le cadre de vie et l’attractivité du département des Ardennes</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation du patrimoine bâti public dans les Ardennes</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G231" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K231" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l&amp;#039;espace public et améliorer le cadre de vie et l&amp;#039;attractivité du département des Ardennes :
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € pour des travaux de rénovation de façades et toitures, et 15 000 € pour les projets de déconstruction de ruine – voir conditions particulières dans le règlement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N231" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O231" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P231" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="R231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du pacte ardennes, la Région Grand Est accompagne la restauration du patrimoine bâti public ardennais visible de l&amp;#039;espace public.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une collectivité territoriale ou ses groupements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une personne morale propriétaire d&amp;#039;un ou plusieurs bâtiments accueillant une activité incluant une mission de service public (à l&amp;#039;exception de l&amp;#039;Etat et de ses opérateurs).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et que votre projet concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un bâtiment public situé dans le département des Ardennes et visible de l&amp;#039;espace public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et des travaux de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation de façade(s) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation de toiture(s) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déconstruction d&amp;#039;un bâtiment en ruine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S231" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T231" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U231" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="V231" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-renovation-patrimoine-public-ardennes/</t>
+        </is>
+      </c>
+      <c r="W231" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0070/depot/simple</t>
+        </is>
+      </c>
+      <c r="X231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez votre dossier complet en ligne avant le 28 février 2027.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y231" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z231" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d66-aide-a-la-renovation-du-patrimoine-bati-publi/</t>
+        </is>
+      </c>
+      <c r="AA231" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>149106</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des commerces en centralités rurales (ACCOR)</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des commerces en ruralité pour la revitalisation des bourgs (ACCOR)</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;aménagement, de modernisation et de réhabilitation des espaces consacrés à l&amp;#039;accueil du public, des travaux de devanture commerciale ou d&amp;#039;achat d&amp;#039;équipements/mobiliers et de véhicule atelier ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Bénéficiez d&amp;#039;une aide cofinancée par la Région et la Communauté de Communes ou la commune entre 1 000 € et 12 500 € – Voir les conditions particulières auprès de votre communauté de communes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P232" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="R232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre projet se situe sur un territoire bénéficiant d&amp;#039;une convention ACCOR en cours de validité.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une personne physique ou morale de droit privé, justifiant d&amp;#039;une inscription au registre du commerce et des sociétés ou au répertoire des métiers et remplissant les critères suivants :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être à jour de ses obligations fiscales et sociales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir un effectif inférieur à 10 salariés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Exploiter un local commercial disposant d&amp;#039;une vitrine en rez-de-chaussée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Disposer d&amp;#039;un chiffre d&amp;#039;affaires inférieur à 1 million d&amp;#039;euros réalisé à plus de 50 % par la vente de biens ou de services aux particuliers.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aménagement, la modernisation et la réhabilitation des espaces consacrés à l&amp;#039;accueil du public et attenants non productifs, travaux de devanture commerciale ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements et mobiliers liés uniquement à l&amp;#039;activité commerciale d&amp;#039;un coût unitaire supérieur à 500 € HT (matériel d&amp;#039;occasion sous certaines conditions).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les véhicules ateliers de tournées dont l&amp;#039;aménagement spécifique est supérieur à 3 000 € HT.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les travaux réalisés par l&amp;#039;entreprise elle-même sont exclus et l&amp;#039;investissement ne doit pas avoir été engagé ou réalisé préalablement à la demande.
+ &lt;/span&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T232" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V232" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagnement-commerces-ruralite-accor/</t>
+        </is>
+      </c>
+      <c r="W232" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0169/depot/simple</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre commune ou votre Communauté de Communes avant tout dépôt de demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4a6a-accompagnement-des-commerces-en-centralites-r/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>153406</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir des espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Acquisitions foncières d&amp;rsquo;espaces naturels sensibles déléguées aux communes</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I233" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K233" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le but est de favoriser l&amp;#039;acquisition par les collectivités territoriales d&amp;#039;espaces naturels sensibles (ENS). Le conseil départemental, sur les secteurs prédéfinis dans le cadre du schéma des espaces naturels sensibles, apporte aux collectivités locales qui le souhaitent les outils techniques, fonciers et financiers pour mener une politique active de maîtrise foncière.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;aide : jusqu&amp;#039;à 50% du montant des acquisitions, hors frais notariés et aides complémentaires possibles de l&amp;#039;Agence de l&amp;#039;eau dans les zones humides.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Renseigner le dossier de demande de subvention et le transmettre au service instructeur accompagné des pièces justificatives.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces à fournir, relatives au financement du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le plan de financement prévisionnel du projet intégrant les dépenses connexes, précisant l&amp;#039;origine et le montant des moyens financiers (apport personnel, emprunts, subventions y compris l&amp;#039;aide sollicitée) ainsi que, s&amp;#039;il y a lieu, un échéancier indicatif des dépenses prévues.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les aides déjà obtenues, la copie des décisions (ou notifications) et l&amp;#039;indication des aides publiques indirectes s&amp;#039;il y a lieu.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une lettre du porteur de projet certifiant que le projet pour lequel la subvention est demandée n&amp;#039;a reçu aucun commencement d&amp;#039;exécution du projet avant que le dossier ne soit déclaré ou réputé complet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Éventuellement, une demande d&amp;#039;autorisation d&amp;#039;engager le projet par anticipation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Selon le cas, une attestation du porteur de projet selon laquelle il n&amp;#039;est pas assujetti et ne récupère pas la taxe ajoutée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les coordonnées du payeur (RIB).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les acquisitions immobilières : une note précisant la situation et la destination du terrain ou de l&amp;#039;immeuble, son prix et les besoins auxquels répondra la construction ou l&amp;#039;aménagement prévu.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les acquisitions immobilières : le plan de situation, le plan cadastral et le plan parcellaire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les acquisitions immobilières : dans le cas où l&amp;#039;acquisition du terrain est déjà réalisée, le titre de propriété et un document justifiant son caractère onéreux si ce titre ne le spécifie pas.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La demande signée du porteur de projet ou de son représentant légal, avec nom (raison sociale), adresse, et autres coordonnées, numéro SIRET, énumérant l&amp;#039;objet du projet, son coût prévisionnel global, sa durée et le montant de la subvention sollicitée, la procédure au titre de laquelle celle-ci est demandée et les nom et coordonnées du responsable du projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La délibération de l&amp;#039;organe compétent de la collectivité territoriale ou de l&amp;#039;organisme public approuvant le projet d&amp;#039;investissement et le plan de financement prévisionnel précisant l&amp;#039;origine et le montant des moyens financiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une notice explicative indiquant de façon précise : son objet, les objectifs poursuivis, les résultats attendus et son insertion dans la stratégie de développement local, sa durée et son calendrier (sauf s&amp;#039;ils sont suffisamment détaillés dans la demande), dans le cas d&amp;#039;un investissement physique, l&amp;#039;estimation de son coût de fonctionnement éventuel après mise en service, s&amp;#039;il y a lieu, ses conditions particulières de réalisation et la justification de son caractère fonctionnel. S&amp;#039;il s&amp;#039;agit d&amp;#039;une tranche ou d&amp;#039;une phase, leur intégration dans le projet global avec indication du déroulement de celui-ci.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un état de coût prévisionnel détaillé par nature de dépense ; le cas échéant, les devis (ceux-ci ne sont pas produits, en particulier dans le cas où le montant de la subvention est forfaitaire du fait de l&amp;#039;application d&amp;#039;un barème).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les autorisations préalables requises par la réglementation en vigueur et nécessaires à l&amp;#039;instruction du dossier.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Être dans les secteurs prédéfinis dans le cadre des schémas des ENS,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Engagement de la collectivité à gérer durablement les terrains dans le respect de la charte nationale des ENS.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S233" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T233" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/acquisitions-foncieres-despaces-naturels-sensibles-deleguees-aux-communes/</t>
+        </is>
+      </c>
+      <c r="W233" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d37a-acquisitions-foncieres-drsquoespaces-naturels/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F234" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G234" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H234" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique
-[...4 lines deleted...]
-      <c r="K166" s="1" t="inlineStr">
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I234" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J234" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K234" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
-[...46 lines deleted...]
-Cours d'eau / canaux / plans d'eau
+      <c r="L234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N234" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
 Forêts
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
-Transports collectifs et optimisation des trafics routiers
+Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
 Réduction de l'empreinte carbone
-Mobilité fluviale
-[...5 lines deleted...]
-      <c r="O166" s="1" t="inlineStr">
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O234" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="T166" s="1" t="inlineStr">
+      <c r="R234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S234" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T234" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
-[...13 lines deleted...]
- &lt;/strong&gt;
+      <c r="U234" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V234" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="Y234" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z234" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA234" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
         <v>152463</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Aider à la préservation de la biodiversité</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D235" s="1" t="inlineStr">
         <is>
           <t>PRESERVATION DE LA BIODIVERSITE CONTRIBUANT NOTAMMENT A LA LUTTE CONTRE LE RECHAUFFEMENT CLIMATIQUE</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E235" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G235" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H235" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I167" s="1" t="inlineStr">
+      <c r="I235" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J167" s="1" t="inlineStr">
+      <c r="J235" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K235" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la préservation de la biodiversité par l&amp;#039;acquisition de parcelles présentant un intérêt écologique (marais, boisements, landes, pelouses calcicoles...) non classées espaces naturels sensibles (ENS).
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement en faveur de la préservation de la biodiversité et notamment la création de micro-forêts, d&amp;#039;îlots de fraicheur contribuant aussi à la lutte contre les effets du réchauffement climatique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M167" s="1" t="inlineStr">
+      <c r="M235" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagements paysagers, espace découverte de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;aménagement du parc paysager de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement du jardin de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Création du parc paysager du Château de Villers sous Saint Leu
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une zone humide à Hermes et aménagement d&amp;#039;une mare à Berthecourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un cimetière écologique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N235" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Biodiversité
 Paysage
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O235" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R167" s="1" t="inlineStr">
+      <c r="R235" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -34664,5030 +46674,187 @@
      &lt;p&gt;
       Dépense subventionnable plafonnée à 300 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  *Direction générale adjointe aménagement durable de l&amp;#039;environnement et de la mobilité
  &lt;br /&gt;
  Service de l&amp;#039;eau, de l&amp;#039;assainissement et des rivières
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien (à l&amp;#039;exception des travaux d&amp;#039;entretien des rivières).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S235" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T167" s="1" t="inlineStr">
+      <c r="T235" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U235" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V235" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W167" s="1" t="inlineStr">
+      <c r="W235" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y235" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z235" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f477-aider-a-la-preservation-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA235" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-[...4828 lines deleted...]
-      <c r="E194" s="1" t="inlineStr">
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G236" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K194" s="1" t="inlineStr">
+      <c r="H236" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K236" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="N194" s="1" t="inlineStr">
+      <c r="L236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N236" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -39701,7391 +46868,293 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-International
-[...1444 lines deleted...]
-Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
-Réduction de l'empreinte carbone
-[...1131 lines deleted...]
-Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
+Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S210" s="1" t="inlineStr">
+      <c r="O236" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S236" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T210" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="T236" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U236" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W236" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y236" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z236" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA236" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G211" s="1" t="inlineStr">
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
+        <v>144508</v>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études des démarches "Petites Villes de Demain"</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G237" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K211" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H237" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I237" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K237" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
-[...227 lines deleted...]
-Montagne
+      <c r="L237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les centralités retenues dans le cadre du programme national « Petites Villes de Demain » (PVD) et non retenues par la Région Nouvelle Aquitaine « au titre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt Centres-bourgs, pourront bénéficier d&amp;#039;un soutien départemental pour la conduite d&amp;#039;études stratégiques, thématiques et pré-opérationnelles dans le cadre d&amp;#039;un partenariat établi avec la Banque des Territoires/ Caisse des dépôts et consignations.
+&lt;/p&gt;
+&lt;p&gt;
+ La sélection des études sera soumise à la validation préalable de la Banque des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant maximal du financement apporté par la Caisse des dépôts au cofinancement d&amp;#039;études stratégiques, thématiques ou pré-opérationnelles est fixé à 50 % du coût réel de l&amp;#039;étude, le montant maximal du cofinancement apporté par le Département à la contribution de la Caisse des Dépôts aux études stratégiques, thématiques ou pré-opérationnelles est fixé à 30 % du coût de l&amp;#039;étude.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les études sur l&amp;#039;habitat, incluses dans les démarches « Petites villes de demain », et cofinancées par l&amp;#039;Agence nationale de l&amp;#039;habitat (ANAH), qui ne pourraient pas être retenues ou que partiellement dans la convention PVD avec la Banque des territoires, en cohérence avec le Programme départemental de l&amp;#039;habitat (PDH), le Département pourra également intervenir à hauteur de 30% maximum.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N237" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Espaces verts
 Espace public
 Friche
 Foncier
-Voirie et réseaux
-[...3 lines deleted...]
-Recyclage et valorisation des déchets
 Accès aux services
-Cohésion sociale et inclusion
 Commerces et services
-Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-Economie sociale et solidaire
 Revitalisation
-Risques naturels
-[...1 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
-Accessibilité
-[...8 lines deleted...]
-      <c r="O212" s="1" t="inlineStr">
+Attractivité économique
+Artisanat
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O237" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
-[...168 lines deleted...]
-      <c r="S213" s="1" t="inlineStr">
+      <c r="R237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide destinée aux centralités retenues dans le cadre du programme national « Petites Villes de Demain » (PVD) et non retenues par la Région Nouvelle Aquitaine « au titre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt Centres-bourgs.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention soumise à l&amp;#039;approbation du comité de régulation &amp;#34;Petites Villes de Demain&amp;#34;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S237" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T213" s="1" t="inlineStr">
-[...358 lines deleted...]
-en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+      <c r="T237" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U237" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V237" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
-[...3827 lines deleted...]
-      <c r="AA236" s="1" t="inlineStr">
+      <c r="Y237" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z237" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1731-accompagner-les-etudes-des-demarches/</t>
+        </is>
+      </c>
+      <c r="AA237" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>